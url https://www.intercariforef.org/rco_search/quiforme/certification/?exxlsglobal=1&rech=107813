--- v0 (2025-12-15)
+++ v1 (2026-02-23)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -193,138 +193,135 @@
   <si>
     <t>LEGTPA ALBI</t>
   </si>
   <si>
     <t>FONTLABOUR ROUTE DE TOULOUSE 81000 ALBI</t>
   </si>
   <si>
     <t>7381P001481</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>ASS RESS DEV ACTIV METIERS ENVIRONN</t>
   </si>
   <si>
     <t>PARC TECHNO ET ENVIRONNEME ROUTE DES SALINS 34140 MEZE</t>
   </si>
   <si>
     <t>13/01/1983</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
+    <t>INTERFORA IFAIP</t>
+  </si>
+  <si>
+    <t>2 PLACE GEORGES GIRARDET 69190 SAINT-FONS</t>
+  </si>
+  <si>
+    <t>20/01/2020</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION PROFESSIONNELLE DE L'INDUSTRIE DE PROVENCE (AFPI PROVENCE)</t>
+  </si>
+  <si>
+    <t>ZAC DE TRIGANCE 8 CHEMIN DE CAPEAU 13800 ISTRES</t>
+  </si>
+  <si>
+    <t>01/10/2008</t>
+  </si>
+  <si>
     <t>ASSOCIATION DES ETABLISSEMENTS SCOLAIRES DE JEANNE DELANOUE</t>
   </si>
   <si>
     <t>1 QUAI DU JAGUENEAU 49400 SAUMUR</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>ALMEA FORMATIONS INTERPRO</t>
   </si>
   <si>
     <t>32 RUE BENJAMIN FRANKLIN 51000 CHALONS-EN-CHAMPAGNE</t>
   </si>
   <si>
     <t>08/10/2008</t>
   </si>
   <si>
-    <t>INTERFORA IFAIP</t>
-[...16 lines deleted...]
-  <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>CHEMIN DE LA CLUE 13011 MARSEILLE</t>
   </si>
   <si>
     <t>RUE DE L'ECLUSE 68200 MULHOUSE</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION ET DE PROMOTION DES MAISONS FAMILIALES RURALES ADOLPHE ACHILLE</t>
   </si>
   <si>
     <t>30 RUE COURBARIL 97355 MACOURIA</t>
   </si>
   <si>
     <t>27/05/2021</t>
   </si>
   <si>
     <t>31/10/2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>03973314597</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1058,208 +1055,206 @@
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>32640662600019</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>58</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="I10" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>49812082300014</v>
+        <v>34321955600028</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="I11" s="3">
-        <v>52490329449</v>
+        <v>82690218369</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>50923283100016</v>
+        <v>34408659000041</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="D12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="I12" s="3">
-        <v>21510170351</v>
+        <v>93131605713</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>34321955600028</v>
+        <v>49812082300014</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>38</v>
+        <v>68</v>
       </c>
       <c r="I13" s="3">
-        <v>82690218369</v>
+        <v>52490329449</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>34408659000041</v>
+        <v>50923283100016</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="D14" s="2"/>
+      <c r="D14" s="2" t="s">
+        <v>69</v>
+      </c>
       <c r="E14" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="I14" s="3">
-        <v>93131605713</v>
+        <v>21510170351</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>74</v>
       </c>
@@ -1469,53 +1464,51 @@
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>90043107300015</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>87</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="I21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -1539,31 +1532,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/15/2025 12:53:01</dc:description>
+  <dc:description>Export en date du 02/23/2026 05:09:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>