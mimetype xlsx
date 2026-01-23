--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -262,144 +262,144 @@
   <si>
     <t>3159P003559</t>
   </si>
   <si>
     <t>CAMPUS AGRO-ENVIRONNEMENTAL 62</t>
   </si>
   <si>
     <t>LYCEE AGROENVIRONNEMENTAL 62</t>
   </si>
   <si>
     <t>ROUTE DE CAMBRAI 62217 TILLOY-LES-MOFFLAINES</t>
   </si>
   <si>
     <t>3162P002962</t>
   </si>
   <si>
     <t>CENTRE D'ELEVAGE DE POISY LUCIEN BISET</t>
   </si>
   <si>
     <t>845 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
   </si>
   <si>
     <t>04/02/2008</t>
   </si>
   <si>
+    <t>ASS DES MAISONS FAMILIALES</t>
+  </si>
+  <si>
+    <t>B.P.N°9 5 PLACE DU GENERAL DE GAULLE 60380 SONGEONS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MFR IREO DE LESNEVEN</t>
+  </si>
+  <si>
+    <t>RTE DE PLOUIDER 29260 LESNEVEN</t>
+  </si>
+  <si>
+    <t>ASS FAMILIAL FORMAT PROFESS AGRIC MENAGE</t>
+  </si>
+  <si>
+    <t>KERLEBOST 56300 SAINT-THURIAU</t>
+  </si>
+  <si>
+    <t>31/12/1995</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE D EDUCATION</t>
   </si>
   <si>
     <t>54 BLANZEY 70220 FOUGEROLLES-SAINT-VALBERT</t>
   </si>
   <si>
     <t>01/09/1968</t>
   </si>
   <si>
     <t>94.12Z</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE DU VAL DE MANSE</t>
+  </si>
+  <si>
+    <t>10 ROUTE DE BROU 37800 NOYANT-DE-TOURAINE</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
     <t>POLE DE FORMATION LA VILLE DAVY</t>
   </si>
   <si>
     <t>LA VILLE DAVY 22120 QUESSOY</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>INST FORMATION MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>ET 3B 1 RUE DES COTTERETS 35300 FOUGERES</t>
   </si>
   <si>
     <t>25/12/1999</t>
   </si>
   <si>
     <t>ASS MAISON FAMILIALE ET INSTITUT, RURAL</t>
   </si>
   <si>
     <t>36 RUE DE JESUS 25530 VERCEL-VILLEDIEU-LE-CAMP</t>
   </si>
   <si>
     <t>29/02/1992</t>
   </si>
   <si>
     <t>ASS DES AMIS DES CAMPAGNES</t>
   </si>
   <si>
     <t>27400 CANAPPEVILLE</t>
   </si>
   <si>
     <t>ASSOCIATION LORRAINE POUR LA PROMOTION EN AGRICULTURE</t>
   </si>
   <si>
     <t>2 LES NOIRES TERRES 54740 HAROUE</t>
   </si>
   <si>
     <t>31/12/1987</t>
   </si>
   <si>
     <t>INSTITUT AGRICOLE MIXTE</t>
   </si>
   <si>
     <t>69 RUE DU VIOLON D'OR 59190 HAZEBROUCK</t>
   </si>
   <si>
     <t>MAIS FAMILIALE RUR EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>LD LES HERMITANS 85190 VENANSAULT</t>
-  </si>
-[...28 lines deleted...]
-    <t>01/02/2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1457,478 +1457,478 @@
       <c r="F18" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I18" s="3">
         <v>84740373874</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>41244868000014</v>
+        <v>30291412200015</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>85</v>
+        <v>33</v>
       </c>
       <c r="I19" s="3">
-        <v>43700023570</v>
+        <v>32600348060</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>77744425800019</v>
+        <v>30754662200019</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I20" s="3">
-        <v>53220930122</v>
+        <v>53290326929</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>77768390500023</v>
+        <v>32332636300021</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I21" s="3">
-        <v>53350320235</v>
+        <v>53561002156</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>77835631100010</v>
+        <v>41244868000014</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>33</v>
+        <v>93</v>
       </c>
       <c r="I22" s="3">
-        <v>43250148225</v>
+        <v>43700023570</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>78079125700014</v>
+        <v>77531640900033</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I23" s="3">
-        <v>23270000227</v>
+        <v>24370312837</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>78334630700037</v>
+        <v>77744425800019</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>99</v>
+        <v>84</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="I24" s="3">
-        <v>41540039554</v>
+        <v>53220930122</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>78364448700010</v>
+        <v>77768390500023</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I25" s="3">
-        <v>31590129659</v>
+        <v>53350320235</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>78648089700010</v>
+        <v>77835631100010</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I26" s="3">
-        <v>52850225585</v>
+        <v>43250148225</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>30291412200015</v>
+        <v>78079125700014</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I27" s="3">
-        <v>32600348060</v>
+        <v>23270000227</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>30754662200019</v>
+        <v>78334630700037</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>88</v>
+        <v>109</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="I28" s="3">
-        <v>53290326929</v>
+        <v>41540039554</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>32332636300021</v>
+        <v>78364448700010</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>110</v>
+        <v>84</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I29" s="3">
-        <v>53561002156</v>
+        <v>31590129659</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>77531640900033</v>
+        <v>78648089700010</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I30" s="3">
-        <v>24370312837</v>
+        <v>52850225585</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1953,31 +1953,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/07/2025 23:47:18</dc:description>
+  <dc:description>Export en date du 01/23/2026 10:00:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>