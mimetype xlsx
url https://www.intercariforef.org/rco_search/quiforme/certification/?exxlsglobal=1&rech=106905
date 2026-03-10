--- v1 (2026-01-23)
+++ v2 (2026-03-10)
@@ -1953,31 +1953,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/23/2026 10:00:20</dc:description>
+  <dc:description>Export en date du 03/10/2026 10:07:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>