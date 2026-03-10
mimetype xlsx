--- v2 (2026-03-10)
+++ v3 (2026-03-10)
@@ -1953,31 +1953,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/10/2026 10:07:27</dc:description>
+  <dc:description>Export en date du 03/10/2026 11:29:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>