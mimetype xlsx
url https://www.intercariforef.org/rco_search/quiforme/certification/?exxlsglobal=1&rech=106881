--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -14,1069 +14,1054 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="453">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="450">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
+    <t>06780391600096</t>
+  </si>
+  <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>FONCIA MARSEILLE</t>
+  </si>
+  <si>
+    <t>RUE EDOUARD ALEXANDER 13010 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/12/2016</t>
+  </si>
+  <si>
+    <t>68.32A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>MINISTERE DU TRAVAIL ET DES SOLIDARITES</t>
+  </si>
+  <si>
+    <t>14 AVENUE DUQUESNE 75007 PARIS</t>
+  </si>
+  <si>
+    <t>11/06/1997</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE FINISTERE</t>
+  </si>
+  <si>
+    <t>CCI FINISTERE SIEGE</t>
+  </si>
+  <si>
+    <t>1 PLACE DU 19EME R.I. 29200 BREST</t>
+  </si>
+  <si>
+    <t>15/12/2016</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LES LOMBARDS</t>
+  </si>
+  <si>
+    <t>GRETA SUD CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>12 AVENUE DES LOMBARDS 10000 TROYES</t>
+  </si>
+  <si>
+    <t>03/04/1989</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>2110P000310</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JEAN PERRIN</t>
+  </si>
+  <si>
+    <t>GRETA-CFA MARSEILLE MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>74 RUE VERDILLON 13010 MARSEILLE</t>
+  </si>
+  <si>
+    <t>15/05/2014</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE LIVET</t>
+  </si>
+  <si>
+    <t>GRETA LOIRE-ATLANTIQUE</t>
+  </si>
+  <si>
+    <t>16 RUE DUFOUR 44000 NANTES</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQUE-ECOLE NAT COMMERCE</t>
+  </si>
+  <si>
+    <t>GRETA METEHOR-PARIS</t>
+  </si>
+  <si>
+    <t>70 BOULEVARD BESSIERES 75017 PARIS</t>
+  </si>
+  <si>
+    <t>03/05/1989</t>
+  </si>
+  <si>
+    <t>1175P007675</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNOLOGIQUE G. EIFFEL</t>
+  </si>
+  <si>
+    <t>GRETA SEINE-SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>16 CHEMIN DE LA RENARDIERE 93220 GAGNY</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
+    <t>1193P000493</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL DE TECHNOLOGIE LECONTE DE LISLE</t>
+  </si>
+  <si>
+    <t>GRETA REUNION</t>
+  </si>
+  <si>
+    <t>8 ROUTE PHILIBERT TSIRANANA 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>04973392997</t>
+  </si>
+  <si>
+    <t>SA SOFTEC AVENIR FORMATION</t>
+  </si>
+  <si>
+    <t>ZA DU BOCAGE CHEMIN DU BOCAGE 49240 AVRILLE</t>
+  </si>
+  <si>
+    <t>01/08/2010</t>
+  </si>
+  <si>
+    <t>NOSCHOOL</t>
+  </si>
+  <si>
+    <t>94-95 94 QUAI DE BACALAN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/03/2023</t>
+  </si>
+  <si>
+    <t>AFIB 2</t>
+  </si>
+  <si>
+    <t>14 RUE EULER 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>01/01/1992</t>
+  </si>
+  <si>
+    <t>ASS INITIA FORMATION APPUI PEDAGOGI EMPL</t>
+  </si>
+  <si>
+    <t>97 MONTEE DE FONT VERT 83140 SIX-FOURS-LES-PLAGES</t>
+  </si>
+  <si>
+    <t>01/03/1992</t>
+  </si>
+  <si>
+    <t>M2I SCRIBTEL</t>
+  </si>
+  <si>
+    <t>67-69-1-5 RUE HERMANN FRENKEL 67 AVENUE TONY GARNIER 69007 LYON</t>
+  </si>
+  <si>
+    <t>01/06/2019</t>
+  </si>
+  <si>
+    <t>INST DE FORMATION COMMERCIALE PERMANENTE</t>
+  </si>
+  <si>
+    <t>PARC ACTIVITES BELLEVUES RUE ROSA LUXEMBURG 95610 ERAGNY</t>
+  </si>
+  <si>
+    <t>01/01/1981</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>37-39 39 RUE SAINT-SEBASTIEN 75011 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/1995</t>
+  </si>
+  <si>
+    <t>58 RUE DU DESSOUS DES BERGES 75013 PARIS</t>
+  </si>
+  <si>
+    <t>01/05/1995</t>
+  </si>
+  <si>
+    <t>14 AVENUE GUSTAVE EIFFEL 78180 MONTIGNY-LE-BRETONNEUX</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>5 RUE DU CADUCEE 94550 CHEVILLY-LARUE</t>
+  </si>
+  <si>
+    <t>01/07/2019</t>
+  </si>
+  <si>
+    <t>14 AVENUE DE L’AVENIR 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>OGEC SAINT MICHEL</t>
+  </si>
+  <si>
+    <t>39 RUE MARTIN PELLER 51100 REIMS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>AADPSFP</t>
+  </si>
+  <si>
+    <t>18 AVENUE DES LOMBARDS 10000 TROYES</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>FRATE FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>83 RUE DE DOLE 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>01/10/2006</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE BRAS SUR MEUSE</t>
+  </si>
+  <si>
+    <t>14 AVENUE RAYMOND POINCARE 55100 BRAS-SUR-MEUSE</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION D'ENTRAIDE VIVRE</t>
+  </si>
+  <si>
+    <t>CENTRE DE REEDUCATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>54 AVENUE FRANCOIS VINCENT RASPAIL 94110 ARCUEIL</t>
+  </si>
+  <si>
+    <t>88.10C</t>
+  </si>
+  <si>
+    <t>RHREFLEX</t>
+  </si>
+  <si>
+    <t>F.M.I</t>
+  </si>
+  <si>
+    <t>BATIMENT HERMES 66 AVENUE VALERY GISCARD D'ESTAING 06200 NICE</t>
+  </si>
+  <si>
+    <t>14/08/2020</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>AFFENE OFFICE</t>
+  </si>
+  <si>
+    <t>BELLEVUE RUE VINCENT PLACOLY 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>20/11/2015</t>
+  </si>
+  <si>
+    <t>FORTISSIMO FORMATION</t>
+  </si>
+  <si>
+    <t>3 AVENUE DU COMMANDANT L'HERMINIER 44600 SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>21/05/2013</t>
+  </si>
+  <si>
+    <t>85.20Z</t>
+  </si>
+  <si>
+    <t>KLG CARAIBES</t>
+  </si>
+  <si>
+    <t>35 AVENUE PAUL LACAVE 97130 CAPESTERRE-BELLE-EAU</t>
+  </si>
+  <si>
+    <t>09/11/2011</t>
+  </si>
+  <si>
+    <t>NOMAD FORMATION</t>
+  </si>
+  <si>
+    <t>VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>01/02/2015</t>
+  </si>
+  <si>
+    <t>SKILL AND YOU</t>
+  </si>
+  <si>
+    <t>85-87 85 RUE GABRIEL PERI 92120 MONTROUGE</t>
+  </si>
+  <si>
+    <t>16/03/2015</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>H &amp; C CONSEIL</t>
+  </si>
+  <si>
+    <t>6 PLACE DE REGENSBURG 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>15/02/2005</t>
+  </si>
+  <si>
+    <t>H2C CONSEIL</t>
+  </si>
+  <si>
+    <t>39 RUE POMIER-LAYRARGUES 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/04/2010</t>
+  </si>
+  <si>
+    <t>7 RUE ARISTIDE BERGES 66330 CABESTANY</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t>42 RUE DEMOGE 11100 NARBONNE</t>
+  </si>
+  <si>
+    <t>FONCIA BORDEAUX</t>
+  </si>
+  <si>
+    <t>61 QUAI LAWTON 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/05/2017</t>
+  </si>
+  <si>
+    <t>68.31Z</t>
+  </si>
+  <si>
+    <t>PROFORMALYS</t>
+  </si>
+  <si>
+    <t>14 AVENUE DE L'OPERA 75001 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>NEXT FORMATION</t>
+  </si>
+  <si>
+    <t>9 AVENUE DE PARIS 94300 VINCENNES</t>
+  </si>
+  <si>
+    <t>02/01/2012</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>VISIPLUS</t>
+  </si>
+  <si>
+    <t>SOPHIA ANTIPOLIS 1300 ROUTE DES CRETES 06560 VALBONNE</t>
+  </si>
+  <si>
+    <t>01/01/2003</t>
+  </si>
+  <si>
+    <t>12/05/2025</t>
+  </si>
+  <si>
+    <t>70.21Z</t>
+  </si>
+  <si>
+    <t>ADONIS</t>
+  </si>
+  <si>
+    <t>ADONIS - ROSE CARMIN</t>
+  </si>
+  <si>
+    <t>179 AVENUE DE MURET 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>FORM HIGH TECH</t>
+  </si>
+  <si>
+    <t>5 RUE PIERRE SIMON DE LAPLACE 57070 METZ</t>
+  </si>
+  <si>
+    <t>25/10/2021</t>
+  </si>
+  <si>
+    <t>AREA FORMATION</t>
+  </si>
+  <si>
+    <t>1 VOIE FELIX EBOUE 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>01/07/1998</t>
+  </si>
+  <si>
+    <t>FONCIA BRETAGNE</t>
+  </si>
+  <si>
+    <t>1 RUE DE L'ALMA 35000 RENNES</t>
+  </si>
+  <si>
+    <t>01/11/2015</t>
+  </si>
+  <si>
+    <t>ACTION FIRST</t>
+  </si>
+  <si>
+    <t>ZAC DES RAMASSIERS 10 ALLEE ARISTIDE MAILLOL 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>22/03/2010</t>
+  </si>
+  <si>
+    <t>FORPRODIS</t>
+  </si>
+  <si>
+    <t>ECOLE FRANCAISE DE COMPTABILITE</t>
+  </si>
+  <si>
+    <t>23 RUE LORTET 69007 LYON</t>
+  </si>
+  <si>
+    <t>31/07/2017</t>
+  </si>
+  <si>
+    <t>FORMAVAR</t>
+  </si>
+  <si>
+    <t>515 AVENUE PABLO PICASSO 83160 LA VALETTE-DU-VAR</t>
+  </si>
+  <si>
+    <t>10/09/2015</t>
+  </si>
+  <si>
+    <t>AFEC</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA PIERRE LEVEE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>30/06/2001</t>
+  </si>
+  <si>
+    <t>6Q RUE LA DESIREE 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>52 AVENUE DES CHAMPS PIERREUX 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>01/11/2017</t>
+  </si>
+  <si>
+    <t>ESID</t>
+  </si>
+  <si>
+    <t>1ER ETAGE VIA NOVA 83600 FREJUS</t>
+  </si>
+  <si>
+    <t>02/04/2019</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION ET DE PROMOTION SOCIALE</t>
+  </si>
+  <si>
+    <t>CHEZ MR SAMINADIN LEONARD 24 LOT LEGITIMUS 97115 SAINTE-ROSE</t>
+  </si>
+  <si>
+    <t>01/12/2007</t>
+  </si>
+  <si>
+    <t>C. FORMAT PRO CONSEIL</t>
+  </si>
+  <si>
+    <t>5 PLACE PIERRE MENDES FRANCE 95160 MONTMORENCY</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION DES ETABLISSEMENTS TOURISTIQUES ET HOTELIERS</t>
+  </si>
+  <si>
+    <t>132 BOULEVARD DE L'INDUSTRIE 83480 PUGET-SUR-ARGENS</t>
+  </si>
+  <si>
+    <t>15/09/2021</t>
+  </si>
+  <si>
+    <t>CARRIERES ET CONSEIL</t>
+  </si>
+  <si>
+    <t>53 RUE CUVELLE 59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>14/12/2018</t>
+  </si>
+  <si>
+    <t>ENACO EXCELLENCE</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION ET DE CONSEIL EN GESTION DE CARRIERES</t>
+  </si>
+  <si>
+    <t>IFCG CARRIERES</t>
+  </si>
+  <si>
+    <t>13 AVENUE JEAN JAURES 33150 CENON</t>
+  </si>
+  <si>
+    <t>24/07/2011</t>
+  </si>
+  <si>
+    <t>EVOLUGO</t>
+  </si>
+  <si>
+    <t>12 RUE EMILE SCHWOERER 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>15/03/2012</t>
+  </si>
+  <si>
+    <t>MODULA FORMATION</t>
+  </si>
+  <si>
+    <t>7 AVENUE RAYMOND MANAUD 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>28/09/2021</t>
+  </si>
+  <si>
+    <t>A.V.I. CONSEIL</t>
+  </si>
+  <si>
+    <t>IMM ACEROLA ZAC DE HOUELBOURG 3 3 LD VOIE VERTE 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>01/11/2021</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>W E C</t>
+  </si>
+  <si>
+    <t>20 RUE DE L'ORMETEAU 77500 CHELLES</t>
+  </si>
+  <si>
+    <t>29/10/2019</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>VIP&amp;CO</t>
+  </si>
+  <si>
+    <t>CENTRE D AFFAIRES GRAND VAR   BAT B 1110 CHEMIN DES PLANTADES 83130 LA GARDE</t>
+  </si>
+  <si>
+    <t>04/09/2020</t>
+  </si>
+  <si>
     <t>ASS FORMA PROF APPRENT AUTO METIERS COMM</t>
   </si>
   <si>
     <t>AFPAM</t>
   </si>
   <si>
     <t>4 RUE JULES MELINE 51430 BEZANNES</t>
   </si>
   <si>
     <t>18/12/2014</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...7 lines deleted...]
-  <si>
     <t>ASSO PROMOTION EDUCATION PERMANENTE</t>
   </si>
   <si>
     <t>ANCIEN HOPITAL 301 AVENUE PHILIPPE DE GIRARD 84400 APT</t>
   </si>
   <si>
     <t>09/10/1987</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>INSTITUT NATIONAL DE FORMATION ET DE RECHERCHES SUR L'EDUCATION PERMANENTE INFREP</t>
   </si>
   <si>
     <t>4 AVENUE GASTON VERNIER 26200 MONTELIMAR</t>
   </si>
   <si>
     <t>28/02/2022</t>
   </si>
   <si>
     <t>INSTITUT DE MEDIATION ET D'EDUCATION PERMANENTE DE PANTIN</t>
   </si>
   <si>
     <t>10-12 10 RUE GAMBETTA 93500 PANTIN</t>
   </si>
   <si>
     <t>22/05/1995</t>
   </si>
   <si>
     <t>FONCIA TOULOUSE</t>
   </si>
   <si>
     <t>6-8 6 BOULEVARD FLORENCE ARTHAUD 31200 TOULOUSE</t>
   </si>
   <si>
     <t>01/05/2022</t>
   </si>
   <si>
-    <t>68.32A</t>
-[...1 lines deleted...]
-  <si>
     <t>M2I</t>
   </si>
   <si>
     <t>2 PLACE DE FRANCFORT 69003 LYON</t>
   </si>
   <si>
     <t>01/02/2013</t>
   </si>
   <si>
     <t>67-69-1/5 RUE HERMAN FRENKEL 67 AVENUE TONY GARNIER 69007 LYON</t>
   </si>
   <si>
     <t>15/05/2019</t>
   </si>
   <si>
-    <t>AREA FORMATION</t>
-[...287 lines deleted...]
-    <t>25/10/2021</t>
+    <t>ANTEE FORMATION</t>
+  </si>
+  <si>
+    <t>42 RUE DE LA GITONNIERE 37300 JOUE-LES-TOURS</t>
+  </si>
+  <si>
+    <t>23/12/2021</t>
+  </si>
+  <si>
+    <t>SARL ADREC AUVERGNE</t>
+  </si>
+  <si>
+    <t>15 BOULEVARD AMBROISE BRUGIERE 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>13/05/2013</t>
+  </si>
+  <si>
+    <t>PROSFORMA</t>
+  </si>
+  <si>
+    <t>82 ROUTE DE BAYONNE 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>11/07/2016</t>
+  </si>
+  <si>
+    <t>PEM EDUCATION</t>
+  </si>
+  <si>
+    <t>1 PLACE DE LA PYRAMIDE 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>01/02/2021</t>
+  </si>
+  <si>
+    <t>29/05/2025</t>
+  </si>
+  <si>
+    <t>ICADEMIE</t>
+  </si>
+  <si>
+    <t>5-7 5 RUE SAINTE-ANNE 59800 LILLE</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
+    <t>415 AVENUE DES CHABAUDS 13320 BOUC-BEL-AIR</t>
+  </si>
+  <si>
+    <t>01/06/2016</t>
+  </si>
+  <si>
+    <t>3-5 3 RUE SAINT-GEORGES 75009 PARIS</t>
+  </si>
+  <si>
+    <t>01/06/2021</t>
+  </si>
+  <si>
+    <t>150 RUE NICOLAS-LOUIS VAUQUELIN 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>30/08/2021</t>
+  </si>
+  <si>
+    <t>01/12/2024</t>
+  </si>
+  <si>
+    <t>60 AVENUE JOSEPH RAYNAUD 83140 SIX-FOURS-LES-PLAGES</t>
+  </si>
+  <si>
+    <t>01/04/2024</t>
+  </si>
+  <si>
+    <t>FORMATIONS AUX METIERS D'AVENIR</t>
+  </si>
+  <si>
+    <t>53 RUE GUY AUTRET 29000 QUIMPER</t>
+  </si>
+  <si>
+    <t>01/04/2022</t>
+  </si>
+  <si>
+    <t>ATH FORMATION</t>
+  </si>
+  <si>
+    <t>ALTERNANCES.COM</t>
+  </si>
+  <si>
+    <t>20-26 20 BOULEVARD DU PARC 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>14/11/2021</t>
+  </si>
+  <si>
+    <t>TIRESIAS EFC</t>
+  </si>
+  <si>
+    <t>11 CHEMIN D'ARMANCOURT 60200 COMPIEGNE</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>AEROFORM INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>9 RUE DE L’ESCOUVRIER 95200 SARCELLES</t>
+  </si>
+  <si>
+    <t>15/11/2011</t>
+  </si>
+  <si>
+    <t>19/03/2025</t>
+  </si>
+  <si>
+    <t>CEFORA</t>
+  </si>
+  <si>
+    <t>LOCAL 1 PARC 2000 3 RUE THEODORE DROUHET 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>26/10/2015</t>
   </si>
   <si>
     <t>FACULTE DES METIERS DE L ESSONNE</t>
   </si>
   <si>
     <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>01/01/2005</t>
   </si>
   <si>
-    <t>ANTEE FORMATION</t>
-[...313 lines deleted...]
-  <si>
     <t>L'ODYSSEE D'ULYSSE</t>
   </si>
   <si>
     <t>150 RUE DE LA BELLE ETOILE 95700 ROISSY-EN-FRANCE</t>
   </si>
   <si>
     <t>73.20Z</t>
   </si>
   <si>
-    <t>CARRIERES ET CONSEIL</t>
-[...107 lines deleted...]
-    <t>11/07/2016</t>
+    <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
+  </si>
+  <si>
+    <t>CFPA DE SAINT PAUL</t>
+  </si>
+  <si>
+    <t>PLATEAU CAILLOU 130 RUE GABRIEL GUISTHAU 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>CFPA DE SAINT DENIS</t>
+  </si>
+  <si>
+    <t>70 BOULEVARD DE SAINT FRANCOIS 97400 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>CFPA DE SAINT PIERRE</t>
+  </si>
+  <si>
+    <t>CPOI 65 RUE DU PERE LAFOSSE 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>FLEX RECOUVREMENT</t>
+  </si>
+  <si>
+    <t>8 PLACE DE LA MAIRIE 37130 CINQ-MARS-LA-PILE</t>
+  </si>
+  <si>
+    <t>03/01/2022</t>
+  </si>
+  <si>
+    <t>AZS FORMATION</t>
+  </si>
+  <si>
+    <t>CTRE COMMERCIAL LES HELLENES LOCAL 2 SAINT LEGER 83300 DRAGUIGNAN</t>
+  </si>
+  <si>
+    <t>16/05/2016</t>
+  </si>
+  <si>
+    <t>VENUS CONSULTING</t>
+  </si>
+  <si>
+    <t>97 RUE SAUVEUR TOBELEM 13007 MARSEILLE</t>
+  </si>
+  <si>
+    <t>19/08/2016</t>
+  </si>
+  <si>
+    <t>AFPA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>31/12/2016</t>
+  </si>
+  <si>
+    <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
+  </si>
+  <si>
+    <t>54 BOULEVARD LAVERAN 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>168 ROUTE DE BEAUCAIRE 30000 NIMES</t>
+  </si>
+  <si>
+    <t>ZI DE LA LAUZE 12 RUE JEAN MERMOZ 34430 SAINT-JEAN-DE-VEDAS</t>
+  </si>
+  <si>
+    <t>9 RUE MARC SEGUIN 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>DROUET EXPERTISES</t>
+  </si>
+  <si>
+    <t>9 RUE DES COLONIES 29200 BREST</t>
+  </si>
+  <si>
+    <t>31/07/2023</t>
+  </si>
+  <si>
+    <t>71.20B</t>
+  </si>
+  <si>
+    <t>C.F.D.</t>
+  </si>
+  <si>
+    <t>33 BOULEVARD JEAN JAURES 83300 DRAGUIGNAN</t>
+  </si>
+  <si>
+    <t>25/07/2019</t>
+  </si>
+  <si>
+    <t>AW</t>
+  </si>
+  <si>
+    <t>11 RUE EMILE COMBES 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>26/01/2018</t>
+  </si>
+  <si>
+    <t>ISF CONCEPT</t>
+  </si>
+  <si>
+    <t>82-84 82 RUE MAURICE BEJART 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>07/02/2018</t>
   </si>
   <si>
     <t>GEST FOR YOU</t>
   </si>
   <si>
     <t>13 RUE SAINTE URSULE 31000 TOULOUSE</t>
   </si>
   <si>
     <t>15/10/2018</t>
   </si>
   <si>
     <t>68.20B</t>
   </si>
   <si>
-    <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
-[...130 lines deleted...]
-  <si>
     <t>VOL GROUPE CONSEILS, FORMATIONS</t>
   </si>
   <si>
     <t>8 ROUTE DE FANLAC 24580 PLAZAC</t>
   </si>
   <si>
     <t>01/02/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">MOREAU STEPHANIE   </t>
-[...7 lines deleted...]
-  <si>
     <t>ABC CONSEIL ET FORMATION</t>
   </si>
   <si>
     <t>34 RUE DE SARLIEVE 63800 COURNON-D'AUVERGNE</t>
   </si>
   <si>
     <t>27/03/2019</t>
   </si>
   <si>
     <t>PROPULCEO FORMATION &amp; ACCOMPAGNEMENT</t>
   </si>
   <si>
     <t>LIEUDIT MAS GUERIDO 5 AVENUE ANDRE AMPERE 66330 CABESTANY</t>
   </si>
   <si>
     <t>24/07/2019</t>
   </si>
   <si>
     <t>FORMAZOT OCEAN INDIEN</t>
   </si>
   <si>
     <t>SAINT GILLES LES HAUTS 46 ROUTE DE L'EPERON 97435 SAINT-PAUL</t>
   </si>
   <si>
     <t>10/07/2019</t>
@@ -1333,75 +1318,81 @@
   <si>
     <t>IFORMA SUD</t>
   </si>
   <si>
     <t>258 RUE MARIUS ET ARY LEBLOND 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>27/02/2023</t>
   </si>
   <si>
     <t>04973393697</t>
   </si>
   <si>
     <t>VM FORMATION</t>
   </si>
   <si>
     <t>V&amp;M FORMATION</t>
   </si>
   <si>
     <t>40 RUE DE BRUXELLES 69100 VILLEURBANNE</t>
   </si>
   <si>
     <t>17/06/2022</t>
   </si>
   <si>
+    <t>04/09/2025</t>
+  </si>
+  <si>
     <t>OFPRO IMMO</t>
   </si>
   <si>
     <t>37 RUE PIERRE DESSIS 40130 CAPBRETON</t>
   </si>
   <si>
     <t>02/05/2024</t>
   </si>
   <si>
     <t>BIZ'ACADEMY</t>
   </si>
   <si>
     <t>7 PLACE DU 11 NOVEMBRE 1918 93000 BOBIGNY</t>
   </si>
   <si>
     <t>16/02/2023</t>
   </si>
   <si>
     <t>FORMATION PREMIUM</t>
   </si>
   <si>
     <t>BAT A PORTE 11 31 CHEMIN DE SAINT AMAND 31100 TOULOUSE</t>
   </si>
   <si>
     <t>01/06/2023</t>
+  </si>
+  <si>
+    <t>03/11/2025</t>
   </si>
   <si>
     <t>SKOOL N'JOB</t>
   </si>
   <si>
     <t>145 CHEMIN DE LA PASSIO VELLA 66100 PERPIGNAN</t>
   </si>
   <si>
     <t>01/05/2023</t>
   </si>
   <si>
     <t>FONCIA LYON</t>
   </si>
   <si>
     <t>132 COURS CHARLEMAGNE 69002 LYON</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -1755,51 +1746,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M144"/>
+  <dimension ref="A1:M142"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1820,5376 +1811,5310 @@
         <v>5</v>
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
-      <c r="A2" s="1">
-        <v>30587453900060</v>
+      <c r="A2" s="1" t="s">
+        <v>13</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D2" s="2" t="s">
         <v>15</v>
       </c>
+      <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>32361352100026</v>
+        <v>11000007200014</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I3" s="3"/>
       <c r="J3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>32441928201381</v>
+        <v>13002293200011</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C4" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="I4" s="3">
-        <v>11753781075</v>
+        <v>53290897729</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>32506291700043</v>
+        <v>19100025600039</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D5" s="2"/>
+        <v>30</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>11930041193</v>
+        <v>34</v>
+      </c>
+      <c r="I5" s="3" t="s">
+        <v>35</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>33149624000218</v>
+        <v>19130053200022</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D6" s="2"/>
+        <v>36</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>37</v>
+      </c>
       <c r="E6" s="2" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="I6" s="3"/>
+      <c r="I6" s="3">
+        <v>93131539413</v>
+      </c>
       <c r="J6" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>33354415300369</v>
+        <v>19440029700025</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="D7" s="2"/>
+        <v>40</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>41</v>
+      </c>
       <c r="E7" s="2" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I7" s="3">
-        <v>11751042775</v>
+        <v>52440417944</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>33354415300518</v>
+        <v>19750707200027</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="D8" s="2"/>
+        <v>43</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="E8" s="2" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>11751042775</v>
+        <v>34</v>
+      </c>
+      <c r="I8" s="3" t="s">
+        <v>47</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>40802325700038</v>
+        <v>19931272900023</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+        <v>48</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>49</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>11752611775</v>
+        <v>34</v>
+      </c>
+      <c r="I9" s="3" t="s">
+        <v>52</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>41133158000133</v>
+        <v>19974001000038</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D10" s="2"/>
+        <v>53</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>54</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="I10" s="3"/>
+        <v>34</v>
+      </c>
+      <c r="I10" s="3" t="s">
+        <v>57</v>
+      </c>
       <c r="J10" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>41436247500025</v>
+        <v>37936214800049</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="I11" s="3">
-        <v>73310286031</v>
+        <v>52490076749</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>41437173200093</v>
+        <v>38138042700066</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I12" s="3">
-        <v>82691323869</v>
+        <v>72330212133</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>41895538100052</v>
+        <v>38436936900010</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I13" s="3">
-        <v>93830251083</v>
+        <v>72330402333</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>42219375500028</v>
+        <v>38531301000014</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I14" s="3">
-        <v>11753582375</v>
+        <v>93830307583</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>42219375500689</v>
+        <v>39336786700040</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I15" s="3">
-        <v>11753582375</v>
+        <v>11752175275</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>42219375500705</v>
+        <v>77573724000058</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="I16" s="3">
-        <v>11753582375</v>
+        <v>11940004794</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>42924994900075</v>
+        <v>77573724000140</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I17" s="3">
-        <v>83630337163</v>
+        <v>11940004794</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>42924994900133</v>
+        <v>77573724000165</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="I18" s="3">
-        <v>83630337163</v>
+        <v>11940004794</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>42924994900158</v>
+        <v>77573724000280</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="I19" s="3">
-        <v>83630337163</v>
+        <v>11940004794</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>42924994900232</v>
+        <v>77573724000322</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I20" s="3">
-        <v>83630337163</v>
+        <v>11940004794</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>43369025200104</v>
+        <v>77573724000330</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="I21" s="3"/>
+        <v>34</v>
+      </c>
+      <c r="I21" s="3">
+        <v>11940004794</v>
+      </c>
       <c r="J21" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:13">
-      <c r="A22" s="1" t="s">
-        <v>78</v>
+      <c r="A22" s="1">
+        <v>77811428000036</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="I22" s="3"/>
+        <v>90</v>
+      </c>
+      <c r="I22" s="3">
+        <v>21510097651</v>
+      </c>
       <c r="J22" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>11000007200014</v>
+        <v>78035020300011</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="I23" s="3"/>
+        <v>93</v>
+      </c>
+      <c r="I23" s="3">
+        <v>21100001510</v>
+      </c>
       <c r="J23" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>13002293200011</v>
+        <v>78162137000159</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="I24" s="3">
-        <v>53290897729</v>
+        <v>43250000225</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>19100025600039</v>
+        <v>78338470400012</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>91</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>99</v>
+      </c>
+      <c r="I25" s="3">
+        <v>41550026155</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>19130053200022</v>
+        <v>78566104200016</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="I26" s="3"/>
       <c r="J26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>19440029700025</v>
+        <v>78983282100035</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>24</v>
+        <v>108</v>
       </c>
       <c r="I27" s="3">
-        <v>52440417944</v>
+        <v>93060705506</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>19750707200027</v>
+        <v>79162104800028</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>34</v>
+      </c>
+      <c r="I28" s="3">
+        <v>97970194197</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>19931272900023</v>
+        <v>79373754500012</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>115</v>
+      </c>
+      <c r="I29" s="3">
+        <v>52440698144</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>19974001000038</v>
+        <v>51894767600020</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>34</v>
+      </c>
+      <c r="I30" s="3">
+        <v>95973070297</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>44069524500025</v>
+        <v>52405061400022</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I31" s="3">
-        <v>11754701875</v>
+        <v>31590812659</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>44158313500047</v>
+        <v>53018898600059</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>24</v>
+        <v>125</v>
       </c>
       <c r="I32" s="3">
-        <v>11753663175</v>
+        <v>11922302792</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>44321186700025</v>
+        <v>42924994900075</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>124</v>
+        <v>14</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="G33" s="2" t="s">
         <v>128</v>
       </c>
+      <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>129</v>
+        <v>34</v>
       </c>
       <c r="I33" s="3">
-        <v>93060557706</v>
+        <v>83630337163</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>45125756200111</v>
+        <v>42924994900133</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C34" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="E34" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="D34" s="2" t="s">
+      <c r="F34" s="2" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>24</v>
+        <v>108</v>
       </c>
       <c r="I34" s="3">
-        <v>76311242231</v>
+        <v>83630337163</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>45169029100021</v>
+        <v>42924994900158</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="D35" s="2"/>
+        <v>126</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>126</v>
+      </c>
       <c r="E35" s="2" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>24</v>
+        <v>108</v>
       </c>
       <c r="I35" s="3">
-        <v>41570226157</v>
+        <v>83630337163</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>45235951600021</v>
+        <v>42924994900232</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>137</v>
+        <v>126</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>139</v>
+        <v>63</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I36" s="3">
-        <v>11910566091</v>
+        <v>83630337163</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>47960778000042</v>
+        <v>43369025200104</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>140</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="I37" s="3"/>
       <c r="J37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>48051919800026</v>
+        <v>44069524500025</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="I38" s="3">
-        <v>83630370563</v>
+        <v>11754701875</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>48888299400046</v>
+        <v>44158313500047</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>124</v>
+        <v>14</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>148</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>150</v>
+        <v>34</v>
       </c>
       <c r="I39" s="3">
-        <v>11922448792</v>
+        <v>11753663175</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>48908897100069</v>
+        <v>44321186700025</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>13</v>
+        <v>145</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="G40" s="2"/>
+        <v>148</v>
+      </c>
+      <c r="G40" s="2" t="s">
+        <v>149</v>
+      </c>
       <c r="H40" s="2" t="s">
-        <v>24</v>
+        <v>150</v>
       </c>
       <c r="I40" s="3">
-        <v>93830380583</v>
+        <v>93060557706</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>48908897100077</v>
+        <v>45125756200111</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="D41" s="2"/>
+      <c r="D41" s="2" t="s">
+        <v>152</v>
+      </c>
       <c r="E41" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="F41" s="2" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I41" s="3">
-        <v>93830380583</v>
+        <v>76311242231</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>48908897100101</v>
+        <v>45169029100021</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>156</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>157</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I42" s="3">
-        <v>93830380583</v>
+        <v>41570226157</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>48908897100119</v>
+        <v>40802325700038</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>124</v>
+        <v>14</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="G43" s="2" t="s">
         <v>160</v>
       </c>
+      <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="I43" s="3">
-        <v>93830380583</v>
+        <v>11752611775</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>48908897100168</v>
+        <v>41133158000133</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="I44" s="3"/>
       <c r="J44" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>49120441800033</v>
+        <v>41436247500025</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="I45" s="3">
-        <v>53290814729</v>
+        <v>73310286031</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>49128518500055</v>
+        <v>41437173200093</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I46" s="3">
-        <v>73310520431</v>
+        <v>82691323869</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>49147555400045</v>
+        <v>41895538100052</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="I47" s="3"/>
+        <v>34</v>
+      </c>
+      <c r="I47" s="3">
+        <v>93830251083</v>
+      </c>
       <c r="J47" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>49147555400086</v>
+        <v>42219375500028</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>170</v>
-[...3 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="I48" s="3"/>
+        <v>34</v>
+      </c>
+      <c r="I48" s="3">
+        <v>11753582375</v>
+      </c>
       <c r="J48" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>49434401300029</v>
+        <v>42219375500689</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>124</v>
+        <v>14</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>177</v>
-[...3 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I49" s="3">
-        <v>11950450495</v>
+        <v>11753582375</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>49799826000051</v>
+        <v>42219375500705</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I50" s="3">
-        <v>93830383383</v>
+        <v>11753582375</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>50129208000014</v>
+        <v>49799826000051</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I51" s="3"/>
+        <v>34</v>
+      </c>
+      <c r="I51" s="3">
+        <v>93830383383</v>
+      </c>
       <c r="J51" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>50257683800044</v>
+        <v>50129208000014</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="I52" s="3"/>
       <c r="J52" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>50268951600081</v>
+        <v>50257683800044</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I53" s="3"/>
+        <v>34</v>
+      </c>
+      <c r="I53" s="3">
+        <v>11950466195</v>
+      </c>
       <c r="J53" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>53018898600059</v>
+        <v>50268951600081</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>194</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="I54" s="3"/>
       <c r="J54" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>53412994500018</v>
+        <v>51182729700025</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>195</v>
-[...3 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I55" s="3">
-        <v>72330848833</v>
+        <v>32590992759</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>75038199800012</v>
+        <v>51395266300021</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I56" s="3"/>
       <c r="J56" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>75254407200040</v>
+        <v>53412994500018</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="D57" s="2"/>
+        <v>196</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>197</v>
+      </c>
       <c r="E57" s="2" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I57" s="3">
-        <v>72330875633</v>
+        <v>72330848833</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>75269660900037</v>
+        <v>75038199800012</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>124</v>
+        <v>14</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>207</v>
-[...3 lines deleted...]
-      </c>
+        <v>202</v>
+      </c>
+      <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="I58" s="3"/>
       <c r="J58" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>77573724000058</v>
+        <v>75254407200040</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="I59" s="3">
-        <v>11940004794</v>
+        <v>72330875633</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>77573724000140</v>
+        <v>75269660900037</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>13</v>
+        <v>145</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="G60" s="2"/>
+        <v>208</v>
+      </c>
+      <c r="G60" s="2" t="s">
+        <v>209</v>
+      </c>
       <c r="H60" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I60" s="3">
-        <v>11940004794</v>
+        <v>95970177697</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>77573724000165</v>
+        <v>75311164000029</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>24</v>
+        <v>213</v>
       </c>
       <c r="I61" s="3">
-        <v>11940004794</v>
+        <v>11930672493</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>77573724000280</v>
+        <v>75353047600039</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="D62" s="2"/>
+        <v>214</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>214</v>
+      </c>
       <c r="E62" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="F62" s="2" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>24</v>
+        <v>108</v>
       </c>
       <c r="I62" s="3">
-        <v>11940004794</v>
+        <v>93830446383</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>77573724000322</v>
+        <v>30587453900060</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="D63" s="2"/>
+        <v>217</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>218</v>
+      </c>
       <c r="E63" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="I63" s="3">
-        <v>11940004794</v>
+        <v>21510031351</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>77573724000330</v>
+        <v>32361352100026</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>209</v>
+        <v>221</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I64" s="3">
-        <v>11940004794</v>
+        <v>93840018184</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>77811428000036</v>
+        <v>32441928201381</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>225</v>
+        <v>34</v>
       </c>
       <c r="I65" s="3">
-        <v>21510097651</v>
+        <v>11753781075</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>78035020300011</v>
+        <v>32506291700043</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>228</v>
+        <v>34</v>
       </c>
       <c r="I66" s="3">
-        <v>21100001510</v>
+        <v>11930041193</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>78162137000159</v>
+        <v>33149624000218</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I67" s="3"/>
       <c r="J67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>78338470400012</v>
+        <v>33354415300369</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>224</v>
+        <v>235</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="I68" s="3">
-        <v>41550026155</v>
+        <v>11751042775</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>78566104200016</v>
+        <v>33354415300518</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>234</v>
-[...3 lines deleted...]
-      </c>
+        <v>233</v>
+      </c>
+      <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
         <v>236</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>224</v>
+        <v>237</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="I69" s="3"/>
+        <v>34</v>
+      </c>
+      <c r="I69" s="3">
+        <v>11751042775</v>
+      </c>
       <c r="J69" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>78983282100035</v>
+        <v>47960778000042</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>238</v>
       </c>
       <c r="D70" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="E70" s="2" t="s">
         <v>239</v>
       </c>
-      <c r="E70" s="2" t="s">
+      <c r="F70" s="2" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="I70" s="3">
-        <v>93060705506</v>
+        <v>24370223537</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>79162104800028</v>
+        <v>48051919800026</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>24</v>
+        <v>108</v>
       </c>
       <c r="I71" s="3">
-        <v>97970194197</v>
+        <v>83630370563</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>80762635300039</v>
+        <v>48370561200032</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="F72" s="2" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="I72" s="3"/>
+        <v>34</v>
+      </c>
+      <c r="I72" s="3">
+        <v>76310870231</v>
+      </c>
       <c r="J72" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>51182729700025</v>
+        <v>48888299400046</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>13</v>
+        <v>145</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="F73" s="2" t="s">
         <v>249</v>
       </c>
-      <c r="F73" s="2" t="s">
+      <c r="G73" s="2" t="s">
         <v>250</v>
       </c>
-      <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>24</v>
+        <v>213</v>
       </c>
       <c r="I73" s="3">
-        <v>32590992759</v>
+        <v>11922448792</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>51395266300021</v>
+        <v>48908897100069</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>251</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I74" s="3"/>
+        <v>34</v>
+      </c>
+      <c r="I74" s="3">
+        <v>93830380583</v>
+      </c>
       <c r="J74" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>51894767600020</v>
+        <v>48908897100077</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I75" s="3">
-        <v>95973070297</v>
+        <v>93830380583</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>52405061400022</v>
+        <v>48908897100101</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
         <v>256</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>257</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I76" s="3">
-        <v>31590812659</v>
+        <v>93830380583</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>37936214800049</v>
+        <v>48908897100119</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>13</v>
+        <v>145</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="F77" s="2" t="s">
         <v>259</v>
       </c>
-      <c r="F77" s="2" t="s">
+      <c r="G77" s="2" t="s">
         <v>260</v>
       </c>
-      <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="I77" s="3">
-        <v>52490076749</v>
+        <v>93830380583</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>38138042700066</v>
+        <v>48908897100168</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>261</v>
+        <v>251</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="F78" s="2" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I78" s="3">
-        <v>72330212133</v>
+        <v>93830380583</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>38436936900010</v>
+        <v>49120441800033</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>263</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
         <v>264</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>265</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I79" s="3">
-        <v>72330402333</v>
+        <v>53290814729</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>38531301000014</v>
+        <v>49128518500055</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="D80" s="2"/>
+      <c r="D80" s="2" t="s">
+        <v>267</v>
+      </c>
       <c r="E80" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I80" s="3">
-        <v>93830307583</v>
+        <v>73310520431</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>39336786700040</v>
+        <v>49147555400086</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="D81" s="2"/>
+        <v>270</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>270</v>
+      </c>
       <c r="E81" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="I81" s="3"/>
       <c r="J81" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>79373754500012</v>
+        <v>49434401300029</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>13</v>
+        <v>145</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="G82" s="2"/>
+        <v>275</v>
+      </c>
+      <c r="G82" s="2" t="s">
+        <v>276</v>
+      </c>
       <c r="H82" s="2" t="s">
-        <v>275</v>
+        <v>34</v>
       </c>
       <c r="I82" s="3">
-        <v>52440698144</v>
+        <v>11950450495</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>75311164000029</v>
+        <v>81423537000016</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="D83" s="2"/>
+        <v>277</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>277</v>
+      </c>
       <c r="E83" s="2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>150</v>
+        <v>99</v>
       </c>
       <c r="I83" s="3">
-        <v>11930672493</v>
+        <v>98970447497</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>75353047600039</v>
+        <v>45235951600021</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>279</v>
-[...3 lines deleted...]
-      </c>
+        <v>280</v>
+      </c>
+      <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="I84" s="3">
-        <v>93830446383</v>
+        <v>11910566091</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>48370561200032</v>
+        <v>80762635300039</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>284</v>
+        <v>17</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>285</v>
+      </c>
+      <c r="I85" s="3"/>
       <c r="J85" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>84348531900019</v>
+        <v>81229926100030</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="D86" s="2"/>
+        <v>286</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>287</v>
+      </c>
       <c r="E86" s="2" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>287</v>
+        <v>82</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>288</v>
+        <v>34</v>
       </c>
       <c r="I86" s="3">
-        <v>76311119831</v>
+        <v>98970001397</v>
       </c>
       <c r="J86" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>81229926100030</v>
+        <v>81229926100048</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C87" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="D87" s="2" t="s">
         <v>289</v>
       </c>
-      <c r="D87" s="2" t="s">
+      <c r="E87" s="2" t="s">
         <v>290</v>
       </c>
-      <c r="E87" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F87" s="2" t="s">
-        <v>217</v>
+        <v>82</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I87" s="3">
         <v>98970001397</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>81229926100048</v>
+        <v>81229926100063</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="D88" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="E88" s="2" t="s">
         <v>292</v>
       </c>
-      <c r="E88" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F88" s="2" t="s">
-        <v>217</v>
+        <v>82</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I88" s="3">
         <v>98970001397</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>81229926100063</v>
+        <v>81323269100028</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="D89" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="D89" s="2"/>
+      <c r="E89" s="2" t="s">
         <v>294</v>
       </c>
-      <c r="E89" s="2" t="s">
+      <c r="F89" s="2" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I89" s="3">
-        <v>98970001397</v>
+        <v>24370398337</v>
       </c>
       <c r="J89" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>81323269100028</v>
+        <v>82016444000019</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>296</v>
       </c>
-      <c r="D90" s="2"/>
+      <c r="D90" s="2" t="s">
+        <v>296</v>
+      </c>
       <c r="E90" s="2" t="s">
         <v>297</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>298</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I90" s="3">
-        <v>24370398337</v>
+        <v>93830513983</v>
       </c>
       <c r="J90" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>81423537000016</v>
+        <v>82214273300010</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>299</v>
       </c>
-      <c r="D91" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
         <v>300</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>301</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="I91" s="3">
-        <v>98970447497</v>
+        <v>93131678213</v>
       </c>
       <c r="J91" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>82016444000019</v>
+        <v>82409268800012</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>302</v>
       </c>
-      <c r="D92" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
         <v>303</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>304</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I92" s="3">
-        <v>93830513983</v>
+        <v>11930762893</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>82214273300010</v>
+        <v>82409268800053</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
+        <v>305</v>
+      </c>
+      <c r="F93" s="2" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I93" s="3">
-        <v>93131678213</v>
+        <v>11930762893</v>
       </c>
       <c r="J93" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>82409268800012</v>
+        <v>82409268800186</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I94" s="3">
         <v>11930762893</v>
       </c>
       <c r="J94" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>82409268800053</v>
+        <v>82409268800244</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I95" s="3">
         <v>11930762893</v>
       </c>
       <c r="J95" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>82409268800186</v>
+        <v>82422814200488</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I96" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M96" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>82409268800244</v>
+        <v>82422814200629</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I97" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M97" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>82422814200488</v>
+        <v>82422814201635</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I98" s="3">
         <v>11930743393</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M98" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>82422814200629</v>
+        <v>82422814201643</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I99" s="3">
         <v>11930743393</v>
       </c>
       <c r="J99" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M99" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>82422814201635</v>
+        <v>82781746100037</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C100" s="2" t="s">
+        <v>314</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>314</v>
+      </c>
+      <c r="E100" s="2" t="s">
         <v>315</v>
       </c>
-      <c r="D100" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F100" s="2" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>24</v>
+        <v>317</v>
       </c>
       <c r="I100" s="3">
-        <v>11930743393</v>
+        <v>53290923229</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M100" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>82422814201643</v>
+        <v>82937749800037</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
         <v>319</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>312</v>
+        <v>320</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I101" s="3">
-        <v>11930743393</v>
+        <v>93131663313</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>82781746100037</v>
+        <v>83501285700016</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>320</v>
-[...3 lines deleted...]
-      </c>
+        <v>321</v>
+      </c>
+      <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>323</v>
+        <v>125</v>
       </c>
       <c r="I102" s="3">
-        <v>53290923229</v>
+        <v>84630494563</v>
       </c>
       <c r="J102" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="M102" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>82937749800037</v>
+        <v>83875512200010</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>324</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
         <v>325</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>326</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I103" s="3">
-        <v>93131663313</v>
+        <v>76340981834</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M103" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>83501285700016</v>
+        <v>84348531900019</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>327</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
         <v>328</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>329</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>194</v>
+        <v>330</v>
       </c>
       <c r="I104" s="3">
-        <v>84630494563</v>
+        <v>76311119831</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M104" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>83875512200010</v>
+        <v>84823563600018</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>24</v>
+        <v>108</v>
       </c>
       <c r="I105" s="3">
-        <v>76340981834</v>
+        <v>75240197624</v>
       </c>
       <c r="J105" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>84823563600018</v>
+        <v>84970689000019</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>71</v>
+        <v>108</v>
       </c>
       <c r="I106" s="3">
-        <v>75240197624</v>
+        <v>84630506863</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>84965955200012</v>
+        <v>85032583800025</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="I107" s="3"/>
+        <v>34</v>
+      </c>
+      <c r="I107" s="3">
+        <v>76660228666</v>
+      </c>
       <c r="J107" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>84970689000019</v>
+        <v>85265339300011</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>13</v>
+        <v>145</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="G108" s="2"/>
+        <v>342</v>
+      </c>
+      <c r="G108" s="2" t="s">
+        <v>343</v>
+      </c>
       <c r="H108" s="2" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>84630506863</v>
+        <v>34</v>
+      </c>
+      <c r="I108" s="3" t="s">
+        <v>344</v>
       </c>
       <c r="J108" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>85032583800025</v>
+        <v>85383966000018</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="I109" s="3">
-        <v>76660228666</v>
+        <v>76341041134</v>
       </c>
       <c r="J109" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M109" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>85265339300011</v>
+        <v>87827163400015</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>124</v>
+        <v>14</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>347</v>
-[...3 lines deleted...]
-      </c>
+        <v>350</v>
+      </c>
+      <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>349</v>
+        <v>125</v>
+      </c>
+      <c r="I110" s="3">
+        <v>32591004959</v>
       </c>
       <c r="J110" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M110" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>85383966000018</v>
+        <v>88110314700016</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>350</v>
-[...1 lines deleted...]
-      <c r="D111" s="2"/>
+        <v>351</v>
+      </c>
+      <c r="D111" s="2" t="s">
+        <v>351</v>
+      </c>
       <c r="E111" s="2" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="I111" s="3">
-        <v>76341041134</v>
+        <v>11941017594</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M111" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>87827163400015</v>
+        <v>88280019600017</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>194</v>
+        <v>213</v>
       </c>
       <c r="I112" s="3">
-        <v>32591004959</v>
+        <v>44540389954</v>
       </c>
       <c r="J112" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="M112" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>88110314700016</v>
+        <v>88313422300022</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>356</v>
-[...3 lines deleted...]
-      </c>
+        <v>357</v>
+      </c>
+      <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I113" s="3">
-        <v>11941017594</v>
+        <v>11756045875</v>
       </c>
       <c r="J113" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L113" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="M113" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>88280019600017</v>
+        <v>88420142700033</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>359</v>
-[...1 lines deleted...]
-      <c r="D114" s="2"/>
+        <v>360</v>
+      </c>
+      <c r="D114" s="2" t="s">
+        <v>360</v>
+      </c>
       <c r="E114" s="2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>150</v>
+        <v>76</v>
       </c>
       <c r="I114" s="3">
-        <v>44540389954</v>
+        <v>11770698477</v>
       </c>
       <c r="J114" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M114" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>88313422300022</v>
+        <v>88500653600019</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>11756045875</v>
+        <v>34</v>
+      </c>
+      <c r="I115" s="3" t="s">
+        <v>366</v>
       </c>
       <c r="J115" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M115" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>88420142700033</v>
+        <v>88783287100016</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>365</v>
-[...3 lines deleted...]
-      </c>
+        <v>367</v>
+      </c>
+      <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>50</v>
+        <v>108</v>
       </c>
       <c r="I116" s="3">
-        <v>11770698477</v>
+        <v>11756106875</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M116" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>88500653600019</v>
+        <v>88846866700017</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>371</v>
+        <v>34</v>
+      </c>
+      <c r="I117" s="3">
+        <v>93060896106</v>
       </c>
       <c r="J117" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M117" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>88783287100016</v>
+        <v>88916528800024</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="I118" s="3">
-        <v>11756106875</v>
+        <v>84691767769</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K118" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M118" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>88846866700017</v>
+        <v>88977538300033</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>93060896106</v>
+        <v>90</v>
+      </c>
+      <c r="I119" s="3" t="s">
+        <v>379</v>
       </c>
       <c r="J119" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L119" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="M119" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>88916528800024</v>
+        <v>89345782000023</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="I120" s="3"/>
       <c r="J120" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K120" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>88977538300033</v>
+        <v>89847054700016</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>384</v>
+        <v>99</v>
+      </c>
+      <c r="I121" s="3">
+        <v>76311056131</v>
       </c>
       <c r="J121" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>89345782000023</v>
+        <v>90080109300015</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="D122" s="2"/>
+        <v>386</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>386</v>
+      </c>
       <c r="E122" s="2" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I122" s="3"/>
+        <v>76</v>
+      </c>
+      <c r="I122" s="3">
+        <v>93131918913</v>
+      </c>
       <c r="J122" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="M122" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>89847054700016</v>
+        <v>90123418700010</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="I123" s="3">
-        <v>76311056131</v>
+        <v>52530101453</v>
       </c>
       <c r="J123" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>90080109300015</v>
+        <v>90186017100023</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>391</v>
-[...3 lines deleted...]
-      </c>
+        <v>392</v>
+      </c>
+      <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="I124" s="3">
-        <v>93131918913</v>
+        <v>11770737877</v>
       </c>
       <c r="J124" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M124" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>90123418700010</v>
+        <v>90246591300017</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I125" s="3">
-        <v>52530101453</v>
+        <v>11756335875</v>
       </c>
       <c r="J125" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="M125" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>90186017100023</v>
+        <v>90255824600028</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I126" s="3">
-        <v>11770737877</v>
+        <v>76341129834</v>
       </c>
       <c r="J126" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M126" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>90246591300017</v>
+        <v>90472101600023</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>400</v>
-[...1 lines deleted...]
-      <c r="D127" s="2"/>
+        <v>401</v>
+      </c>
+      <c r="D127" s="2" t="s">
+        <v>401</v>
+      </c>
       <c r="E127" s="2" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I127" s="3">
-        <v>11756335875</v>
+        <v>11770750277</v>
       </c>
       <c r="J127" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L127" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M127" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>90255824600028</v>
+        <v>90478875900010</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I128" s="3">
-        <v>76341129834</v>
+        <v>11941097594</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M128" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>90472101600023</v>
+        <v>90844212200010</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>406</v>
-[...3 lines deleted...]
-      </c>
+        <v>407</v>
+      </c>
+      <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="I129" s="3">
-        <v>11770750277</v>
+        <v>44670697467</v>
       </c>
       <c r="J129" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K129" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M129" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>90478875900010</v>
+        <v>90855556800017</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>409</v>
-[...1 lines deleted...]
-      <c r="D130" s="2"/>
+        <v>410</v>
+      </c>
+      <c r="D130" s="2" t="s">
+        <v>410</v>
+      </c>
       <c r="E130" s="2" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>411</v>
+        <v>240</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>11941097594</v>
+        <v>34</v>
+      </c>
+      <c r="I130" s="3" t="s">
+        <v>412</v>
       </c>
       <c r="J130" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M130" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>90844212200010</v>
+        <v>90912073500016</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>414</v>
+        <v>295</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="I131" s="3">
-        <v>44670697467</v>
+        <v>76311123631</v>
       </c>
       <c r="J131" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="M131" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>90855556800017</v>
+        <v>91046458500017</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>415</v>
       </c>
-      <c r="D132" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
         <v>416</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>142</v>
+        <v>417</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="I132" s="3"/>
       <c r="J132" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K132" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L132" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>90912073500016</v>
+        <v>91061958400014</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>418</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
         <v>419</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>298</v>
+        <v>417</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I133" s="3">
-        <v>76311123631</v>
+        <v>32591115959</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M133" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>91046458500017</v>
+        <v>91114836900018</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>420</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
         <v>421</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>422</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I134" s="3"/>
+        <v>34</v>
+      </c>
+      <c r="I134" s="3">
+        <v>11756556875</v>
+      </c>
       <c r="J134" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L134" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M134" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>91061958400014</v>
+        <v>91147244700026</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C135" s="2" t="s">
         <v>423</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
         <v>424</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I135" s="3">
-        <v>32591115959</v>
+        <v>11922494192</v>
       </c>
       <c r="J135" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L135" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M135" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>91114836900018</v>
+        <v>91408845500029</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>11756556875</v>
+        <v>34</v>
+      </c>
+      <c r="I136" s="3" t="s">
+        <v>429</v>
       </c>
       <c r="J136" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K136" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L136" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M136" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>91147244700026</v>
+        <v>91488606400015</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>13</v>
+        <v>145</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>428</v>
-[...1 lines deleted...]
-      <c r="D137" s="2"/>
+        <v>430</v>
+      </c>
+      <c r="D137" s="2" t="s">
+        <v>431</v>
+      </c>
       <c r="E137" s="2" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>430</v>
-[...1 lines deleted...]
-      <c r="G137" s="2"/>
+        <v>433</v>
+      </c>
+      <c r="G137" s="2" t="s">
+        <v>434</v>
+      </c>
       <c r="H137" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I137" s="3">
-        <v>11922494192</v>
+        <v>84692208169</v>
       </c>
       <c r="J137" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L137" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>91408845500029</v>
+        <v>92040850700027</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>434</v>
+        <v>34</v>
+      </c>
+      <c r="I138" s="3">
+        <v>75400191440</v>
       </c>
       <c r="J138" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L138" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M138" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>91488606400015</v>
+        <v>94913262500011</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>435</v>
-[...3 lines deleted...]
-      </c>
+        <v>438</v>
+      </c>
+      <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="I139" s="3"/>
       <c r="J139" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L139" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M139" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>92040850700027</v>
+        <v>95085769800019</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>13</v>
+        <v>145</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>441</v>
-[...1 lines deleted...]
-      <c r="G140" s="2"/>
+        <v>443</v>
+      </c>
+      <c r="G140" s="2" t="s">
+        <v>444</v>
+      </c>
       <c r="H140" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I140" s="3">
-        <v>75400191440</v>
+        <v>76311223231</v>
       </c>
       <c r="J140" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K140" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L140" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>94913262500011</v>
+        <v>95132776600014</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="I141" s="3"/>
+        <v>34</v>
+      </c>
+      <c r="I141" s="3">
+        <v>76660273066</v>
+      </c>
       <c r="J141" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L141" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M141" s="2" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>95085769800019</v>
+        <v>97350271900295</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>447</v>
+        <v>72</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I142" s="3"/>
       <c r="J142" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K142" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L142" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M142" s="2" t="s">
-        <v>20</v>
-[...71 lines deleted...]
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -7202,31 +7127,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/25/2025 23:40:50</dc:description>
+  <dc:description>Export en date du 12/16/2025 14:25:56</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>