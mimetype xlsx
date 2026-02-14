--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="450">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="448">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -190,107 +190,620 @@
   <si>
     <t>16 CHEMIN DE LA RENARDIERE 93220 GAGNY</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>1193P000493</t>
   </si>
   <si>
     <t>LYCEE GENERAL DE TECHNOLOGIE LECONTE DE LISLE</t>
   </si>
   <si>
     <t>GRETA REUNION</t>
   </si>
   <si>
     <t>8 ROUTE PHILIBERT TSIRANANA 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>04973392997</t>
   </si>
   <si>
+    <t>ASS FORMA PROF APPRENT AUTO METIERS COMM</t>
+  </si>
+  <si>
+    <t>AFPAM</t>
+  </si>
+  <si>
+    <t>4 RUE JULES MELINE 51430 BEZANNES</t>
+  </si>
+  <si>
+    <t>18/12/2014</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>ASSO PROMOTION EDUCATION PERMANENTE</t>
+  </si>
+  <si>
+    <t>ANCIEN HOPITAL 301 AVENUE PHILIPPE DE GIRARD 84400 APT</t>
+  </si>
+  <si>
+    <t>09/10/1987</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET DE RECHERCHES SUR L'EDUCATION PERMANENTE INFREP</t>
+  </si>
+  <si>
+    <t>4 AVENUE GASTON VERNIER 26200 MONTELIMAR</t>
+  </si>
+  <si>
+    <t>28/02/2022</t>
+  </si>
+  <si>
+    <t>INSTITUT DE MEDIATION ET D'EDUCATION PERMANENTE DE PANTIN</t>
+  </si>
+  <si>
+    <t>10-12 10 RUE GAMBETTA 93500 PANTIN</t>
+  </si>
+  <si>
+    <t>22/05/1995</t>
+  </si>
+  <si>
+    <t>FONCIA TOULOUSE</t>
+  </si>
+  <si>
+    <t>6-8 6 BOULEVARD FLORENCE ARTHAUD 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/05/2022</t>
+  </si>
+  <si>
+    <t>M2I</t>
+  </si>
+  <si>
+    <t>2 PLACE DE FRANCFORT 69003 LYON</t>
+  </si>
+  <si>
+    <t>01/02/2013</t>
+  </si>
+  <si>
+    <t>67-69-1/5 RUE HERMAN FRENKEL 67 AVENUE TONY GARNIER 69007 LYON</t>
+  </si>
+  <si>
+    <t>15/05/2019</t>
+  </si>
+  <si>
     <t>SA SOFTEC AVENIR FORMATION</t>
   </si>
   <si>
     <t>ZA DU BOCAGE CHEMIN DU BOCAGE 49240 AVRILLE</t>
   </si>
   <si>
     <t>01/08/2010</t>
   </si>
   <si>
     <t>NOSCHOOL</t>
   </si>
   <si>
     <t>94-95 94 QUAI DE BACALAN 33300 BORDEAUX</t>
   </si>
   <si>
     <t>01/03/2023</t>
   </si>
   <si>
     <t>AFIB 2</t>
   </si>
   <si>
     <t>14 RUE EULER 33700 MERIGNAC</t>
   </si>
   <si>
     <t>01/01/1992</t>
   </si>
   <si>
     <t>ASS INITIA FORMATION APPUI PEDAGOGI EMPL</t>
   </si>
   <si>
     <t>97 MONTEE DE FONT VERT 83140 SIX-FOURS-LES-PLAGES</t>
   </si>
   <si>
     <t>01/03/1992</t>
   </si>
   <si>
     <t>M2I SCRIBTEL</t>
   </si>
   <si>
     <t>67-69-1-5 RUE HERMANN FRENKEL 67 AVENUE TONY GARNIER 69007 LYON</t>
   </si>
   <si>
     <t>01/06/2019</t>
   </si>
   <si>
+    <t>ORGANISME D'ETUDES &amp; FORMATION A L'EMPLOI</t>
+  </si>
+  <si>
+    <t>7 AVENUE LEFEVRE 94420 LE PLESSIS-TREVISE</t>
+  </si>
+  <si>
+    <t>14/02/2020</t>
+  </si>
+  <si>
+    <t>FORMATIONS AUX METIERS D'AVENIR</t>
+  </si>
+  <si>
+    <t>53 RUE GUY AUTRET 29000 QUIMPER</t>
+  </si>
+  <si>
+    <t>01/04/2022</t>
+  </si>
+  <si>
+    <t>ATH FORMATION</t>
+  </si>
+  <si>
+    <t>ALTERNANCES.COM</t>
+  </si>
+  <si>
+    <t>20-26 20 BOULEVARD DU PARC 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>14/11/2021</t>
+  </si>
+  <si>
+    <t>TIRESIAS EFC</t>
+  </si>
+  <si>
+    <t>11 CHEMIN D'ARMANCOURT 60200 COMPIEGNE</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>AW</t>
+  </si>
+  <si>
+    <t>11 RUE EMILE COMBES 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>26/01/2018</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>AREA FORMATION</t>
+  </si>
+  <si>
+    <t>1 VOIE FELIX EBOUE 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>01/07/1998</t>
+  </si>
+  <si>
+    <t>FONCIA BRETAGNE</t>
+  </si>
+  <si>
+    <t>1 RUE DE L'ALMA 35000 RENNES</t>
+  </si>
+  <si>
+    <t>01/11/2015</t>
+  </si>
+  <si>
+    <t>68.31Z</t>
+  </si>
+  <si>
+    <t>ACTION FIRST</t>
+  </si>
+  <si>
+    <t>ZAC DES RAMASSIERS 10 ALLEE ARISTIDE MAILLOL 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>22/03/2010</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FORPRODIS</t>
+  </si>
+  <si>
+    <t>ECOLE FRANCAISE DE COMPTABILITE</t>
+  </si>
+  <si>
+    <t>23 RUE LORTET 69007 LYON</t>
+  </si>
+  <si>
+    <t>31/07/2017</t>
+  </si>
+  <si>
+    <t>FORMAVAR</t>
+  </si>
+  <si>
+    <t>515 AVENUE PABLO PICASSO 83160 LA VALETTE-DU-VAR</t>
+  </si>
+  <si>
+    <t>10/09/2015</t>
+  </si>
+  <si>
+    <t>AFEC</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA PIERRE LEVEE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>30/06/2001</t>
+  </si>
+  <si>
+    <t>6Q RUE LA DESIREE 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>01/05/2017</t>
+  </si>
+  <si>
+    <t>52 AVENUE DES CHAMPS PIERREUX 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>01/11/2017</t>
+  </si>
+  <si>
+    <t>H &amp; C CONSEIL</t>
+  </si>
+  <si>
+    <t>6 PLACE DE REGENSBURG 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>15/02/2005</t>
+  </si>
+  <si>
+    <t>H2C CONSEIL</t>
+  </si>
+  <si>
+    <t>39 RUE POMIER-LAYRARGUES 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/04/2010</t>
+  </si>
+  <si>
+    <t>7 RUE ARISTIDE BERGES 66330 CABESTANY</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t>42 RUE DEMOGE 11100 NARBONNE</t>
+  </si>
+  <si>
+    <t>FONCIA BORDEAUX</t>
+  </si>
+  <si>
+    <t>61 QUAI LAWTON 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>PROFORMALYS</t>
+  </si>
+  <si>
+    <t>14 AVENUE DE L'OPERA 75001 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>NEXT FORMATION</t>
+  </si>
+  <si>
+    <t>9 AVENUE DE PARIS 94300 VINCENNES</t>
+  </si>
+  <si>
+    <t>02/01/2012</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>VISIPLUS</t>
+  </si>
+  <si>
+    <t>SOPHIA ANTIPOLIS 1300 ROUTE DES CRETES 06560 VALBONNE</t>
+  </si>
+  <si>
+    <t>01/01/2003</t>
+  </si>
+  <si>
+    <t>12/05/2025</t>
+  </si>
+  <si>
+    <t>70.21Z</t>
+  </si>
+  <si>
+    <t>ADONIS</t>
+  </si>
+  <si>
+    <t>ADONIS - ROSE CARMIN</t>
+  </si>
+  <si>
+    <t>179 AVENUE DE MURET 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>FORM HIGH TECH</t>
+  </si>
+  <si>
+    <t>5 RUE PIERRE SIMON DE LAPLACE 57070 METZ</t>
+  </si>
+  <si>
+    <t>25/10/2021</t>
+  </si>
+  <si>
+    <t>FACULTE DES METIERS DE L ESSONNE</t>
+  </si>
+  <si>
+    <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>ANTEE FORMATION</t>
+  </si>
+  <si>
+    <t>42 RUE DE LA GITONNIERE 37300 JOUE-LES-TOURS</t>
+  </si>
+  <si>
+    <t>23/12/2021</t>
+  </si>
+  <si>
+    <t>SARL ADREC AUVERGNE</t>
+  </si>
+  <si>
+    <t>15 BOULEVARD AMBROISE BRUGIERE 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>13/05/2013</t>
+  </si>
+  <si>
+    <t>PROSFORMA</t>
+  </si>
+  <si>
+    <t>82 ROUTE DE BAYONNE 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>11/07/2016</t>
+  </si>
+  <si>
+    <t>PEM EDUCATION</t>
+  </si>
+  <si>
+    <t>1 PLACE DE LA PYRAMIDE 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>01/02/2021</t>
+  </si>
+  <si>
+    <t>29/05/2025</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>ICADEMIE</t>
+  </si>
+  <si>
+    <t>5-7 5 RUE SAINTE-ANNE 59800 LILLE</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
+    <t>415 AVENUE DES CHABAUDS 13320 BOUC-BEL-AIR</t>
+  </si>
+  <si>
+    <t>01/06/2016</t>
+  </si>
+  <si>
+    <t>3-5 3 RUE SAINT-GEORGES 75009 PARIS</t>
+  </si>
+  <si>
+    <t>01/06/2021</t>
+  </si>
+  <si>
+    <t>150 RUE NICOLAS-LOUIS VAUQUELIN 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>30/08/2021</t>
+  </si>
+  <si>
+    <t>01/12/2024</t>
+  </si>
+  <si>
+    <t>60 AVENUE JOSEPH RAYNAUD 83140 SIX-FOURS-LES-PLAGES</t>
+  </si>
+  <si>
+    <t>01/04/2024</t>
+  </si>
+  <si>
+    <t>AEROFORM INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>9 RUE DE L’ESCOUVRIER 95200 SARCELLES</t>
+  </si>
+  <si>
+    <t>15/11/2011</t>
+  </si>
+  <si>
+    <t>19/03/2025</t>
+  </si>
+  <si>
+    <t>ESID</t>
+  </si>
+  <si>
+    <t>1ER ETAGE VIA NOVA 83600 FREJUS</t>
+  </si>
+  <si>
+    <t>02/04/2019</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION ET DE PROMOTION SOCIALE</t>
+  </si>
+  <si>
+    <t>CHEZ MR SAMINADIN LEONARD 24 LOT LEGITIMUS 97115 SAINTE-ROSE</t>
+  </si>
+  <si>
+    <t>01/12/2007</t>
+  </si>
+  <si>
+    <t>C. FORMAT PRO CONSEIL</t>
+  </si>
+  <si>
+    <t>5 PLACE PIERRE MENDES FRANCE 95160 MONTMORENCY</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION DES ETABLISSEMENTS TOURISTIQUES ET HOTELIERS</t>
+  </si>
+  <si>
+    <t>132 BOULEVARD DE L'INDUSTRIE 83480 PUGET-SUR-ARGENS</t>
+  </si>
+  <si>
+    <t>15/09/2021</t>
+  </si>
+  <si>
+    <t>CARRIERES ET CONSEIL</t>
+  </si>
+  <si>
+    <t>53 RUE CUVELLE 59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>14/12/2018</t>
+  </si>
+  <si>
+    <t>KLG CARAIBES</t>
+  </si>
+  <si>
+    <t>35 AVENUE PAUL LACAVE 97130 CAPESTERRE-BELLE-EAU</t>
+  </si>
+  <si>
+    <t>09/11/2011</t>
+  </si>
+  <si>
+    <t>NOMAD FORMATION</t>
+  </si>
+  <si>
+    <t>VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>01/02/2015</t>
+  </si>
+  <si>
+    <t>SKILL AND YOU</t>
+  </si>
+  <si>
+    <t>85-87 85 RUE GABRIEL PERI 92120 MONTROUGE</t>
+  </si>
+  <si>
+    <t>16/03/2015</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION ET DE CONSEIL EN GESTION DE CARRIERES</t>
+  </si>
+  <si>
+    <t>IFCG CARRIERES</t>
+  </si>
+  <si>
+    <t>13 AVENUE JEAN JAURES 33150 CENON</t>
+  </si>
+  <si>
+    <t>24/07/2011</t>
+  </si>
+  <si>
+    <t>EVOLUGO</t>
+  </si>
+  <si>
+    <t>12 RUE EMILE SCHWOERER 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>15/03/2012</t>
+  </si>
+  <si>
+    <t>MODULA FORMATION</t>
+  </si>
+  <si>
+    <t>7 AVENUE RAYMOND MANAUD 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>28/09/2021</t>
+  </si>
+  <si>
+    <t>A.V.I. CONSEIL</t>
+  </si>
+  <si>
+    <t>IMM ACEROLA ZAC DE HOUELBOURG 3 3 LD VOIE VERTE 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>01/11/2021</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>W E C</t>
+  </si>
+  <si>
+    <t>20 RUE DE L'ORMETEAU 77500 CHELLES</t>
+  </si>
+  <si>
+    <t>29/10/2019</t>
+  </si>
+  <si>
+    <t>VIP&amp;CO</t>
+  </si>
+  <si>
+    <t>CENTRE D AFFAIRES GRAND VAR   BAT B 1110 CHEMIN DES PLANTADES 83130 LA GARDE</t>
+  </si>
+  <si>
+    <t>04/09/2020</t>
+  </si>
+  <si>
     <t>INST DE FORMATION COMMERCIALE PERMANENTE</t>
   </si>
   <si>
     <t>PARC ACTIVITES BELLEVUES RUE ROSA LUXEMBURG 95610 ERAGNY</t>
   </si>
   <si>
     <t>01/01/1981</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>37-39 39 RUE SAINT-SEBASTIEN 75011 PARIS</t>
   </si>
   <si>
     <t>01/07/1995</t>
   </si>
   <si>
     <t>58 RUE DU DESSOUS DES BERGES 75013 PARIS</t>
   </si>
   <si>
     <t>01/05/1995</t>
   </si>
   <si>
     <t>14 AVENUE GUSTAVE EIFFEL 78180 MONTIGNY-LE-BRETONNEUX</t>
   </si>
   <si>
     <t>01/07/2015</t>
   </si>
   <si>
     <t>5 RUE DU CADUCEE 94550 CHEVILLY-LARUE</t>
   </si>
   <si>
     <t>01/07/2019</t>
   </si>
   <si>
     <t>14 AVENUE DE L’AVENIR 59650 VILLENEUVE-D'ASCQ</t>
@@ -313,641 +826,143 @@
   <si>
     <t>AADPSFP</t>
   </si>
   <si>
     <t>18 AVENUE DES LOMBARDS 10000 TROYES</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>FRATE FORMATION CONSEIL</t>
   </si>
   <si>
     <t>83 RUE DE DOLE 25000 BESANCON</t>
   </si>
   <si>
     <t>01/10/2006</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE BRAS SUR MEUSE</t>
   </si>
   <si>
     <t>14 AVENUE RAYMOND POINCARE 55100 BRAS-SUR-MEUSE</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION D'ENTRAIDE VIVRE</t>
   </si>
   <si>
     <t>CENTRE DE REEDUCATION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>54 AVENUE FRANCOIS VINCENT RASPAIL 94110 ARCUEIL</t>
   </si>
   <si>
     <t>88.10C</t>
   </si>
   <si>
     <t>RHREFLEX</t>
   </si>
   <si>
     <t>F.M.I</t>
   </si>
   <si>
     <t>BATIMENT HERMES 66 AVENUE VALERY GISCARD D'ESTAING 06200 NICE</t>
   </si>
   <si>
     <t>14/08/2020</t>
   </si>
   <si>
-    <t>70.22Z</t>
-[...1 lines deleted...]
-  <si>
     <t>AFFENE OFFICE</t>
   </si>
   <si>
     <t>BELLEVUE RUE VINCENT PLACOLY 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>20/11/2015</t>
   </si>
   <si>
     <t>FORTISSIMO FORMATION</t>
   </si>
   <si>
     <t>3 AVENUE DU COMMANDANT L'HERMINIER 44600 SAINT-NAZAIRE</t>
   </si>
   <si>
     <t>21/05/2013</t>
   </si>
   <si>
     <t>85.20Z</t>
   </si>
   <si>
-    <t>KLG CARAIBES</t>
-[...479 lines deleted...]
-    <t>19/03/2025</t>
+    <t>L'ODYSSEE D'ULYSSE</t>
+  </si>
+  <si>
+    <t>150 RUE DE LA BELLE ETOILE 95700 ROISSY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>73.20Z</t>
+  </si>
+  <si>
+    <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
+  </si>
+  <si>
+    <t>CFPA DE SAINT PAUL</t>
+  </si>
+  <si>
+    <t>PLATEAU CAILLOU 130 RUE GABRIEL GUISTHAU 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>CFPA DE SAINT DENIS</t>
+  </si>
+  <si>
+    <t>70 BOULEVARD DE SAINT FRANCOIS 97400 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>CFPA DE SAINT PIERRE</t>
+  </si>
+  <si>
+    <t>CPOI 65 RUE DU PERE LAFOSSE 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>FLEX RECOUVREMENT</t>
+  </si>
+  <si>
+    <t>8 PLACE DE LA MAIRIE 37130 CINQ-MARS-LA-PILE</t>
+  </si>
+  <si>
+    <t>03/01/2022</t>
   </si>
   <si>
     <t>CEFORA</t>
   </si>
   <si>
     <t>LOCAL 1 PARC 2000 3 RUE THEODORE DROUHET 97420 LE PORT</t>
   </si>
   <si>
     <t>26/10/2015</t>
   </si>
   <si>
-    <t>FACULTE DES METIERS DE L ESSONNE</t>
-[...46 lines deleted...]
-  <si>
     <t>AZS FORMATION</t>
   </si>
   <si>
     <t>CTRE COMMERCIAL LES HELLENES LOCAL 2 SAINT LEGER 83300 DRAGUIGNAN</t>
   </si>
   <si>
     <t>16/05/2016</t>
   </si>
   <si>
     <t>VENUS CONSULTING</t>
   </si>
   <si>
     <t>97 RUE SAUVEUR TOBELEM 13007 MARSEILLE</t>
   </si>
   <si>
     <t>19/08/2016</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
@@ -979,59 +994,50 @@
   <si>
     <t>9 RUE MARC SEGUIN 94000 CRETEIL</t>
   </si>
   <si>
     <t>DROUET EXPERTISES</t>
   </si>
   <si>
     <t>9 RUE DES COLONIES 29200 BREST</t>
   </si>
   <si>
     <t>31/07/2023</t>
   </si>
   <si>
     <t>71.20B</t>
   </si>
   <si>
     <t>C.F.D.</t>
   </si>
   <si>
     <t>33 BOULEVARD JEAN JAURES 83300 DRAGUIGNAN</t>
   </si>
   <si>
     <t>25/07/2019</t>
   </si>
   <si>
-    <t>AW</t>
-[...7 lines deleted...]
-  <si>
     <t>ISF CONCEPT</t>
   </si>
   <si>
     <t>82-84 82 RUE MAURICE BEJART 34080 MONTPELLIER</t>
   </si>
   <si>
     <t>07/02/2018</t>
   </si>
   <si>
     <t>GEST FOR YOU</t>
   </si>
   <si>
     <t>13 RUE SAINTE URSULE 31000 TOULOUSE</t>
   </si>
   <si>
     <t>15/10/2018</t>
   </si>
   <si>
     <t>68.20B</t>
   </si>
   <si>
     <t>VOL GROUPE CONSEILS, FORMATIONS</t>
   </si>
   <si>
     <t>8 ROUTE DE FANLAC 24580 PLAZAC</t>
@@ -1048,78 +1054,66 @@
   <si>
     <t>27/03/2019</t>
   </si>
   <si>
     <t>PROPULCEO FORMATION &amp; ACCOMPAGNEMENT</t>
   </si>
   <si>
     <t>LIEUDIT MAS GUERIDO 5 AVENUE ANDRE AMPERE 66330 CABESTANY</t>
   </si>
   <si>
     <t>24/07/2019</t>
   </si>
   <si>
     <t>FORMAZOT OCEAN INDIEN</t>
   </si>
   <si>
     <t>SAINT GILLES LES HAUTS 46 ROUTE DE L'EPERON 97435 SAINT-PAUL</t>
   </si>
   <si>
     <t>10/07/2019</t>
   </si>
   <si>
     <t>02/01/2025</t>
   </si>
   <si>
-    <t>04973209997</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION EDUCASKILLS&amp;FORMASKILLS</t>
   </si>
   <si>
     <t>10 RUE DU MICOCOULIER 34680 SAINT-GEORGES-D'ORQUES</t>
   </si>
   <si>
     <t>26/08/2019</t>
   </si>
   <si>
     <t>MON CAMPUS TERTIAIRE</t>
   </si>
   <si>
-    <t>154 RUE DU HUIT MAI 1945 59650 VILLENEUVE-D'ASCQ</t>
+    <t>154 RUE DU HUIT MAI 1945 59650 VILLENEUVE D ASCQ</t>
   </si>
   <si>
     <t>07/10/2019</t>
-  </si>
-[...7 lines deleted...]
-    <t>14/02/2020</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
   <si>
     <t>ORAVENDIS</t>
   </si>
   <si>
     <t>51 RUE HOCHE 94200 IVRY-SUR-SEINE</t>
   </si>
   <si>
     <t>08/04/2022</t>
   </si>
   <si>
     <t>EVOYA CONSEILS</t>
   </si>
   <si>
     <t>BATIMENT LE CEZANNE 35 ALLEE DES IMPRESSIONNISTES 93420 VILLEPINTE</t>
   </si>
@@ -1746,51 +1740,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M142"/>
+  <dimension ref="A1:M141"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -2155,4965 +2149,4914 @@
       <c r="F10" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>57</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>37936214800049</v>
+        <v>30587453900060</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="D11" s="2"/>
+      <c r="D11" s="2" t="s">
+        <v>59</v>
+      </c>
       <c r="E11" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="I11" s="3">
-        <v>52490076749</v>
+        <v>21510031351</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>38138042700066</v>
+        <v>32361352100026</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I12" s="3">
-        <v>72330212133</v>
+        <v>93840018184</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>38436936900010</v>
+        <v>32441928201381</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="3">
-        <v>72330402333</v>
+        <v>11753781075</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>38531301000014</v>
+        <v>32506291700043</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I14" s="3">
-        <v>93830307583</v>
+        <v>11930041193</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>39336786700040</v>
+        <v>33149624000218</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>77573724000058</v>
+        <v>33354415300369</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="I16" s="3">
-        <v>11940004794</v>
+        <v>11751042775</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77573724000140</v>
+        <v>33354415300518</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I17" s="3">
-        <v>11940004794</v>
+        <v>11751042775</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>77573724000165</v>
+        <v>37936214800049</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I18" s="3">
-        <v>11940004794</v>
+        <v>52490076749</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>77573724000280</v>
+        <v>38138042700066</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I19" s="3">
-        <v>11940004794</v>
+        <v>72330212133</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>77573724000322</v>
+        <v>38436936900010</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I20" s="3">
-        <v>11940004794</v>
+        <v>72330402333</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>77573724000330</v>
+        <v>38531301000014</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I21" s="3">
-        <v>11940004794</v>
+        <v>93830307583</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>77811428000036</v>
+        <v>39336786700040</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="I22" s="3">
-        <v>21510097651</v>
+        <v>11752175275</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>78035020300011</v>
+        <v>88110314700016</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="D23" s="2"/>
+        <v>95</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>95</v>
+      </c>
       <c r="E23" s="2" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="I23" s="3">
-        <v>21100001510</v>
+        <v>11941017594</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>78162137000159</v>
+        <v>49120441800033</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I24" s="3">
-        <v>43250000225</v>
+        <v>53290814729</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>78338470400012</v>
+        <v>49128518500055</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="D25" s="2"/>
+        <v>101</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>102</v>
+      </c>
       <c r="E25" s="2" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>99</v>
+        <v>34</v>
       </c>
       <c r="I25" s="3">
-        <v>41550026155</v>
+        <v>73310520431</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>78566104200016</v>
+        <v>49147555400086</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>89</v>
+        <v>107</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="I26" s="3"/>
       <c r="J26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>78983282100035</v>
+        <v>83501285700016</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="I27" s="3">
-        <v>93060705506</v>
+        <v>84630494563</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>79162104800028</v>
+        <v>40802325700038</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I28" s="3">
-        <v>97970194197</v>
+        <v>11752611775</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>79373754500012</v>
+        <v>41133158000133</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>51894767600020</v>
+        <v>41436247500025</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="I30" s="3">
-        <v>95973070297</v>
+        <v>73310286031</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>52405061400022</v>
+        <v>41437173200093</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="D31" s="2"/>
+        <v>124</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>125</v>
+      </c>
       <c r="E31" s="2" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I31" s="3">
-        <v>31590812659</v>
+        <v>82691323869</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>53018898600059</v>
+        <v>41895538100052</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>125</v>
+        <v>34</v>
       </c>
       <c r="I32" s="3">
-        <v>11922302792</v>
+        <v>93830251083</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>42924994900075</v>
+        <v>42219375500028</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I33" s="3">
-        <v>83630337163</v>
+        <v>11753582375</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>42924994900133</v>
+        <v>42219375500689</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>108</v>
+        <v>34</v>
       </c>
       <c r="I34" s="3">
-        <v>83630337163</v>
+        <v>11753582375</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>42924994900158</v>
+        <v>42219375500705</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>108</v>
+        <v>34</v>
       </c>
       <c r="I35" s="3">
-        <v>83630337163</v>
+        <v>11753582375</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>42924994900232</v>
+        <v>42924994900075</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>126</v>
+        <v>138</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>63</v>
+        <v>140</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I36" s="3">
         <v>83630337163</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>43369025200104</v>
+        <v>42924994900133</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="D37" s="2"/>
+        <v>138</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>141</v>
+      </c>
       <c r="E37" s="2" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="I37" s="3"/>
+        <v>108</v>
+      </c>
+      <c r="I37" s="3">
+        <v>83630337163</v>
+      </c>
       <c r="J37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>44069524500025</v>
+        <v>42924994900158</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="D38" s="2"/>
+        <v>138</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>138</v>
+      </c>
       <c r="E38" s="2" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>34</v>
+        <v>108</v>
       </c>
       <c r="I38" s="3">
-        <v>11754701875</v>
+        <v>83630337163</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>44158313500047</v>
+        <v>42924994900232</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>144</v>
+        <v>85</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I39" s="3">
-        <v>11753663175</v>
+        <v>83630337163</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>44321186700025</v>
+        <v>43369025200104</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>145</v>
+        <v>14</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>148</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="I40" s="3"/>
       <c r="J40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>45125756200111</v>
+        <v>44069524500025</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="F41" s="2" t="s">
         <v>151</v>
-      </c>
-[...7 lines deleted...]
-        <v>154</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I41" s="3">
-        <v>76311242231</v>
+        <v>11754701875</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>45169029100021</v>
+        <v>44158313500047</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I42" s="3">
-        <v>41570226157</v>
+        <v>11753663175</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>40802325700038</v>
+        <v>44321186700025</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>14</v>
+        <v>155</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="F43" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="G43" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="F43" s="2" t="s">
+      <c r="H43" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="G43" s="2"/>
-[...5 lines deleted...]
-      </c>
+      <c r="I43" s="3"/>
       <c r="J43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>41133158000133</v>
+        <v>45125756200111</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="D44" s="2"/>
+      <c r="D44" s="2" t="s">
+        <v>162</v>
+      </c>
       <c r="E44" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="I44" s="3"/>
+        <v>34</v>
+      </c>
+      <c r="I44" s="3">
+        <v>76311242231</v>
+      </c>
       <c r="J44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>41436247500025</v>
+        <v>45169029100021</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="I45" s="3">
-        <v>73310286031</v>
+        <v>41570226157</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>41437173200093</v>
+        <v>45235951600021</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="D46" s="2" t="s">
         <v>168</v>
       </c>
+      <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>169</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>170</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I46" s="3">
-        <v>82691323869</v>
+        <v>11910566091</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>41895538100052</v>
+        <v>47960778000042</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="D47" s="2"/>
+      <c r="D47" s="2" t="s">
+        <v>171</v>
+      </c>
       <c r="E47" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>173</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I47" s="3">
-        <v>93830251083</v>
+        <v>24370223537</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>42219375500028</v>
+        <v>48051919800026</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>174</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>175</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>176</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>34</v>
+        <v>108</v>
       </c>
       <c r="I48" s="3">
-        <v>11753582375</v>
+        <v>83630370563</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>42219375500689</v>
+        <v>48370561200032</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>137</v>
+        <v>179</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I49" s="3">
-        <v>11753582375</v>
+        <v>76310870231</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>42219375500705</v>
+        <v>48888299400046</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>14</v>
+        <v>155</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>179</v>
-[...1 lines deleted...]
-      <c r="G50" s="2"/>
+        <v>182</v>
+      </c>
+      <c r="G50" s="2" t="s">
+        <v>183</v>
+      </c>
       <c r="H50" s="2" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I50" s="3"/>
       <c r="J50" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>49799826000051</v>
+        <v>48908897100069</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I51" s="3">
-        <v>93830383383</v>
+        <v>93830380583</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>50129208000014</v>
+        <v>48908897100077</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="I52" s="3"/>
+      <c r="I52" s="3">
+        <v>93830380583</v>
+      </c>
       <c r="J52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>50257683800044</v>
+        <v>48908897100101</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I53" s="3">
-        <v>11950466195</v>
+        <v>93830380583</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>50268951600081</v>
+        <v>48908897100119</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>14</v>
+        <v>155</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="G54" s="2"/>
+        <v>193</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>194</v>
+      </c>
       <c r="H54" s="2" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="I54" s="3"/>
       <c r="J54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>51182729700025</v>
+        <v>48908897100168</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I55" s="3">
-        <v>32590992759</v>
+        <v>93830380583</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>51395266300021</v>
+        <v>49434401300029</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>14</v>
+        <v>155</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="G56" s="2"/>
+        <v>199</v>
+      </c>
+      <c r="G56" s="2" t="s">
+        <v>200</v>
+      </c>
       <c r="H56" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I56" s="3"/>
       <c r="J56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>53412994500018</v>
+        <v>49799826000051</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>196</v>
-[...3 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I57" s="3">
-        <v>72330848833</v>
+        <v>93830383383</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>75038199800012</v>
+        <v>50129208000014</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I58" s="3"/>
       <c r="J58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>75254407200040</v>
+        <v>50257683800044</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I59" s="3">
-        <v>72330875633</v>
+        <v>11950466195</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>75269660900037</v>
+        <v>50268951600081</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>145</v>
+        <v>14</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>208</v>
-[...3 lines deleted...]
-      </c>
+        <v>212</v>
+      </c>
+      <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="I60" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I60" s="3"/>
       <c r="J60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>75311164000029</v>
+        <v>51182729700025</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>213</v>
+        <v>34</v>
       </c>
       <c r="I61" s="3">
-        <v>11930672493</v>
+        <v>32590992759</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>75353047600039</v>
+        <v>51894767600020</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>108</v>
+        <v>34</v>
       </c>
       <c r="I62" s="3">
-        <v>93830446383</v>
+        <v>95973070297</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>30587453900060</v>
+        <v>52405061400022</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>99</v>
+        <v>34</v>
       </c>
       <c r="I63" s="3">
-        <v>21510031351</v>
+        <v>31590812659</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>32361352100026</v>
+        <v>53018898600059</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>34</v>
+        <v>112</v>
       </c>
       <c r="I64" s="3">
-        <v>93840018184</v>
+        <v>11922302792</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>32441928201381</v>
+        <v>53412994500018</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="D65" s="2"/>
+        <v>225</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>226</v>
+      </c>
       <c r="E65" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I65" s="3">
-        <v>11753781075</v>
+        <v>72330848833</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>32506291700043</v>
+        <v>75038199800012</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="I66" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I66" s="3"/>
       <c r="J66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>33149624000218</v>
+        <v>75254407200040</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I67" s="3"/>
+        <v>34</v>
+      </c>
+      <c r="I67" s="3">
+        <v>72330875633</v>
+      </c>
       <c r="J67" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>33354415300369</v>
+        <v>75269660900037</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>14</v>
+        <v>155</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>235</v>
-[...1 lines deleted...]
-      <c r="G68" s="2"/>
+        <v>237</v>
+      </c>
+      <c r="G68" s="2" t="s">
+        <v>238</v>
+      </c>
       <c r="H68" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="I68" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I68" s="3"/>
       <c r="J68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>33354415300518</v>
+        <v>75311164000029</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>34</v>
+        <v>184</v>
       </c>
       <c r="I69" s="3">
-        <v>11751042775</v>
+        <v>11930672493</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>47960778000042</v>
+        <v>75353047600039</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>34</v>
+        <v>108</v>
       </c>
       <c r="I70" s="3">
-        <v>24370223537</v>
+        <v>93830446383</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>48051919800026</v>
+        <v>77573724000058</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="I71" s="3">
-        <v>83630370563</v>
+        <v>11940004794</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>48370561200032</v>
+        <v>77573724000140</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I72" s="3">
-        <v>76310870231</v>
+        <v>11940004794</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>48888299400046</v>
+        <v>77573724000165</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>145</v>
+        <v>14</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>249</v>
-[...3 lines deleted...]
-      </c>
+        <v>251</v>
+      </c>
+      <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>213</v>
+        <v>34</v>
       </c>
       <c r="I73" s="3">
-        <v>11922448792</v>
+        <v>11940004794</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>48908897100069</v>
+        <v>77573724000280</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
         <v>252</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>253</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I74" s="3">
-        <v>93830380583</v>
+        <v>11940004794</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>48908897100077</v>
+        <v>77573724000322</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
         <v>254</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>255</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I75" s="3">
-        <v>93830380583</v>
+        <v>11940004794</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>48908897100101</v>
+        <v>77573724000330</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
         <v>256</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>257</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I76" s="3">
-        <v>93830380583</v>
+        <v>11940004794</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>48908897100119</v>
+        <v>77811428000036</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>145</v>
+        <v>14</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="G77" s="2" t="s">
         <v>260</v>
       </c>
+      <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>76</v>
+        <v>261</v>
       </c>
       <c r="I77" s="3">
-        <v>93830380583</v>
+        <v>21510097651</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>48908897100168</v>
+        <v>78035020300011</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>251</v>
+        <v>262</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>34</v>
+        <v>264</v>
       </c>
       <c r="I78" s="3">
-        <v>93830380583</v>
+        <v>21100001510</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>49120441800033</v>
+        <v>78162137000159</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I79" s="3">
-        <v>53290814729</v>
+        <v>43250000225</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>49128518500055</v>
+        <v>78338470400012</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>266</v>
-[...3 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="I80" s="3">
-        <v>73310520431</v>
+        <v>41550026155</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>49147555400086</v>
+        <v>78566104200016</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>270</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>272</v>
+        <v>260</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>108</v>
+        <v>273</v>
       </c>
       <c r="I81" s="3"/>
       <c r="J81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>49434401300029</v>
+        <v>78983282100035</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>145</v>
+        <v>14</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="D82" s="2"/>
+        <v>274</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>275</v>
+      </c>
       <c r="E82" s="2" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>275</v>
-[...3 lines deleted...]
-      </c>
+        <v>277</v>
+      </c>
+      <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>34</v>
+        <v>108</v>
       </c>
       <c r="I82" s="3">
-        <v>11950450495</v>
+        <v>93060705506</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>81423537000016</v>
+        <v>79162104800028</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>277</v>
-[...3 lines deleted...]
-      </c>
+        <v>278</v>
+      </c>
+      <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>99</v>
+        <v>34</v>
       </c>
       <c r="I83" s="3">
-        <v>98970447497</v>
+        <v>97970194197</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>45235951600021</v>
+        <v>79373754500012</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>34</v>
+        <v>284</v>
       </c>
       <c r="I84" s="3">
-        <v>11910566091</v>
+        <v>52440698144</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
         <v>80762635300039</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="I85" s="3"/>
       <c r="J85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
         <v>81229926100030</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>82</v>
+        <v>253</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I86" s="3">
         <v>98970001397</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
         <v>81229926100048</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D87" s="2" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>82</v>
+        <v>253</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I87" s="3">
         <v>98970001397</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
         <v>81229926100063</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>82</v>
+        <v>253</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I88" s="3">
         <v>98970001397</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
         <v>81323269100028</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I89" s="3">
         <v>24370398337</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>82016444000019</v>
+        <v>81423537000016</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D90" s="2" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="I90" s="3">
-        <v>93830513983</v>
+        <v>98970447497</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>82214273300010</v>
+        <v>82016444000019</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>299</v>
-[...1 lines deleted...]
-      <c r="D91" s="2"/>
+        <v>301</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>301</v>
+      </c>
       <c r="E91" s="2" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I91" s="3">
-        <v>93131678213</v>
+        <v>93830513983</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>82409268800012</v>
+        <v>82214273300010</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I92" s="3">
-        <v>11930762893</v>
+        <v>93131678213</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>82409268800053</v>
+        <v>82409268800012</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I93" s="3">
         <v>11930762893</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>82409268800186</v>
+        <v>82409268800053</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I94" s="3">
         <v>11930762893</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>82409268800244</v>
+        <v>82409268800186</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I95" s="3">
         <v>11930762893</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>82422814200488</v>
+        <v>82409268800244</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I96" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>82422814200629</v>
+        <v>82422814200488</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
+        <v>315</v>
+      </c>
+      <c r="F97" s="2" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I97" s="3">
         <v>11930743393</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>82422814201635</v>
+        <v>82422814200629</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I98" s="3">
         <v>11930743393</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>82422814201643</v>
+        <v>82422814201635</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I99" s="3">
         <v>11930743393</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>82781746100037</v>
+        <v>82422814201643</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>314</v>
       </c>
-      <c r="D100" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>317</v>
+        <v>34</v>
       </c>
       <c r="I100" s="3">
-        <v>53290923229</v>
+        <v>11930743393</v>
       </c>
       <c r="J100" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>82937749800037</v>
+        <v>82781746100037</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>318</v>
-[...1 lines deleted...]
-      <c r="D101" s="2"/>
+        <v>319</v>
+      </c>
+      <c r="D101" s="2" t="s">
+        <v>319</v>
+      </c>
       <c r="E101" s="2" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>34</v>
+        <v>322</v>
       </c>
       <c r="I101" s="3">
-        <v>93131663313</v>
+        <v>53290923229</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>83501285700016</v>
+        <v>82937749800037</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>125</v>
+        <v>34</v>
       </c>
       <c r="I102" s="3">
-        <v>84630494563</v>
+        <v>93131663313</v>
       </c>
       <c r="J102" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
         <v>83875512200010</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I103" s="3">
         <v>76340981834</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
         <v>84348531900019</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="I104" s="3">
         <v>76311119831</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
         <v>84823563600018</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I105" s="3">
         <v>75240197624</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
         <v>84970689000019</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I106" s="3">
         <v>84630506863</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
         <v>85032583800025</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I107" s="3">
         <v>76660228666</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
         <v>85265339300011</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="H108" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="I108" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I108" s="3"/>
       <c r="J108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
         <v>85383966000018</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>99</v>
+        <v>62</v>
       </c>
       <c r="I109" s="3">
         <v>76341041134</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
         <v>87827163400015</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="I110" s="3">
         <v>32591004959</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>88110314700016</v>
+        <v>88280019600017</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>351</v>
-[...3 lines deleted...]
-      </c>
+        <v>352</v>
+      </c>
+      <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>34</v>
+        <v>184</v>
       </c>
       <c r="I111" s="3">
-        <v>11941017594</v>
+        <v>44540389954</v>
       </c>
       <c r="J111" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>88280019600017</v>
+        <v>88313422300022</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>213</v>
+        <v>34</v>
       </c>
       <c r="I112" s="3">
-        <v>44540389954</v>
+        <v>11756045875</v>
       </c>
       <c r="J112" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>88313422300022</v>
+        <v>88420142700033</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="D113" s="2"/>
+        <v>358</v>
+      </c>
+      <c r="D113" s="2" t="s">
+        <v>358</v>
+      </c>
       <c r="E113" s="2" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="I113" s="3">
-        <v>11756045875</v>
+        <v>11770698477</v>
       </c>
       <c r="J113" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>88420142700033</v>
+        <v>88500653600019</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>360</v>
-[...3 lines deleted...]
-      </c>
+        <v>361</v>
+      </c>
+      <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>11770698477</v>
+        <v>34</v>
+      </c>
+      <c r="I114" s="3" t="s">
+        <v>364</v>
       </c>
       <c r="J114" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>88500653600019</v>
+        <v>88783287100016</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>366</v>
+        <v>108</v>
+      </c>
+      <c r="I115" s="3">
+        <v>11756106875</v>
       </c>
       <c r="J115" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L115" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>88783287100016</v>
+        <v>88846866700017</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>108</v>
+        <v>34</v>
       </c>
       <c r="I116" s="3">
-        <v>11756106875</v>
+        <v>93060896106</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>88846866700017</v>
+        <v>88916528800024</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I117" s="3">
-        <v>93060896106</v>
+        <v>84691767769</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>88916528800024</v>
+        <v>88977538300033</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>84691767769</v>
+        <v>261</v>
+      </c>
+      <c r="I118" s="3" t="s">
+        <v>377</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>88977538300033</v>
+        <v>89345782000023</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="I119" s="3"/>
       <c r="J119" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L119" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="M119" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>89345782000023</v>
+        <v>89847054700016</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="I120" s="3"/>
+        <v>62</v>
+      </c>
+      <c r="I120" s="3">
+        <v>76311056131</v>
+      </c>
       <c r="J120" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M120" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>89847054700016</v>
+        <v>90080109300015</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>383</v>
-[...1 lines deleted...]
-      <c r="D121" s="2"/>
+        <v>384</v>
+      </c>
+      <c r="D121" s="2" t="s">
+        <v>384</v>
+      </c>
       <c r="E121" s="2" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>99</v>
+        <v>123</v>
       </c>
       <c r="I121" s="3">
-        <v>76311056131</v>
+        <v>93131918913</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L121" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>90080109300015</v>
+        <v>90123418700010</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>386</v>
-[...3 lines deleted...]
-      </c>
+        <v>387</v>
+      </c>
+      <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="I122" s="3">
-        <v>93131918913</v>
+        <v>52530101453</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>90123418700010</v>
+        <v>90186017100023</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I123" s="3">
-        <v>52530101453</v>
+        <v>11770737877</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K123" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>90186017100023</v>
+        <v>90246591300017</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I124" s="3">
-        <v>11770737877</v>
+        <v>11756335875</v>
       </c>
       <c r="J124" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K124" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>90246591300017</v>
+        <v>90255824600028</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I125" s="3">
-        <v>11756335875</v>
+        <v>76341129834</v>
       </c>
       <c r="J125" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="K125" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>90255824600028</v>
+        <v>90472101600023</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>398</v>
-[...1 lines deleted...]
-      <c r="D126" s="2"/>
+        <v>399</v>
+      </c>
+      <c r="D126" s="2" t="s">
+        <v>399</v>
+      </c>
       <c r="E126" s="2" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I126" s="3">
-        <v>76341129834</v>
+        <v>11770750277</v>
       </c>
       <c r="J126" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L126" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>90472101600023</v>
+        <v>90478875900010</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>401</v>
-[...3 lines deleted...]
-      </c>
+        <v>402</v>
+      </c>
+      <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I127" s="3">
-        <v>11770750277</v>
+        <v>11941097594</v>
       </c>
       <c r="J127" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L127" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>90478875900010</v>
+        <v>90844212200010</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="I128" s="3">
-        <v>11941097594</v>
+        <v>44670697467</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L128" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>90844212200010</v>
+        <v>90855556800017</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>407</v>
-[...1 lines deleted...]
-      <c r="D129" s="2"/>
+        <v>408</v>
+      </c>
+      <c r="D129" s="2" t="s">
+        <v>408</v>
+      </c>
       <c r="E129" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>409</v>
+        <v>173</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>44670697467</v>
+        <v>34</v>
+      </c>
+      <c r="I129" s="3" t="s">
+        <v>410</v>
       </c>
       <c r="J129" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L129" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>90855556800017</v>
+        <v>90912073500016</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>410</v>
-[...3 lines deleted...]
-      </c>
+        <v>411</v>
+      </c>
+      <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>240</v>
+        <v>297</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="I130" s="3" t="s">
-        <v>412</v>
+      <c r="I130" s="3">
+        <v>76311123631</v>
       </c>
       <c r="J130" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>90912073500016</v>
+        <v>91046458500017</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="2" t="s">
         <v>413</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
         <v>414</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>295</v>
+        <v>415</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="I131" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I131" s="3"/>
       <c r="J131" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="M131" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>91046458500017</v>
+        <v>91061958400014</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="I132" s="3"/>
+      <c r="I132" s="3">
+        <v>32591115959</v>
+      </c>
       <c r="J132" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K132" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M132" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>91061958400014</v>
+        <v>91114836900018</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>418</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
         <v>419</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I133" s="3">
-        <v>32591115959</v>
+        <v>11756556875</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>91114836900018</v>
+        <v>91147244700026</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I134" s="3">
-        <v>11756556875</v>
+        <v>11922494192</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>91147244700026</v>
+        <v>91408845500029</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="I135" s="3">
-        <v>11922494192</v>
+      <c r="I135" s="3" t="s">
+        <v>427</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K135" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>91408845500029</v>
+        <v>91488606400015</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>14</v>
+        <v>155</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="D136" s="2"/>
+        <v>428</v>
+      </c>
+      <c r="D136" s="2" t="s">
+        <v>429</v>
+      </c>
       <c r="E136" s="2" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>428</v>
-[...1 lines deleted...]
-      <c r="G136" s="2"/>
+        <v>431</v>
+      </c>
+      <c r="G136" s="2" t="s">
+        <v>432</v>
+      </c>
       <c r="H136" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="I136" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I136" s="3"/>
       <c r="J136" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K136" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M136" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>91488606400015</v>
+        <v>92040850700027</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>145</v>
+        <v>14</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>430</v>
-[...3 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>433</v>
-[...3 lines deleted...]
-      </c>
+        <v>435</v>
+      </c>
+      <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I137" s="3">
-        <v>84692208169</v>
+        <v>75400191440</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M137" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>92040850700027</v>
+        <v>94913262500011</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="I138" s="3"/>
       <c r="J138" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M138" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>94913262500011</v>
+        <v>95085769800019</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>14</v>
+        <v>155</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G139" s="2"/>
+        <v>441</v>
+      </c>
+      <c r="G139" s="2" t="s">
+        <v>442</v>
+      </c>
       <c r="H139" s="2" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="I139" s="3"/>
       <c r="J139" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K139" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>95085769800019</v>
+        <v>95132776600014</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>145</v>
+        <v>14</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>443</v>
-[...3 lines deleted...]
-      </c>
+        <v>445</v>
+      </c>
+      <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I140" s="3">
-        <v>76311223231</v>
+        <v>76660273066</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M140" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>95132776600014</v>
+        <v>97350271900295</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>447</v>
+        <v>94</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I141" s="3"/>
       <c r="J141" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M141" s="2" t="s">
-        <v>29</v>
-[...33 lines deleted...]
-      <c r="M142" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -7127,31 +7070,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 14:25:56</dc:description>
+  <dc:description>Export en date du 02/14/2026 06:22:24</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>