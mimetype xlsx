--- v0 (2025-12-22)
+++ v1 (2026-02-14)
@@ -106,102 +106,102 @@
   <si>
     <t>03/04/1989</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>8269P002769</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>PRO SYSTEMES</t>
   </si>
   <si>
     <t>GROUPE FORMATION SYSTEMES</t>
   </si>
   <si>
     <t>26 RUE DE LA GARE 69009 LYON</t>
   </si>
   <si>
     <t>01/09/2012</t>
   </si>
   <si>
+    <t>ISFAC</t>
+  </si>
+  <si>
+    <t>CENTRE D AFFAIRES ESPACE 10 17 RUE ALBIN HALLER 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>24/06/2006</t>
+  </si>
+  <si>
+    <t>AACTES &amp; FORMATIONS</t>
+  </si>
+  <si>
+    <t>3 RUE DU TONNELIER 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/06/2011</t>
+  </si>
+  <si>
+    <t>BTP RESIDENCES MEDICO SOCIALES</t>
+  </si>
+  <si>
+    <t>"LE BELLOY" 60860 SAINT-OMER-EN-CHAUSSEE</t>
+  </si>
+  <si>
+    <t>01/01/2006</t>
+  </si>
+  <si>
+    <t>86.10Z</t>
+  </si>
+  <si>
     <t>ASS READAPTATION FORMAT PROFESSIONNELLE</t>
   </si>
   <si>
     <t>57 RUE ALBERT CAMUS 68200 MULHOUSE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>88.10C</t>
   </si>
   <si>
     <t>BTP CFA NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>BP 15 AVENUE DU PORT DU ROY 33290 BLANQUEFORT</t>
   </si>
   <si>
     <t>01/01/2011</t>
   </si>
   <si>
     <t>85.32Z</t>
-  </si>
-[...28 lines deleted...]
-    <t>24/06/2006</t>
   </si>
   <si>
     <t>INSTITUT MARTINIQUAIS DE FORMATION PROFESSIONNELLE POUR ADULTES</t>
   </si>
   <si>
     <t>CITE DILLON AVENUE SALVADOR ALLENDE 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>22/12/2016</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
@@ -809,217 +809,217 @@
       <c r="F4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3">
         <v>83630163163</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>77895430500018</v>
+        <v>49098556100011</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="I5" s="3">
-        <v>42680022768</v>
+        <v>54860098786</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>78235535800089</v>
+        <v>45054865600021</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>72330875333</v>
+        <v>52440435444</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>45054865600021</v>
+        <v>48841184400118</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>48841184400118</v>
+        <v>77895430500018</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="I8" s="3"/>
+        <v>43</v>
+      </c>
+      <c r="I8" s="3">
+        <v>42680022768</v>
+      </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>49098556100011</v>
+        <v>78235535800089</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="I9" s="3">
-        <v>54860098786</v>
+        <v>72330875333</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>81142142900028</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D10" s="2"/>
@@ -1675,31 +1675,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/22/2025 21:53:50</dc:description>
+  <dc:description>Export en date du 02/14/2026 14:03:39</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>