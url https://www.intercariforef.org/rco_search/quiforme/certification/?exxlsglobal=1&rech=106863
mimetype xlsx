--- v0 (2025-11-05)
+++ v1 (2026-02-04)
@@ -118,210 +118,210 @@
   <si>
     <t>GRETA GRAND ARTOIS</t>
   </si>
   <si>
     <t>533 BOULEVARD FERNAND DARCHICOURT 62110 HENIN-BEAUMONT</t>
   </si>
   <si>
     <t>01/01/2020</t>
   </si>
   <si>
     <t>LYCEE GEN TECH LA MARTINIERE MONPLAISIR</t>
   </si>
   <si>
     <t>GRETA CFA LYON METROPOLE</t>
   </si>
   <si>
     <t>41 RUE ANTOINE LUMIERE 69008 LYON</t>
   </si>
   <si>
     <t>03/04/1989</t>
   </si>
   <si>
     <t>8269P002769</t>
   </si>
   <si>
+    <t>ICADEMIE</t>
+  </si>
+  <si>
+    <t>415 AVENUE DES CHABAUDS 13320 BOUC-BEL-AIR</t>
+  </si>
+  <si>
+    <t>01/06/2016</t>
+  </si>
+  <si>
+    <t>3-5 3 RUE SAINT-GEORGES 75009 PARIS</t>
+  </si>
+  <si>
+    <t>01/06/2021</t>
+  </si>
+  <si>
+    <t>ECOLE SUPERIEURE DE CONDUITE DE TRAVAUX</t>
+  </si>
+  <si>
+    <t>12-14 12 RUE JEAN-JACQUES ROUSSEAU 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>25/08/2007</t>
+  </si>
+  <si>
     <t>PRO SYSTEMES</t>
   </si>
   <si>
     <t>GROUPE FORMATION SYSTEMES</t>
   </si>
   <si>
     <t>26 RUE DE LA GARE 69009 LYON</t>
   </si>
   <si>
     <t>01/09/2012</t>
   </si>
   <si>
+    <t>AFIP FORMATIONS</t>
+  </si>
+  <si>
+    <t>AFIP</t>
+  </si>
+  <si>
+    <t>40 RUE DES ANTONINS 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
     <t>BTP RESIDENCES MEDICO SOCIALES</t>
   </si>
   <si>
     <t>"LE BELLOY" 60860 SAINT-OMER-EN-CHAUSSEE</t>
   </si>
   <si>
     <t>01/01/2006</t>
   </si>
   <si>
     <t>86.10Z</t>
   </si>
   <si>
-    <t>ICADEMIE</t>
-[...22 lines deleted...]
-  <si>
     <t>TIRESIAS EFC</t>
   </si>
   <si>
     <t>11 CHEMIN D'ARMANCOURT 60200 COMPIEGNE</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
+    <t>BATIPRO</t>
+  </si>
+  <si>
+    <t>107 AVENUE DE LA ROUDET 33500 LIBOURNE</t>
+  </si>
+  <si>
+    <t>14/08/2009</t>
+  </si>
+  <si>
     <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
   </si>
   <si>
     <t>82 RUE DE L'HOTEL DE VILLE 75004 PARIS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>3 CHEMIN DU COMPAGNON 30900 NIMES</t>
   </si>
   <si>
     <t>01/08/1994</t>
   </si>
   <si>
     <t>ASS READAPTATION FORMAT PROFESSIONNELLE</t>
   </si>
   <si>
     <t>57 RUE ALBERT CAMUS 68200 MULHOUSE</t>
   </si>
   <si>
     <t>88.10C</t>
   </si>
   <si>
-    <t>AFIP FORMATIONS</t>
-[...17 lines deleted...]
-    <t>14/08/2009</t>
+    <t>L'ODYSSEE D'ULYSSE</t>
+  </si>
+  <si>
+    <t>150 RUE DE LA BELLE ETOILE 95700 ROISSY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>01/12/2016</t>
+  </si>
+  <si>
+    <t>73.20Z</t>
   </si>
   <si>
     <t>CEFORA</t>
   </si>
   <si>
     <t>LOCAL 1 PARC 2000 3 RUE THEODORE DROUHET 97420 LE PORT</t>
   </si>
   <si>
     <t>26/10/2015</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>SFG DEVELOPPEMENT</t>
   </si>
   <si>
     <t>20 AVENUE GABRIEL PERI 95870 BEZONS</t>
   </si>
   <si>
     <t>17/03/2017</t>
   </si>
   <si>
     <t>YYYOURS FORMATIONS</t>
   </si>
   <si>
     <t>6 ALLEE DES PERVENCHES 26760 BEAUMONT-LES-VALENCE</t>
   </si>
   <si>
     <t>01/12/2015</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>RE FORMATION</t>
   </si>
   <si>
     <t>HUPSO</t>
   </si>
   <si>
     <t>5 RUE JOSEPHINE 92210 SAINT-CLOUD</t>
   </si>
   <si>
     <t>01/09/2016</t>
-  </si>
-[...10 lines deleted...]
-    <t>73.20Z</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>RUE DE ROSEL 14000 CAEN</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
@@ -983,644 +983,644 @@
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>37789199900056</v>
+        <v>48908897100077</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D6" s="2" t="s">
+      <c r="D6" s="2"/>
+      <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>83630163163</v>
+        <v>93830380583</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>48841184400118</v>
+        <v>48908897100101</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="I7" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I7" s="3">
+        <v>93830380583</v>
+      </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>48908897100077</v>
+        <v>48957934200028</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I8" s="3">
-        <v>93830380583</v>
+        <v>11940684694</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>48908897100101</v>
+        <v>37789199900056</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="D9" s="2"/>
+      <c r="D9" s="2" t="s">
+        <v>43</v>
+      </c>
       <c r="E9" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>93830380583</v>
+        <v>83630163163</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>48957934200028</v>
+        <v>43261313100049</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>11940684694</v>
+        <v>82690688169</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>49147555400086</v>
+        <v>48841184400118</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="D11" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>77566202600019</v>
+        <v>49147555400086</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="D12" s="2"/>
+      <c r="D12" s="2" t="s">
+        <v>54</v>
+      </c>
       <c r="E12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>77566202600845</v>
+        <v>51378042900017</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+        <v>58</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>58</v>
+      </c>
       <c r="E13" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I13" s="3">
-        <v>11750079275</v>
+        <v>72330793133</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>77895430500018</v>
+        <v>77566202600019</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>61</v>
+        <v>23</v>
       </c>
       <c r="I14" s="3">
-        <v>42680022768</v>
+        <v>11750079275</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>43261313100049</v>
+        <v>77566202600845</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I15" s="3">
-        <v>82690688169</v>
+        <v>11750079275</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>51378042900017</v>
+        <v>77895430500018</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="D16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="I16" s="3">
-        <v>72330793133</v>
+        <v>42680022768</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>81423537000016</v>
+        <v>80762635300039</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="D17" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="I17" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>81473972800024</v>
+        <v>81423537000016</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D18" s="2"/>
+      <c r="D18" s="2" t="s">
+        <v>73</v>
+      </c>
       <c r="E18" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="I18" s="3">
-        <v>11950590895</v>
+        <v>98970447497</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>81501410500010</v>
+        <v>81473972800024</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="I19" s="3">
-        <v>82260241126</v>
+        <v>11950590895</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>82189572900019</v>
+        <v>81501410500010</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="D20" s="2" t="s">
+      <c r="D20" s="2"/>
+      <c r="E20" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="E20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="I20" s="3">
-        <v>11922191592</v>
+        <v>82260241126</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>80762635300039</v>
+        <v>82189572900019</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="D21" s="2"/>
+      <c r="D21" s="2" t="s">
+        <v>85</v>
+      </c>
       <c r="E21" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="I21" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I21" s="3">
+        <v>11922191592</v>
+      </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I22" s="3">
         <v>11930762893</v>
@@ -2523,88 +2523,88 @@
         <v>24</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>88783287100016</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="I47" s="3">
         <v>11756106875</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>89760429400024</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="I48" s="3">
         <v>11756481375</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -2632,31 +2632,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 07:23:53</dc:description>
+  <dc:description>Export en date du 02/04/2026 21:15:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>