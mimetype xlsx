--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -118,132 +118,132 @@
   <si>
     <t>GRETA GRAND ARTOIS</t>
   </si>
   <si>
     <t>533 BOULEVARD FERNAND DARCHICOURT 62110 HENIN-BEAUMONT</t>
   </si>
   <si>
     <t>01/01/2020</t>
   </si>
   <si>
     <t>LYCEE GEN TECH LA MARTINIERE MONPLAISIR</t>
   </si>
   <si>
     <t>GRETA CFA LYON METROPOLE</t>
   </si>
   <si>
     <t>41 RUE ANTOINE LUMIERE 69008 LYON</t>
   </si>
   <si>
     <t>03/04/1989</t>
   </si>
   <si>
     <t>8269P002769</t>
   </si>
   <si>
+    <t>PRO SYSTEMES</t>
+  </si>
+  <si>
+    <t>GROUPE FORMATION SYSTEMES</t>
+  </si>
+  <si>
+    <t>26 RUE DE LA GARE 69009 LYON</t>
+  </si>
+  <si>
+    <t>01/09/2012</t>
+  </si>
+  <si>
+    <t>AFIP FORMATIONS</t>
+  </si>
+  <si>
+    <t>AFIP</t>
+  </si>
+  <si>
+    <t>40 RUE DES ANTONINS 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>BTP RESIDENCES MEDICO SOCIALES</t>
+  </si>
+  <si>
+    <t>"LE BELLOY" 60860 SAINT-OMER-EN-CHAUSSEE</t>
+  </si>
+  <si>
+    <t>01/01/2006</t>
+  </si>
+  <si>
+    <t>86.10Z</t>
+  </si>
+  <si>
     <t>ICADEMIE</t>
   </si>
   <si>
     <t>415 AVENUE DES CHABAUDS 13320 BOUC-BEL-AIR</t>
   </si>
   <si>
     <t>01/06/2016</t>
   </si>
   <si>
     <t>3-5 3 RUE SAINT-GEORGES 75009 PARIS</t>
   </si>
   <si>
     <t>01/06/2021</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE CONDUITE DE TRAVAUX</t>
   </si>
   <si>
     <t>12-14 12 RUE JEAN-JACQUES ROUSSEAU 93100 MONTREUIL</t>
   </si>
   <si>
     <t>25/08/2007</t>
   </si>
   <si>
-    <t>PRO SYSTEMES</t>
-[...34 lines deleted...]
-  <si>
     <t>TIRESIAS EFC</t>
   </si>
   <si>
     <t>11 CHEMIN D'ARMANCOURT 60200 COMPIEGNE</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>BATIPRO</t>
   </si>
   <si>
     <t>107 AVENUE DE LA ROUDET 33500 LIBOURNE</t>
   </si>
   <si>
     <t>14/08/2009</t>
   </si>
   <si>
-    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+    <t>ASSOCIATION OUVRIERE DES COMPAGNONS DU DEVOIR DU TOUR DE FRANCE</t>
   </si>
   <si>
     <t>82 RUE DE L'HOTEL DE VILLE 75004 PARIS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>3 CHEMIN DU COMPAGNON 30900 NIMES</t>
   </si>
   <si>
     <t>01/08/1994</t>
   </si>
   <si>
     <t>ASS READAPTATION FORMAT PROFESSIONNELLE</t>
   </si>
   <si>
     <t>57 RUE ALBERT CAMUS 68200 MULHOUSE</t>
   </si>
   <si>
     <t>88.10C</t>
   </si>
   <si>
     <t>L'ODYSSEE D'ULYSSE</t>
   </si>
@@ -983,270 +983,270 @@
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>48908897100077</v>
+        <v>37789199900056</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D6" s="2"/>
+      <c r="D6" s="2" t="s">
+        <v>35</v>
+      </c>
       <c r="E6" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>93830380583</v>
+        <v>83630163163</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>48908897100101</v>
+        <v>43261313100049</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="D7" s="2"/>
+        <v>38</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="E7" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>93830380583</v>
+        <v>82690688169</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>48957934200028</v>
+        <v>48841184400118</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>37789199900056</v>
+        <v>48908897100077</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>83630163163</v>
+        <v>93830380583</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>43261313100049</v>
+        <v>48908897100101</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="D10" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>82690688169</v>
+        <v>93830380583</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>48841184400118</v>
+        <v>48957934200028</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="I11" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I11" s="3">
+        <v>11940684694</v>
+      </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>49147555400086</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>57</v>
       </c>
@@ -2632,31 +2632,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/04/2026 21:15:52</dc:description>
+  <dc:description>Export en date du 03/25/2026 09:33:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>