--- v0 (2025-11-22)
+++ v1 (2026-01-10)
@@ -58,228 +58,228 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>ASSOCIATION INSTITUT LIMAYRAC</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNO PRIVE SOCIAL ET TECHNIQUE 50 RUE DE LIMAYRAC 31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
     <t>INGETIS</t>
   </si>
   <si>
     <t>62 B RUE GAY-LUSSAC 75005 PARIS</t>
   </si>
   <si>
     <t>31/08/2023</t>
   </si>
   <si>
-    <t>85.42Z</t>
-[...5 lines deleted...]
-    <t>VRAI</t>
+    <t>ASSOCIATION SUP DE VINCI</t>
+  </si>
+  <si>
+    <t>LES COLLINES DE L'ARCHE, MADELEINE D 76 ROUTE DE LA DEMI-LUNE 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>18/05/2021</t>
+  </si>
+  <si>
+    <t>PARTNER FORMATION</t>
+  </si>
+  <si>
+    <t>26 AVENUE TONY GARNIER 69007 LYON</t>
+  </si>
+  <si>
+    <t>07/06/2021</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FACULTE DES METIERS DE L ESSONNE</t>
+  </si>
+  <si>
+    <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>H3</t>
+  </si>
+  <si>
+    <t>88 BOULEVARD GALLIENI 92130 ISSY-LES-MOULINEAUX</t>
+  </si>
+  <si>
+    <t>28/02/2022</t>
+  </si>
+  <si>
+    <t>INSTIT PROMOT EDUCAT ENSEIGNE CONSEIL</t>
+  </si>
+  <si>
+    <t>24 RUE DU FAUBOURG POISSONNIERE 75010 PARIS</t>
+  </si>
+  <si>
+    <t>06/09/1996</t>
+  </si>
+  <si>
+    <t>KEYCE ACADEMY - COLLEGE DE PARIS</t>
+  </si>
+  <si>
+    <t>KEYCE ACADEMY</t>
+  </si>
+  <si>
+    <t>RES L AEROPLANE 99 IMPASSE ADAM SMITH 34470 PEROLS</t>
+  </si>
+  <si>
+    <t>10/09/2019</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>19 RUE ALAN TURING 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>IMM EQUINOXES LOT DILLON STADE 12 RUE DES ARTS ET METIERS 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>09/11/2021</t>
+  </si>
+  <si>
+    <t>11/03/2022</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE SAGA PARC GEORGES BESSE 260 CHEMIN DE LA TOUR DE L'EVEQUE 30000 NIMES</t>
+  </si>
+  <si>
+    <t>15/12/2021</t>
+  </si>
+  <si>
+    <t>15/04/2022</t>
+  </si>
+  <si>
+    <t>84 VOIE DU TOEC 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>17/01/2022</t>
+  </si>
+  <si>
+    <t>01/09/2024</t>
   </si>
   <si>
     <t>CTRE UNIVERSITAIRE CATHOLIQUE BOURGOGNE</t>
   </si>
   <si>
     <t>69 AVENUE ARISTIDE BRIAND 21000 DIJON</t>
   </si>
   <si>
     <t>01/12/1999</t>
   </si>
   <si>
-    <t>ASSOCIATION INSTITUT LIMAYRAC</t>
-[...109 lines deleted...]
-  <si>
     <t>LK FORMATIONS</t>
   </si>
   <si>
     <t>40 RUE DE JEMMAPES 59800 LILLE</t>
   </si>
   <si>
     <t>13/12/2018</t>
   </si>
   <si>
     <t>MEWO</t>
   </si>
   <si>
     <t>SUPUETO METZ / VIDAL FORMATION METZ</t>
   </si>
   <si>
     <t>7 RUE EDOUARD BELIN 57070 METZ</t>
   </si>
   <si>
     <t>01/04/2016</t>
   </si>
   <si>
     <t>JUNIA XP</t>
   </si>
   <si>
     <t>2 RUE NORBERT SEGARD 59800 LILLE</t>
   </si>
   <si>
     <t>18/09/2020</t>
   </si>
   <si>
     <t>TERA CAMPUS</t>
   </si>
   <si>
     <t>254 RUE VENDOME 69003 LYON</t>
   </si>
   <si>
     <t>04/08/2021</t>
   </si>
   <si>
-    <t>SDV-ISI</t>
+    <t>EMINEO INFORMATIQUE</t>
   </si>
   <si>
     <t>89 QUAI DES CHARTRONS 33000 BORDEAUX</t>
   </si>
   <si>
     <t>15/09/2021</t>
   </si>
   <si>
     <t>16/05/2023</t>
   </si>
   <si>
     <t>6 RUE DU MOULIN DE LA HALVEQUE 44300 NANTES</t>
   </si>
   <si>
     <t>01/10/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -699,542 +699,542 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>79349617500035</v>
+        <v>77694486000019</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>11910729791</v>
+        <v>73310003031</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>39404944900025</v>
+        <v>79349617500035</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>26210098221</v>
+        <v>11910729791</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>77694486000019</v>
+        <v>40955435900037</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="3">
-        <v>73310003031</v>
+        <v>11920947992</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>40955435900037</v>
+        <v>45165687000057</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I5" s="3">
-        <v>11920947992</v>
+        <v>82691006269</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>45165687000057</v>
+        <v>45235951600021</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I6" s="3">
-        <v>82691006269</v>
+        <v>11910566091</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>45235951600021</v>
+        <v>70202279900093</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="I7" s="3">
-        <v>11910566091</v>
+        <v>11753927775</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>51872913200069</v>
+        <v>71205752000082</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="D8" s="2" t="s">
+      <c r="D8" s="2"/>
+      <c r="E8" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="I8" s="3">
-        <v>91340755234</v>
+        <v>11750103075</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>51872913200077</v>
+        <v>51872913200069</v>
       </c>
       <c r="B9" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" s="2" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="G9" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="I9" s="3">
         <v>91340755234</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>51872913200093</v>
+        <v>51872913200077</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="I10" s="3">
         <v>91340755234</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>51872913200101</v>
+        <v>51872913200093</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="I11" s="3">
         <v>91340755234</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>51872913200127</v>
+        <v>51872913200101</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="I12" s="3">
         <v>91340755234</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>70202279900093</v>
+        <v>51872913200127</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E13" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="D13" s="2"/>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="F13" s="2" t="s">
+      <c r="G13" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="I13" s="3">
-        <v>11753927775</v>
+        <v>91340755234</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>71205752000082</v>
+        <v>39404944900025</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="I14" s="3">
-        <v>11750103075</v>
+        <v>26210098221</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>81434862900035</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>17</v>
@@ -1291,127 +1291,127 @@
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>89085431800015</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="I17" s="3">
         <v>32591062259</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>90277089000017</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="I18" s="3">
         <v>84691886469</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>90289074800012</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="H19" s="2" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="I19" s="3">
         <v>75331458533</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>90289074800020</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
@@ -1476,31 +1476,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/22/2025 08:53:40</dc:description>
+  <dc:description>Export en date du 01/10/2026 05:48:47</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>