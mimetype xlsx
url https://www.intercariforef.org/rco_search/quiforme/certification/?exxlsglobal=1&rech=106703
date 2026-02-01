--- v1 (2025-12-05)
+++ v2 (2026-02-01)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2134">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -421,59 +421,1076 @@
   <si>
     <t>GRETA 89</t>
   </si>
   <si>
     <t>44 BOULEVARD LYAUTEY 89000 AUXERRE</t>
   </si>
   <si>
     <t>01/05/1989</t>
   </si>
   <si>
     <t>2689P000389</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ACAJOU 2</t>
   </si>
   <si>
     <t>GRETA-CFA DE L'ACADEMIE DE MARTINIQUE</t>
   </si>
   <si>
     <t>IMMEUBLE CARYOTA ZONE D'ACTIVITE DE BOIS CARRE 97232 LE LAMENTIN</t>
   </si>
   <si>
     <t>02973097497</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
+  </si>
+  <si>
+    <t>66 LA CROLIERE 51130 BLANCS-COTEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>TOYOTA MATERIAL HANDLING FRANCE</t>
+  </si>
+  <si>
+    <t>PARC GUSTAVE EIFFEL 4 AVENUE DE L'EUROPE 77600 BUSSY-SAINT-GEORGES</t>
+  </si>
+  <si>
+    <t>02/06/2003</t>
+  </si>
+  <si>
+    <t>33.12Z</t>
+  </si>
+  <si>
+    <t>COMITE REGIONAL FORMAT PROMOTION SOCIAL</t>
+  </si>
+  <si>
+    <t>RUE LEON PATOUX 51100 REIMS</t>
+  </si>
+  <si>
+    <t>AFTRAL</t>
+  </si>
+  <si>
+    <t>46 AVENUE DE VILLIERS 75017 PARIS</t>
+  </si>
+  <si>
+    <t>CHATEAU DE RENEMONT AVENUE DU GENERAL DE GAULLE 54140 JARVILLE-LA-MALGRANGE</t>
+  </si>
+  <si>
+    <t>368 BOULEVARD HENRI BARNIER 13016 MARSEILLE</t>
+  </si>
+  <si>
+    <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
+  </si>
+  <si>
+    <t>94 RUE DU PORTEAU 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>01/03/1985</t>
+  </si>
+  <si>
+    <t>4 AVENUE DE L'ENERGIE 67800 BISCHHEIM</t>
+  </si>
+  <si>
+    <t>20/08/1986</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE 10440 TORVILLIERS</t>
+  </si>
+  <si>
+    <t>01/01/1981</t>
+  </si>
+  <si>
+    <t>11 PLACE D'AQUITAINE MIN 94550 CHEVILLY-LARUE</t>
+  </si>
+  <si>
+    <t>01/01/1990</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE RUE HANS GEIGER 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>16/04/1993</t>
+  </si>
+  <si>
+    <t>AUTOPORT DES PYRENEES BOULEVARD DU PRESIDENT KENNEDY 65000 TARBES</t>
+  </si>
+  <si>
+    <t>01/12/1988</t>
+  </si>
+  <si>
+    <t>AFT-FC TOULOUSE</t>
+  </si>
+  <si>
+    <t>72 RUE EDMOND ROSTAND 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>25/12/1995</t>
+  </si>
+  <si>
+    <t>AFT TC</t>
+  </si>
+  <si>
+    <t>RUE HARALD STAMMBACH 59290 WASQUEHAL</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>ZAC DE LA MAISON NEUVE 2 RUE JEAN MERMOZ 44980 SAINTE-LUCE-SUR-LOIRE</t>
+  </si>
+  <si>
+    <t>17 RUE DE L’INGENIEUR BERTIN 21600 LONGVIC</t>
+  </si>
+  <si>
+    <t>RUE DES CHARMILLES 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>RUE DE LA MOUEE 57070 METZ</t>
+  </si>
+  <si>
+    <t>01/09/1997</t>
+  </si>
+  <si>
+    <t>18 RUE DU VAL CLAIR 51100 REIMS</t>
+  </si>
+  <si>
+    <t>ALLEE DE GASCOGNE 33370 ARTIGUES-PRES-BORDEAUX</t>
+  </si>
+  <si>
+    <t>AFT FC</t>
+  </si>
+  <si>
+    <t>248 AVENUE FRANKLIN ROOSEVELT 69120 VAULX-EN-VELIN</t>
+  </si>
+  <si>
+    <t>01/05/1998</t>
+  </si>
+  <si>
+    <t>MAISON DU TRANSPORT RUE LOUIS SAILLANT 26800 PORTES-LES-VALENCE</t>
+  </si>
+  <si>
+    <t>52 RUE DE LA TALAUDIERE 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>01/06/1998</t>
+  </si>
+  <si>
+    <t>TREODET 29500 ERGUE GABERIC</t>
+  </si>
+  <si>
+    <t>01/09/2001</t>
+  </si>
+  <si>
+    <t>AFT-FC</t>
+  </si>
+  <si>
+    <t>D ACTIVITES MEDITERRANNEE 34470 PEROLS</t>
+  </si>
+  <si>
+    <t>01/03/2002</t>
+  </si>
+  <si>
+    <t>273 RUE DE L'ARTISANAT 14500 VIRE NORMANDIE</t>
+  </si>
+  <si>
+    <t>01/04/2002</t>
+  </si>
+  <si>
+    <t>619 RUE DENIS PAPIN 73290 LA MOTTE-SERVOLEX</t>
+  </si>
+  <si>
+    <t>11 ROUTE PRINCIPALE DU PORT 92230 GENNEVILLIERS</t>
+  </si>
+  <si>
+    <t>ZAE DU PONT DU CERF MAISON DU TRANSPORT 24380 SANILHAC</t>
+  </si>
+  <si>
+    <t>LA BERGERIE 60290 MONCHY-SAINT-ELOI</t>
+  </si>
+  <si>
+    <t>01/09/2002</t>
+  </si>
+  <si>
+    <t>RN 7 PRC LOGISTIQUE ALLIER 03400 TOULON-SUR-ALLIER</t>
+  </si>
+  <si>
+    <t>01/01/2003</t>
+  </si>
+  <si>
+    <t>ZAC EURESPACES 7 RUE DES GRANDES PIECES 25770 SERRE-LES-SAPINS</t>
+  </si>
+  <si>
+    <t>AVENUE JEAN GIRAUDOUX 87410 LE PALAIS-SUR-VIENNE</t>
+  </si>
+  <si>
+    <t>01/04/2003</t>
+  </si>
+  <si>
+    <t>ZAE AERODROME EST 2 RUE COLI 59121 PROUVY</t>
+  </si>
+  <si>
+    <t>01/09/2004</t>
+  </si>
+  <si>
+    <t>RUE DU ZINC 77176 SAVIGNY-LE-TEMPLE</t>
+  </si>
+  <si>
+    <t>08/10/2004</t>
+  </si>
+  <si>
+    <t>8 RUE VINCENT VAN GOGH 76290 MONTIVILLIERS</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t>ZI DES BLETTRYS 71530 CHAMPFORGEUIL</t>
+  </si>
+  <si>
+    <t>01/02/2007</t>
+  </si>
+  <si>
+    <t>ZAC DES CHATELIERS RUE LEONARD DE VINCI 45400 SEMOY</t>
+  </si>
+  <si>
+    <t>01/03/2007</t>
+  </si>
+  <si>
+    <t>ZI DU PRAT 31 AVENUE PAUL DUPLAIX 56000 VANNES</t>
+  </si>
+  <si>
+    <t>01/09/2007</t>
+  </si>
+  <si>
+    <t>ZI DES SOEURS 2 AVENUE ANDRE DULIN 17300 ROCHEFORT</t>
+  </si>
+  <si>
+    <t>01/05/2008</t>
+  </si>
+  <si>
+    <t>340 RUE DE LA GARE 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>01/07/2008</t>
+  </si>
+  <si>
+    <t>BATIMENT P GARONOR 93600 AULNAY-SOUS-BOIS</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>2 RUE BORDAZAHAR 64990 MOUGUERRE</t>
+  </si>
+  <si>
+    <t>01/03/2010</t>
+  </si>
+  <si>
+    <t>15 RUE DE LA MARE BLANCHE 77186 NOISIEL</t>
+  </si>
+  <si>
+    <t>ZAC DES REPDYCK RUE FRANCOIS-NOEL BABEUF 59760 GRANDE-SYNTHE</t>
+  </si>
+  <si>
+    <t>622 RUE DES HAUTS DE FRANCE 62110 HENIN-BEAUMONT</t>
+  </si>
+  <si>
+    <t>01/02/2012</t>
+  </si>
+  <si>
+    <t>4 RUE PIERRE BOURDAN 02000 LAON</t>
+  </si>
+  <si>
+    <t>01/09/2012</t>
+  </si>
+  <si>
+    <t>RUE DU BOIS JOLI 63800 COURNON-D'AUVERGNE</t>
+  </si>
+  <si>
+    <t>RUE DE LA COTONNIERE 14000 CAEN</t>
+  </si>
+  <si>
+    <t>POLE D'ACTIVITE DE NICOPOLIS ZONE B 260 ALLEE DES EGLANTINES 83170 BRIGNOLES</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>ZI DES PLAINES 39570 COURLAOUX</t>
+  </si>
+  <si>
+    <t>01/12/2013</t>
+  </si>
+  <si>
+    <t>ZAC DES PLATIERES 38670 CHASSE-SUR-RHONE</t>
+  </si>
+  <si>
+    <t>5 RUE DES ARTISANS 16400 PUYMOYEN</t>
+  </si>
+  <si>
+    <t>01/02/2015</t>
+  </si>
+  <si>
+    <t>ZI CROIX DU SUD 23 AVENUE DES ETANGS 11100 NARBONNE</t>
+  </si>
+  <si>
+    <t>01/03/2015</t>
+  </si>
+  <si>
+    <t>ZI GREZAN 45 AVENUE FREDERIC BARTHOLDI 30000 NIMES</t>
+  </si>
+  <si>
+    <t>PARC DE LA VENTE OLIVIERS 145 CHEMIN DES TAILLIS 76800 SAINT-ETIENNE-DU-ROUVRAY</t>
+  </si>
+  <si>
+    <t>46 CHEMIN DES RUELLES 89380 APPOIGNY</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>ZA DU MONNE RUE DU CHATELET 72700 ALLONNES</t>
+  </si>
+  <si>
+    <t>01/09/2015</t>
+  </si>
+  <si>
+    <t>ZI CAMBAIE 99 RUE HENRI CORNU 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>31/10/2015</t>
+  </si>
+  <si>
+    <t>6 RUE LOUIS PASTEUR 28630 GELLAINVILLE</t>
+  </si>
+  <si>
+    <t>01/06/2016</t>
+  </si>
+  <si>
+    <t>MIN MARCHE INTERET NATIONAL MARCHE GARE 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>01/02/2016</t>
+  </si>
+  <si>
+    <t>6001 ZI DE CARROS 1 ZONE INDUSTRIELLE 06510 CARROS</t>
+  </si>
+  <si>
+    <t>31/03/2017</t>
+  </si>
+  <si>
+    <t>160 CHEMIN DU MOULIN 04220 SAINTE-TULLE</t>
+  </si>
+  <si>
+    <t>01/06/2017</t>
+  </si>
+  <si>
+    <t>1 AVENUE DE SUISSE 68390 SAUSHEIM</t>
+  </si>
+  <si>
+    <t>BATIMENT A101 RUE DU CAP GRIS NEZ 62100 CALAIS</t>
+  </si>
+  <si>
+    <t>01/05/2018</t>
+  </si>
+  <si>
+    <t>33 IMPASSE DES ARBOUSIERS 69400 ARNAS</t>
+  </si>
+  <si>
+    <t>30/11/2018</t>
+  </si>
+  <si>
+    <t>ST SYLVAIN D'ANJOU RUE FABIEN CESBRON 49112 VERRIERES-EN-ANJOU</t>
+  </si>
+  <si>
+    <t>31/03/2019</t>
+  </si>
+  <si>
+    <t>130 ALLEE DE LA VOLLA 38113 VEUREY-VOROIZE</t>
+  </si>
+  <si>
+    <t>30/04/2019</t>
+  </si>
+  <si>
+    <t>ZI DE BRAIS RUE NICEPHORE NIEPCE 44600 SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>01/05/2019</t>
+  </si>
+  <si>
+    <t>322 RUE POUILLY LOCHE 71000 MACON</t>
+  </si>
+  <si>
+    <t>01/06/2019</t>
+  </si>
+  <si>
+    <t>6 AVENUE ANTOINE-LAURENT LAVOISIER 64140 LONS</t>
+  </si>
+  <si>
+    <t>31/05/2019</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES DES BELLEVUES RUE DE LA PATELLE 95310 SAINT-OUEN-L'AUMONE</t>
+  </si>
+  <si>
+    <t>01/08/2019</t>
+  </si>
+  <si>
+    <t>387 AVENUE DE BONPORT 76320 SAINT-PIERRE-LES-ELBEUF</t>
+  </si>
+  <si>
+    <t>01/09/2019</t>
+  </si>
+  <si>
+    <t>ZA DE BAUSSAY RUE ANITA CONTI 79260 LA CRECHE</t>
+  </si>
+  <si>
+    <t>01/12/2019</t>
+  </si>
+  <si>
+    <t>70 BOUCLE DE LA RAMEE 38070 SAINT-QUENTIN-FALLAVIER</t>
+  </si>
+  <si>
+    <t>DOMAINE DE LA MERIQUETTE BAT 10 D ROUTE NATIONALE 568 13270 FOS-SUR-MER</t>
+  </si>
+  <si>
+    <t>11 B ZONE DE KERMAT 29410 GUICLAN</t>
+  </si>
+  <si>
+    <t>RN9 MONTEE DES NOYERS ROUTE DE NARBONNE D'609 34500 BEZIERS</t>
+  </si>
+  <si>
+    <t>01/02/2020</t>
+  </si>
+  <si>
+    <t>17 B AVENUE ARSENE D'ARSONVAL 01000 BOURG-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>01/06/2020</t>
+  </si>
+  <si>
+    <t>AV ABEL BARBIN ET CHARLES BENOIT 02100 ROUVROY</t>
+  </si>
+  <si>
+    <t>01/08/2020</t>
+  </si>
+  <si>
+    <t>3 AVENUE ROGER RONCIER 19100 BRIVE-LA-GAILLARDE</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>29 RUE DE STRASBOURG 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>ZA LA ROUGEMARE 27930 FAUVILLE</t>
+  </si>
+  <si>
+    <t>ZAC TECHNOLAND RUE PIERRE MARTI 25460 ETUPES</t>
+  </si>
+  <si>
+    <t>01/12/2020</t>
+  </si>
+  <si>
+    <t>2 RUE GUSTAVE EIFFEL 91070 BONDOUFLE</t>
+  </si>
+  <si>
+    <t>17/12/2020</t>
+  </si>
+  <si>
+    <t>ZI DU BOIS JOLY 5 RUE ETIENNE LENOIR 85500 LES HERBIERS</t>
+  </si>
+  <si>
+    <t>01/04/2021</t>
+  </si>
+  <si>
+    <t>BAT 3 PARC D'ACTIVITE PIERRE MAUROY 1 RUE DE LA 3EME REVOLUTION INDUSTRIELLE 59223 RONCQ</t>
+  </si>
+  <si>
+    <t>01/06/2021</t>
+  </si>
+  <si>
+    <t>RUE DE L'INDUSTRIE 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>41 RUE SIMONE SIGNORET 81380 LESCURE-D'ALBIGEOIS</t>
+  </si>
+  <si>
+    <t>SITE CONFLUENCES 1 PL DE LA GARE-LIEUDITBAC A L AUMONE 60280 CLAIROIX</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>9 RUE ALEXIS CLAIRAUT 29200 BREST</t>
+  </si>
+  <si>
+    <t>01/03/2022</t>
+  </si>
+  <si>
+    <t>PARC E-VALLEY 6 RUE DU PATROLLER 59268 HAYNECOURT</t>
+  </si>
+  <si>
+    <t>10 RUE DESCARTES 33290 BLANQUEFORT</t>
+  </si>
+  <si>
+    <t>01/02/2022</t>
+  </si>
+  <si>
+    <t>10 AVENUE DES CHATELETS 22440 PLOUFRAGAN</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
+    <t>5 RUE DE MONTIMONT 08350 DONCHERY</t>
+  </si>
+  <si>
+    <t>01/06/2022</t>
+  </si>
+  <si>
+    <t>5 RUE LUCETTE BONARD 80330 LONGUEAU</t>
+  </si>
+  <si>
+    <t>01/12/2022</t>
+  </si>
+  <si>
+    <t>181 RUE D'ARGENTAN 61000 ALENCON</t>
+  </si>
+  <si>
+    <t>01/01/2023</t>
+  </si>
+  <si>
+    <t>RUE DE LA GRAVIERE 40230 SAINT-GEOURS-DE-MAREMNE</t>
+  </si>
+  <si>
+    <t>01/06/2023</t>
+  </si>
+  <si>
+    <t>747 AVENUE DE LA FLEURIDE 13400 AUBAGNE</t>
+  </si>
+  <si>
+    <t>01/02/2024</t>
+  </si>
+  <si>
+    <t>QUARTIER SAINT AGNES 60 IMPASSE DES JONCS 26780 MALATAVERNE</t>
+  </si>
+  <si>
+    <t>01/08/2024</t>
+  </si>
+  <si>
+    <t>72 RUE DU PONT AU CHAT 53000 LAVAL</t>
+  </si>
+  <si>
+    <t>01/05/2025</t>
+  </si>
+  <si>
+    <t>ZA LA MARQUETTE 1397 ROUTE DE CARPENTRAS 84700 SORGUES</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION TECHNIQUE INDUS CONTINUE</t>
+  </si>
+  <si>
+    <t>41 AV PAUL SABATIER LES MALALONNES 26700 PIERRELATTE</t>
+  </si>
+  <si>
+    <t>10/12/2004</t>
+  </si>
+  <si>
+    <t>AFPI BRETAGNE</t>
+  </si>
+  <si>
+    <t>RUE DE LA PRUNELLE 22190 PLERIN</t>
+  </si>
+  <si>
+    <t>CAMPUS KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>07/10/2002</t>
+  </si>
+  <si>
+    <t>10 RUE PIERRE ET MARIE CURIE 35500 VITRE</t>
+  </si>
+  <si>
+    <t>17/09/2018</t>
+  </si>
+  <si>
+    <t>CENTRE D'EDUCATION &amp; SECURITE ROUTIERE</t>
+  </si>
+  <si>
+    <t>55 BOULEVARD DES DROITS DE L'HOMME 69120 VAULX-EN-VELIN</t>
+  </si>
+  <si>
+    <t>17/10/2016</t>
+  </si>
+  <si>
+    <t>85.53Z</t>
+  </si>
+  <si>
+    <t>ECOLE DE CONDUITE FRANCAISE COOPERATIVE D'EDUCATION ROUTIERE CENTRE ATLANTIQUE- E.C.F. CERCA</t>
+  </si>
+  <si>
+    <t>ECF</t>
+  </si>
+  <si>
+    <t>LA CLAVERIE RUE LEONARD DE VINCI 49070 SAINT-LEGER-DE-LINIERES</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>CHAVAGNE ROUTE DE LA MOTHE 79260 LA CRECHE</t>
+  </si>
+  <si>
+    <t>04/02/1999</t>
+  </si>
+  <si>
+    <t>LE GUET DU MARCHAND 87570 RILHAC-RANCON</t>
+  </si>
+  <si>
+    <t>01/07/1995</t>
+  </si>
+  <si>
+    <t>LES MOINARDS 86130 SAINT-GEORGES-LES-BAILLARGEAUX</t>
+  </si>
+  <si>
+    <t>01/06/1995</t>
+  </si>
+  <si>
+    <t>RUE DES GRANDS CHAMPS 41000 BLOIS</t>
+  </si>
+  <si>
+    <t>01/09/2003</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE 16440 NERSAC</t>
+  </si>
+  <si>
+    <t>01/04/2009</t>
+  </si>
+  <si>
+    <t>ZA FIEF GIRARD EST-LES FRANCHES FOLIE 2 RUE DU PETIT BOIS 17290 LE THOU</t>
+  </si>
+  <si>
+    <t>19/07/2010</t>
+  </si>
+  <si>
+    <t>LES CHAMPS 23000 SAINTE-FEYRE</t>
+  </si>
+  <si>
+    <t>01/06/2012</t>
+  </si>
+  <si>
+    <t>E.C.F.</t>
+  </si>
+  <si>
+    <t>RUE WILLY BRANDT 37390 NOTRE DAME D'OE</t>
+  </si>
+  <si>
+    <t>01/06/2013</t>
+  </si>
+  <si>
+    <t>945 AVENUE DE LA GRANDE CHAMPAGNE 16100 MERPINS</t>
+  </si>
+  <si>
+    <t>19/06/2017</t>
+  </si>
+  <si>
+    <t>ZAC 2 PARC D'ACTIVITES DU CORMIER 25 RUE GUSTAVE FOUILLARON 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>01/06/2018</t>
+  </si>
+  <si>
+    <t>11 RUE DES ORFEVRES 44840 LES SORINIERES</t>
+  </si>
+  <si>
+    <t>01/07/2018</t>
+  </si>
+  <si>
+    <t>26 ROUTE DE LA BRESSANDIERE 79200 CHATILLON-SUR-THOUET</t>
+  </si>
+  <si>
+    <t>02/10/2022</t>
+  </si>
+  <si>
+    <t>385 RUE DE LA RIVIERE 19270 DONZENAC</t>
+  </si>
+  <si>
+    <t>24/04/2023</t>
+  </si>
+  <si>
+    <t>ZONE NORD 45 RUE PHILIPPE LEBON 87280 LIMOGES</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
+  </si>
+  <si>
+    <t>SECURITE ACCOMPAGNEMENT FORMATION EXTINCT'FEU</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES DE LA MONGIE RUE DE L'AREE 85140 ESSARTS-EN-BOCAGE</t>
+  </si>
+  <si>
+    <t>46.69B</t>
+  </si>
+  <si>
+    <t>LEGON FORMATION</t>
+  </si>
+  <si>
+    <t>954 RTE ZI DU CHATELET 74800 CORNIER</t>
+  </si>
+  <si>
+    <t>01/01/1994</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION ROUTIERE MARIONNEAU</t>
+  </si>
+  <si>
+    <t>BELLEVILLE SUR VIE 13 LA POIRIERE 85170 BELLEVIGNY</t>
+  </si>
+  <si>
+    <t>04/01/1990</t>
+  </si>
+  <si>
+    <t>9 ROUTE PLESSIS BOUCHET 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>11 RUE DE LA BLANCHARDIERE 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>29/05/2017</t>
+  </si>
+  <si>
+    <t>C.O.D.E.F. FORMATION</t>
+  </si>
+  <si>
+    <t>RUE JULES WEINBRENNER 68800 VIEUX-THANN</t>
+  </si>
+  <si>
+    <t>01/10/2013</t>
+  </si>
+  <si>
+    <t>CESCA</t>
+  </si>
+  <si>
+    <t>12 QUAI DU MUSEE 88000 EPINAL</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>KILOUTOU</t>
+  </si>
+  <si>
+    <t>70 AVENUE DE FLANDRE 59700 MARCQ-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>77.29Z</t>
+  </si>
+  <si>
+    <t>RN 186 SENIA 209 5 RUE DES ALOUETTES 94320 THIAIS</t>
+  </si>
+  <si>
+    <t>18/04/1988</t>
+  </si>
+  <si>
+    <t>220 AVENUE BLAISE PASCAL 77550 MOISSY-CRAMAYEL</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>D77 ROND POINT DE L'AVIATION 37210 PARCAY-MESLAY</t>
+  </si>
+  <si>
+    <t>30/10/2015</t>
+  </si>
+  <si>
+    <t>1 RUE DES PRECURSEURS 59491 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>20/09/2017</t>
+  </si>
+  <si>
+    <t>ESPACE PHARE 38 AVENUE DE LA GRANGE NOIRE 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>03/12/2018</t>
+  </si>
+  <si>
+    <t>77.32Z</t>
+  </si>
+  <si>
+    <t>ZA DE LA FERME DES SABLES 60840 BREUIL-LE-SEC</t>
+  </si>
+  <si>
+    <t>14/06/2021</t>
+  </si>
+  <si>
+    <t>IMP DES BATTANTS 31140 ST ALBAN</t>
+  </si>
+  <si>
+    <t>20/10/2021</t>
+  </si>
+  <si>
+    <t>17-19 17 RUE DES GAGNERIES 44550 MONTOIR-DE-BRETAGNE</t>
+  </si>
+  <si>
+    <t>22/09/2021</t>
+  </si>
+  <si>
+    <t>CENTRE D'EDUCATION ROUTIERE DE L'ARTOIS</t>
+  </si>
+  <si>
+    <t>33 RUE DU GENERAL DE GAULLE 62880 ANNAY</t>
+  </si>
+  <si>
+    <t>31/12/1981</t>
+  </si>
+  <si>
+    <t>ZA FOSSE 3 3 AV DU GENERAL SIKORSKI 62680 MERICOURT</t>
+  </si>
+  <si>
+    <t>01/01/1993</t>
+  </si>
+  <si>
+    <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
+  </si>
+  <si>
+    <t>27 RUE DOUY DELCUPE 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>ORAKIN SAS</t>
+  </si>
+  <si>
+    <t>RTE DU RHIN 67240 KALTENHOUSE</t>
+  </si>
+  <si>
+    <t>18/07/1986</t>
+  </si>
+  <si>
+    <t>CERFC LLERENA</t>
+  </si>
+  <si>
+    <t>8 GRAND CHEMIN DE SAUSHEIM 68110 ILLZACH</t>
+  </si>
+  <si>
+    <t>01/03/1992</t>
+  </si>
+  <si>
+    <t>RUE CHARLES PICARD 57365 ENNERY</t>
+  </si>
+  <si>
+    <t>06/10/1997</t>
+  </si>
+  <si>
+    <t>12 RUE DE SAINT-NAZAIRE 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>RUE RAYMOND MORIN 57400 SARREBOURG</t>
+  </si>
+  <si>
+    <t>15/09/2000</t>
+  </si>
+  <si>
+    <t>PARC DE HAYE RUE DES FRENES 54840 BOIS-DE-HAYE</t>
+  </si>
+  <si>
+    <t>ECF LLERENA SA</t>
+  </si>
+  <si>
+    <t>ZI DE CHEMAUDIN 25320 CHEMAUDIN ET VAUX</t>
+  </si>
+  <si>
+    <t>22/05/2008</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>14 RUE DE L’INGENIEUR BERTIN 21600 LONGVIC</t>
+  </si>
+  <si>
+    <t>15/10/2010</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>30 RUE AMPERE 67120 DUTTLENHEIM</t>
+  </si>
+  <si>
+    <t>01/04/2023</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION TRANSPORT</t>
+  </si>
+  <si>
+    <t>RUE DU FOND SQUIN 62500 SAINT-MARTIN-LEZ-TATINGHEM</t>
+  </si>
+  <si>
+    <t>01/08/1995</t>
+  </si>
+  <si>
+    <t>RTE ZA DE LA CANARDIERE 62360 ISQUES</t>
+  </si>
+  <si>
+    <t>30/03/2001</t>
+  </si>
+  <si>
+    <t>20 CHEMIN LE GRAND DUC 62137 COULOGNE</t>
+  </si>
+  <si>
+    <t>16/07/2012</t>
+  </si>
+  <si>
+    <t>ZI DE REPDYCK RUE DE L'ABBE GREGOIRE 59760 GRANDE-SYNTHE</t>
+  </si>
+  <si>
+    <t>01/10/2012</t>
+  </si>
+  <si>
+    <t>ZI BORNES DU TEMPS II 753 RUE DES CATELETS 80470 SAINT-SAUVEUR</t>
+  </si>
+  <si>
+    <t>01/11/2021</t>
+  </si>
+  <si>
+    <t>CENTRE D'EDUCATION ET DE SECURITE ROUTIERE MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>PEAGE NORD MAS DE LA GARRIGUE NORD 66600 RIVESALTES</t>
+  </si>
+  <si>
+    <t>19/04/1991</t>
+  </si>
+  <si>
+    <t>9 RUE JOSEPH CUGNOT 11100 NARBONNE</t>
+  </si>
+  <si>
+    <t>01/12/2009</t>
+  </si>
+  <si>
+    <t>ZA DES FOURNELS 721 RUE DES FOURNELS 34400 LUNEL</t>
+  </si>
+  <si>
+    <t>09/01/2013</t>
+  </si>
+  <si>
+    <t>9 RUE DES ENTREPRENEURS 34290 SERVIAN</t>
+  </si>
+  <si>
+    <t>BOUSCAREN</t>
+  </si>
+  <si>
+    <t>ZA DU ROUCAGNIER 370 RUE DU ROUCAGNIER 34400 LUNEL-VIEL</t>
+  </si>
+  <si>
+    <t>25/06/2011</t>
+  </si>
+  <si>
+    <t>LENORMANT MANUTENTION</t>
+  </si>
+  <si>
+    <t>PAE LE HAUT VILLE 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>15/10/2003</t>
+  </si>
+  <si>
+    <t>PARC LES MARCHES D EL OISE 100 RUE LOUIS BLANC 60160 MONTATAIRE</t>
+  </si>
+  <si>
+    <t>01/10/2008</t>
+  </si>
+  <si>
+    <t>BATIMENT ETUDE AMENAGT AGRANDISSEMENT</t>
+  </si>
+  <si>
+    <t>PECH D'OULES - MONTIMAS 67 ROUTE DE BESSAN 34500 BEZIERS</t>
+  </si>
+  <si>
+    <t>02/11/1990</t>
+  </si>
+  <si>
+    <t>INSTITUT NICOLAS BARRE</t>
+  </si>
+  <si>
+    <t>145 AVENUE MARC SANGNIER 59280 ARMENTIERES</t>
+  </si>
+  <si>
+    <t>05/02/1987</t>
+  </si>
+  <si>
+    <t>AUTO ECOLE EUGENE</t>
+  </si>
+  <si>
+    <t>3 RUE DES MARCHANDS 67600 SELESTAT</t>
+  </si>
+  <si>
+    <t>01/01/1987</t>
+  </si>
+  <si>
+    <t>GRUBE 67730 CHATENOIS</t>
+  </si>
+  <si>
+    <t>01/01/2011</t>
+  </si>
+  <si>
+    <t>3 RUE EDOUARD BRANLY 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>02/05/2019</t>
+  </si>
+  <si>
+    <t>OGEC JEAN BOSCO</t>
+  </si>
+  <si>
+    <t>19 PLACE DU MARECHAL FOCH 62340 GUINES</t>
+  </si>
+  <si>
+    <t>27/10/1980</t>
+  </si>
+  <si>
     <t>AFOREST</t>
   </si>
   <si>
     <t>PARC ACTIV FREYMING-MERLE 57450 HENRIVILLE</t>
   </si>
   <si>
-    <t>01/09/2001</t>
-[...1 lines deleted...]
-  <si>
     <t>3 C RUE JOSEPH-MARIE JACQUARD 67400 ILLKIRCH-GRAFFENSTADEN</t>
   </si>
   <si>
     <t>01/09/2009</t>
   </si>
   <si>
     <t>7 RUE DU MEZIN 57190 FLORANGE</t>
   </si>
   <si>
     <t>01/07/2014</t>
   </si>
   <si>
     <t>MIT 4 RUE PAUL LANGEVIN 57070 METZ</t>
   </si>
   <si>
     <t>05/07/2018</t>
   </si>
   <si>
     <t>ALLEGRE &amp; DUC FORMATION - CONSEIL</t>
   </si>
   <si>
     <t>ZA DU MEYROL RUE CHASTAGNIER 26200 MONTELIMAR</t>
   </si>
   <si>
     <t>08/03/2017</t>
@@ -487,62 +1504,56 @@
   <si>
     <t>01/05/2024</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>ASSISTANCE TECHNIQUE SECURITE INDUSTRIEL</t>
   </si>
   <si>
     <t>8 AVENUE DE LA MOUTE 13220 CHATEAUNEUF-LES-MARTIGUES</t>
   </si>
   <si>
     <t>17/11/2014</t>
   </si>
   <si>
     <t>LABORDE</t>
   </si>
   <si>
     <t>161 RUE ROBERT AYLE 62110 HENIN-BEAUMONT</t>
   </si>
   <si>
     <t>01/03/1995</t>
   </si>
   <si>
-    <t>85.53Z</t>
-[...1 lines deleted...]
-  <si>
     <t>LUCAS</t>
   </si>
   <si>
     <t>43 RUE LOUIS PASTEUR 29390 SCAER</t>
   </si>
   <si>
-    <t>01/07/2018</t>
-[...1 lines deleted...]
-  <si>
     <t>CENTRE DE FORMATION PROFESS DE LA ROUTE</t>
   </si>
   <si>
     <t>CFPR</t>
   </si>
   <si>
     <t>ROUTE DE NAVES 81100 CASTRES</t>
   </si>
   <si>
     <t>01/04/1989</t>
   </si>
   <si>
     <t>FOUCAUD RUE PIERRE PAVANETTO 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>18/02/2011</t>
   </si>
   <si>
     <t>854 ALLEE DES ESPAGNOLS 12450 LUC-LA-PRIMAUBE</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>BUREAU ALPES CONTROLES</t>
@@ -580,53 +1591,50 @@
   <si>
     <t>SECILOG</t>
   </si>
   <si>
     <t>PARC DU GRAND TROYES 5 RUE DE PRAGUE 10300 SAINTE-SAVINE</t>
   </si>
   <si>
     <t>15/04/2009</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>ZA DE LA TANNERIE 4 RUE DE LA FORET 55170 ANCERVILLE</t>
   </si>
   <si>
     <t>ZONE AEROPORT NANCY ESSEY 2 AVENUE NELSON MANDELA 54510 TOMBLAINE</t>
   </si>
   <si>
     <t>20/06/2019</t>
   </si>
   <si>
     <t>2 RUE MAURICE HALBWACHS 51100 REIMS</t>
   </si>
   <si>
-    <t>01/01/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>AUTO ECOLE PALAYER 84</t>
   </si>
   <si>
     <t>PALAYER CENTRE DE FORMATION CARISTE</t>
   </si>
   <si>
     <t>576 ROUTE D’AVIGNON 84210 ALTHEN-DES-PALUDS</t>
   </si>
   <si>
     <t>01/01/2004</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION TECHNIQUE ET DE SECURITE</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION TECHNIQUE ET</t>
   </si>
   <si>
     <t>16 BOULEVARD DES JARDINIERS 06200 NICE</t>
   </si>
   <si>
     <t>02/01/2019</t>
   </si>
   <si>
     <t>CENTRE FORMATION DE CONDUCTEURS ROUTIERS</t>
@@ -712,89 +1720,77 @@
   <si>
     <t>LYCEE PRIVE STE MARIE</t>
   </si>
   <si>
     <t>12 PLACE JEANNE D'ARC 85110 CHANTONNAY</t>
   </si>
   <si>
     <t>01/09/1991</t>
   </si>
   <si>
     <t>ELSETE</t>
   </si>
   <si>
     <t>33 RUE DES GLAIRONS 38400 SAINT-MARTIN-D'HERES</t>
   </si>
   <si>
     <t>17/05/1999</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION WANTZ</t>
   </si>
   <si>
     <t>9 FOSSE DES FLAGELLANTS 68290 MASEVAUX-NIEDERBRUCK</t>
   </si>
   <si>
-    <t>01/01/1993</t>
-[...1 lines deleted...]
-  <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
     <t>ZAC MARMANDE SUD QUADRANT NORD OUEST 47250 SAMAZAN</t>
   </si>
   <si>
     <t>22/09/2008</t>
   </si>
   <si>
     <t>MARCHE GARE RUE HENRI BARBUSSE 47300 VILLENEUVE-SUR-LOT</t>
   </si>
   <si>
-    <t>01/02/2022</t>
-[...1 lines deleted...]
-  <si>
     <t>PARC D'ACTIVITES DU PETIT CERF 60 ROUTE DU BRAME 24430 COURSAC</t>
   </si>
   <si>
     <t>29/08/2025</t>
   </si>
   <si>
     <t>ECF CENTRE OUEST ATLANTIQUE</t>
   </si>
   <si>
-    <t>CHAVAGNE ROUTE DE LA MOTHE 79260 LA CRECHE</t>
-[...4 lines deleted...]
-  <si>
     <t>SUD PREVENTION SECURITE</t>
   </si>
   <si>
     <t>ZAC DE SAUMATY SEON 19 RUE HENRI ET ANTOINE MAURRAS 13016 MARSEILLE</t>
   </si>
   <si>
     <t>01/04/2013</t>
   </si>
   <si>
     <t>6 RUE DE VALSERRES 05000 GAP</t>
   </si>
   <si>
     <t>31/10/2012</t>
   </si>
   <si>
     <t>ESPACE BEOTOIT BASSAQUET 83140 SIX FOURS LES PLAGES</t>
   </si>
   <si>
     <t>01/04/2015</t>
   </si>
   <si>
     <t>IMMEUBLE ARENICE 455 PROMENADE DES ANGLAIS 06000 NICE</t>
   </si>
   <si>
     <t>01/01/2016</t>
@@ -847,134 +1843,122 @@
   <si>
     <t>01/02/2000</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION DENIS LE GACQUE</t>
   </si>
   <si>
     <t>41 RUE LT FRANCOIS FROMENTIN 56000 VANNES</t>
   </si>
   <si>
     <t>01/04/1995</t>
   </si>
   <si>
     <t>COUZI FORMATION</t>
   </si>
   <si>
     <t>CHEMIN DES ECUREUILS 81990 CAMBON</t>
   </si>
   <si>
     <t>22/06/2009</t>
   </si>
   <si>
     <t>ORAKIN ALSACE</t>
   </si>
   <si>
-    <t>30 RUE AMPERE 67120 DUTTLENHEIM</t>
-[...4 lines deleted...]
-  <si>
     <t>COUNTY FRANCE TRAINING</t>
   </si>
   <si>
     <t>AV 1ERE RUE -PORT FLUVIAL 59211 SANTES</t>
   </si>
   <si>
     <t>19/11/2001</t>
   </si>
   <si>
     <t>LSM FORMATIONS</t>
   </si>
   <si>
     <t>260 RUE LOUIS BREGUET 59553 CUINCY</t>
   </si>
   <si>
     <t>02/12/2002</t>
   </si>
   <si>
     <t>POLE DEVELOPPEMENT DES HAUTS DE MARGNY RUE EMILE DEWOITINE 60280 MARGNY-LES-COMPIEGNE</t>
   </si>
   <si>
     <t>15/10/2019</t>
   </si>
   <si>
     <t>COTARD FORMATIONS</t>
   </si>
   <si>
     <t>2713 BOULEVARD DE STALINGRAD 76120 LE GRAND-QUEVILLY</t>
   </si>
   <si>
     <t>01/07/1999</t>
   </si>
   <si>
     <t>ZONE INDUSTRIELLE LOUIS DELAPORTE 76370 ROUXMESNIL-BOUTEILLES</t>
   </si>
   <si>
     <t>01/10/2003</t>
   </si>
   <si>
     <t>128 T AVENUE ARISTIDE BRIAND 27930 GRAVIGNY</t>
   </si>
   <si>
-    <t>01/02/2016</t>
-[...1 lines deleted...]
-  <si>
     <t>ECF COTARD</t>
   </si>
   <si>
     <t>PARC D ACTIVITE DU CHATEAU 1700 RUE DES POTIERS 76170 MELAMARE</t>
   </si>
   <si>
     <t>13/03/2018</t>
   </si>
   <si>
     <t>ECF CENTRE DE FORMATION C.F.R</t>
   </si>
   <si>
     <t>620 ROUTE D'ALBEFEUILLE LAGARDE 82000 MONTAUBAN</t>
   </si>
   <si>
     <t>01/01/1996</t>
   </si>
   <si>
     <t>IDEAL FORMATION</t>
   </si>
   <si>
     <t>5 RUE CLEMENT ADER 69740 GENAS</t>
   </si>
   <si>
     <t>29/07/2019</t>
   </si>
   <si>
     <t>56 RUE DU MONTMURIER 38070 SAINT-QUENTIN-FALLAVIER</t>
   </si>
   <si>
-    <t>01/04/2021</t>
-[...1 lines deleted...]
-  <si>
     <t>CENTRE DE FORMATION PROFESSIONNELLE MALUS</t>
   </si>
   <si>
     <t>CFP MALUS</t>
   </si>
   <si>
     <t>RUE LOUIS BECHEREAU 18000 BOURGES</t>
   </si>
   <si>
     <t>02/02/2009</t>
   </si>
   <si>
     <t>MALUS FORMATION</t>
   </si>
   <si>
     <t>740 RUE LOUIS MALBETE 36130 DEOLS</t>
   </si>
   <si>
     <t>01/12/2011</t>
   </si>
   <si>
     <t>35 ALL DES PIERRELETS 45380 CHAINGY</t>
   </si>
   <si>
     <t>13/04/2015</t>
@@ -1021,227 +2005,2696 @@
   <si>
     <t>ASSOCIATION FORMATION POUR L INSERTION</t>
   </si>
   <si>
     <t>152 RUE HENRI BERTHAUD 42153 RIORGES</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION DES CONDUCTEURS ROUTIERS DE LA MOSELLE SARL</t>
   </si>
   <si>
     <t>160 RUE DES JARDINS 57600 FORBACH</t>
   </si>
   <si>
     <t>01/12/2006</t>
   </si>
   <si>
     <t>INSPECTAS</t>
   </si>
   <si>
     <t>RUE JEAN HURE 76580 LE TRAIT</t>
   </si>
   <si>
     <t>13/07/2001</t>
   </si>
   <si>
+    <t>AXOS FORMATIONS ET SERVICES</t>
+  </si>
+  <si>
+    <t>ZA DU VAULORIN 5 RUE DU VAULORIN 91320 WISSOUS</t>
+  </si>
+  <si>
+    <t>01/11/1998</t>
+  </si>
+  <si>
+    <t>CENTRE FORMAT.PERFECTION.METIERS LOGISTI</t>
+  </si>
+  <si>
+    <t>54 RUE CLEMENT MAROT 69007 LYON</t>
+  </si>
+  <si>
+    <t>14/06/1999</t>
+  </si>
+  <si>
+    <t>FORMATION TRANSPORT SECURITE ROUTIERE</t>
+  </si>
+  <si>
+    <t>56 RUE AIME RASSETEAU 86100 CHATELLERAULT</t>
+  </si>
+  <si>
+    <t>ECF BEQUET</t>
+  </si>
+  <si>
+    <t>ZAC DU PAYS ALNELOIS 1 RUE MARIE MARVINGT 28700 AUNEAU-BLEURY-SAINT-SYMPHORIEN</t>
+  </si>
+  <si>
+    <t>31/10/2008</t>
+  </si>
+  <si>
+    <t>11 RUE GUSTAVE EIFFEL 28630 GELLAINVILLE</t>
+  </si>
+  <si>
+    <t>QUALITE FCS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE RODIN 22 AVENUE DES NATIONS 93420 VILLEPINTE</t>
+  </si>
+  <si>
+    <t>01/05/2023</t>
+  </si>
+  <si>
+    <t>C.E.S.R. BERNARD COUTURIER</t>
+  </si>
+  <si>
+    <t>ROUTE DE NOGENT LE ROI 28500 SAINTE-GEMME-MORONVAL</t>
+  </si>
+  <si>
+    <t>03/01/1996</t>
+  </si>
+  <si>
+    <t>ETUDES &amp; REALISATIONS TOUTES FORMATIONS</t>
+  </si>
+  <si>
+    <t>38 RUE DES MARDORS 21560 COUTERNON</t>
+  </si>
+  <si>
+    <t>31/12/2008</t>
+  </si>
+  <si>
+    <t>PARC D'ENTREPRISE RPT DE L EUROPE 77310 SAINT FARGEAU PONTHIERRY</t>
+  </si>
+  <si>
+    <t>01/02/2010</t>
+  </si>
+  <si>
+    <t>ERTF</t>
+  </si>
+  <si>
+    <t>1 RUE AMPERE 67720 HŒRDT</t>
+  </si>
+  <si>
+    <t>11 ALLEE DES GRANDS PAQUIS 54180 HEILLECOURT</t>
+  </si>
+  <si>
+    <t>01/07/2017</t>
+  </si>
+  <si>
+    <t>29 RUE DENIS PAPIN 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>02/07/2018</t>
+  </si>
+  <si>
+    <t>8 ROUTE DU PUITS 57500 SAINT-AVOLD</t>
+  </si>
+  <si>
+    <t>01/10/2020</t>
+  </si>
+  <si>
+    <t>3 RUE DREYFUS DUPONT 57050 METZ</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>4 RUE DES POSTIERS 57915 WOUSTVILLER</t>
+  </si>
+  <si>
+    <t>GO FORMATIONS</t>
+  </si>
+  <si>
+    <t>GO FORMATIONS 54 - AUTO-ECOLE GO - MOTO ECOLE GO</t>
+  </si>
+  <si>
+    <t>POLE INDUSTRIEL TOUL EUROPE SECTEUR B 430 RUE MARIE MARVINGT 54200 TOUL</t>
+  </si>
+  <si>
+    <t>01/04/2004</t>
+  </si>
+  <si>
+    <t>GO ! FORMATIONS 55</t>
+  </si>
+  <si>
+    <t>A ROUTON ZONE ARTISANALE DES SOUHESMES 55220 LES SOUHESMES-RAMPONT</t>
+  </si>
+  <si>
+    <t>01/07/2019</t>
+  </si>
+  <si>
+    <t>GO ! FORMATIONS 54 3 FRONTIERES</t>
+  </si>
+  <si>
+    <t>ZONE D AMENAGEMENT CONCERTE LES QUEMEN RUE DU MARECHAL JOFFRE 54720 LEXY</t>
+  </si>
+  <si>
+    <t>04/01/2021</t>
+  </si>
+  <si>
+    <t>CER LOPEZ</t>
+  </si>
+  <si>
+    <t>127 AVENUE AMPERE 30600 VAUVERT</t>
+  </si>
+  <si>
+    <t>28/06/2003</t>
+  </si>
+  <si>
+    <t>FORHOM</t>
+  </si>
+  <si>
+    <t>71 RUE HENRI GAUTIER 44550 MONTOIR-DE-BRETAGNE</t>
+  </si>
+  <si>
+    <t>01/07/2006</t>
+  </si>
+  <si>
+    <t>TECH PRO FORMATION</t>
+  </si>
+  <si>
+    <t>64 RUE DE CHAMP ROMAN 38400 SAINT-MARTIN-D'HERES</t>
+  </si>
+  <si>
+    <t>02/06/2009</t>
+  </si>
+  <si>
+    <t>PARIS SUD FORMATION</t>
+  </si>
+  <si>
+    <t>85 AVENUE DE NEUILLY 94120 FONTENAY-SOUS-BOIS</t>
+  </si>
+  <si>
+    <t>15/06/2001</t>
+  </si>
+  <si>
+    <t>310 RUE CLEMENT ADER 77230 DAMMARTIN-EN-GOELE</t>
+  </si>
+  <si>
+    <t>13/12/2021</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION DE PERMIS DE CONDUIRE GEORGES HOAREAU</t>
+  </si>
+  <si>
+    <t>145- 145 B RUE MARIUS ET ARY LEBLOND 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>CFPC GH</t>
+  </si>
+  <si>
+    <t>39 RUE DE LA PEPINIERE 97438 SAINTE-MARIE</t>
+  </si>
+  <si>
+    <t>01/11/2019</t>
+  </si>
+  <si>
+    <t>RAVINE CREUSE 613 CHEMIN CANAL MOREAU 97440 SAINT-ANDRE</t>
+  </si>
+  <si>
+    <t>PIERREFONDS 1 CHEMIN BEAU RIVAGE 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>88 ROUTE DE CAMBAIE 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>17/02/2025</t>
+  </si>
+  <si>
+    <t>CIFAC</t>
+  </si>
+  <si>
+    <t>ZAC LES LANDES FLEURIES 22100 QUEVERT</t>
+  </si>
+  <si>
+    <t>15/10/1997</t>
+  </si>
+  <si>
+    <t>E.L.R.M</t>
+  </si>
+  <si>
+    <t>RN 10 L AGIOT 78320 VERRIERE (LA)</t>
+  </si>
+  <si>
+    <t>01/04/1997</t>
+  </si>
+  <si>
+    <t>GAILLARD FORMATION</t>
+  </si>
+  <si>
+    <t>RUE DES FRERES LUMIERE 15000 AURILLAC</t>
+  </si>
+  <si>
+    <t>01/04/2005</t>
+  </si>
+  <si>
+    <t>LA PETITE GARENNE 7 IMPASSE DU CIMETIERE 58600 FOURCHAMBAULT</t>
+  </si>
+  <si>
+    <t>27/08/2018</t>
+  </si>
+  <si>
+    <t>ZA DE NOLHAC 43350 SAINT-PAULIEN</t>
+  </si>
+  <si>
+    <t>ZAC MONTERRAD 42500 LE CHAMBON-FEUGEROLLES</t>
+  </si>
+  <si>
+    <t>01/12/2021</t>
+  </si>
+  <si>
+    <t>DEKRA FRANCE</t>
+  </si>
+  <si>
+    <t>PORTE H   RUE DE LA BOURSIDIERE LA BOURSIDIERE 92350 LE PLESSIS ROBINSON</t>
+  </si>
+  <si>
+    <t>01/07/2020</t>
+  </si>
+  <si>
+    <t>64.20Z</t>
+  </si>
+  <si>
+    <t>ACTION FORMATION INCENDIE</t>
+  </si>
+  <si>
+    <t>3 RUE DES MURAILLES 44430 LE LOROUX-BOTTEREAU</t>
+  </si>
+  <si>
+    <t>01/12/2004</t>
+  </si>
+  <si>
+    <t>ASS DEVELLOP INSER PROFESSION FORMATION</t>
+  </si>
+  <si>
+    <t>A.D.I.F</t>
+  </si>
+  <si>
+    <t>QUARTIER PAYANNET PETIT CHEMIN D AIX 13120 GARDANNE</t>
+  </si>
+  <si>
+    <t>28/10/2000</t>
+  </si>
+  <si>
+    <t>IFCA</t>
+  </si>
+  <si>
+    <t>17 BOULEVARD D'ANVAUX 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>SOCIETE DE FORMATION ET DE COMMUNICATION AZUREENNE</t>
+  </si>
+  <si>
+    <t>CENTRE SIGMA 1846 BOULEVARD DU CERCERON 83700 SAINT-RAPHAEL</t>
+  </si>
+  <si>
+    <t>INSTITUT EUROPEEN FORMATION PROFESS</t>
+  </si>
+  <si>
+    <t>485 RUE DU FRANCLOS 54710 LUDRES</t>
+  </si>
+  <si>
+    <t>01/07/2003</t>
+  </si>
+  <si>
+    <t>ABC FORMATION</t>
+  </si>
+  <si>
+    <t>464 RUE DE LA LEYSSE 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>08/07/1997</t>
+  </si>
+  <si>
+    <t>CAMIRA</t>
+  </si>
+  <si>
+    <t>ZA LES CORBEGES 3 RUE DE LA VANOISE 69960 CORBAS</t>
+  </si>
+  <si>
+    <t>20/10/2005</t>
+  </si>
+  <si>
+    <t>SARL PRO FORMATION</t>
+  </si>
+  <si>
+    <t>54 RUE ERNEST MACAREZ 59300 VALENCIENNES</t>
+  </si>
+  <si>
+    <t>31/12/1999</t>
+  </si>
+  <si>
+    <t>FORMATION SECURITE ROUTIERE</t>
+  </si>
+  <si>
+    <t>6 B CHEMIN BADAMIER 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>12/10/2020</t>
+  </si>
+  <si>
+    <t>CONSEIL DEVELOPPEMENT FORMATION INTERPROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>61 RUE JEAN-BAPTISTE COLBERT 10600 LA CHAPELLE-SAINT-LUC</t>
+  </si>
+  <si>
+    <t>HEXAGONE FORMATION</t>
+  </si>
+  <si>
+    <t>9 RUE DU GARD 62300 LENS</t>
+  </si>
+  <si>
+    <t>50 RUE DE L'ABBE GREGOIRE 59760 GRANDE-SYNTHE</t>
+  </si>
+  <si>
+    <t>10/10/2023</t>
+  </si>
+  <si>
+    <t>CERTIGO</t>
+  </si>
+  <si>
+    <t>ZONE D ACTIVITE BACONNET ALLEE DES CHENES 69700 MONTAGNY</t>
+  </si>
+  <si>
+    <t>29/07/2003</t>
+  </si>
+  <si>
+    <t>Z.A. RUE DE L'EUROPE 89100 MAILLOT</t>
+  </si>
+  <si>
+    <t>01/04/2008</t>
+  </si>
+  <si>
+    <t>FERGUSS ACADEMIE</t>
+  </si>
+  <si>
+    <t>21 AVENUE DES ARRIVAUX 38070 SAINT-QUENTIN-FALLAVIER</t>
+  </si>
+  <si>
+    <t>01/03/2016</t>
+  </si>
+  <si>
+    <t>6 RUE DU DAUPHINE 69960 CORBAS</t>
+  </si>
+  <si>
+    <t>8 ZAC LA DONNIERE 69970 MARENNES</t>
+  </si>
+  <si>
+    <t>20/01/2020</t>
+  </si>
+  <si>
+    <t>210 RUE DE L’IRLANDE 13140 MIRAMAS</t>
+  </si>
+  <si>
+    <t>AEROPARC SAINT MARTIN DE TOUCH 12 RUE DE CAULET 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>10/02/2022</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>5 RUE DU CHATEAU 25400 EXINCOURT</t>
+  </si>
+  <si>
+    <t>11/09/2007</t>
+  </si>
+  <si>
+    <t>EURODELTA</t>
+  </si>
+  <si>
+    <t>HAM DE REAUTE ZA DE LA BEL 13 RUE VINCENT VAN GOGH 76290 MONTIVILLIERS</t>
+  </si>
+  <si>
+    <t>ALIX FORMATION</t>
+  </si>
+  <si>
+    <t>ECOLE DE CONDUITE-E.C.F.</t>
+  </si>
+  <si>
+    <t>LES HAUTES MARLHES 90 RUE NOUVELLE 26300 ALIXAN</t>
+  </si>
+  <si>
+    <t>30/03/1999</t>
+  </si>
+  <si>
+    <t>CG CONSEIL</t>
+  </si>
+  <si>
+    <t>ATELIER  5 ET 6- HOTEL D'ENTREPRISE RLE DES SAULES 27100 VAL DE REUIL</t>
+  </si>
+  <si>
+    <t>01/03/2008</t>
+  </si>
+  <si>
+    <t>ACTESUR</t>
+  </si>
+  <si>
+    <t>ZAC DES TOURELLES 90120 MORVILLARS</t>
+  </si>
+  <si>
+    <t>26/01/2004</t>
+  </si>
+  <si>
+    <t>LAGIER SARL</t>
+  </si>
+  <si>
+    <t>10 RUE GEORGES BESSE 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>21/04/2022</t>
+  </si>
+  <si>
+    <t>FORMA CIAL</t>
+  </si>
+  <si>
+    <t>15 ROUTE PIERRE DE BELLEVILLE 50700 BRIX</t>
+  </si>
+  <si>
+    <t>08/02/2019</t>
+  </si>
+  <si>
+    <t>I.C.O.N.E</t>
+  </si>
+  <si>
+    <t>OCSA FORMATION</t>
+  </si>
+  <si>
+    <t>ZI ENGACHIES 5 RUE JACQUES BREL 32000 AUCH</t>
+  </si>
+  <si>
+    <t>01/07/2004</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION OHLICHER</t>
+  </si>
+  <si>
+    <t>IMM SIMEG 3711 ROUTE DE DEGRAD DES CANNES 97354 REMIRE-MONTJOLY</t>
+  </si>
+  <si>
+    <t>01/03/2000</t>
+  </si>
+  <si>
+    <t>DISTRIMAG</t>
+  </si>
+  <si>
+    <t>QUARTIER DE LA DYNAMITE AVENUE MARIE CURIE 13310 SAINT-MARTIN-DE-CRAU</t>
+  </si>
+  <si>
+    <t>01/10/2016</t>
+  </si>
+  <si>
+    <t>52.10B</t>
+  </si>
+  <si>
+    <t>PAARTNER FORMATION</t>
+  </si>
+  <si>
+    <t>ZA DE TERRE NEUVE ROUTE DES CHENES 73200 GILLY-SUR-ISERE</t>
+  </si>
+  <si>
+    <t>01/08/2001</t>
+  </si>
+  <si>
+    <t>DEKRA INDUSTRIAL</t>
+  </si>
+  <si>
+    <t>ZI MAGRE 19 RUE STUART MILL 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>01/10/2000</t>
+  </si>
+  <si>
+    <t>PARC VALENTINE VERTE 41 CHEMIN VICINAL VICINAL DE LA MILLIERE A ST MENET 13011 MARSEILLE</t>
+  </si>
+  <si>
+    <t>15/04/2012</t>
+  </si>
+  <si>
+    <t>19 AVENUE DU MARECHAL JUIN 91300 MASSY</t>
+  </si>
+  <si>
+    <t>05/10/2020</t>
+  </si>
+  <si>
+    <t>CEFIRC</t>
+  </si>
+  <si>
+    <t>1 AVENUE PIERRE ANGOT 64150 MOURENX</t>
+  </si>
+  <si>
+    <t>01/10/2019</t>
+  </si>
+  <si>
+    <t>ECOLE DE CONDUITE FRANCAISE CHERRI</t>
+  </si>
+  <si>
+    <t>15 AVENUE DE STALINGRAD 13200 ARLES</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>SI2P GFC</t>
+  </si>
+  <si>
+    <t>ZA DES HAUTES PERCHES CHEMIN DU BOIS 49610 SAINT-MELAINE-SUR-AUBANCE</t>
+  </si>
+  <si>
+    <t>IDEAL PREVENTION SECURITE AUDIT CONSEIL</t>
+  </si>
+  <si>
+    <t>LA MASSARDIERE 45 RUE DE LA CHATAIGNIERE 42100 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>ATHENA FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>2150 LES GABELLES 13340 ROGNAC</t>
+  </si>
+  <si>
+    <t>31/05/2012</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION DE CONDUCTEURS REGION AUVERGNE VIGIER</t>
+  </si>
+  <si>
+    <t>5 RUE DU PAVIN 63360 GERZAT</t>
+  </si>
+  <si>
+    <t>09/03/2006</t>
+  </si>
+  <si>
+    <t>25 RUE BENOIST D'AZY 03100 MONTLUCON</t>
+  </si>
+  <si>
+    <t>01/06/2011</t>
+  </si>
+  <si>
+    <t>PRES DE CHANCHANY 43000 ESPALY-SAINT-MARCEL</t>
+  </si>
+  <si>
+    <t>21/02/2014</t>
+  </si>
+  <si>
+    <t>ZAC PUITS GRUNER 42230 ROCHE-LA-MOLIERE</t>
+  </si>
+  <si>
+    <t>27/09/2019</t>
+  </si>
+  <si>
+    <t>CONCEPT PARTENAIRE ENTREPRISES</t>
+  </si>
+  <si>
+    <t>14 RUE ISAAC NEWTON 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>21/09/2009</t>
+  </si>
+  <si>
+    <t>REDA FORMATION</t>
+  </si>
+  <si>
+    <t>ZA LA MARINIERE 22 RUE GUTENBERG 91070 BONDOUFLE</t>
+  </si>
+  <si>
+    <t>15/10/2001</t>
+  </si>
+  <si>
+    <t>GROUPE FORCES</t>
+  </si>
+  <si>
+    <t>ZI DE NOIDANS LES VESOUL IMPASSE TUSSILAGES 70000 NOIDANS-LES-VESOUL</t>
+  </si>
+  <si>
+    <t>83 RUE ANDRE DERAIN 71000 MACON</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>4 RUE ROBERT SCHUMAN 25410 SAINT-VIT</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>INTER FORMATION SECURITE</t>
+  </si>
+  <si>
+    <t>ROUTE NATIONALE 10 28630 NOGENT-LE-PHAYE</t>
+  </si>
+  <si>
+    <t>ELEVACTION</t>
+  </si>
+  <si>
+    <t>ZAC DU CAMPDOLENT AVENUE DU CANTIPOU 76700 HARFLEUR</t>
+  </si>
+  <si>
+    <t>22/03/2017</t>
+  </si>
+  <si>
+    <t>FORE ENTREPRISE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE YERYSALYD - ZAC DE MOUDONG SU RUE CLAUDE EMMANUEL BLANDIN 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
+  </si>
+  <si>
+    <t>OPERA FORMATION</t>
+  </si>
+  <si>
+    <t>ECOPARC 105 RUE DE LA GARRIGUETTE 34130 SAINT-AUNES</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>TRANS'FORMATION 70</t>
+  </si>
+  <si>
+    <t>ZI DE BUSSUREL RUE DE L ETANG 70400 HERICOURT</t>
+  </si>
+  <si>
+    <t>17/01/2002</t>
+  </si>
+  <si>
+    <t>ECLIPSE ISTEC SAS</t>
+  </si>
+  <si>
+    <t>BAT 3 437 AVENUE DES APOTHICAIRES 34090 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>06/09/2016</t>
+  </si>
+  <si>
+    <t>LIMOUSIN FORMATION ET TRAVAUX PUBLICS</t>
+  </si>
+  <si>
+    <t>RUE DE LA CROIX DE LA MISSION 19300 SAINT-YRIEIX-LE-DEJALAT</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>AVENIR ENVIRONNEMENT SECURITE</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA PLAINE 35890 LAILLE</t>
+  </si>
+  <si>
+    <t>15/04/2019</t>
+  </si>
+  <si>
+    <t>NASSIBOU</t>
+  </si>
+  <si>
+    <t>210 RUE DU GENERAL LAMBERT 97436 SAINT-LEU</t>
+  </si>
+  <si>
+    <t>26/04/2002</t>
+  </si>
+  <si>
+    <t>SARL PSIF</t>
+  </si>
+  <si>
+    <t>Z.A. DE LA COSTARDAIS LES CHAMPS RIAULT 22690 PLEUDIHEN SUR RANCE</t>
+  </si>
+  <si>
+    <t>01/07/2023</t>
+  </si>
+  <si>
+    <t>DOMENE TECHNOLOGIES FORMATIONS</t>
+  </si>
+  <si>
+    <t>45 ROUTE DE SAVOIE 38420 DOMENE</t>
+  </si>
+  <si>
+    <t>04/11/2002</t>
+  </si>
+  <si>
+    <t>AFA FORMATION</t>
+  </si>
+  <si>
+    <t>LE GRAVIER 49000 ECOUFLANT</t>
+  </si>
+  <si>
+    <t>22/09/2016</t>
+  </si>
+  <si>
+    <t>108 RUE DE LA ROMPURE 49400 SAUMUR</t>
+  </si>
+  <si>
+    <t>01/11/2016</t>
+  </si>
+  <si>
+    <t>CEPIM</t>
+  </si>
+  <si>
+    <t>ZONE D ACTIVITES DU KENYAH 3 RUE DE L’AVENIR 56400 PLOUGOUMELEN</t>
+  </si>
+  <si>
+    <t>24/01/2022</t>
+  </si>
+  <si>
+    <t>LCF</t>
+  </si>
+  <si>
+    <t>23 RUE AMPERE 69680 CHASSIEU</t>
+  </si>
+  <si>
+    <t>ODYSSEE FORMATIONS</t>
+  </si>
+  <si>
+    <t>LES PETITS PARTENAIS 37250 VEIGNE</t>
+  </si>
+  <si>
+    <t>02/01/2008</t>
+  </si>
+  <si>
+    <t>AFPI ACM FORMATION</t>
+  </si>
+  <si>
+    <t>89 RUE PECLET 59300 VALENCIENNES</t>
+  </si>
+  <si>
+    <t>LE BLANC PIGNON 62280 SAINT-MARTIN-BOULOGNE</t>
+  </si>
+  <si>
+    <t>15/06/2007</t>
+  </si>
+  <si>
+    <t>ZI DE LA PILATERIE CS 83056 4 RUE DES CHATEAUX 59700 MARCQ-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>4 RUE DES CHATEAUX 59700 MARCQ-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>360 RUE MIROSLAW HOLLER 62110 HENIN-BEAUMONT</t>
+  </si>
+  <si>
+    <t>01/07/2016</t>
+  </si>
+  <si>
+    <t>102 RUE DE NEUF-MESNIL 59750 FEIGNIES</t>
+  </si>
+  <si>
+    <t>ALCEVI</t>
+  </si>
+  <si>
+    <t>3 AVENUE BEAUREGARD 10400 NOGENT-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>03/05/2010</t>
+  </si>
+  <si>
+    <t>MULTI-CHARIOTS</t>
+  </si>
+  <si>
+    <t>ZAC CARRIERE DOREE 59310 ORCHIES</t>
+  </si>
+  <si>
+    <t>17/10/2006</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION ET CONSEIL 95</t>
+  </si>
+  <si>
+    <t>PROCARIST</t>
+  </si>
+  <si>
+    <t>ZAC DES BETHUNES II 37 AVENUE DES BETHUNES 95310 SAINT-OUEN-L'AUMONE</t>
+  </si>
+  <si>
+    <t>04/07/2008</t>
+  </si>
+  <si>
+    <t>ATOUT CONSEIL</t>
+  </si>
+  <si>
+    <t>ZA LAVALDUC 110 ALLEE PAUL LANGEVIN 13270 FOS-SUR-MER</t>
+  </si>
+  <si>
+    <t>VIVALIANS</t>
+  </si>
+  <si>
+    <t>ZA LE PONT ROUGE 22440 TREMUSON</t>
+  </si>
+  <si>
+    <t>RICHARD FORMATION</t>
+  </si>
+  <si>
+    <t>RN 97 LA PIERRE RONDE 83130 LA GARDE</t>
+  </si>
+  <si>
+    <t>GOUPIL FORMATION</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE 4 RUE DU HAUT BOIS 28400 SAINT-JEAN-PIERRE-FIXTE</t>
+  </si>
+  <si>
+    <t>AUDIT CONSEIL FORMATION PREVENTION</t>
+  </si>
+  <si>
+    <t>CAMPUS FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE DES FRERES LUMIERE 14120 MONDEVILLE</t>
+  </si>
+  <si>
+    <t>15/11/2010</t>
+  </si>
+  <si>
+    <t>ODF</t>
+  </si>
+  <si>
+    <t>6 IMPASSE DU LASER 67800 BISCHHEIM</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t>271 AVENUE HELIE DENOIX DE SAINT-MARC 84100 ORANGE</t>
+  </si>
+  <si>
+    <t>ROISSY FORMATION</t>
+  </si>
+  <si>
+    <t>09/06/2004</t>
+  </si>
+  <si>
+    <t>RUE CLEMENT ADER 77230 DAMMARTIN-EN-GOELE</t>
+  </si>
+  <si>
+    <t>15/02/2006</t>
+  </si>
+  <si>
+    <t>FORMATION TRANSPORT GESTION RISQUE</t>
+  </si>
+  <si>
+    <t>RN 88 RTE N 88 12160 MANHAC</t>
+  </si>
+  <si>
+    <t>ZA DE LISSAURE 46230 LALBENQUE</t>
+  </si>
+  <si>
+    <t>01/03/2009</t>
+  </si>
+  <si>
+    <t>19 RUE DE MELOU 81100 CASTRES</t>
+  </si>
+  <si>
+    <t>01/11/2015</t>
+  </si>
+  <si>
+    <t>41 RUE ANDRE AMPERE 81000 ALBI</t>
+  </si>
+  <si>
+    <t>10/04/2017</t>
+  </si>
+  <si>
+    <t>AERO TRAINING CENTER</t>
+  </si>
+  <si>
+    <t>ZAC TREMBLAY CHARLES DE GAULLE.3  TRAN 7 IMPASSE NICEPHORE NIEPCE 93290 TREMBLAY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>SECURITE MANUTENTION SARL</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE LES PEUPLI LOT N 9 13670 VERQUIERES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VOGELGESANG DIDIER   </t>
+  </si>
+  <si>
+    <t>9 RUE DE LA MONTAGNE 57200 SARREGUEMINES</t>
+  </si>
+  <si>
+    <t>COFHYS</t>
+  </si>
+  <si>
+    <t>2 RUE DU ROUGE BOUTON 59113 SECLIN</t>
+  </si>
+  <si>
+    <t>CERTIGO TRYAD</t>
+  </si>
+  <si>
+    <t>8 RUE DE L'INDUSTRIE 67114 ESCHAU</t>
+  </si>
+  <si>
+    <t>MAGER PRO</t>
+  </si>
+  <si>
+    <t>1 IMPASSE DU MARRAUD 10600 BARBEREY-SAINT-SULPICE</t>
+  </si>
+  <si>
+    <t>31/12/2020</t>
+  </si>
+  <si>
+    <t>VINCENT GARCIA FORMATION</t>
+  </si>
+  <si>
+    <t>VINCENT GARCIA FORMATION VGF</t>
+  </si>
+  <si>
+    <t>766 ROUTE DE SAINT - JEAN 38500 COUBLEVIE</t>
+  </si>
+  <si>
+    <t>05/04/2019</t>
+  </si>
+  <si>
+    <t>MENDIBOURE FORMATION</t>
+  </si>
+  <si>
+    <t>ZI DE SAINT ETIENNE CHEMIN DE CAZENAVE 64100 BAYONNE</t>
+  </si>
+  <si>
+    <t>28/09/2004</t>
+  </si>
+  <si>
+    <t>MENDIBOURE GILBERT FORMATION</t>
+  </si>
+  <si>
+    <t>QUARTIER LES CIBLES CHEMIN DE MESTURON 40990 SAINT-PAUL-LES-DAX</t>
+  </si>
+  <si>
+    <t>01/06/2008</t>
+  </si>
+  <si>
+    <t>BOYER FORMATION</t>
+  </si>
+  <si>
+    <t>FONT DE DURANCE SUD 04700 ORAISON</t>
+  </si>
+  <si>
+    <t>GERARD FORMATION</t>
+  </si>
+  <si>
+    <t>8 RUE D'EPINAL 88150 CHAVELOT</t>
+  </si>
+  <si>
+    <t>15/01/2006</t>
+  </si>
+  <si>
+    <t>FORMATION INSERT TRIANGLE AUX ENTREPR</t>
+  </si>
+  <si>
+    <t>FITE</t>
+  </si>
+  <si>
+    <t>ZI DES TROIS FONTAINES 1 RUE MALGRAS 52100 SAINT-DIZIER</t>
+  </si>
+  <si>
+    <t>JMG FORMATION</t>
+  </si>
+  <si>
+    <t>LIEU DIT LE HAUT KEM ROUTE DE VITRY SUR ORNE 57270 UCKANGE</t>
+  </si>
+  <si>
+    <t>01/04/2014</t>
+  </si>
+  <si>
+    <t>ADEQUATION CONTROLE CONSEIL FORMATION</t>
+  </si>
+  <si>
+    <t>A2CF</t>
+  </si>
+  <si>
+    <t>680 ALLEE DU VIVARAIS 26300 BOURG-DE-PEAGE</t>
+  </si>
+  <si>
+    <t>01/03/2005</t>
+  </si>
+  <si>
+    <t>ZA DE L'ETANG 321 RUE JOSEPH CUGNOT 26780 CHATEAUNEUF-DU-RHONE</t>
+  </si>
+  <si>
+    <t>GEORGES FORMATION</t>
+  </si>
+  <si>
+    <t>20 CHEMIN DU FAING DE LA MAIX 88120 SAINT-AME</t>
+  </si>
+  <si>
+    <t>01/03/2019</t>
+  </si>
+  <si>
+    <t>ATSI RHONE ALPES</t>
+  </si>
+  <si>
+    <t>ZAC DE CHESNES OUEST 99 BOUCLE DE LA RAMEE 38070 SAINT-QUENTIN-FALLAVIER</t>
+  </si>
+  <si>
+    <t>28/08/2013</t>
+  </si>
+  <si>
+    <t>DCF FORMATION</t>
+  </si>
+  <si>
+    <t>10 RUE GUSTAVE EIFFEL 02430 GAUCHY</t>
+  </si>
+  <si>
+    <t>03/04/2023</t>
+  </si>
+  <si>
+    <t>ORAKIN SUD LORRAINE</t>
+  </si>
+  <si>
+    <t>8-10 8 RUE JOSEPH CUGNOT 51430 TINQUEUX</t>
+  </si>
+  <si>
+    <t>3 RUE DES VOSGES 54122 FLIN</t>
+  </si>
+  <si>
+    <t>ZONE HELLIEULE IV AVENUE PIERRE MENDES FRANCE 88100 SAINT-DIE-DES-VOSGES</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>AST FORMATION</t>
+  </si>
+  <si>
+    <t>ACTIMART 1140 RUE ANDRE AMPERE 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>18/04/2005</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t>GPS PREVENTION</t>
+  </si>
+  <si>
+    <t>2 RUE EMMANUEL JODELET 39100 DOLE</t>
+  </si>
+  <si>
+    <t>13/04/2021</t>
+  </si>
+  <si>
+    <t>DRIVING FORMATION</t>
+  </si>
+  <si>
+    <t>226 RUE MORANE SAULNIER 44150 ANCENIS-SAINT-GEREON</t>
+  </si>
+  <si>
+    <t>01/02/2008</t>
+  </si>
+  <si>
+    <t>SI2P SE</t>
+  </si>
+  <si>
+    <t>97 RUE DE LA FONTANAISE 38150 SALAISE-SUR-SANNE</t>
+  </si>
+  <si>
+    <t>11/05/2010</t>
+  </si>
+  <si>
+    <t>RESEAU C&amp;S</t>
+  </si>
+  <si>
+    <t>8 RUE JEAN WALTON ZAE TAILLEFER 33450 MONTUSSAN</t>
+  </si>
+  <si>
+    <t>06/01/2023</t>
+  </si>
+  <si>
+    <t>FORMATION STRATEGIQUE</t>
+  </si>
+  <si>
+    <t>215 CHEMIN DU RESERVOIR 30140 BAGARD</t>
+  </si>
+  <si>
+    <t>01/09/2008</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION BLANCHARD</t>
+  </si>
+  <si>
+    <t>ZA DE LA RABETTE RUE JEAN LOUIS CHANOINE 28100 DREUX</t>
+  </si>
+  <si>
+    <t>02/11/2005</t>
+  </si>
+  <si>
+    <t>ACB</t>
+  </si>
+  <si>
+    <t>25 RUE DE SAINT AMARIN PROLONGEE 68100 MULHOUSE</t>
+  </si>
+  <si>
+    <t>COTARD ENTREPRISES</t>
+  </si>
+  <si>
+    <t>ZI LOUIS DELAPORTE ZONE BLEUE 76370 ROUXMESNIL-BOUTEILLES</t>
+  </si>
+  <si>
+    <t>128 Q AV ARISTIDE BRAIND 27930 GRAVIGNY</t>
+  </si>
+  <si>
+    <t>01/12/2016</t>
+  </si>
+  <si>
+    <t>PARC D ACTIVITE DE CHATEAU 1700 RUE DES POTIERS 76170 MELAMARE</t>
+  </si>
+  <si>
+    <t>SABINE ACCO FORMATION</t>
+  </si>
+  <si>
+    <t>ZAE LANNOLIER RUE FRITZ LAUER 11000 CARCASSONNE</t>
+  </si>
+  <si>
+    <t>17/01/2009</t>
+  </si>
+  <si>
+    <t>HD FORMATION</t>
+  </si>
+  <si>
+    <t>68 BOULEVARD JULES DURAND 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>21/12/2021</t>
+  </si>
+  <si>
+    <t>AQUITAINE CONSEIL FORMATION FRANCE</t>
+  </si>
+  <si>
+    <t>RUE DU 19 MARS 1962 33320 EYSINES</t>
+  </si>
+  <si>
+    <t>AMT FORMATIONS</t>
+  </si>
+  <si>
+    <t>2 RUE DIDEROT 30300 BEAUCAIRE</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>PLATINIUM CQFT</t>
+  </si>
+  <si>
+    <t>2 RUE DE BEL AIR 71800 LA CLAYETTE</t>
+  </si>
+  <si>
+    <t>18/11/2019</t>
+  </si>
+  <si>
+    <t>78.30Z</t>
+  </si>
+  <si>
+    <t>9 AVENUE DE CONSTANTINE 38100 GRENOBLE</t>
+  </si>
+  <si>
+    <t>02/01/2025</t>
+  </si>
+  <si>
+    <t>ACF</t>
+  </si>
+  <si>
+    <t>PARC INNOLIN 3 RUE DU GOLF 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>08/08/2022</t>
+  </si>
+  <si>
+    <t>FLOBEL</t>
+  </si>
+  <si>
+    <t>2-4 2 RUE DES CEVENNES 94150 RUNGIS</t>
+  </si>
+  <si>
+    <t>16/06/2016</t>
+  </si>
+  <si>
+    <t>EI GROUPE</t>
+  </si>
+  <si>
+    <t>ZA LES MOLIERES 4 AVENUE DU LUXEMBOURG 13140 MIRAMAS</t>
+  </si>
+  <si>
+    <t>437 AVENUE DES APOTHICAIRES 34090 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>26/04/2016</t>
+  </si>
+  <si>
+    <t>ACCES'TUDES</t>
+  </si>
+  <si>
+    <t>AI FORMATION</t>
+  </si>
+  <si>
+    <t>ZONE D'ACTIVITES 14 AVENUE PAUL SERAMY 77870 VULAINES-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>BMDC</t>
+  </si>
+  <si>
+    <t>446 ROUTE DE ROUJOL 97170 PETIT-BOURG</t>
+  </si>
+  <si>
+    <t>01/03/2023</t>
+  </si>
+  <si>
+    <t>ORGANISME DE FORMATION INSERTION PAR LA FORMATION L EMPLOI PROFESSIONNALISATION</t>
+  </si>
+  <si>
+    <t>201 IMPASSE DU RAZETEUR 13160 CHATEAURENARD</t>
+  </si>
+  <si>
+    <t>25/04/2023</t>
+  </si>
+  <si>
+    <t>FORMAPRO 66</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE BIG BOSS 4 BOULEVARD JOHN-FITZGERALD KENNEDY 66100 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>01/10/2011</t>
+  </si>
+  <si>
+    <t>PIL O CAP AQUITAINE</t>
+  </si>
+  <si>
+    <t>32-72-LOTISSEMENT INDUSTRIEL DU BARON 32 RUE MARIE CURIE 33127 SAINT-JEAN-D'ILLAC</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
+    <t>4 RUE DES CHAMPS GEONS 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>30/09/2024</t>
+  </si>
+  <si>
+    <t>FTL (FORMATION-TRAVAUX-LOCATION)</t>
+  </si>
+  <si>
+    <t>FTL</t>
+  </si>
+  <si>
+    <t>3285 ROUTE DE VILLEFRANCHE SUR CHER 41320 LANGON-SUR-CHER</t>
+  </si>
+  <si>
+    <t>21/03/2022</t>
+  </si>
+  <si>
+    <t>PROCONTROL</t>
+  </si>
+  <si>
+    <t>9 RUE LAGARRIGUE 31380 GARIDECH</t>
+  </si>
+  <si>
+    <t>CERTIGO JB</t>
+  </si>
+  <si>
+    <t>ZAC DE LA CRAY RUE AU FOL 25420 VOUJEAUCOURT</t>
+  </si>
+  <si>
+    <t>01/01/2009</t>
+  </si>
+  <si>
+    <t>GO! FORM'ACTION</t>
+  </si>
+  <si>
+    <t>GO FORM ACTION 54</t>
+  </si>
+  <si>
+    <t>POLE INDUSTRIEL TOUL EUROPE - SE 430 RUE MARIE MARVINGT 54200 TOUL</t>
+  </si>
+  <si>
+    <t>01/11/2006</t>
+  </si>
+  <si>
+    <t>GO FORM'ACTION 51</t>
+  </si>
+  <si>
+    <t>22 RUE DU VAL CLAIR 51100 REIMS</t>
+  </si>
+  <si>
+    <t>13/12/2017</t>
+  </si>
+  <si>
+    <t>GO ! FORM'ACTION 57</t>
+  </si>
+  <si>
+    <t>4 RUE DU LONGUENOT 57140 WOIPPY</t>
+  </si>
+  <si>
+    <t>PROMOROUTE FORMATION</t>
+  </si>
+  <si>
+    <t>RUE DES PAQUOTTIERS 52000 CHAUMONT</t>
+  </si>
+  <si>
+    <t>01/11/2009</t>
+  </si>
+  <si>
+    <t>ROUSSEAU FORMATION</t>
+  </si>
+  <si>
+    <t>7 RUE AMPERE 67120 DUTTLENHEIM</t>
+  </si>
+  <si>
+    <t>30/06/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIRO FABRICE   </t>
+  </si>
+  <si>
+    <t>AGENCE SIRO - CONTROL FORMATION</t>
+  </si>
+  <si>
+    <t>ZAC DE BIEBACHETTE 6 RUE ETIENNE LENOIR 64160 MORLAAS</t>
+  </si>
+  <si>
+    <t>14/12/2021</t>
+  </si>
+  <si>
+    <t>ADEQUATION SECURITE</t>
+  </si>
+  <si>
+    <t>4 RUE JACQUARD 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>71 RUE JACQUARD 76140 LE PETIT-QUEVILLY</t>
+  </si>
+  <si>
+    <t>ALYENCE</t>
+  </si>
+  <si>
+    <t>ZI LE CHANAY II 8 RUE JOSEPH CUGNOT 69720 SAINT-BONNET-DE-MURE</t>
+  </si>
+  <si>
+    <t>01/06/2010</t>
+  </si>
+  <si>
+    <t>CERTIGO C2F</t>
+  </si>
+  <si>
+    <t>ZAC MAS DES ABEILLES 990 ROUTE DE SAINT-GILLES 30000 NIMES</t>
+  </si>
+  <si>
+    <t>B.C.F.T.P.</t>
+  </si>
+  <si>
+    <t>265 AVENUE DE FONTFREGE 13420 GEMENOS</t>
+  </si>
+  <si>
+    <t>04/05/2019</t>
+  </si>
+  <si>
+    <t>DAUMET SECURITE ROUTIERE D.S.R</t>
+  </si>
+  <si>
+    <t>916 CHEMIN DE LA LEGUE NORD 30560 SAINT-HILAIRE-DE-BRETHMAS</t>
+  </si>
+  <si>
+    <t>02/02/2012</t>
+  </si>
+  <si>
+    <t>ALPHA-FORMATION</t>
+  </si>
+  <si>
+    <t>25 RUE EDOUARD GARET 42160 ANDREZIEUX-BOUTHEON</t>
+  </si>
+  <si>
+    <t>FORDELIA</t>
+  </si>
+  <si>
+    <t>12 RUE DES ROSES 57490 L'HOPITAL</t>
+  </si>
+  <si>
+    <t>19/04/2007</t>
+  </si>
+  <si>
+    <t>LOT C RUE DU CHAMP AUX OEUFS 57280 FEVES</t>
+  </si>
+  <si>
+    <t>01/12/2007</t>
+  </si>
+  <si>
+    <t>INSTITUT FORMELEC</t>
+  </si>
+  <si>
+    <t>JARRY 23 B RUE ALFRED LUMIERE 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>01/06/2007</t>
+  </si>
+  <si>
+    <t>A2 PREVENTION</t>
+  </si>
+  <si>
+    <t>79 AVENUE DU 1ER MAI 40220 TARNOS</t>
+  </si>
+  <si>
+    <t>15/04/2021</t>
+  </si>
+  <si>
+    <t>EUROLANE SECURITE</t>
+  </si>
+  <si>
+    <t>9 RUE DE L'USINE 62380 SETQUES</t>
+  </si>
+  <si>
+    <t>01/02/2009</t>
+  </si>
+  <si>
+    <t>ESSORGROUP</t>
+  </si>
+  <si>
+    <t>116 RUE DU GENERAL DE GAULLE 59370 MONS-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>18/12/2007</t>
+  </si>
+  <si>
+    <t>ALEO</t>
+  </si>
+  <si>
+    <t>ZAC MAISONNEUVE 2 6 RUE MARYSE HILSZ 44980 SAINTE-LUCE-SUR-LOIRE</t>
+  </si>
+  <si>
+    <t>FORMATION PROFESSIONNELLE ET SECURITE</t>
+  </si>
+  <si>
+    <t>133 RUE LEON FAUCHER 51100 REIMS</t>
+  </si>
+  <si>
+    <t>HP FORMATION</t>
+  </si>
+  <si>
+    <t>EUROPE PARC ZONE ARTISANALE LES 2 B CHEMIN DU DERONTET 01360 BELIGNEUX</t>
+  </si>
+  <si>
+    <t>10/12/2008</t>
+  </si>
+  <si>
+    <t>33.20C</t>
+  </si>
+  <si>
+    <t>130 RUE NEWTON 38550 SAINT-MAURICE-L'EXIL</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>FRANCE FORMATIONS</t>
+  </si>
+  <si>
+    <t>ZAC DES COURTIS 26 RUE NICEPHORE NIEPCE 41100 VENDOME</t>
+  </si>
+  <si>
+    <t>01/09/2010</t>
+  </si>
+  <si>
+    <t>36 RUE DU VAL FLEURI 41350 SAINT-GERVAIS-LA-FORET</t>
+  </si>
+  <si>
+    <t>ACCESS FORMATION</t>
+  </si>
+  <si>
+    <t>ZAC SAUMATY SEON 10 RUE HENRI ET ANTOINE MAURRAS 13016 MARSEILLE</t>
+  </si>
+  <si>
+    <t>SMARTLOG</t>
+  </si>
+  <si>
+    <t>DIALOGIS / MANUTEO</t>
+  </si>
+  <si>
+    <t>20 RUE DU PRE DES AULNES 77340 PONTAULT-COMBAULT</t>
+  </si>
+  <si>
+    <t>01/10/2017</t>
+  </si>
+  <si>
+    <t>13 CHEMIN DES PETITS EBOULIS 77230 DAMMARTIN-EN-GOELE</t>
+  </si>
+  <si>
+    <t>SMARTLOG / DIALOGIS / MANUTEO / SUP</t>
+  </si>
+  <si>
+    <t>3 P RUE LOUIS DE BROGLIE 53810 CHANGE</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>FMD FORMATION</t>
+  </si>
+  <si>
+    <t>RD 39 ZONE D'ACTIVITE DES CHAUFFOURS 62710 COURRIERES</t>
+  </si>
+  <si>
+    <t>01/01/2024</t>
+  </si>
+  <si>
+    <t>ASSIFEP OUEST</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE DE PENHOAT RUE GUSTAVE EIFFEL 29860 PLABENNEC</t>
+  </si>
+  <si>
+    <t>PARC D ACTIVITES LES GRANDS SILL 35150 CORPS-NUDS</t>
+  </si>
+  <si>
+    <t>ASSOCIATION GROUPE ELIT</t>
+  </si>
+  <si>
+    <t>50 RUE ROUGET DE LISLE 92150 SURESNES</t>
+  </si>
+  <si>
+    <t>MARTINIQUE FORMATION HOLDING</t>
+  </si>
+  <si>
+    <t>CC LA FONTAINE ZAC DE TERREVILLE 97233 SCHŒLCHER</t>
+  </si>
+  <si>
+    <t>19/12/2018</t>
+  </si>
+  <si>
+    <t>BOULAY FORMATION</t>
+  </si>
+  <si>
+    <t>ZA DU CARREFOUR DES BIARDS 17 RUE DES ARTISANS 50540 ISIGNY-LE-BUAT</t>
+  </si>
+  <si>
+    <t>26/03/2008</t>
+  </si>
+  <si>
+    <t>ZA DU COUDRAIS 35133 ROMAGNE</t>
+  </si>
+  <si>
+    <t>01/04/2012</t>
+  </si>
+  <si>
+    <t>14 RUE DE VAL D’IZE 35500 VITRE</t>
+  </si>
+  <si>
+    <t>13/07/2022</t>
+  </si>
+  <si>
+    <t>SN IMFS</t>
+  </si>
+  <si>
+    <t>LOTISSEMENT LES HAUTS DE CALIFORNIE 97232 LE LAMENTIN</t>
+  </si>
+  <si>
+    <t>15/12/2020</t>
+  </si>
+  <si>
+    <t>ALLIANCE FORMATION A LA PREVENTION DES RISQUES A.F.P.R</t>
+  </si>
+  <si>
+    <t>289 RUE DU FAUBOURG DES POSTES 59000 LILLE</t>
+  </si>
+  <si>
+    <t>CONDUITE SECURITE +</t>
+  </si>
+  <si>
+    <t>9 AVENUE DE L'AERODROME 66240 SAINT-ESTEVE</t>
+  </si>
+  <si>
+    <t>01/05/2017</t>
+  </si>
+  <si>
+    <t>FORMATION ET DEVELOPPEMENT INDIVIDUEL</t>
+  </si>
+  <si>
+    <t>4 RUE DE L’ONDAINE 42500 LE CHAMBON-FEUGEROLLES</t>
+  </si>
+  <si>
+    <t>11/05/2018</t>
+  </si>
+  <si>
+    <t>SARL DU BOCAGE</t>
+  </si>
+  <si>
+    <t>34 AVENUE DU 25 AOUT 1944 79140 CERIZAY</t>
+  </si>
+  <si>
+    <t>30/09/2008</t>
+  </si>
+  <si>
+    <t>EXPERTISE FORMATION BBM</t>
+  </si>
+  <si>
+    <t>20 RTE DE JUILLAN 65420 IBOS</t>
+  </si>
+  <si>
+    <t>01/05/2021</t>
+  </si>
+  <si>
+    <t>DELTAFORMA CENTRE</t>
+  </si>
+  <si>
+    <t>MALE LE MOULIN DE QUEUX 61260 VAL-AU-PERCHE</t>
+  </si>
+  <si>
+    <t>15/12/2008</t>
+  </si>
+  <si>
+    <t>26 B RUE HUBERT LE SELLIER DE CHEZELLES 36130 DEOLS</t>
+  </si>
+  <si>
+    <t>PILOTE FORMATION OZONE PLUS</t>
+  </si>
+  <si>
+    <t>RTE DE SAINT NICOLAS DE PORT 54210 VILLE-EN-VERMOIS</t>
+  </si>
+  <si>
+    <t>15/09/2008</t>
+  </si>
+  <si>
+    <t>AFCE FORMATION</t>
+  </si>
+  <si>
+    <t>23 RUE HENRI CORNU 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>05/10/2012</t>
+  </si>
+  <si>
+    <t>8 AV DE LA MOUTTE 13220 CHATEAUNEUF-LES-MARTIGUES</t>
+  </si>
+  <si>
+    <t>MEALET FORMATION</t>
+  </si>
+  <si>
+    <t>C.E.R. FRANCK MEALET</t>
+  </si>
+  <si>
+    <t>4-6 4 AVENUE DE BESSERETTE 15100 SAINT-FLOUR</t>
+  </si>
+  <si>
+    <t>17/11/2008</t>
+  </si>
+  <si>
+    <t>QUALI-FORME</t>
+  </si>
+  <si>
+    <t>3 AVENUE AMPERE 51000 CHALONS-EN-CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>29/08/2011</t>
+  </si>
+  <si>
+    <t>H2S FORMATION</t>
+  </si>
+  <si>
+    <t>29 HAMEAU BELLE CROIX 50630 CRASVILLE</t>
+  </si>
+  <si>
+    <t>01/08/2011</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>ZONE D'ISYPOLE RUE DU 19 MARS 1962 14230 ISIGNY-SUR-MER</t>
+  </si>
+  <si>
+    <t>26/06/2020</t>
+  </si>
+  <si>
+    <t>ABSKILL I</t>
+  </si>
+  <si>
+    <t>79 ROUTE DU CHENE 72230 ARNAGE</t>
+  </si>
+  <si>
+    <t>ABSKILL</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITE DES BORDS DE SAONE RUE GEORGE EASTMAN 71100 CHALON-SUR-SAONE</t>
+  </si>
+  <si>
+    <t>ZA DES MACHERINS 2 RUE DE MADRID 89470 MONETEAU</t>
+  </si>
+  <si>
+    <t>ZAC DE LA PORTE OCEANE 11 RUE DU DANEMARK 56400 AURAY</t>
+  </si>
+  <si>
+    <t>18 RUE DES FRERES LUMIERE 14120 MONDEVILLE</t>
+  </si>
+  <si>
+    <t>FOUCHY ROUTE DE CULOISON 10600 LA CHAPELLE-SAINT-LUC</t>
+  </si>
+  <si>
+    <t>FORGET FORMATION</t>
+  </si>
+  <si>
+    <t>ZA MI VOIE 5 RUE HENRI POLLES 35136 SAINT-JACQUES-DE-LA-LANDE</t>
+  </si>
+  <si>
+    <t>6 RUE DES CARRIERES MORILLON 5 RUE DE LA SABLIERE 94290 VILLENEUVE-LE-ROI</t>
+  </si>
+  <si>
+    <t>1 A RUE DU MURGELOT 25220 CHALEZEULE</t>
+  </si>
+  <si>
+    <t>LA RIGOURDIERE 4 RUE DE CHATILLON 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>17/06/2025</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>ZI ANGERS BEAUCOUZE 3 RUE DE L'EBEAUPIN 49070 BEAUCOUZE</t>
+  </si>
+  <si>
+    <t>8 RUE EUGENE HENAFF 69200 VENISSIEUX</t>
+  </si>
+  <si>
+    <t>20 RUE DE SAINT GERMAIN 61250 CONDE-SUR-SARTHE</t>
+  </si>
+  <si>
+    <t>31/12/2012</t>
+  </si>
+  <si>
+    <t>ZAC DES ACILLOUX 18 RUE LE CORBUSIER 63800 COURNON-D'AUVERGNE</t>
+  </si>
+  <si>
+    <t>02/04/2013</t>
+  </si>
+  <si>
+    <t>21 RUE DE PASQUIS 03100 MONTLUCON</t>
+  </si>
+  <si>
+    <t>PARC D ACTIVITES UNEXPO AVENUE DE L'EPINETTE 59113 SECLIN</t>
+  </si>
+  <si>
+    <t>25/03/2016</t>
+  </si>
+  <si>
+    <t>RUE DU GOLF 21800 QUETIGNY</t>
+  </si>
+  <si>
+    <t>24/09/2019</t>
+  </si>
+  <si>
+    <t>9 RUE DE LA TUILERIE 72300 SABLE-SUR-SARTHE</t>
+  </si>
+  <si>
+    <t>1 C BOULEVARD DE LA COMMUNICATION 53950 LOUVERNE</t>
+  </si>
+  <si>
+    <t>02/05/2022</t>
+  </si>
+  <si>
+    <t>36 AVENUE DE LA GARE 39100 CHAMPVANS</t>
+  </si>
+  <si>
+    <t>01/05/2022</t>
+  </si>
+  <si>
+    <t>PARC DE L ESTUAIRE AVENUE DU CANTIPOU 76700 HARFLEUR</t>
+  </si>
+  <si>
+    <t>02/05/2023</t>
+  </si>
+  <si>
+    <t>420 RUE ARISTIDE BRIAND 50100 CHERBOURG-EN-COTENTIN</t>
+  </si>
+  <si>
+    <t>LE BOIS GROLIN 16590 BRIE</t>
+  </si>
+  <si>
+    <t>03/07/2023</t>
+  </si>
+  <si>
+    <t>122 RUE EMILE COMBES 33270 FLOIRAC</t>
+  </si>
+  <si>
+    <t>501 BOULEVARD ALFRED DANEY 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>LIEUDIT LES TRICHOTS 33490 SAINT-MAIXANT</t>
+  </si>
+  <si>
+    <t>12 RUE GEORGES GUYNEMER 64230 SAUVAGNON</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE DE BEAUREGARD 16 RUE GUSTAVE COURBET 19100 BRIVE-LA-GAILLARDE</t>
+  </si>
+  <si>
+    <t>AV LOUIS LESCURE 24330 BOULAZAC ISLE MANOIRE</t>
+  </si>
+  <si>
+    <t>ZAC DE MAMOURA NORD 551 ALLEE DE MAMOURA 40090 SAINT-AVIT</t>
+  </si>
+  <si>
+    <t>ZONE EST ZAC EUROCENTRE AVENUE DU GIROU 31620 VILLENEUVE-LES-BOULOC</t>
+  </si>
+  <si>
+    <t>2 ZONE DES PORTES D’ESTILLAC 47310 ESTILLAC</t>
+  </si>
+  <si>
+    <t>RUE GUSTAVE EIFFEL 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>17-19-21 17 RUE DE LA BLANCHARDIERE 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>01/06/2024</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION TRANSPORT LOGISTIQUE TRAVAUX PUBLICS</t>
+  </si>
+  <si>
+    <t>23 RUE MARIUS COURTEIX 03150 VARENNES-SUR-ALLIER</t>
+  </si>
+  <si>
+    <t>18/09/2020</t>
+  </si>
+  <si>
+    <t>AUTO ECOLE NOTRE DAME II</t>
+  </si>
+  <si>
+    <t>AUTO ECOLE NOTRE DAME</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA PREFECTURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>30/06/2017</t>
+  </si>
+  <si>
+    <t>GFC</t>
+  </si>
+  <si>
+    <t>3A 3 RUE DE LA SYNAGOGUE 68720 FRŒNINGEN</t>
+  </si>
+  <si>
+    <t>CONTROLE TECHNIQUE DELINSELLE</t>
+  </si>
+  <si>
+    <t>ZA RUE NICEPHORE NIEPCE 59710 PONT-A-MARCQ</t>
+  </si>
+  <si>
+    <t>10/09/2012</t>
+  </si>
+  <si>
+    <t>ACUITE</t>
+  </si>
+  <si>
+    <t>7 RUE ERNEST DAUDET 30000 NIMES</t>
+  </si>
+  <si>
+    <t>18/06/2008</t>
+  </si>
+  <si>
+    <t>ALPES FORMATION</t>
+  </si>
+  <si>
+    <t>322 RUE LOUIS ARMAND 73390 BOURGNEUF</t>
+  </si>
+  <si>
+    <t>03/01/2025</t>
+  </si>
+  <si>
+    <t>A2S CONSEIL</t>
+  </si>
+  <si>
+    <t>6 T RUE DU DOCTEUR ROUSSEAU 59660 MERVILLE</t>
+  </si>
+  <si>
+    <t>18/03/2021</t>
+  </si>
+  <si>
+    <t>ACERFS FORMATION</t>
+  </si>
+  <si>
+    <t>ROUTE NATIONALE 113 30670 AIGUES-VIVES</t>
+  </si>
+  <si>
+    <t>04/01/2016</t>
+  </si>
+  <si>
+    <t>PHENIX FORMATION</t>
+  </si>
+  <si>
+    <t>CRAU FORMATION</t>
+  </si>
+  <si>
+    <t>584 ROUTE DE LA GARE 13200 ARLES</t>
+  </si>
+  <si>
+    <t>05/03/2012</t>
+  </si>
+  <si>
+    <t>CIPECMA FORMATION COLLECTIVITES</t>
+  </si>
+  <si>
+    <t>17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>26/03/2009</t>
+  </si>
+  <si>
+    <t>LES CLES DE LA FORMATION</t>
+  </si>
+  <si>
+    <t>CHEMIN DES NEGADOUX 83140 SIX-FOURS-LES-PLAGES</t>
+  </si>
+  <si>
+    <t>27/11/2014</t>
+  </si>
+  <si>
+    <t>214 AVENUE CALENDAL 13600 LA CIOTAT</t>
+  </si>
+  <si>
+    <t>30/11/2021</t>
+  </si>
+  <si>
+    <t>PREVENTHYS</t>
+  </si>
+  <si>
+    <t>ZAC DE L'ERMITAGE 6 RUE JACQUELINE AURIOL 59552 LAMBRES-LEZ-DOUAI</t>
+  </si>
+  <si>
+    <t>01/04/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEBBER YANNICK   </t>
+  </si>
+  <si>
+    <t>EIRL WEBBER</t>
+  </si>
+  <si>
+    <t>ZAC DE PLAGUE 3 RUE DE LA HAIE ROBERT 35500 VITRE</t>
+  </si>
+  <si>
+    <t>18/04/2014</t>
+  </si>
+  <si>
+    <t>LS FORMATION</t>
+  </si>
+  <si>
+    <t>ACTO FORMATION</t>
+  </si>
+  <si>
+    <t>ZA LE MAX 9 RUE JEAN BONNICHON 03630 DESERTINES</t>
+  </si>
+  <si>
+    <t>ARTOIS FORMATION</t>
+  </si>
+  <si>
+    <t>ZA PILASTRES  CTRE CESAME RUE PIERRE MENDES FRANCE 62232 VENDIN-LES-BETHUNE</t>
+  </si>
+  <si>
+    <t>01/07/2009</t>
+  </si>
+  <si>
+    <t>ACTIVA FORMATION</t>
+  </si>
+  <si>
+    <t>19 RUE DE PASSEE A BALANCE 45140 ORMES</t>
+  </si>
+  <si>
+    <t>01/08/2017</t>
+  </si>
+  <si>
+    <t>FO SEC</t>
+  </si>
+  <si>
+    <t>201 LE ROCHER 44480 DONGES</t>
+  </si>
+  <si>
+    <t>PARC DES ETANGS LOT 12 13920 SAINT-MITRE-LES-REMPARTS</t>
+  </si>
+  <si>
+    <t>NFD CONTROLE</t>
+  </si>
+  <si>
+    <t>ZA ACTIVA 2000 267 RUE DE L’EUROPE 76510 SAINT-NICOLAS-D'ALIERMONT</t>
+  </si>
+  <si>
+    <t>ELEV'UP FORMATION</t>
+  </si>
+  <si>
+    <t>98 AVENUE D'AMSTERDAM 59910 BONDUES</t>
+  </si>
+  <si>
+    <t>06/11/2017</t>
+  </si>
+  <si>
+    <t>ANTILLES FORMATIONS CONTROLES</t>
+  </si>
+  <si>
+    <t>CROISEE MANIOC 97212 SAINT-JOSEPH</t>
+  </si>
+  <si>
+    <t>01/02/2023</t>
+  </si>
+  <si>
+    <t>AFPMA FORMATION</t>
+  </si>
+  <si>
+    <t>1 ALLEE DES TYRANDES 01960 PERONNAS</t>
+  </si>
+  <si>
+    <t>AILLIOT RENE FORMATIONS</t>
+  </si>
+  <si>
+    <t>RENE ALLIOT FORMATIONS</t>
+  </si>
+  <si>
+    <t>13 RUE DES GUENSSES 62147 GRAINCOURT-LES-HAVRINCOURT</t>
+  </si>
+  <si>
+    <t>01/09/2016</t>
+  </si>
+  <si>
+    <t>MACHADO</t>
+  </si>
+  <si>
+    <t>CFR MACHADO</t>
+  </si>
+  <si>
+    <t>22 B BOULEVARD ALEXANDRE CLAIR 43000 LE PUY-EN-VELAY</t>
+  </si>
+  <si>
+    <t>ZA TAULHAC 189 RUE DU BESSON 43000 LE PUY-EN-VELAY</t>
+  </si>
+  <si>
+    <t>ARNIAUD CONSULT'EAM</t>
+  </si>
+  <si>
+    <t>CENTRE AFF OPTIMUM ZAC MILLONNE 2 RTE DE LA SEYNE 83140 SIX FOURS LES PLAGES</t>
+  </si>
+  <si>
+    <t>08/04/2013</t>
+  </si>
+  <si>
+    <t>FORMATEC</t>
+  </si>
+  <si>
+    <t>LD LE MOULIN 257 RUE DU BEAUJOLAIS 69830 SAINT-GEORGES-DE-RENEINS</t>
+  </si>
+  <si>
+    <t>01/11/2010</t>
+  </si>
+  <si>
+    <t>ALTER EGO PRP</t>
+  </si>
+  <si>
+    <t>22 - 24 22 RUE DU PRE DES AULNES 77340 PONTAULT-COMBAULT</t>
+  </si>
+  <si>
+    <t>15/03/2014</t>
+  </si>
+  <si>
+    <t>ALTA PREVENTION</t>
+  </si>
+  <si>
+    <t>12 RUE DU MOULIN 88510 ELOYES</t>
+  </si>
+  <si>
+    <t>30/06/2018</t>
+  </si>
+  <si>
+    <t>SUD PREVENTION SECURITE ENTREPRISES</t>
+  </si>
+  <si>
+    <t>SPS ENTREPRISES</t>
+  </si>
+  <si>
+    <t>MARCHE D'INTERET NATIONAL BATIMENT U2 135 AVENUE PIERRE SEMARD 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>01/07/2010</t>
+  </si>
+  <si>
+    <t>31/12/2015</t>
+  </si>
+  <si>
+    <t>ATSI-NORD</t>
+  </si>
+  <si>
+    <t>2 B RUE JACQUES LECOEUR 62880 VENDIN-LE-VIEIL</t>
+  </si>
+  <si>
+    <t>16/08/2010</t>
+  </si>
+  <si>
+    <t>101 B RUE DES 80 FUSILLES 62590 OIGNIES</t>
+  </si>
+  <si>
+    <t>SOCIETE DE FORMATIONS TECHNIQUES ET LOGISTIQUES</t>
+  </si>
+  <si>
+    <t>SFTL</t>
+  </si>
+  <si>
+    <t>10 RUE DE COCHEREL 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>04/10/2018</t>
+  </si>
+  <si>
+    <t>FORMASECO</t>
+  </si>
+  <si>
+    <t>KERVIDANNOU 2 ZI DE LA MADELEINE 29300 MELLAC</t>
+  </si>
+  <si>
+    <t>06/09/2010</t>
+  </si>
+  <si>
+    <t>MUST FORMATION</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE ROUTE DE VITRY SUR ORNE 57270 UCKANGE</t>
+  </si>
+  <si>
+    <t>PEPCI</t>
+  </si>
+  <si>
+    <t>TOUR ARIANE 5 PLACE DE LA PYRAMIDE 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>01/02/2013</t>
+  </si>
+  <si>
+    <t>66.19B</t>
+  </si>
+  <si>
+    <t>PEPCI FORMATION</t>
+  </si>
+  <si>
+    <t>266 BOULEVARD VOLTAIRE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>ASSISTANCE A LA FORMATION NUCLEAIRE</t>
+  </si>
+  <si>
+    <t>50 RUE DU CAPITAINE MAILLARD 57220 BOULAY-MOSELLE</t>
+  </si>
+  <si>
+    <t>IDEALLIS</t>
+  </si>
+  <si>
+    <t>(ACCES 2 RUE JEAN BERTIN) 79 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>28/12/2013</t>
+  </si>
+  <si>
+    <t>C.E.P.M.G</t>
+  </si>
+  <si>
+    <t>34 ROUTE DE PIQUESSEGUE 33350 MOULIETS-ET-VILLEMARTIN</t>
+  </si>
+  <si>
+    <t>22/11/2010</t>
+  </si>
+  <si>
+    <t>A+CONSEILS</t>
+  </si>
+  <si>
+    <t>BELLE PLACE LA ROCHE SUR YON 116 RUE PIERRE-GILLES DE GENNES 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>13/03/2020</t>
+  </si>
+  <si>
+    <t>NO RISK FORMATION</t>
+  </si>
+  <si>
+    <t>PILOCAP MONTPELLIER</t>
+  </si>
+  <si>
+    <t>ZA LA BISTE 50 RUE CHARLES GIDE 34670 BAILLARGUES</t>
+  </si>
+  <si>
+    <t>RIS FORMATION</t>
+  </si>
+  <si>
+    <t>74 AVENUE DU PRESIDENT KENNEDY 91170 VIRY-CHATILLON</t>
+  </si>
+  <si>
+    <t>05/03/2018</t>
+  </si>
+  <si>
+    <t>HIGHLANDERS PARK 29 RUE ELSA TRIOLET 77176 SAVIGNY-LE-TEMPLE</t>
+  </si>
+  <si>
+    <t>09/09/2024</t>
+  </si>
+  <si>
+    <t>AJB FORMATION</t>
+  </si>
+  <si>
+    <t>204 AVENUE DE COLMAR 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>07/11/2010</t>
+  </si>
+  <si>
+    <t>4 RUE ALBERT SCHWEITZER 67230 OBENHEIM</t>
+  </si>
+  <si>
+    <t>82.19Z</t>
+  </si>
+  <si>
+    <t>CESR'PRO</t>
+  </si>
+  <si>
+    <t>731 ROUTE DE FALAISE 14123 IFS</t>
+  </si>
+  <si>
+    <t>24/02/2011</t>
+  </si>
+  <si>
+    <t>RUE ZAC DE LA CROIX CARREE 50180 AGNEAUX</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>ZA DE L'ESPERANCE ROUTE DE PARIS 14100 LISIEUX</t>
+  </si>
+  <si>
+    <t>CESR CITY PRO</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA PLAINE 76700 GONFREVILLE-L'ORCHER</t>
+  </si>
+  <si>
+    <t>01/12/2012</t>
+  </si>
+  <si>
+    <t>EQUEURDREVILLE HAINNEVILLE RUE VAUBAN 50100 CHERBOURG-EN-COTENTIN</t>
+  </si>
+  <si>
+    <t>24/05/2022</t>
+  </si>
+  <si>
+    <t>RUE JACQUES TATI 61200 ARGENTAN</t>
+  </si>
+  <si>
+    <t>FORMA-PROTEC</t>
+  </si>
+  <si>
+    <t>ZAE LES DIX MUIDS CHEMIN DES POSTES 59770 MARLY</t>
+  </si>
+  <si>
+    <t>02/09/2019</t>
+  </si>
+  <si>
+    <t>1 ROUTE DE VENDEVILLE 59175 TEMPLEMARS</t>
+  </si>
+  <si>
+    <t>FORMATECHNIK</t>
+  </si>
+  <si>
+    <t>PARC ENTREPRISES EUROCAP RUE DU CAP D’AGDE 62231 COQUELLES</t>
+  </si>
+  <si>
+    <t>13/09/2018</t>
+  </si>
+  <si>
+    <t>C.E.P.M.</t>
+  </si>
+  <si>
+    <t>31/03/2011</t>
+  </si>
+  <si>
+    <t>CEPIM RENNES</t>
+  </si>
+  <si>
+    <t>ZAC LE HIL 10 RUE LOUIS DELOURMEL 35230 NOYAL-CHATILLON-SUR-SEICHE</t>
+  </si>
+  <si>
+    <t>CV SECURITE</t>
+  </si>
+  <si>
+    <t>254 RUE DES FOURNELS 34400 LUNEL</t>
+  </si>
+  <si>
+    <t>74.90B</t>
+  </si>
+  <si>
+    <t>AFIS FORMATION</t>
+  </si>
+  <si>
+    <t>7 AVENUE DU VERT-GALANT 64230 LESCAR</t>
+  </si>
+  <si>
+    <t>20/01/2021</t>
+  </si>
+  <si>
+    <t>JEAN-CHRISTOPHE GENIN - ECOLE DE CONDUITE VESULIENNE (ECV)</t>
+  </si>
+  <si>
+    <t>ZAC TECHNOLOGIA RUE MAX DEVAUX 70000 VESOUL</t>
+  </si>
+  <si>
+    <t>GO ! FORMATIONS 57</t>
+  </si>
+  <si>
+    <t>GO ! FORMATIONS 57 NORD</t>
+  </si>
+  <si>
+    <t>28 RUE DES METIERS 57970 YUTZ</t>
+  </si>
+  <si>
+    <t>SECURIT'UP</t>
+  </si>
+  <si>
+    <t>4 RUE BLAISE PASCAL 69680 CHASSIEU</t>
+  </si>
+  <si>
+    <t>26/10/2018</t>
+  </si>
+  <si>
+    <t>STELLANTIS AUTO SAS</t>
+  </si>
+  <si>
+    <t>24 RUE D'ECHENOZ 70000 VESOUL</t>
+  </si>
+  <si>
+    <t>31/12/1998</t>
+  </si>
+  <si>
+    <t>29.10Z</t>
+  </si>
+  <si>
+    <t>2-10 2 BOULEVARD DE L’EUROPE 78300 POISSY</t>
+  </si>
+  <si>
+    <t>03/06/2002</t>
+  </si>
+  <si>
+    <t>VERIN FORMATION</t>
+  </si>
+  <si>
+    <t>282 RUE DE L'ALBECK 59640 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>ACQ FORM NORD</t>
+  </si>
+  <si>
+    <t>27 RUE ANTOINE WATTEAU 59140 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>26/01/2018</t>
+  </si>
+  <si>
+    <t>SMF</t>
+  </si>
+  <si>
+    <t>21 RUE DES ARBELLES 01000 BOURG-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>16/03/2021</t>
+  </si>
+  <si>
+    <t>EPSILON FORMATION</t>
+  </si>
+  <si>
+    <t>3 PARC D'ACTIVITES LA VALLEE 59554 NEUVILLE-SAINT-REMY</t>
+  </si>
+  <si>
+    <t>08/07/2021</t>
+  </si>
+  <si>
+    <t>EUROPE FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>107 AVENUE JEAN MAUBERT 06130 GRASSE</t>
+  </si>
+  <si>
+    <t>14/01/2019</t>
+  </si>
+  <si>
+    <t>FORMATION DOM</t>
+  </si>
+  <si>
+    <t>VILLAGE MAHURY 4 RUE DE LA REUSSITE 97354 REMIRE-MONTJOLY</t>
+  </si>
+  <si>
+    <t>CACEF</t>
+  </si>
+  <si>
+    <t>ZAC DE LA GRERIE 533 ZAC DE LA GRERIE 60170 RIBECOURT-DRESLINCOURT</t>
+  </si>
+  <si>
+    <t>294 ZAC DE LA GRERIE 60170 RIBECOURT-DRESLINCOURT</t>
+  </si>
+  <si>
+    <t>82.11Z</t>
+  </si>
+  <si>
+    <t>SARL CUSSAC FORMATIONS</t>
+  </si>
+  <si>
+    <t>12 RUE DU DOCTEUR LIONNET 15100 SAINT-FLOUR</t>
+  </si>
+  <si>
+    <t>25/06/2012</t>
+  </si>
+  <si>
+    <t>ENCARNA FORMATION</t>
+  </si>
+  <si>
+    <t>ZI TETRAPOLE 1 112 ALLEE DE LA HAUTE COMBE DE SAVOIE 73460 TOURNON</t>
+  </si>
+  <si>
+    <t>ATSI PACA</t>
+  </si>
+  <si>
+    <t>C.F.C.R. 2</t>
+  </si>
+  <si>
+    <t>ZA DE L'AUPRETIN ALLEE PIERRE ET MARIE CURIE 71500 LOUHANS</t>
+  </si>
+  <si>
+    <t>01/08/2012</t>
+  </si>
+  <si>
+    <t>330 RUE DU LEVANT 39000 LONS-LE-SAUNIER</t>
+  </si>
+  <si>
+    <t>30/10/2012</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL RECHERCHE SECURITE</t>
+  </si>
+  <si>
+    <t>65 BOULEVARD RICHARD LENOIR 75011 PARIS</t>
+  </si>
+  <si>
+    <t>29/10/2012</t>
+  </si>
+  <si>
+    <t>72.19Z</t>
+  </si>
+  <si>
+    <t>ASFO DEVELOPPEMENT LIMOUSIN</t>
+  </si>
+  <si>
+    <t>ZI DE BEAUREGARD 12 AVENUE ROGER RONCIER 19100 BRIVE-LA-GAILLARDE</t>
+  </si>
+  <si>
     <t>GROUPEMENT ENTREPRISES DEDIEES A LA FORMATION</t>
   </si>
   <si>
     <t>POLE 2000 RUE DES ENTREPRENANTS 07130 SAINT-PERAY</t>
   </si>
   <si>
     <t>03/10/1994</t>
   </si>
   <si>
     <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
   </si>
   <si>
     <t>1 AVENUE EUGENE GAZEAU 60300 SENLIS</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>VISEO EMPLOI-FORMATION</t>
   </si>
   <si>
     <t>ZONE INDUSTRIELLE DES MARAIS 76340 BLANGY-SUR-BRESLE</t>
   </si>
   <si>
     <t>17/06/2009</t>
   </si>
   <si>
     <t>CIPECMA</t>
   </si>
   <si>
     <t>MAISON DE LA FORMATION 17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L INDUSTRIE DU POITOU CHARENTES</t>
   </si>
   <si>
     <t>3 RUE ALFONSE DE SAINTONGE 17000 LA ROCHELLE</t>
   </si>
   <si>
-    <t>01/01/2013</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION POUR LA FORMATION ET LE PERFECTIONNEMENT PROFESSIONNEL DES PAYS DE L'ADOUR</t>
   </si>
   <si>
     <t>ESPACE ENTREPRISE 1052 RUE DE LA FERME DU CARBOUE 40000 MONT-DE-MARSAN</t>
   </si>
   <si>
     <t>01/11/1996</t>
   </si>
   <si>
     <t>VILLAGE D'ENTREPRISES 352 RUE DENIS PAPIN 40990 SAINT-PAUL-LES-DAX</t>
   </si>
   <si>
-    <t>01/01/2003</t>
-[...1 lines deleted...]
-  <si>
     <t>ASS FORMATION PROFESSIONN DE L'INDUSTRIE</t>
   </si>
   <si>
     <t>ZAC DU PONT LOBY RUE DE ROME 59640 DUNKERQUE</t>
   </si>
   <si>
     <t>16/06/2022</t>
   </si>
   <si>
     <t>GO ! FORMATIONS ALSACE</t>
   </si>
   <si>
     <t>GO ! FORMATIONS 67 SUD</t>
   </si>
   <si>
     <t>ZA DU THAL 51 RUE DU GENERAL LECLERC 67210 OBERNAI</t>
   </si>
   <si>
-    <t>01/12/2012</t>
-[...1 lines deleted...]
-  <si>
     <t>GO ! FORMATIONS 67 NORD</t>
   </si>
   <si>
     <t>ZI DE L'EMBRANCHEMENT RUE DU RAIL 67116 REICHSTETT</t>
   </si>
   <si>
-    <t>01/10/2016</t>
-[...1 lines deleted...]
-  <si>
     <t>DAMOUR FORMATION</t>
   </si>
   <si>
     <t>203 ROUTE DE JEAN PETIT 97480 SAINT-JOSEPH</t>
   </si>
   <si>
-    <t>01/01/2021</t>
-[...1 lines deleted...]
-  <si>
     <t>FC. PRO</t>
   </si>
   <si>
     <t>4 RUE DES GRUES 85240 RIVES-D'AUTISE</t>
   </si>
   <si>
     <t>01/09/2022</t>
   </si>
   <si>
     <t>1 RUE BEAUX VALLONS 17540 SAINT-SAUVEUR-D'AUNIS</t>
   </si>
   <si>
     <t>ATSI NORMANDIE</t>
   </si>
   <si>
     <t>ZA SONOPA ROUTE DE JOHANNE 76650 PETIT-COURONNE</t>
   </si>
   <si>
     <t>ACTION SECURITE ROUTIERE NOURBY FORMATION</t>
   </si>
   <si>
     <t>IMMEUBLE VICTORIA 740 RUE DE LA COMMUNAUTE 97440 SAINT-ANDRE</t>
   </si>
   <si>
     <t>01/03/2013</t>
   </si>
   <si>
     <t>GRP FORMATIONS</t>
   </si>
   <si>
     <t>200 RUE DE RICHWILLER 68260 KINGERSHEIM</t>
   </si>
   <si>
     <t>15/09/2021</t>
   </si>
   <si>
-    <t>OCSA FORMATION</t>
-[...1 lines deleted...]
-  <si>
     <t>6 RUE SIRVEN 31100 TOULOUSE</t>
   </si>
   <si>
     <t>SAS AGOSTINI FORMATION</t>
   </si>
   <si>
     <t>LIEUDIT FOSSI 20170 SAN-GAVINO-DI-CARBINI</t>
   </si>
   <si>
     <t>DRT FORMATION</t>
   </si>
   <si>
     <t>34 RUE DU TORPILLEUR SIROCCO 63300 THIERS</t>
   </si>
   <si>
     <t>01/03/2018</t>
   </si>
   <si>
     <t>TERRAZZONI ALEXANDRE CONSEIL FORMATION</t>
   </si>
   <si>
     <t>TAC FORMATION</t>
   </si>
   <si>
     <t>PARC D ACTIVITES CAPI DI PADOLU ROUTE DE BONIFACIO 20137 PORTO-VECCHIO</t>
   </si>
   <si>
     <t>18/09/2021</t>
   </si>
   <si>
     <t>MANCHE FORMATIONS</t>
   </si>
   <si>
+    <t>M FORMATIONS</t>
+  </si>
+  <si>
     <t>ZA LA PETITE LANDE 194 RUE AMPERE 50380 SAINT-PAIR-SUR-MER</t>
   </si>
   <si>
-    <t>01/09/2019</t>
-[...1 lines deleted...]
-  <si>
     <t>AAA CENTRE DE FORMATION GARIBALDI</t>
   </si>
   <si>
     <t>6 RUE DES COMBATTANTS EN A F N 03000 MOULINS</t>
   </si>
   <si>
     <t>01/10/2014</t>
   </si>
   <si>
     <t>HAFORCAS FORMATION</t>
   </si>
   <si>
     <t>157 AVENUE YVES FARGES 37700 SAINT-PIERRE-DES-CORPS</t>
   </si>
   <si>
     <t>01/05/2013</t>
   </si>
   <si>
     <t>FORMATION BOUQUINET</t>
   </si>
   <si>
     <t>50 RUE DU MANOIR DE SERVIGNE 35000 RENNES</t>
   </si>
   <si>
     <t>30/09/2015</t>
@@ -1282,4643 +4735,1196 @@
   <si>
     <t>26/05/2016</t>
   </si>
   <si>
     <t>219 AVENUE DE L'HERMITAGE 30200 BAGNOLS-SUR-CEZE</t>
   </si>
   <si>
     <t>25/07/2024</t>
   </si>
   <si>
     <t>PREVENTALIS</t>
   </si>
   <si>
     <t>16 IMPASSE DE L’ARBIGNY 21490 VAROIS-ET-CHAIGNOT</t>
   </si>
   <si>
     <t>24/04/2020</t>
   </si>
   <si>
     <t>IFP</t>
   </si>
   <si>
     <t>CHAMBON 63500 ISSOIRE</t>
   </si>
   <si>
-    <t>01/10/2013</t>
-[...1 lines deleted...]
-  <si>
     <t>START EVOLUTION</t>
   </si>
   <si>
     <t>142 RUE DES PAPETERIES 88650 ANOULD</t>
   </si>
   <si>
-    <t>01/05/2021</t>
-[...1 lines deleted...]
-  <si>
     <t>A2L FORMATION</t>
   </si>
   <si>
     <t>10 RUE TREVISE 82370 LABASTIDE-SAINT-PIERRE</t>
   </si>
   <si>
     <t>01/02/2018</t>
   </si>
   <si>
-    <t>CERTIGO TRYAD</t>
-[...3313 lines deleted...]
-  <si>
     <t>EFF FORMATION</t>
   </si>
   <si>
     <t>50 AV DE LA PAIX 08210 MOUZON</t>
   </si>
   <si>
     <t>01/02/2014</t>
   </si>
   <si>
     <t>CONSEILS SERVICES FORMATIONS</t>
   </si>
   <si>
     <t>334 ROUTE DE BOURDIOU 40190 SAINT-CRICQ-VILLENEUVE</t>
   </si>
   <si>
     <t>28/02/2014</t>
   </si>
   <si>
+    <t>CAPEYRON NORD</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES VERT CASTEL 3 RUE VERT CASTEL 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>15/05/2019</t>
+  </si>
+  <si>
+    <t>AUTO ECOLE DOS SANTOS ET FILS</t>
+  </si>
+  <si>
+    <t>108 AVENUE DE LA REPUBLIQUE 46130 BIARS-SUR-CERE</t>
+  </si>
+  <si>
+    <t>HAUTEUR ET SECURITE</t>
+  </si>
+  <si>
+    <t>PLACE DU BAOUMAS 12100 CREISSELS</t>
+  </si>
+  <si>
+    <t>13/04/2016</t>
+  </si>
+  <si>
+    <t>GOREZ FORMATION ET CONTROLE</t>
+  </si>
+  <si>
+    <t>CHEMIN DE CERNAY 51450 BETHENY</t>
+  </si>
+  <si>
+    <t>31/10/2016</t>
+  </si>
+  <si>
+    <t>CYPASS FORMATIONS</t>
+  </si>
+  <si>
+    <t>ZAE DE LA SOURCE 4 RUE DE L'ORB 34450 VIAS</t>
+  </si>
+  <si>
+    <t>25/05/2016</t>
+  </si>
+  <si>
+    <t>RECRUTEMENT CONSEIL INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>ZI DE L'ABBAYE 1 RUE GUSTAVE EIFFEL 44160 PONTCHATEAU</t>
+  </si>
+  <si>
+    <t>05/12/2018</t>
+  </si>
+  <si>
+    <t>FORMA-LOC</t>
+  </si>
+  <si>
+    <t>ZAC LES VERGERS 13670 SAINT-ANDIOL</t>
+  </si>
+  <si>
+    <t>S2 CONSULTING</t>
+  </si>
+  <si>
+    <t>323 ROUTE DE SOULE 40390 SAINT-MARTIN-DE-HINX</t>
+  </si>
+  <si>
+    <t>05/09/2014</t>
+  </si>
+  <si>
+    <t>FCS POUR TOUS</t>
+  </si>
+  <si>
+    <t>48 RUE JEAN JAURES 78130 LES MUREAUX</t>
+  </si>
+  <si>
+    <t>15/03/2021</t>
+  </si>
+  <si>
+    <t>FORSECO</t>
+  </si>
+  <si>
+    <t>MISSION FORMATION - FORSECO</t>
+  </si>
+  <si>
+    <t>400 RUE LOUIS BLERIOT 37210 PARCAY-MESLAY</t>
+  </si>
+  <si>
+    <t>14/05/2019</t>
+  </si>
+  <si>
+    <t>NJ FORMATIONS</t>
+  </si>
+  <si>
+    <t>16 RUE DU CASSE 31240 SAINT-JEAN</t>
+  </si>
+  <si>
+    <t>CFM - CONSEIL FORMATION MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>74 CHEMIN DE PATAFLOUX 13220 CHATEAUNEUF-LES-MARTIGUES</t>
+  </si>
+  <si>
+    <t>05/01/2015</t>
+  </si>
+  <si>
+    <t>ECF G. SACAREAU</t>
+  </si>
+  <si>
+    <t>ZI EN JACCA 8 CHEMIN DE L'ECHUT 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>13/03/2017</t>
+  </si>
+  <si>
+    <t>PROMOTRANS FORMATION PROFESSIONNELLE CONTINUE</t>
+  </si>
+  <si>
+    <t>9-11 ALLEE DU BOIS DE L'ORME 41100 SAINT-OUEN</t>
+  </si>
+  <si>
+    <t>ZA DE L'ECLUSE 22120 YFFINIAC</t>
+  </si>
+  <si>
+    <t>ZAC LA VALLEE RUE MARCEL PAUL 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>14 RUE DE LA CESIERE 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>31 RUE DU VAL CLAIR 51100 REIMS</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE RUE NICEPHORE NIEPCE 14120 MONDEVILLE</t>
+  </si>
+  <si>
+    <t>ZI DE BORDEAUX FRET RUE DE STRASBOURG 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>18 RUE PASCAL 77100 MEAUX</t>
+  </si>
+  <si>
+    <t>PLATEFORME LOGISTIQUE DU GRAND LYON RPT BERNARD VOS 69780 MIONS</t>
+  </si>
+  <si>
+    <t>1000 RUE DE LA CASTELLE 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>RUE DE LA GRANDE EPINE 76800 SAINT-ETIENNE-DU-ROUVRAY</t>
+  </si>
+  <si>
+    <t>208 RUE CLEMENT ADER 13340 ROGNAC</t>
+  </si>
+  <si>
+    <t>RUE DE LA CHOCOLATERIE 26290 DONZERE</t>
+  </si>
+  <si>
+    <t>20 RUE DU BEL AIR 94400 VITRY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>RUE JOHN HADLEY 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>BOULEVARD SALVADOR ALLENDE 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>ZAC LE VALLON 3 RUE CLAUDE CHAPPE 35230 NOYAL-CHATILLON-SUR-SEICHE</t>
+  </si>
+  <si>
+    <t>ZAC DU PARC DES TULIPES SUD 1 AVENUE DU XXIEME SIECLE 95500 GONESSE</t>
+  </si>
+  <si>
+    <t>01/08/2016</t>
+  </si>
+  <si>
+    <t>PROMOTRANS FPC</t>
+  </si>
+  <si>
+    <t>ZI DE THIBAUD - BAT B2 8 RUE COLOMIES 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>ZI ACTINORD LES SAUGES LE BAS PALLUAU 72650 LA CHAPELLE-SAINT-AUBIN</t>
+  </si>
+  <si>
+    <t>3 RUE GEORGES MAHIEU 76290 MONTIVILLIERS</t>
+  </si>
+  <si>
+    <t>PROMOTRANS</t>
+  </si>
+  <si>
+    <t>AVENUE JULES CESAR 62223 SAINT-LAURENT-BLANGY</t>
+  </si>
+  <si>
+    <t>55 RUE RASPAIL 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>15/11/2021</t>
+  </si>
+  <si>
+    <t>5 RUE GASTON RAMON 57050 METZ</t>
+  </si>
+  <si>
+    <t>RUE DES FRERES PEUGEOT 68127 SAINTE-CROIX-EN-PLAINE</t>
+  </si>
+  <si>
+    <t>02/09/2024</t>
+  </si>
+  <si>
+    <t>8 RUE LAVOISIER 45140 INGRE</t>
+  </si>
+  <si>
+    <t>02/06/2025</t>
+  </si>
+  <si>
+    <t>SASU AUDIT CONSEIL FORMATION</t>
+  </si>
+  <si>
+    <t>223 RUE DE LA FOSSE BONNEL 59167 LALLAING</t>
+  </si>
+  <si>
+    <t>26/02/2018</t>
+  </si>
+  <si>
+    <t>GANAEC FORMATION</t>
+  </si>
+  <si>
+    <t>35 ZA DE BIEZE 38110 SAINT-CLAIR-DE-LA-TOUR</t>
+  </si>
+  <si>
+    <t>SAS PHOENIX CONTROLE INGENIERIE</t>
+  </si>
+  <si>
+    <t>617 AVENUE JACQUES CHABAN DELMAS 13300 SALON-DE-PROVENCE</t>
+  </si>
+  <si>
+    <t>CAPL FORMATION</t>
+  </si>
+  <si>
+    <t>RUE DU LEY 64121 SERRES-CASTET</t>
+  </si>
+  <si>
+    <t>01/05/2015</t>
+  </si>
+  <si>
+    <t>CF LIVRY CONDUITE</t>
+  </si>
+  <si>
+    <t>5 AVENUE JEAN JACQUES ROUSSEAU 93190 LIVRY-GARGAN</t>
+  </si>
+  <si>
+    <t>07/05/2015</t>
+  </si>
+  <si>
+    <t>CAB FORMATIONS</t>
+  </si>
+  <si>
+    <t>151 AVENUE GALLIENI 93170 BAGNOLET</t>
+  </si>
+  <si>
+    <t>20/11/2017</t>
+  </si>
+  <si>
+    <t>J ET D AQUITAINE</t>
+  </si>
+  <si>
+    <t>97 IMPASSE DE BERNES 47160 SAINT-PIERRE-DE-BUZET</t>
+  </si>
+  <si>
+    <t>01/12/2018</t>
+  </si>
+  <si>
+    <t>FORMAPHENIX</t>
+  </si>
+  <si>
+    <t>ALLEE C 20 CHEMIN LOUIS CHIRPAZ 69130 ECULLY</t>
+  </si>
+  <si>
+    <t>CONTROL</t>
+  </si>
+  <si>
+    <t>31/07/2018</t>
+  </si>
+  <si>
+    <t>ZONE D ACTIVITES DU BEDAT 33650 SAINT MEDARD D'EYRANS</t>
+  </si>
+  <si>
+    <t>CONTROL FORMATION</t>
+  </si>
+  <si>
+    <t>121 CHEMIN DES PIGNADAS 64240 HASPARREN</t>
+  </si>
+  <si>
+    <t>21/09/2020</t>
+  </si>
+  <si>
+    <t>52 ROUTE DE RIVESALTES 66240 SAINT-ESTEVE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ADAMANTIS - BATIMENT A 3 AVENUE DE L'INDUSTRIE 31150 BRUGUIERES</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>GO ! FORM'ACTION ALSACE</t>
+  </si>
+  <si>
+    <t>GO ! FORM'ACTION 67 SUD</t>
+  </si>
+  <si>
+    <t>51 RUE DU GENERAL LECLERC 67210 OBERNAI</t>
+  </si>
+  <si>
+    <t>19/06/2015</t>
+  </si>
+  <si>
+    <t>RESEAU PRO EST</t>
+  </si>
+  <si>
+    <t>82 RUE AMBROISE PARE 69800 SAINT-PRIEST</t>
+  </si>
+  <si>
+    <t>12/10/2017</t>
+  </si>
+  <si>
+    <t>2 AVENUE DES CRAYERES 51520 LA VEUVE</t>
+  </si>
+  <si>
+    <t>ADVITAM PREVENTION</t>
+  </si>
+  <si>
+    <t>ZAC ARTOIPOLE 1 60 ALLEE D'IRLANDE 62223 FEUCHY</t>
+  </si>
+  <si>
+    <t>09/01/2018</t>
+  </si>
+  <si>
+    <t>MG FORMATION EPINAL</t>
+  </si>
+  <si>
+    <t>57 RTE D'EPINAL 88390 UXEGNEY</t>
+  </si>
+  <si>
+    <t>10/09/2015</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>CAT R FORMATION</t>
+  </si>
+  <si>
+    <t>5 RUE EDOUARD BRANLY 77290 MITRY-MORY</t>
+  </si>
+  <si>
+    <t>04/03/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GAUTRET PHILIPPE   </t>
+  </si>
+  <si>
+    <t>12 RUE DE LA GRANDE CORVEE 71370 SAINT-GERMAIN-DU-PLAIN</t>
+  </si>
+  <si>
+    <t>15/11/2015</t>
+  </si>
+  <si>
+    <t>PROTECT'UP</t>
+  </si>
+  <si>
+    <t>ZA DE PIERRE LONGUE 423 RUE DE PIERRE-LONGUE 74800 AMANCY</t>
+  </si>
+  <si>
+    <t>15/01/2018</t>
+  </si>
+  <si>
+    <t>PARC DES GLAISINS - ANNECY LE VIEUX 10 AV DU PRE DE CHALLES 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>29/11/2018</t>
+  </si>
+  <si>
+    <t>120 AVENUE DES JOURDIES 74800 SAINT-PIERRE-EN-FAUCIGNY</t>
+  </si>
+  <si>
+    <t>14/10/2021</t>
+  </si>
+  <si>
+    <t>AUSTRAL FORMATION</t>
+  </si>
+  <si>
+    <t>9 RUE DES AGAVES 97411 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>NEW'S FORMATIONS</t>
+  </si>
+  <si>
+    <t>ZI LA BOULE NOIRE 666 CHEMIN DE CALAMEAU 13140 MIRAMAS</t>
+  </si>
+  <si>
+    <t>02/12/2015</t>
+  </si>
+  <si>
+    <t>2T FORMATION</t>
+  </si>
+  <si>
+    <t>ZI THIBAUD 12 RUE HENRI TURNER 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>15/03/2022</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION PREVENTION SECURITE ET PRESTATION</t>
+  </si>
+  <si>
+    <t>IFPS</t>
+  </si>
+  <si>
+    <t>498 ANCIENNE ROUTE ROYALE 30130 PONT-SAINT-ESPRIT</t>
+  </si>
+  <si>
+    <t>19/01/2016</t>
+  </si>
+  <si>
+    <t>SELECT FORMATION</t>
+  </si>
+  <si>
+    <t>MANUTEO</t>
+  </si>
+  <si>
+    <t>15/02/2022</t>
+  </si>
+  <si>
+    <t>ATSI IDF</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITE DES PETITS CARREAUX 6 AVENUE DES COQUELICOTS 94380 BONNEUIL-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>S&amp;F CONSULTING</t>
+  </si>
+  <si>
+    <t>S&amp;F</t>
+  </si>
+  <si>
+    <t>30 B RUE DU VIEIL ABREUVOIR 78100 SAINT-GERMAIN-EN-LAYE</t>
+  </si>
+  <si>
+    <t>ACC FORMATIONS</t>
+  </si>
+  <si>
+    <t>531 AVENUE ANDRE BOUERY 31800 SAINT-GAUDENS</t>
+  </si>
+  <si>
+    <t>02/01/2018</t>
+  </si>
+  <si>
+    <t>D7 ROUTE DE JUILLAN 65420 IBOS</t>
+  </si>
+  <si>
+    <t>02/01/2023</t>
+  </si>
+  <si>
+    <t>CFP972</t>
+  </si>
+  <si>
+    <t>35 BOULEVARD FERNAND GUILLON 97232 LE LAMENTIN</t>
+  </si>
+  <si>
+    <t>02973096897</t>
+  </si>
+  <si>
+    <t>DELTA FORMATIONS GARDOISES</t>
+  </si>
+  <si>
+    <t>850 RUE ETIENNE LENOIR 30900 NIMES</t>
+  </si>
+  <si>
+    <t>FOR'MISSION</t>
+  </si>
+  <si>
+    <t>ROUTE DE GALINREY 81200 AIGUEFONDE</t>
+  </si>
+  <si>
+    <t>01/09/2024</t>
+  </si>
+  <si>
+    <t>LUBERON ECOLE DE CONDUITE</t>
+  </si>
+  <si>
+    <t>RN 96 CHE DU CONCASSEUR 13860 PEYROLLES-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/12/2017</t>
+  </si>
+  <si>
+    <t>FORMASEVEN</t>
+  </si>
+  <si>
+    <t>32 RUE BASSE 34770 GIGEAN</t>
+  </si>
+  <si>
+    <t>GO ! FORMATIONS CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>GO ! FORMATIONS 51</t>
+  </si>
+  <si>
+    <t>GO ! FORMATIONS 02 SOISSONS</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE RUE DES MOINES 02200 VILLENEUVE-SAINT-GERMAIN</t>
+  </si>
+  <si>
+    <t>3 RUE WILLIAM ET CATHERINE BOOTH 10000 TROYES</t>
+  </si>
+  <si>
+    <t>24/07/2024</t>
+  </si>
+  <si>
+    <t>ACS VENDEE FORMATION</t>
+  </si>
+  <si>
+    <t>ZI ROUTE DE NIORT ALLEE ROGER GUILLEMET 85200 FONTENAY-LE-COMTE</t>
+  </si>
+  <si>
+    <t>27/06/2016</t>
+  </si>
+  <si>
+    <t>BS CONSEIL</t>
+  </si>
+  <si>
+    <t>4 RUE SAINT CLEMENT 57670 INSMING</t>
+  </si>
+  <si>
+    <t>05/08/2016</t>
+  </si>
+  <si>
+    <t>AMAF FORMATION</t>
+  </si>
+  <si>
+    <t>230 CHEMIN DU MIDI 84300 CAVAILLON</t>
+  </si>
+  <si>
+    <t>SMMI PROTECTIONS SPECIALES</t>
+  </si>
+  <si>
+    <t>ZAC DE BIEVRE 764 RUE ALPHONSE GOURJU 38140 APPRIEU</t>
+  </si>
+  <si>
+    <t>26/09/2016</t>
+  </si>
+  <si>
+    <t>77.12Z</t>
+  </si>
+  <si>
+    <t>EFCO</t>
+  </si>
+  <si>
+    <t>CAMPUS INDUSTRIEL GRD CHALON BOURGOGNE 11 RUE GABRIEL LIPPMANN 71100 CHALON-SUR-SAONE</t>
+  </si>
+  <si>
+    <t>01/05/2020</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>EFCO FORMATION</t>
+  </si>
+  <si>
+    <t>25 RUE LE TINTORET 80080 AMIENS</t>
+  </si>
+  <si>
+    <t>ATSI CENTRE OUEST</t>
+  </si>
+  <si>
+    <t>LES SIX CROIX 44480 DONGES</t>
+  </si>
+  <si>
+    <t>8 RUE LAMINEUR 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>CONSEILS FORMATIONS AVENIR SECURITE</t>
+  </si>
+  <si>
+    <t>ROUTE DU ROTCHE 40090 SAINT-PERDON</t>
+  </si>
+  <si>
+    <t>27/07/2020</t>
+  </si>
+  <si>
+    <t>B ROGER SERVICES</t>
+  </si>
+  <si>
+    <t>29 RUE DE FONTAINE 62134 PREDEFIN</t>
+  </si>
+  <si>
+    <t>470 RUE DE LA VALLEE 62130 GAUCHIN-VERLOINGT</t>
+  </si>
+  <si>
+    <t>AFPA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
+  </si>
+  <si>
+    <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
+  </si>
+  <si>
+    <t>36 RUE PAUL BERT 44100 NANTES</t>
+  </si>
+  <si>
+    <t>35 RUE DE LA MITTERIE 59160 LILLE</t>
+  </si>
+  <si>
+    <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
+  </si>
+  <si>
+    <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>6 RUE DU MOULINEL 59169 CANTIN</t>
+  </si>
+  <si>
+    <t>168 ROUTE DE BEAUCAIRE 30000 NIMES</t>
+  </si>
+  <si>
+    <t>CHE DES CHARBONNIERES 49700 DOUE-EN-ANJOU</t>
+  </si>
+  <si>
+    <t>LA BONNAUDERIE 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION 35 RUE DE LA MITTERIE 59160 LILLE</t>
+  </si>
+  <si>
+    <t>56 AVENUE EMILE ZOLA 84130 LE PONTET</t>
+  </si>
+  <si>
+    <t>2 RUE LOUIS ARAGON 91130 RIS-ORANGIS</t>
+  </si>
+  <si>
+    <t>RTE D ILLANGE 57970 YUTZ</t>
+  </si>
+  <si>
+    <t>30 BOULEVARD DU HUIT MAI 1945 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>11 AVENUE PIERRE SALVI 95500 GONESSE</t>
+  </si>
+  <si>
+    <t>222 RUE DE VIEUX-BERQUIN 59190 HAZEBROUCK</t>
+  </si>
+  <si>
+    <t>21 BOULEVARD HOCHE 85200 FONTENAY-LE-COMTE</t>
+  </si>
+  <si>
+    <t>AFPA ACCES A L' EMPLOI</t>
+  </si>
+  <si>
+    <t>MAN-MAT</t>
+  </si>
+  <si>
+    <t>BOITE 68 58 AVENUE GEORGES CLEMENCEAU 94700 MAISONS-ALFORT</t>
+  </si>
+  <si>
+    <t>14/11/2016</t>
+  </si>
+  <si>
+    <t>47.52A</t>
+  </si>
+  <si>
+    <t>73 B AVENUE MARECHAL LECLERC 10120 SAINT-ANDRE-LES-VERGERS</t>
+  </si>
+  <si>
+    <t>TURPEAU FORMATION</t>
+  </si>
+  <si>
+    <t>CENTRE COMMERCIAL DU PORTEAU RUE TIRAQUEAU 85200 FONTENAY LE COMTE</t>
+  </si>
+  <si>
+    <t>20/01/2017</t>
+  </si>
+  <si>
+    <t>JMD FORMATION</t>
+  </si>
+  <si>
+    <t>11 PLACE BARBIER 60210 GRANDVILLIERS</t>
+  </si>
+  <si>
+    <t>01/11/2017</t>
+  </si>
+  <si>
+    <t>SM CONSEILS &amp; FORMATIONS</t>
+  </si>
+  <si>
+    <t>1 RUE DU VALLON 67320 EYWILLER</t>
+  </si>
+  <si>
+    <t>CERTITESTS</t>
+  </si>
+  <si>
+    <t>9 ALLEE DE MOULEREAU 33450 IZON</t>
+  </si>
+  <si>
+    <t>01/07/2024</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION BLANCHARD LOUVIERS</t>
+  </si>
+  <si>
+    <t>297 RUE DES VIVES TERRES 27400 VIRONVAY</t>
+  </si>
+  <si>
+    <t>02/10/2023</t>
+  </si>
+  <si>
+    <t>DEPHIPRO</t>
+  </si>
+  <si>
+    <t>206 RUE DES TOURTERELLES 47340 HAUTEFAGE-LA-TOUR</t>
+  </si>
+  <si>
+    <t>10/05/2017</t>
+  </si>
+  <si>
+    <t>ZI JEAN MALEZE 4 RUE LOUIS ARMAND 47240 BON-ENCONTRE</t>
+  </si>
+  <si>
+    <t>FORQA FORMATION 89</t>
+  </si>
+  <si>
+    <t>10 RUE DES ISLES 89470 MONETEAU</t>
+  </si>
+  <si>
+    <t>13/07/2020</t>
+  </si>
+  <si>
+    <t>FORQA FORMATION SENS</t>
+  </si>
+  <si>
+    <t>16 ROUTE DE VOULX 89100 SENS</t>
+  </si>
+  <si>
+    <t>02/01/2024</t>
+  </si>
+  <si>
+    <t>DUCOS FABIEN FORMATION</t>
+  </si>
+  <si>
+    <t>49 ALLEE DU REFUGE 40090 SAINT-AVIT</t>
+  </si>
+  <si>
+    <t>03/10/2022</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION 3D</t>
+  </si>
+  <si>
+    <t>1698 ROUTE DE SAINT GENIX 38490 AOSTE</t>
+  </si>
+  <si>
+    <t>05/06/2017</t>
+  </si>
+  <si>
+    <t>FORMA SUD CONSEIL</t>
+  </si>
+  <si>
+    <t>4 RUE PAUL MASSOT 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>SAG &amp; LOG</t>
+  </si>
+  <si>
+    <t>50-54 50 AV VIEUX CHE DE ST DENIS 92390 VILLENEUVE LA GARENNE</t>
+  </si>
+  <si>
+    <t>14/06/2017</t>
+  </si>
+  <si>
+    <t>FACES</t>
+  </si>
+  <si>
+    <t>800 BOULEVARD JEAN ROSTAND 42650 SAINT-JEAN-BONNEFONDS</t>
+  </si>
+  <si>
+    <t>07/07/2017</t>
+  </si>
+  <si>
+    <t>AFC PRO "AUDIT - FORMATION ET CONTROLE - PRO"</t>
+  </si>
+  <si>
+    <t>1 RUE DES HARDREVINS 79300 BRESSUIRE</t>
+  </si>
+  <si>
+    <t>21/08/2017</t>
+  </si>
+  <si>
+    <t>VERIFRANCE</t>
+  </si>
+  <si>
+    <t>FUGA FORMATION</t>
+  </si>
+  <si>
+    <t>29 RUE DE POULAINVILLE 80080 AMIENS</t>
+  </si>
+  <si>
+    <t>GAMMA CONSULTING</t>
+  </si>
+  <si>
+    <t>33A 33 A ROUTE DE LA FEDERATION 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>SOCOTEC FORMATION</t>
+  </si>
+  <si>
+    <t>ZI DE MONTAUDRAN RUE JEAN RODIER 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/04/2018</t>
+  </si>
+  <si>
+    <t>ZAC DES TAILLIS IMPASSE DU RHONE 69960 CORBAS</t>
+  </si>
+  <si>
+    <t>RUE JULIUS ET ETHEL ROSENBERG 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>PETITE SYNTHE AVENUE DE LA GIRONDE 59640 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>ZONE ESPACE LEADERS 30 ALLEE DE MARIGNY 74540 ALBY-SUR-CHERAN</t>
+  </si>
+  <si>
+    <t>DOMAINE DU MILLENIUM 6 IMPASSE HENRY LE CHATELIER 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>PARIS NORD 2 6 ALLEE DES ERABLES 95500 GONESSE</t>
+  </si>
+  <si>
+    <t>ZA L'AGAVON 13 AV LAMARTINE ZAC DE L AGAVON 13170 LES PENNES MIRABEAU</t>
+  </si>
+  <si>
+    <t>PARC DE LA PORTE SUD RUE DU PONT-DU-PEAGE 67118 GEISPOLSHEIM</t>
+  </si>
+  <si>
+    <t>5 PLACE DES FRERES MONTGOLFIER 78280 GUYANCOURT</t>
+  </si>
+  <si>
+    <t>30/04/2018</t>
+  </si>
+  <si>
+    <t>ZI LA COUDRIERE 37210 PARCAY-MESLAY</t>
+  </si>
+  <si>
+    <t>04/07/2018</t>
+  </si>
+  <si>
+    <t>PARC TECHNOLOGIE ORLEANS CHARBONNIERE 3 RUE DE ROCHEFORT 45800 SAINT-JEAN-DE-BRAYE</t>
+  </si>
+  <si>
+    <t>4-6 4 RUE DES ORMES 59810 LESQUIN</t>
+  </si>
+  <si>
+    <t>01/08/2022</t>
+  </si>
+  <si>
+    <t>ASFO GRAND SUD</t>
+  </si>
+  <si>
+    <t>PARC TECHNOLOGIQUE DU CANAL 14 AVENUE DE L’EUROPE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>07/12/2017</t>
+  </si>
+  <si>
+    <t>ROND POINT DE L'EUROPE 50 ROUTE DE NARBONNE 11800 TREBES</t>
+  </si>
+  <si>
+    <t>21/09/2019</t>
+  </si>
+  <si>
+    <t>24 RUE EVARISTE GALOIS 81000 ALBI</t>
+  </si>
+  <si>
+    <t>17/11/2021</t>
+  </si>
+  <si>
+    <t>9 AVENUE CLEMENT FAYAT 32500 FLEURANCE</t>
+  </si>
+  <si>
+    <t>12/07/2024</t>
+  </si>
+  <si>
+    <t>99 AVENUE FRANCOIS MITTERRAND 47200 MARMANDE</t>
+  </si>
+  <si>
+    <t>ACRONIS</t>
+  </si>
+  <si>
+    <t>699 ROUTE DE MONTESSUY 01990 CHANEINS</t>
+  </si>
+  <si>
+    <t>FORMALEV</t>
+  </si>
+  <si>
+    <t>ZA DES HAUTES PERCHES IMPASSE DU PORTEAU 49610 SAINT-MELAINE-SUR-AUBANCE</t>
+  </si>
+  <si>
+    <t>MF FORMATION</t>
+  </si>
+  <si>
+    <t>FLAGEAC 11 RUE DE BREUIL 43100 COHADE</t>
+  </si>
+  <si>
+    <t>AGENEAU FORMATION</t>
+  </si>
+  <si>
+    <t>27 RUE DE LA SARTHE 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>02/03/2018</t>
+  </si>
+  <si>
+    <t>RTE DEPARTEMENTALE 752 - ANDREZE ZONE D'ACTIVITES LA GRANDE LANDE 49110 BEAUPREAU-EN-MAUGES</t>
+  </si>
+  <si>
+    <t>ALLEE JEAN BEAULIEU 49800 TRELAZE</t>
+  </si>
+  <si>
+    <t>15/07/2023</t>
+  </si>
+  <si>
+    <t>NOUMEA</t>
+  </si>
+  <si>
+    <t>MONTVERT LES HAUTS 242 CHEMIN TERRE DES CHENES 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>68.20B</t>
+  </si>
+  <si>
+    <t>CENTRE INDEPENDANT DE VALIDATION TECHNIQUE FORMATION</t>
+  </si>
+  <si>
+    <t>DOMAINE INDUSTRIEL SAONEOR 23 RUE ANTOINE HENRI BECQUEREL 71100 CHALON-SUR-SAONE</t>
+  </si>
+  <si>
+    <t>07/05/2018</t>
+  </si>
+  <si>
+    <t>AMG. FORMATIONS</t>
+  </si>
+  <si>
+    <t>AMG.FORMATIONS</t>
+  </si>
+  <si>
+    <t>50 ROUTE DE LISSES 91100 CORBEIL-ESSONNES</t>
+  </si>
+  <si>
+    <t>05/01/2022</t>
+  </si>
+  <si>
+    <t>EMERIS FORMATION</t>
+  </si>
+  <si>
+    <t>LES BRUYERES 263 RUE LAVOISIER 01960 PERONNAS</t>
+  </si>
+  <si>
+    <t>A4 FORMATION</t>
+  </si>
+  <si>
+    <t>9 RUE WATT 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>08/09/2018</t>
+  </si>
+  <si>
+    <t>FORMA HAUTS DE FRANCE</t>
+  </si>
+  <si>
+    <t>19 B RUE DE LA GARE 62112 CORBEHEM</t>
+  </si>
+  <si>
+    <t>15/10/2018</t>
+  </si>
+  <si>
+    <t>LES FORMATEURS PARISIENS</t>
+  </si>
+  <si>
+    <t>147 RUE ANATOLE FRANCE 93700 DRANCY</t>
+  </si>
+  <si>
+    <t>MAYOTTE FORMATION PROS</t>
+  </si>
+  <si>
+    <t>COMBANI 26 ROUTE DE COCONI 97680 TSINGONI</t>
+  </si>
+  <si>
+    <t>06973196697</t>
+  </si>
+  <si>
+    <t>FB FORMATION</t>
+  </si>
+  <si>
+    <t>FB FORMATION PARTHENAY</t>
+  </si>
+  <si>
+    <t>20 RUE DESCARTES 79200 PARTHENAY</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION MOREAU</t>
+  </si>
+  <si>
+    <t>IMPASSE EN CHOSSAGNE 01190 OZAN</t>
+  </si>
+  <si>
+    <t>24/01/2019</t>
+  </si>
+  <si>
+    <t>L.M. FORMATION</t>
+  </si>
+  <si>
+    <t>70 AVENUE PIERRE PIFFAULT 72100 LE MANS</t>
+  </si>
+  <si>
+    <t>22/01/2019</t>
+  </si>
+  <si>
+    <t>DP FORMATION</t>
+  </si>
+  <si>
+    <t>61 ALLEE DES PEUPLIERS 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>25/04/2019</t>
+  </si>
+  <si>
+    <t>3F INVESTISSEMENTS</t>
+  </si>
+  <si>
+    <t>ZAC DE LA VENTE OLIVIER 670 RUE DU NOYER DES BOUTTIERES 76800 SAINT-ETIENNE-DU-ROUVRAY</t>
+  </si>
+  <si>
+    <t>CABINET COACH FORMATION</t>
+  </si>
+  <si>
+    <t>IMM LES ORCHIDEES- ZI DE JARRY RUE HENRI BECQUEREL-JARRY 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>02/12/2019</t>
+  </si>
+  <si>
+    <t>01973236797</t>
+  </si>
+  <si>
+    <t>FORPRO CONSEIL</t>
+  </si>
+  <si>
+    <t>1 RUE DES GOULOTTES 71210 MONTCHANIN</t>
+  </si>
+  <si>
+    <t>GIE FORMATION</t>
+  </si>
+  <si>
+    <t>46 AVENUE JEAN JAURES 24120 TERRASSON-LAVILLEDIEU</t>
+  </si>
+  <si>
+    <t>17/07/2023</t>
+  </si>
+  <si>
+    <t>FRC TECHNIQUE</t>
+  </si>
+  <si>
+    <t>4 AVENUE DE LA LIBERATION 60160 MONTATAIRE</t>
+  </si>
+  <si>
     <t>CFMA</t>
   </si>
   <si>
     <t>ZONE INDUSTRIELLE 7 RUE DE LA JEANNAIE 22400 LAMBALLE-ARMOR</t>
   </si>
   <si>
-    <t>CENTRE DE FORMATION MOREAU</t>
-[...1210 lines deleted...]
-  <si>
     <t>C.A.F.C.E.S - FORMA - PRO - PREVENTION - SECURITE</t>
   </si>
   <si>
     <t>10 RUE DU MAITRE DU MONDE 80440 GLISY</t>
   </si>
   <si>
     <t>17/08/2020</t>
   </si>
   <si>
     <t>BTP FRANCE FORMATION</t>
   </si>
   <si>
     <t>245 AVENUE DE L'UNIVERSITE 83160 LA VALETTE-DU-VAR</t>
   </si>
   <si>
     <t>JB FORMATION BESANCON</t>
   </si>
   <si>
     <t>6 RUE ROBERT SCHUMAN 25410 SAINT-VIT</t>
   </si>
   <si>
+    <t>30/11/2025</t>
+  </si>
+  <si>
     <t>METAFOR</t>
   </si>
   <si>
     <t>3 AVENUE DU MARECHAL JUIN 95500 GONESSE</t>
   </si>
   <si>
     <t>07/04/2021</t>
   </si>
   <si>
     <t>FORQA FORMATION 21</t>
   </si>
   <si>
     <t>18 RUE COLBERT 21600 LONGVIC</t>
   </si>
   <si>
     <t>MAESTRIAS</t>
   </si>
   <si>
     <t>RUE DES COMBATTANTS D'AFRIQUE 35300 FOUGERES</t>
   </si>
   <si>
     <t>29/08/2023</t>
   </si>
   <si>
     <t>SAS PROMOTRANS DEVELOPPEMENT</t>
@@ -6178,51 +6184,51 @@
   <si>
     <t>29/07/2022</t>
   </si>
   <si>
     <t>14 IMPASSE BOIRAC 21000 DIJON</t>
   </si>
   <si>
     <t>ECO CAMPUS PROVENCE 445 RUE GABRIEL BESSON 04220 SAINTE-TULLE</t>
   </si>
   <si>
     <t>ZI LA GARDE 21 AV IRENE ET F JOLIOT CURIE 83130 LA GARDE</t>
   </si>
   <si>
     <t>70 RUE DE LA TOUR 42000 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>235 ROUTE DU MESNIL 76290 MONTIVILLIERS</t>
   </si>
   <si>
     <t>334 CHE DES GRANDES TERRES 01250 MONTAGNAT</t>
   </si>
   <si>
     <t>06/07/2023</t>
   </si>
   <si>
-    <t>74 RUE DE GAUTRAY 45590 SAINT-CYR-EN-VAL</t>
+    <t>174 RUE DE GAUTRAY 45590 SAINT-CYR-EN-VAL</t>
   </si>
   <si>
     <t>ZAC DE L'ECUYERE 5 RUE DU MANITOBA 49300 CHOLET</t>
   </si>
   <si>
     <t>31/07/2024</t>
   </si>
   <si>
     <t>ELSASS FORMATION</t>
   </si>
   <si>
     <t>FAUBOURG DE COLMAR 68700 UFFHOLTZ</t>
   </si>
   <si>
     <t>25/05/2022</t>
   </si>
   <si>
     <t>FORMA-SO</t>
   </si>
   <si>
     <t>9 AVENUE JOSEPH MARIE JACQUARD 64140 LONS</t>
   </si>
   <si>
     <t>19/05/2022</t>
   </si>
@@ -6241,54 +6247,51 @@
   <si>
     <t>02973405297</t>
   </si>
   <si>
     <t>REVO</t>
   </si>
   <si>
     <t>LIEUDIT LA PETITE PLN. 6 ROUTE DE LA FERTE SOUS JOUARRE 77440 MARY-SUR-MARNE</t>
   </si>
   <si>
     <t>17/11/2022</t>
   </si>
   <si>
     <t>POLE FORMEZ VOUS</t>
   </si>
   <si>
     <t>35 RUE DE LA LIBERTE 23100 LA COURTINE</t>
   </si>
   <si>
     <t>23/05/2024</t>
   </si>
   <si>
     <t>COMEXIA</t>
   </si>
   <si>
-    <t>18 RUE DE PAU 93290 TREMBLAY-EN-FRANCE</t>
-[...2 lines deleted...]
-    <t>24/04/2024</t>
+    <t>150 RUE DE LA BELLE ETOILE 95700 ROISSY-EN-FRANCE</t>
   </si>
   <si>
     <t>10/10/2025</t>
   </si>
   <si>
     <t>CACEF TP</t>
   </si>
   <si>
     <t>AFFORMA</t>
   </si>
   <si>
     <t>222 RUE DES FORCES FRANCAISES LIBRES 83600 FREJUS</t>
   </si>
   <si>
     <t>08/07/2024</t>
   </si>
   <si>
     <t>SAVARE FORMATION</t>
   </si>
   <si>
     <t>61 RUE ERNEST SYLVAIN BOLLEE 72230 ARNAGE</t>
   </si>
   <si>
     <t>CAMPUS DROPPER</t>
   </si>
@@ -6795,51 +6798,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M942"/>
+  <dimension ref="A1:M941"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -8003,34054 +8006,34023 @@
       <c r="F31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>134</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>34317059300101</v>
+        <v>30286824500010</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>137</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I32" s="3">
-        <v>41570051957</v>
+        <v>21510123251</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>34317059300127</v>
+        <v>30340961900226</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>31</v>
+        <v>141</v>
       </c>
       <c r="I33" s="3">
-        <v>41570051957</v>
+        <v>11770458077</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>34317059300135</v>
+        <v>30438251800013</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3">
-        <v>41570051957</v>
+        <v>21510003551</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>34317059300150</v>
+        <v>30540504500017</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3">
-        <v>41570051957</v>
+        <v>11750091675</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>34746940500091</v>
+        <v>30540504500025</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>146</v>
+        <v>137</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3">
-        <v>82260231626</v>
+        <v>11750091675</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>34801791400030</v>
+        <v>30540504500041</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I37" s="3">
-        <v>82070081807</v>
+        <v>11750091675</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>34808656200066</v>
+        <v>30540504500066</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>153</v>
+        <v>137</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I38" s="3"/>
+      <c r="I38" s="3">
+        <v>11750091675</v>
+      </c>
       <c r="J38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>34926669200061</v>
+        <v>30540504500132</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>154</v>
+        <v>144</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I39" s="3">
-        <v>31620046062</v>
+        <v>11750091675</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>35067646600070</v>
+        <v>30540504500223</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>158</v>
+        <v>144</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I40" s="3">
-        <v>53560644056</v>
+        <v>11750091675</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>35098901800014</v>
+        <v>30540504500249</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>161</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I41" s="3">
-        <v>73810017181</v>
+        <v>11750091675</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>35098901800071</v>
+        <v>30540504500363</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I42" s="3">
-        <v>73810017181</v>
+        <v>11750091675</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>35098901800089</v>
+        <v>30540504500371</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>168</v>
+        <v>158</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I43" s="3">
-        <v>73810017181</v>
+        <v>11750091675</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>35181269800600</v>
+        <v>30540504500397</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>169</v>
+        <v>144</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>170</v>
+        <v>159</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>171</v>
+        <v>160</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>172</v>
+        <v>31</v>
       </c>
       <c r="I44" s="3">
-        <v>82740069374</v>
+        <v>11750091675</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>35181269800667</v>
+        <v>30540504500421</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="D45" s="2"/>
+        <v>144</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>161</v>
+      </c>
       <c r="E45" s="2" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>172</v>
+        <v>31</v>
       </c>
       <c r="I45" s="3">
-        <v>82740069374</v>
+        <v>11750091675</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>35181269800972</v>
+        <v>30540504500504</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="D46" s="2"/>
+        <v>144</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>164</v>
+      </c>
       <c r="E46" s="2" t="s">
-        <v>175</v>
+        <v>165</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>176</v>
+        <v>166</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>172</v>
+        <v>31</v>
       </c>
       <c r="I46" s="3">
-        <v>82740069374</v>
+        <v>11750091675</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>35278742800163</v>
+        <v>30540504500512</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>177</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>179</v>
+        <v>166</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="3">
-        <v>72470003747</v>
+        <v>11750091675</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>37874468400044</v>
+        <v>30540504500520</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>180</v>
+        <v>144</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>181</v>
+        <v>168</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>182</v>
+        <v>166</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>183</v>
+        <v>27</v>
       </c>
       <c r="I48" s="3">
-        <v>21510047251</v>
+        <v>11750091675</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>37874468400069</v>
+        <v>30540504500579</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>180</v>
+        <v>144</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>184</v>
+        <v>169</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>141</v>
+        <v>166</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>183</v>
+        <v>31</v>
       </c>
       <c r="I49" s="3">
-        <v>21510047251</v>
+        <v>11750091675</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>37874468400077</v>
+        <v>30540504500587</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>180</v>
+        <v>144</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>185</v>
+        <v>170</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>186</v>
+        <v>171</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I50" s="3">
-        <v>21510047251</v>
+        <v>11750091675</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>37874468400085</v>
+        <v>30540504500595</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>180</v>
+        <v>144</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>187</v>
+        <v>172</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>188</v>
+        <v>171</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>183</v>
+        <v>31</v>
       </c>
       <c r="I51" s="3">
-        <v>21510047251</v>
+        <v>11750091675</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>37948271400050</v>
+        <v>30540504500603</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>192</v>
+        <v>171</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I52" s="3">
-        <v>93840085484</v>
+        <v>11750091675</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>37981229000052</v>
+        <v>30540504500637</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>193</v>
+        <v>144</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>194</v>
+        <v>174</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>195</v>
+        <v>175</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>196</v>
+        <v>176</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I53" s="3">
-        <v>93060187806</v>
+        <v>11750091675</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>37986552000058</v>
+        <v>30540504500652</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>197</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>199</v>
+        <v>177</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>200</v>
+        <v>176</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I54" s="3">
-        <v>72330265333</v>
+        <v>11750091675</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>37986552000066</v>
+        <v>30540504500660</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>197</v>
+        <v>144</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>198</v>
+        <v>174</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>201</v>
+        <v>178</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>202</v>
+        <v>179</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I55" s="3">
-        <v>72330265333</v>
+        <v>11750091675</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>38044044600025</v>
+        <v>30540504500694</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>203</v>
+        <v>144</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>204</v>
+        <v>180</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>205</v>
+        <v>181</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I56" s="3">
-        <v>11770016877</v>
+        <v>11750091675</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>38123634800037</v>
+        <v>30540504500702</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="D57" s="2"/>
+        <v>144</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>182</v>
+      </c>
       <c r="E57" s="2" t="s">
-        <v>207</v>
+        <v>183</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>208</v>
+        <v>184</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="3">
-        <v>83030171003</v>
+        <v>11750091675</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>38124453200036</v>
+        <v>30540504500744</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="D58" s="2"/>
+        <v>144</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>182</v>
+      </c>
       <c r="E58" s="2" t="s">
-        <v>210</v>
+        <v>185</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>75</v>
+        <v>186</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I58" s="3">
-        <v>53290043029</v>
+        <v>11750091675</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>38124453200044</v>
+        <v>30540504500777</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>209</v>
+        <v>144</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>211</v>
+        <v>187</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>212</v>
+        <v>186</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I59" s="3">
-        <v>53290043029</v>
+        <v>11750091675</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>38124453200051</v>
+        <v>30540504500785</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="D60" s="2"/>
+        <v>144</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>182</v>
+      </c>
       <c r="E60" s="2" t="s">
-        <v>213</v>
+        <v>188</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>62</v>
+        <v>184</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I60" s="3">
-        <v>53290043029</v>
+        <v>11750091675</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>38124453200077</v>
+        <v>30540504500868</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>209</v>
+        <v>144</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>214</v>
+        <v>189</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>215</v>
+        <v>186</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I61" s="3">
-        <v>53290043029</v>
+        <v>11750091675</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>38124453200085</v>
+        <v>30540504500884</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>209</v>
+        <v>144</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>216</v>
+        <v>190</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>217</v>
+        <v>191</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I62" s="3">
-        <v>53290043029</v>
+        <v>11750091675</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>38211584800014</v>
+        <v>30540504500991</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>218</v>
+        <v>144</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>219</v>
+        <v>192</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>220</v>
+        <v>193</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I63" s="3">
-        <v>82690054169</v>
+        <v>11750091675</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>38211584800097</v>
+        <v>30540504501015</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>218</v>
+        <v>144</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>221</v>
+        <v>194</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>222</v>
+        <v>193</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I64" s="3">
-        <v>82690054169</v>
+        <v>11750091675</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>38343530200021</v>
+        <v>30540504501031</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>223</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>225</v>
+        <v>195</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>226</v>
+        <v>196</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="I65" s="3">
-        <v>52850045785</v>
+        <v>11750091675</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>38920840600055</v>
+        <v>30540504501080</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>227</v>
+        <v>144</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>228</v>
+        <v>197</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>229</v>
+        <v>198</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I66" s="3">
-        <v>82380154238</v>
+        <v>11750091675</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>38960270700017</v>
+        <v>30540504501130</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>230</v>
+        <v>144</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>231</v>
+        <v>199</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>232</v>
+        <v>200</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I67" s="3">
-        <v>42680089068</v>
+        <v>11750091675</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>38980220800014</v>
+        <v>30540504501171</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>233</v>
+        <v>144</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>234</v>
+        <v>201</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>235</v>
+        <v>202</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I68" s="3">
-        <v>72470033047</v>
+        <v>11750091675</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>38980220800030</v>
+        <v>30540504501213</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>233</v>
+        <v>144</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>236</v>
+        <v>203</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>237</v>
+        <v>204</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I69" s="3">
-        <v>72470033047</v>
+        <v>11750091675</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>38980220800063</v>
+        <v>30540504501221</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>233</v>
+        <v>144</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>238</v>
+        <v>205</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>239</v>
+        <v>206</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I70" s="3">
-        <v>72470033047</v>
+        <v>11750091675</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>38980220800071</v>
+        <v>30540504501262</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>233</v>
+        <v>144</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>240</v>
+        <v>207</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>241</v>
+        <v>208</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I71" s="3">
-        <v>72470033047</v>
+        <v>11750091675</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>39016543900022</v>
+        <v>30540504501338</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>242</v>
+        <v>144</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>243</v>
+        <v>209</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>244</v>
+        <v>210</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I72" s="3">
-        <v>54790035679</v>
+        <v>11750091675</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>39058913300086</v>
+        <v>30540504501346</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>245</v>
+        <v>144</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>246</v>
+        <v>211</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>247</v>
+        <v>212</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I73" s="3">
-        <v>93131039813</v>
+        <v>11750091675</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>39058913300094</v>
+        <v>30540504501387</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>245</v>
+        <v>144</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>248</v>
+        <v>213</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>249</v>
+        <v>214</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I74" s="3">
-        <v>93131039813</v>
+        <v>11750091675</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>39058913300128</v>
+        <v>30540504501403</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>245</v>
+        <v>144</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>250</v>
+        <v>215</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>251</v>
+        <v>216</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I75" s="3">
-        <v>93131039813</v>
+        <v>11750091675</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>39058913300144</v>
+        <v>30540504501429</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>245</v>
+        <v>144</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>252</v>
+        <v>217</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>253</v>
+        <v>216</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I76" s="3">
-        <v>93131039813</v>
+        <v>11750091675</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>39058913300151</v>
+        <v>30540504501452</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>245</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>255</v>
+        <v>218</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>256</v>
+        <v>214</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I77" s="3">
-        <v>93131039813</v>
+        <v>11750091675</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>39058913300185</v>
+        <v>30540504501478</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>245</v>
+        <v>144</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>257</v>
+        <v>219</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>258</v>
+        <v>220</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I78" s="3">
-        <v>93131039813</v>
+        <v>11750091675</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>39135740700041</v>
+        <v>30540504501510</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>259</v>
+        <v>144</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>260</v>
+        <v>221</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>261</v>
+        <v>222</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>262</v>
-[...1 lines deleted...]
-      <c r="I79" s="3"/>
+        <v>31</v>
+      </c>
+      <c r="I79" s="3">
+        <v>11750091675</v>
+      </c>
       <c r="J79" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>39215531300068</v>
+        <v>30540504501528</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>263</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>265</v>
+        <v>223</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>266</v>
+        <v>222</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I80" s="3">
-        <v>25140062614</v>
+        <v>11750091675</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>39231438100022</v>
+        <v>30540504501536</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>268</v>
+        <v>224</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>269</v>
+        <v>222</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I81" s="3">
-        <v>73310201631</v>
+        <v>11750091675</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>39234709200026</v>
+        <v>30540504501577</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>270</v>
+        <v>144</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>271</v>
+        <v>225</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>272</v>
+        <v>226</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I82" s="3">
-        <v>53560456756</v>
+        <v>11750091675</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>39259646600046</v>
+        <v>30540504501601</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>273</v>
+        <v>144</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>274</v>
+        <v>227</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>275</v>
+        <v>228</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I83" s="3">
-        <v>73810037781</v>
+        <v>11750091675</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>39381725900293</v>
+        <v>30540504501619</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>276</v>
+        <v>144</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>277</v>
+        <v>229</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>278</v>
+        <v>228</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I84" s="3">
-        <v>42670210667</v>
+        <v>11750091675</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>39400768600022</v>
+        <v>30540504501668</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>279</v>
+        <v>144</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>280</v>
+        <v>230</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>281</v>
+        <v>231</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I85" s="3">
-        <v>31590308059</v>
+        <v>11750091675</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>39415842200037</v>
+        <v>30540504501692</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>282</v>
+        <v>144</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>283</v>
+        <v>232</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>284</v>
+        <v>233</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I86" s="3">
-        <v>31590311259</v>
+        <v>11750091675</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>39415842200052</v>
+        <v>30540504501700</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>282</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>285</v>
+        <v>234</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>286</v>
+        <v>233</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I87" s="3">
-        <v>31590311259</v>
+        <v>11750091675</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>39433208400059</v>
+        <v>30540504501718</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>287</v>
+        <v>144</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>288</v>
+        <v>235</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>289</v>
+        <v>233</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I88" s="3">
-        <v>23760214476</v>
+        <v>11750091675</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>39433208400083</v>
+        <v>30540504501759</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>287</v>
+        <v>144</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>290</v>
+        <v>236</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>291</v>
+        <v>237</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I89" s="3">
-        <v>23760214476</v>
+        <v>11750091675</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>39433208400141</v>
+        <v>30540504501775</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>287</v>
+        <v>144</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>292</v>
+        <v>238</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>293</v>
+        <v>239</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I90" s="3">
-        <v>23760214476</v>
+        <v>11750091675</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>39433208400158</v>
+        <v>30540504501783</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>287</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>295</v>
+        <v>240</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>296</v>
+        <v>241</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I91" s="3">
-        <v>23760214476</v>
+        <v>11750091675</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>39441880000048</v>
+        <v>30540504501809</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>297</v>
+        <v>144</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>298</v>
+        <v>242</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>299</v>
+        <v>243</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I92" s="3">
-        <v>73820015682</v>
+        <v>11750091675</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>39490619200098</v>
+        <v>30540504501866</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>300</v>
+        <v>144</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>301</v>
+        <v>244</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>302</v>
+        <v>245</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I93" s="3">
-        <v>82690430569</v>
+        <v>11750091675</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>39490619200106</v>
+        <v>30540504501874</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>300</v>
+        <v>144</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>303</v>
+        <v>246</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>304</v>
+        <v>247</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I94" s="3">
-        <v>82690430569</v>
+        <v>11750091675</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>39785587500068</v>
+        <v>30540504501882</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>305</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>307</v>
+        <v>248</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>308</v>
+        <v>249</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I95" s="3">
-        <v>24180044018</v>
+        <v>11750091675</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>39785587500134</v>
+        <v>30540504501908</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>305</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>310</v>
+        <v>250</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>311</v>
+        <v>112</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I96" s="3">
-        <v>24180044018</v>
+        <v>11750091675</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>39785587500142</v>
+        <v>30540504501940</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>305</v>
+        <v>144</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>312</v>
+        <v>251</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>313</v>
+        <v>252</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I97" s="3">
-        <v>24180044018</v>
+        <v>11750091675</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>39806026900022</v>
+        <v>30540504501957</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>314</v>
+        <v>144</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>315</v>
+        <v>253</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>316</v>
+        <v>254</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I98" s="3">
-        <v>72330325633</v>
+        <v>11750091675</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>39806026900154</v>
+        <v>30540504501965</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>314</v>
+        <v>144</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>317</v>
+        <v>255</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>318</v>
+        <v>256</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I99" s="3">
-        <v>72330325633</v>
+        <v>11750091675</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>39808507600030</v>
+        <v>30540504501999</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>319</v>
+        <v>144</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>320</v>
+        <v>257</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>321</v>
+        <v>258</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>183</v>
+        <v>31</v>
       </c>
       <c r="I100" s="3">
-        <v>41570282757</v>
+        <v>11750091675</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>39872563000063</v>
+        <v>30540504502005</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>322</v>
+        <v>144</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>323</v>
+        <v>259</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>324</v>
+        <v>260</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I101" s="3">
-        <v>52530079153</v>
+        <v>11750091675</v>
       </c>
       <c r="J101" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>39872563000071</v>
+        <v>30540504502013</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>322</v>
+        <v>144</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>325</v>
+        <v>261</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>326</v>
+        <v>262</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I102" s="3">
-        <v>52530079153</v>
+        <v>11750091675</v>
       </c>
       <c r="J102" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>39882957200062</v>
+        <v>30540504502021</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>327</v>
+        <v>144</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>328</v>
+        <v>263</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>217</v>
+        <v>264</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I103" s="3">
-        <v>82420103742</v>
+        <v>11750091675</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>39890939000021</v>
+        <v>30540504502039</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>329</v>
+        <v>144</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>330</v>
+        <v>265</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>331</v>
+        <v>266</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I104" s="3">
-        <v>41570044357</v>
+        <v>11750091675</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>39909999300020</v>
+        <v>30540504502054</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>332</v>
+        <v>144</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>333</v>
+        <v>267</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>334</v>
+        <v>268</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>172</v>
+        <v>31</v>
       </c>
       <c r="I105" s="3">
-        <v>28760672276</v>
+        <v>11750091675</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>77947268700036</v>
+        <v>30540504502138</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>335</v>
+        <v>144</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>336</v>
+        <v>269</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>337</v>
+        <v>270</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I106" s="3">
-        <v>82070005607</v>
+        <v>11750091675</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>78050734900097</v>
+        <v>30540504502161</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>338</v>
+        <v>144</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>339</v>
+        <v>271</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>340</v>
+        <v>270</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I107" s="3">
-        <v>22600001660</v>
+        <v>11750091675</v>
       </c>
       <c r="J107" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>78114688100045</v>
+        <v>30540504502195</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>341</v>
+        <v>144</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>342</v>
+        <v>272</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>343</v>
+        <v>17</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I108" s="3">
-        <v>23760000476</v>
+        <v>11750091675</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>78128367600018</v>
+        <v>30540504502211</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>344</v>
+        <v>144</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>345</v>
+        <v>273</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>346</v>
+        <v>17</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I109" s="3">
-        <v>54170000117</v>
+        <v>11750091675</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>78156617900037</v>
+        <v>30540504502245</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>347</v>
+        <v>144</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>348</v>
+        <v>274</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>349</v>
+        <v>275</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I110" s="3">
-        <v>54860000586</v>
+        <v>11750091675</v>
       </c>
       <c r="J110" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>78209967500020</v>
+        <v>30540504502286</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>350</v>
+        <v>144</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>351</v>
+        <v>276</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>352</v>
+        <v>277</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I111" s="3">
-        <v>72400000340</v>
+        <v>11750091675</v>
       </c>
       <c r="J111" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>78209967500038</v>
+        <v>30540504502302</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>350</v>
+        <v>144</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>353</v>
+        <v>278</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>354</v>
+        <v>279</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I112" s="3">
-        <v>72400000340</v>
+        <v>11750091675</v>
       </c>
       <c r="J112" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>78360423400055</v>
+        <v>30540504502310</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>355</v>
+        <v>144</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>356</v>
+        <v>280</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>357</v>
+        <v>281</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I113" s="3">
-        <v>31590005759</v>
+        <v>11750091675</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L113" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>78928145800016</v>
+        <v>30540504502328</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>358</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>360</v>
+        <v>282</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>361</v>
+        <v>279</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I114" s="3">
-        <v>42670488267</v>
+        <v>11750091675</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>78928145800024</v>
+        <v>30540504502336</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>358</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>363</v>
+        <v>283</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>364</v>
+        <v>279</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I115" s="3">
-        <v>42670488267</v>
+        <v>11750091675</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L115" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>78976587200021</v>
+        <v>30540504502377</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>365</v>
+        <v>144</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>366</v>
+        <v>284</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>367</v>
+        <v>285</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I116" s="3">
-        <v>98970398097</v>
+        <v>11750091675</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>79005510700045</v>
+        <v>30540504502393</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>368</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>369</v>
+        <v>286</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>370</v>
+        <v>287</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I117" s="3">
-        <v>52850168785</v>
+        <v>11750091675</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>79005510700052</v>
+        <v>30540504502450</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>368</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>371</v>
+        <v>288</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>370</v>
+        <v>289</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I118" s="3">
-        <v>52850168785</v>
+        <v>11750091675</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K118" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>79020850800040</v>
+        <v>30540504502476</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>372</v>
+        <v>144</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>373</v>
+        <v>290</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>168</v>
+        <v>291</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I119" s="3">
-        <v>23760504776</v>
+        <v>11750091675</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L119" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>79103878900024</v>
+        <v>30540504502526</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>374</v>
+        <v>144</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>375</v>
+        <v>292</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>376</v>
+        <v>30</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I120" s="3"/>
+        <v>31</v>
+      </c>
+      <c r="I120" s="3">
+        <v>11750091675</v>
+      </c>
       <c r="J120" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M120" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>79125516900025</v>
+        <v>30540504502534</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>377</v>
+        <v>144</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>378</v>
+        <v>293</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>379</v>
+        <v>30</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I121" s="3">
-        <v>42680231168</v>
+        <v>11750091675</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L121" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>79176880700020</v>
+        <v>30540504502559</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>380</v>
+        <v>144</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>381</v>
+        <v>294</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>256</v>
+        <v>295</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I122" s="3">
-        <v>73310687631</v>
+        <v>11750091675</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>79185740200014</v>
+        <v>30540504502617</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>382</v>
+        <v>144</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>383</v>
+        <v>296</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>376</v>
+        <v>297</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I123" s="3">
-        <v>94202079620</v>
+        <v>11750091675</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>79281744700040</v>
+        <v>30540504502625</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>384</v>
+        <v>144</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>385</v>
+        <v>298</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>386</v>
+        <v>297</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I124" s="3">
-        <v>83630442363</v>
+        <v>11750091675</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>79294770700024</v>
+        <v>30540504502633</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>387</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>389</v>
+        <v>299</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>390</v>
+        <v>300</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I125" s="3">
-        <v>94202077820</v>
+        <v>11750091675</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>79309717100052</v>
+        <v>30540504502641</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>391</v>
+        <v>144</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>392</v>
+        <v>301</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>393</v>
+        <v>302</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I126" s="3">
-        <v>25500103450</v>
+        <v>11750091675</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>79373414600020</v>
+        <v>30540504502658</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>394</v>
+        <v>144</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>395</v>
+        <v>303</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>396</v>
+        <v>304</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I127" s="3">
-        <v>83030353703</v>
+        <v>11750091675</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>79384968800015</v>
+        <v>30540504502716</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>397</v>
+        <v>144</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>398</v>
+        <v>305</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>399</v>
+        <v>306</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I128" s="3">
-        <v>24370314337</v>
+        <v>11750091675</v>
       </c>
       <c r="J128" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>79446286100020</v>
+        <v>30540504502732</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>400</v>
+        <v>144</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>401</v>
+        <v>307</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>402</v>
+        <v>308</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I129" s="3">
-        <v>53350979935</v>
+        <v>11750091675</v>
       </c>
       <c r="J129" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K129" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>79446286100038</v>
+        <v>30540504502781</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>400</v>
+        <v>144</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>403</v>
+        <v>309</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>23</v>
+        <v>310</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I130" s="3">
-        <v>53350979935</v>
+        <v>11750091675</v>
       </c>
       <c r="J130" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>79462446000026</v>
+        <v>30540504502856</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>404</v>
+        <v>144</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>405</v>
+        <v>311</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>393</v>
+        <v>312</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I131" s="3">
-        <v>93830461183</v>
+        <v>11750091675</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>79481743700054</v>
+        <v>30540504502906</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>406</v>
+        <v>144</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>407</v>
+        <v>313</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>408</v>
+        <v>314</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I132" s="3">
-        <v>52850176685</v>
+        <v>11750091675</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K132" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L132" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>79515619900031</v>
+        <v>30540504502997</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>409</v>
+        <v>144</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>410</v>
+        <v>315</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>411</v>
+        <v>316</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I133" s="3">
-        <v>31620255162</v>
+        <v>11750091675</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L133" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>79535213700025</v>
+        <v>30540504503011</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>412</v>
+        <v>144</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>413</v>
+        <v>317</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>414</v>
+        <v>318</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I134" s="3">
-        <v>25500111250</v>
+        <v>11750091675</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L134" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>79535213700033</v>
+        <v>30722150700055</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>412</v>
+        <v>319</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>415</v>
+        <v>320</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>416</v>
+        <v>321</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I135" s="3">
-        <v>25500111250</v>
+        <v>82260125326</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>79742153400034</v>
+        <v>30824995200059</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>417</v>
+        <v>322</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>418</v>
+        <v>323</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>419</v>
+        <v>45</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I136" s="3">
-        <v>26210324821</v>
+        <v>53350007835</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>79748829300011</v>
+        <v>30824995200083</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>420</v>
+        <v>322</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>421</v>
+        <v>324</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>422</v>
+        <v>325</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I137" s="3">
-        <v>83630443963</v>
+        <v>53350007835</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K137" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>79908660800020</v>
+        <v>30824995200133</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>423</v>
+        <v>322</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>424</v>
+        <v>326</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>425</v>
+        <v>327</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I138" s="3">
-        <v>41880121588</v>
+        <v>53350007835</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K138" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>79982473500036</v>
+        <v>31227281800195</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>426</v>
+        <v>328</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>427</v>
+        <v>329</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>428</v>
+        <v>330</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I139" s="3">
-        <v>73310727531</v>
+        <v>82690043469</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K139" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L139" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>47796697200010</v>
+        <v>31237926601205</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="D140" s="2"/>
+        <v>332</v>
+      </c>
+      <c r="D140" s="2" t="s">
+        <v>333</v>
+      </c>
       <c r="E140" s="2" t="s">
-        <v>430</v>
+        <v>334</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>431</v>
+        <v>335</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I140" s="3">
-        <v>42670340967</v>
+        <v>54790001979</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K140" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>47838562800068</v>
+        <v>31237926601221</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>432</v>
+        <v>332</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>433</v>
+        <v>336</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>434</v>
+        <v>337</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I141" s="3">
-        <v>21100055010</v>
+        <v>54790001979</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>47899493200042</v>
+        <v>31237926601270</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>435</v>
-[...3 lines deleted...]
-      </c>
+        <v>332</v>
+      </c>
+      <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>437</v>
+        <v>338</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>438</v>
+        <v>339</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I142" s="3">
-        <v>82380220038</v>
+        <v>54790001979</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K142" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>47991324600019</v>
+        <v>31237926601288</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>439</v>
+        <v>332</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>440</v>
+        <v>340</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>441</v>
+        <v>341</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I143" s="3">
-        <v>72640251364</v>
+        <v>54790001979</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>47991324600043</v>
+        <v>31237926601411</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>439</v>
-[...3 lines deleted...]
-      </c>
+        <v>332</v>
+      </c>
+      <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>443</v>
+        <v>342</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>444</v>
+        <v>343</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I144" s="3">
-        <v>72640251364</v>
+        <v>54790001979</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K144" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>47998853700011</v>
+        <v>31237926601619</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>445</v>
-[...3 lines deleted...]
-      </c>
+        <v>332</v>
+      </c>
+      <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>446</v>
+        <v>344</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>447</v>
+        <v>345</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>27</v>
+        <v>331</v>
       </c>
       <c r="I145" s="3">
-        <v>93040059904</v>
+        <v>54790001979</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K145" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>48021791800022</v>
+        <v>31237926601684</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>448</v>
-[...1 lines deleted...]
-      <c r="D146" s="2"/>
+        <v>332</v>
+      </c>
+      <c r="D146" s="2" t="s">
+        <v>333</v>
+      </c>
       <c r="E146" s="2" t="s">
-        <v>449</v>
+        <v>346</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>450</v>
+        <v>347</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I146" s="3">
-        <v>41880074588</v>
+        <v>54790001979</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K146" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L146" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>48071813900052</v>
+        <v>31237926601742</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>451</v>
+        <v>332</v>
       </c>
       <c r="D147" s="2" t="s">
-        <v>452</v>
+        <v>333</v>
       </c>
       <c r="E147" s="2" t="s">
-        <v>453</v>
+        <v>348</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>454</v>
+        <v>349</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I147" s="3">
-        <v>21520022652</v>
+        <v>54790001979</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L147" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>48117310200023</v>
+        <v>31237926601775</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>455</v>
+        <v>332</v>
       </c>
       <c r="D148" s="2" t="s">
-        <v>455</v>
+        <v>350</v>
       </c>
       <c r="E148" s="2" t="s">
-        <v>456</v>
+        <v>351</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>457</v>
+        <v>352</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I148" s="3">
-        <v>41570339957</v>
+        <v>54790001979</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K148" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L148" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>48142229300011</v>
+        <v>31237926601791</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>458</v>
+        <v>332</v>
       </c>
       <c r="D149" s="2" t="s">
-        <v>459</v>
+        <v>333</v>
       </c>
       <c r="E149" s="2" t="s">
-        <v>460</v>
+        <v>353</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>461</v>
+        <v>354</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I149" s="3">
-        <v>82260144626</v>
+        <v>54790001979</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K149" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L149" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M149" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>48142229300029</v>
+        <v>31237926601817</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>458</v>
+        <v>332</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>462</v>
+        <v>355</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>463</v>
+        <v>356</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I150" s="3">
-        <v>82260144626</v>
+        <v>54790001979</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K150" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>48156745100036</v>
+        <v>31237926601825</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>464</v>
+        <v>332</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>465</v>
+        <v>357</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>466</v>
+        <v>358</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I151" s="3">
-        <v>41880088788</v>
+        <v>54790001979</v>
       </c>
       <c r="J151" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L151" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>48183466100037</v>
+        <v>31237926601957</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>467</v>
+        <v>332</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>468</v>
+        <v>359</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>469</v>
+        <v>360</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I152" s="3">
-        <v>82380446638</v>
+        <v>54790001979</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K152" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L152" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>48195911200030</v>
+        <v>31237926601973</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>470</v>
+        <v>332</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>471</v>
+        <v>361</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>472</v>
+        <v>362</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I153" s="3">
-        <v>22020089602</v>
+        <v>54790001979</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L153" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>48201278800030</v>
+        <v>31237926602039</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>473</v>
+        <v>332</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
-        <v>474</v>
+        <v>363</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>475</v>
+        <v>364</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I154" s="3">
-        <v>41540242854</v>
+        <v>54790001979</v>
       </c>
       <c r="J154" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K154" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L154" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M154" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>48201278800048</v>
+        <v>31238178300066</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>473</v>
+        <v>365</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>476</v>
+        <v>366</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>477</v>
+        <v>23</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
-        <v>150</v>
+        <v>367</v>
       </c>
       <c r="I155" s="3">
-        <v>41540242854</v>
+        <v>52850152785</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K155" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L155" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M155" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>48201278800055</v>
+        <v>31472073100053</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>473</v>
+        <v>368</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>478</v>
+        <v>369</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>479</v>
+        <v>370</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
-        <v>150</v>
+        <v>331</v>
       </c>
       <c r="I156" s="3">
-        <v>41540242854</v>
+        <v>82740008674</v>
       </c>
       <c r="J156" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K156" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L156" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M156" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>48209603900011</v>
+        <v>31584483700056</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>480</v>
+        <v>371</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
-        <v>481</v>
+        <v>372</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>482</v>
+        <v>373</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
-        <v>483</v>
+        <v>331</v>
       </c>
       <c r="I157" s="3">
-        <v>93131184013</v>
+        <v>52750001685</v>
       </c>
       <c r="J157" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K157" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L157" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M157" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>48366307600030</v>
+        <v>31584483700072</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>484</v>
+        <v>371</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>485</v>
+        <v>374</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>486</v>
+        <v>198</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I158" s="3">
-        <v>43390075939</v>
+        <v>52750001685</v>
       </c>
       <c r="J158" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K158" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L158" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M158" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>48376534300031</v>
+        <v>31584483700155</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>487</v>
+        <v>371</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>488</v>
+        <v>375</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>489</v>
+        <v>376</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I159" s="3">
-        <v>52440504644</v>
+        <v>52750001685</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K159" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L159" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M159" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>48437477200032</v>
+        <v>31641831800077</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>490</v>
+        <v>377</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>491</v>
+        <v>378</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>492</v>
+        <v>379</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I160" s="3">
-        <v>82380506738</v>
+        <v>42680004468</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K160" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L160" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M160" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>48482369500099</v>
+        <v>31683181700028</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>493</v>
+        <v>380</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>494</v>
+        <v>381</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>495</v>
+        <v>382</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I161" s="3">
-        <v>72330740333</v>
+        <v>41880059988</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K161" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L161" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M161" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>48493793300022</v>
+        <v>31768606100027</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>496</v>
+        <v>383</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
-        <v>497</v>
+        <v>384</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>498</v>
+        <v>137</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>31</v>
+        <v>385</v>
       </c>
       <c r="I162" s="3">
-        <v>91300258630</v>
+        <v>31590766659</v>
       </c>
       <c r="J162" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L162" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M162" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>48525654900018</v>
+        <v>31768606100258</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>499</v>
+        <v>383</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="s">
-        <v>500</v>
+        <v>386</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>501</v>
+        <v>387</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
-        <v>157</v>
+        <v>385</v>
       </c>
       <c r="I163" s="3">
-        <v>24280035528</v>
+        <v>31590766659</v>
       </c>
       <c r="J163" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K163" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L163" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M163" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>48811481000051</v>
+        <v>31768606104011</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>502</v>
-[...1 lines deleted...]
-      <c r="D164" s="2"/>
+        <v>383</v>
+      </c>
+      <c r="D164" s="2" t="s">
+        <v>383</v>
+      </c>
       <c r="E164" s="2" t="s">
-        <v>503</v>
+        <v>388</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>504</v>
+        <v>389</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
-        <v>31</v>
+        <v>385</v>
       </c>
       <c r="I164" s="3">
-        <v>42680091368</v>
+        <v>31590766659</v>
       </c>
       <c r="J164" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K164" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L164" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M164" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>48811772200022</v>
+        <v>31768606105042</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>505</v>
-[...1 lines deleted...]
-      <c r="D165" s="2"/>
+        <v>383</v>
+      </c>
+      <c r="D165" s="2" t="s">
+        <v>383</v>
+      </c>
       <c r="E165" s="2" t="s">
-        <v>288</v>
+        <v>390</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>506</v>
+        <v>391</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
-        <v>31</v>
+        <v>385</v>
       </c>
       <c r="I165" s="3">
-        <v>23760376476</v>
+        <v>31590766659</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K165" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L165" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M165" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>48811772200048</v>
+        <v>31768606105166</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>505</v>
+        <v>383</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
-        <v>507</v>
+        <v>392</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>506</v>
+        <v>393</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
-        <v>31</v>
+        <v>385</v>
       </c>
       <c r="I166" s="3">
-        <v>23760376476</v>
+        <v>31590766659</v>
       </c>
       <c r="J166" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K166" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L166" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M166" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>48811772200139</v>
+        <v>31768606105463</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>505</v>
+        <v>383</v>
       </c>
       <c r="D167" s="2" t="s">
-        <v>294</v>
+        <v>383</v>
       </c>
       <c r="E167" s="2" t="s">
-        <v>508</v>
+        <v>394</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>509</v>
+        <v>395</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>31</v>
+        <v>396</v>
       </c>
       <c r="I167" s="3">
-        <v>23760376476</v>
+        <v>31590766659</v>
       </c>
       <c r="J167" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K167" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L167" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M167" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>48811772200154</v>
+        <v>31768606105935</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>505</v>
+        <v>383</v>
       </c>
       <c r="D168" s="2" t="s">
-        <v>294</v>
+        <v>383</v>
       </c>
       <c r="E168" s="2" t="s">
-        <v>510</v>
+        <v>397</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>296</v>
+        <v>398</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
-        <v>31</v>
+        <v>385</v>
       </c>
       <c r="I168" s="3">
-        <v>23760376476</v>
+        <v>31590766659</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K168" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L168" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M168" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>48820391000028</v>
+        <v>31768606105950</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>511</v>
-[...1 lines deleted...]
-      <c r="D169" s="2"/>
+        <v>383</v>
+      </c>
+      <c r="D169" s="2" t="s">
+        <v>383</v>
+      </c>
       <c r="E169" s="2" t="s">
-        <v>512</v>
+        <v>399</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>513</v>
+        <v>400</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>31</v>
+        <v>385</v>
       </c>
       <c r="I169" s="3">
-        <v>91110095411</v>
+        <v>31590766659</v>
       </c>
       <c r="J169" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K169" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L169" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M169" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>48852440600052</v>
+        <v>31768606105984</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>514</v>
-[...1 lines deleted...]
-      <c r="D170" s="2"/>
+        <v>383</v>
+      </c>
+      <c r="D170" s="2" t="s">
+        <v>383</v>
+      </c>
       <c r="E170" s="2" t="s">
-        <v>515</v>
+        <v>401</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>516</v>
+        <v>402</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
-        <v>31</v>
+        <v>385</v>
       </c>
       <c r="I170" s="3">
-        <v>23760410776</v>
+        <v>31590766659</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K170" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L170" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M170" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>48877596600044</v>
+        <v>31788665300029</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>517</v>
+        <v>403</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="s">
-        <v>518</v>
+        <v>404</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>519</v>
+        <v>405</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I171" s="3">
-        <v>72330686333</v>
+        <v>31620012262</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K171" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L171" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M171" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>48881562200011</v>
+        <v>31788665300086</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>520</v>
+        <v>403</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
-        <v>521</v>
+        <v>406</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>522</v>
+        <v>407</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I172" s="3">
-        <v>91300262030</v>
+        <v>31620012262</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K172" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L172" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M172" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>48908092900065</v>
+        <v>31839329501062</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>523</v>
+        <v>408</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
-        <v>524</v>
+        <v>409</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>525</v>
+        <v>410</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
-        <v>526</v>
+        <v>31</v>
       </c>
       <c r="I173" s="3">
-        <v>82380405138</v>
+        <v>11930048093</v>
       </c>
       <c r="J173" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K173" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L173" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M173" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
-        <v>48908092900107</v>
+        <v>32159235400021</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>523</v>
+        <v>411</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>527</v>
+        <v>412</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>528</v>
+        <v>413</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I174" s="3">
-        <v>82380405138</v>
+        <v>42670009767</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K174" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L174" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M174" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
-        <v>48954254800024</v>
+        <v>32159235400047</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="D175" s="2"/>
+        <v>411</v>
+      </c>
+      <c r="D175" s="2" t="s">
+        <v>414</v>
+      </c>
       <c r="E175" s="2" t="s">
-        <v>530</v>
+        <v>415</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>531</v>
+        <v>416</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I175" s="3">
-        <v>72330686933</v>
+        <v>42670009767</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K175" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L175" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M175" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
-        <v>48960363900043</v>
+        <v>32159235400070</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>532</v>
+        <v>411</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
-        <v>533</v>
+        <v>417</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>534</v>
+        <v>418</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I176" s="3">
-        <v>11940926894</v>
+        <v>42670009767</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K176" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L176" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M176" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
-        <v>49072580100040</v>
+        <v>32159235400088</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>535</v>
+        <v>411</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>536</v>
+        <v>419</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>537</v>
+        <v>176</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I177" s="3">
-        <v>91340597934</v>
+        <v>42670009767</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K177" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L177" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M177" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
-        <v>49072580100065</v>
+        <v>32159235400096</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>535</v>
+        <v>411</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="s">
-        <v>538</v>
+        <v>420</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>539</v>
+        <v>421</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I178" s="3">
-        <v>91340597934</v>
+        <v>42670009767</v>
       </c>
       <c r="J178" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K178" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L178" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M178" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
-        <v>49088373300027</v>
+        <v>32159235400104</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>540</v>
-[...3 lines deleted...]
-      </c>
+        <v>411</v>
+      </c>
+      <c r="D179" s="2"/>
       <c r="E179" s="2" t="s">
-        <v>542</v>
+        <v>422</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>543</v>
+        <v>62</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
-        <v>150</v>
+        <v>331</v>
       </c>
       <c r="I179" s="3">
-        <v>11770471477</v>
+        <v>42670009767</v>
       </c>
       <c r="J179" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K179" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L179" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M179" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
-        <v>49154650300039</v>
+        <v>32159235400112</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="D180" s="2"/>
+        <v>411</v>
+      </c>
+      <c r="D180" s="2" t="s">
+        <v>423</v>
+      </c>
       <c r="E180" s="2" t="s">
-        <v>545</v>
+        <v>424</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>546</v>
+        <v>425</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
-        <v>150</v>
+        <v>331</v>
       </c>
       <c r="I180" s="3">
-        <v>95970138897</v>
+        <v>42670009767</v>
       </c>
       <c r="J180" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K180" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L180" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M180" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
-        <v>49157711000027</v>
+        <v>32159235400138</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>13</v>
+        <v>426</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>547</v>
+        <v>411</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
-        <v>548</v>
+        <v>427</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>549</v>
-[...1 lines deleted...]
-      <c r="G181" s="2"/>
+        <v>428</v>
+      </c>
+      <c r="G181" s="2" t="s">
+        <v>429</v>
+      </c>
       <c r="H181" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I181" s="3">
-        <v>93131242513</v>
+        <v>42670009767</v>
       </c>
       <c r="J181" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K181" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L181" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M181" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
-        <v>49209943700021</v>
+        <v>32159235400161</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>550</v>
+        <v>411</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="s">
-        <v>551</v>
+        <v>430</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>552</v>
+        <v>431</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
-        <v>150</v>
+        <v>331</v>
       </c>
       <c r="I182" s="3">
-        <v>91660129366</v>
+        <v>42670009767</v>
       </c>
       <c r="J182" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K182" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L182" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M182" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
-        <v>49249451300020</v>
+        <v>32359078600055</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>553</v>
+        <v>432</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="s">
-        <v>554</v>
+        <v>433</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>555</v>
+        <v>434</v>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I183" s="3">
-        <v>72330698833</v>
+        <v>31620002462</v>
       </c>
       <c r="J183" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K183" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L183" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M183" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
-        <v>49249451300046</v>
+        <v>32359078600071</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>553</v>
+        <v>432</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="s">
-        <v>556</v>
+        <v>435</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>557</v>
+        <v>436</v>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I184" s="3">
-        <v>72330698833</v>
+        <v>31620002462</v>
       </c>
       <c r="J184" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K184" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L184" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M184" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
-        <v>49258442000037</v>
+        <v>32359078600113</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>558</v>
-[...3 lines deleted...]
-      </c>
+        <v>432</v>
+      </c>
+      <c r="D185" s="2"/>
       <c r="E185" s="2" t="s">
-        <v>560</v>
+        <v>437</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>561</v>
+        <v>438</v>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I185" s="3">
-        <v>24410083741</v>
+        <v>31620002462</v>
       </c>
       <c r="J185" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K185" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L185" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M185" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
-        <v>49264842300027</v>
+        <v>32359078600121</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>562</v>
+        <v>432</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
-        <v>563</v>
+        <v>439</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>422</v>
+        <v>440</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
-        <v>172</v>
+        <v>331</v>
       </c>
       <c r="I186" s="3">
-        <v>73310481231</v>
+        <v>31620002462</v>
       </c>
       <c r="J186" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K186" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L186" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M186" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
-        <v>49282147500034</v>
+        <v>32359078600154</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>564</v>
+        <v>432</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>565</v>
+        <v>441</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>566</v>
+        <v>442</v>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I187" s="3">
-        <v>27250302225</v>
+        <v>31620002462</v>
       </c>
       <c r="J187" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K187" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L187" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M187" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
-        <v>49299343100013</v>
+        <v>32361187100043</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>567</v>
-[...3 lines deleted...]
-      </c>
+        <v>443</v>
+      </c>
+      <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
-        <v>569</v>
+        <v>444</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>570</v>
+        <v>445</v>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I188" s="3">
-        <v>41540256854</v>
+        <v>91660002766</v>
       </c>
       <c r="J188" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K188" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L188" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M188" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
-        <v>49299343100021</v>
+        <v>32361187100084</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>567</v>
-[...3 lines deleted...]
-      </c>
+        <v>443</v>
+      </c>
+      <c r="D189" s="2"/>
       <c r="E189" s="2" t="s">
-        <v>572</v>
+        <v>446</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>573</v>
+        <v>447</v>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I189" s="3">
-        <v>41540256854</v>
+        <v>91660002766</v>
       </c>
       <c r="J189" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K189" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L189" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M189" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
-        <v>49299343100039</v>
+        <v>32361187100092</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>567</v>
-[...3 lines deleted...]
-      </c>
+        <v>443</v>
+      </c>
+      <c r="D190" s="2"/>
       <c r="E190" s="2" t="s">
-        <v>575</v>
+        <v>448</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>573</v>
+        <v>449</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I190" s="3">
-        <v>41540256854</v>
+        <v>91660002766</v>
       </c>
       <c r="J190" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K190" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L190" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M190" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
-        <v>49331937000026</v>
+        <v>32361187100100</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>576</v>
+        <v>443</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="s">
-        <v>577</v>
+        <v>450</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>578</v>
+        <v>308</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I191" s="3">
-        <v>21520023952</v>
+        <v>91660002766</v>
       </c>
       <c r="J191" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K191" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L191" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M191" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="1">
-        <v>49337552100058</v>
+        <v>33163173900090</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>579</v>
+        <v>451</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="s">
-        <v>580</v>
+        <v>452</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>581</v>
+        <v>453</v>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I192" s="3">
-        <v>42670501667</v>
+        <v>91340009634</v>
       </c>
       <c r="J192" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K192" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L192" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M192" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="1">
-        <v>49338862300057</v>
+        <v>33232136300092</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>582</v>
-[...3 lines deleted...]
-      </c>
+        <v>454</v>
+      </c>
+      <c r="D193" s="2"/>
       <c r="E193" s="2" t="s">
-        <v>584</v>
+        <v>455</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>585</v>
+        <v>456</v>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2" t="s">
-        <v>150</v>
+        <v>367</v>
       </c>
       <c r="I193" s="3">
-        <v>72640360164</v>
+        <v>22600188460</v>
       </c>
       <c r="J193" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K193" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L193" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M193" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="1">
-        <v>49370821800042</v>
+        <v>33232136300134</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>586</v>
+        <v>454</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2" t="s">
-        <v>587</v>
+        <v>457</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>504</v>
+        <v>458</v>
       </c>
       <c r="G194" s="2"/>
       <c r="H194" s="2" t="s">
-        <v>31</v>
+        <v>367</v>
       </c>
       <c r="I194" s="3">
-        <v>23760420676</v>
+        <v>22600188460</v>
       </c>
       <c r="J194" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K194" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L194" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M194" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="1">
-        <v>49370821800059</v>
+        <v>33860928200029</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>586</v>
+        <v>459</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2" t="s">
-        <v>588</v>
+        <v>460</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>30</v>
+        <v>461</v>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I195" s="3">
-        <v>23760420676</v>
+        <v>91340237034</v>
       </c>
       <c r="J195" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K195" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L195" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M195" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="1">
-        <v>49380313400029</v>
+        <v>34012780200015</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>589</v>
+        <v>462</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="s">
-        <v>590</v>
+        <v>463</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>591</v>
+        <v>464</v>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I196" s="3">
-        <v>82690945969</v>
+        <v>31590068559</v>
       </c>
       <c r="J196" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K196" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L196" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M196" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="1">
-        <v>49397769800072</v>
+        <v>34036524600016</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>592</v>
+        <v>465</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="s">
-        <v>593</v>
+        <v>466</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>266</v>
+        <v>467</v>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I197" s="3">
-        <v>91300276730</v>
+        <v>42670188067</v>
       </c>
       <c r="J197" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K197" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L197" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M197" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="1">
-        <v>49438222900032</v>
+        <v>34036524600107</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>594</v>
+        <v>465</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="s">
-        <v>595</v>
+        <v>468</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>596</v>
+        <v>469</v>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I198" s="3">
-        <v>93131262413</v>
+        <v>42670188067</v>
       </c>
       <c r="J198" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K198" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L198" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M198" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="1">
-        <v>49459030000021</v>
+        <v>34036524600164</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>597</v>
+        <v>465</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="s">
-        <v>598</v>
+        <v>470</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>599</v>
+        <v>471</v>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2" t="s">
-        <v>150</v>
+        <v>331</v>
       </c>
       <c r="I199" s="3">
-        <v>91300280730</v>
+        <v>42670188067</v>
       </c>
       <c r="J199" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K199" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L199" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M199" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="1">
-        <v>49753224200029</v>
+        <v>34062331300012</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>600</v>
+        <v>472</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2" t="s">
-        <v>601</v>
+        <v>473</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>602</v>
+        <v>474</v>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2" t="s">
-        <v>31</v>
+        <v>71</v>
       </c>
       <c r="I200" s="3">
-        <v>82420190842</v>
+        <v>32620351162</v>
       </c>
       <c r="J200" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K200" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L200" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M200" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" s="1">
-        <v>49793245900017</v>
+        <v>34317059300101</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>603</v>
+        <v>475</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="s">
-        <v>604</v>
+        <v>476</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>605</v>
+        <v>181</v>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I201" s="3">
-        <v>41570257557</v>
+        <v>41570051957</v>
       </c>
       <c r="J201" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K201" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L201" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M201" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" s="1">
-        <v>49793245900033</v>
+        <v>34317059300127</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>603</v>
+        <v>475</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="s">
-        <v>606</v>
+        <v>477</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>607</v>
+        <v>478</v>
       </c>
       <c r="G202" s="2"/>
       <c r="H202" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I202" s="3">
-        <v>41570257557</v>
+        <v>41570051957</v>
       </c>
       <c r="J202" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K202" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L202" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M202" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" s="1">
-        <v>49821234900019</v>
+        <v>34317059300135</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>608</v>
+        <v>475</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="s">
-        <v>609</v>
+        <v>479</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>610</v>
+        <v>480</v>
       </c>
       <c r="G203" s="2"/>
       <c r="H203" s="2" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="I203" s="3">
-        <v>95970143397</v>
+        <v>41570051957</v>
       </c>
       <c r="J203" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K203" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L203" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M203" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" s="1">
-        <v>40130997600025</v>
+        <v>34317059300150</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>611</v>
+        <v>475</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2" t="s">
-        <v>612</v>
+        <v>481</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>613</v>
+        <v>482</v>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I204" s="3">
-        <v>82690477569</v>
+        <v>41570051957</v>
       </c>
       <c r="J204" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K204" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L204" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M204" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" s="1">
-        <v>40144586100016</v>
+        <v>34746940500091</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>614</v>
+        <v>483</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2" t="s">
-        <v>615</v>
+        <v>484</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>616</v>
+        <v>485</v>
       </c>
       <c r="G205" s="2"/>
       <c r="H205" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I205" s="3">
-        <v>54860056686</v>
+        <v>82260231626</v>
       </c>
       <c r="J205" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K205" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L205" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M205" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" s="1">
-        <v>40151763600031</v>
+        <v>34801791400030</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>617</v>
-[...3 lines deleted...]
-      </c>
+        <v>486</v>
+      </c>
+      <c r="D206" s="2"/>
       <c r="E206" s="2" t="s">
-        <v>618</v>
+        <v>487</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>619</v>
+        <v>488</v>
       </c>
       <c r="G206" s="2"/>
       <c r="H206" s="2" t="s">
-        <v>157</v>
+        <v>489</v>
       </c>
       <c r="I206" s="3">
-        <v>24280171128</v>
+        <v>82070081807</v>
       </c>
       <c r="J206" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K206" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L206" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M206" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" s="1">
-        <v>40151763600072</v>
+        <v>34808656200066</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>617</v>
+        <v>490</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="s">
-        <v>620</v>
+        <v>491</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>121</v>
+        <v>492</v>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2" t="s">
-        <v>157</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="I207" s="3"/>
       <c r="J207" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K207" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L207" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M207" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" s="1">
-        <v>40166550000062</v>
+        <v>34926669200061</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>621</v>
+        <v>493</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="s">
-        <v>622</v>
+        <v>494</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>623</v>
+        <v>495</v>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I208" s="3">
-        <v>11950492895</v>
+        <v>31620046062</v>
       </c>
       <c r="J208" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K208" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L208" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M208" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" s="1">
-        <v>40332253000011</v>
+        <v>35067646600070</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>624</v>
+        <v>496</v>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="s">
-        <v>625</v>
+        <v>497</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>626</v>
+        <v>358</v>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I209" s="3">
-        <v>24280081328</v>
+        <v>53560644056</v>
       </c>
       <c r="J209" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K209" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L209" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M209" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" s="1">
-        <v>40433789100042</v>
+        <v>35098901800014</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>627</v>
-[...1 lines deleted...]
-      <c r="D210" s="2"/>
+        <v>498</v>
+      </c>
+      <c r="D210" s="2" t="s">
+        <v>499</v>
+      </c>
       <c r="E210" s="2" t="s">
-        <v>628</v>
+        <v>500</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>629</v>
+        <v>501</v>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I210" s="3">
-        <v>41570151457</v>
+        <v>73810017181</v>
       </c>
       <c r="J210" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K210" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L210" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M210" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" s="1">
-        <v>40433789100075</v>
+        <v>35098901800071</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>627</v>
+        <v>498</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="s">
-        <v>630</v>
+        <v>502</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>631</v>
+        <v>503</v>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I211" s="3">
-        <v>41570151457</v>
+        <v>73810017181</v>
       </c>
       <c r="J211" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K211" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L211" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M211" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" s="1">
-        <v>40433789100091</v>
+        <v>35098901800089</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>627</v>
-[...3 lines deleted...]
-      </c>
+        <v>498</v>
+      </c>
+      <c r="D212" s="2"/>
       <c r="E212" s="2" t="s">
-        <v>633</v>
+        <v>504</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>121</v>
+        <v>505</v>
       </c>
       <c r="G212" s="2"/>
       <c r="H212" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I212" s="3">
-        <v>41570151457</v>
+        <v>73810017181</v>
       </c>
       <c r="J212" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K212" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L212" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M212" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" s="1">
-        <v>40433789100109</v>
+        <v>35181269800600</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>627</v>
+        <v>506</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="s">
-        <v>634</v>
+        <v>507</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>635</v>
+        <v>508</v>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2" t="s">
-        <v>31</v>
+        <v>509</v>
       </c>
       <c r="I213" s="3">
-        <v>41570151457</v>
+        <v>82740069374</v>
       </c>
       <c r="J213" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K213" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L213" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M213" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" s="1">
-        <v>40433789100117</v>
+        <v>35181269800667</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>627</v>
-[...3 lines deleted...]
-      </c>
+        <v>506</v>
+      </c>
+      <c r="D214" s="2"/>
       <c r="E214" s="2" t="s">
-        <v>636</v>
+        <v>510</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>637</v>
+        <v>511</v>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="s">
-        <v>31</v>
+        <v>509</v>
       </c>
       <c r="I214" s="3">
-        <v>41570151457</v>
+        <v>82740069374</v>
       </c>
       <c r="J214" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K214" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L214" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M214" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" s="1">
-        <v>40433789100125</v>
+        <v>35181269800972</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>627</v>
+        <v>506</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="s">
-        <v>638</v>
+        <v>512</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>639</v>
+        <v>513</v>
       </c>
       <c r="G215" s="2"/>
       <c r="H215" s="2" t="s">
-        <v>31</v>
+        <v>509</v>
       </c>
       <c r="I215" s="3">
-        <v>41570151457</v>
+        <v>82740069374</v>
       </c>
       <c r="J215" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K215" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L215" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M215" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" s="1">
-        <v>40433789100133</v>
+        <v>35278742800163</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>627</v>
-[...1 lines deleted...]
-      <c r="D216" s="2"/>
+        <v>514</v>
+      </c>
+      <c r="D216" s="2" t="s">
+        <v>514</v>
+      </c>
       <c r="E216" s="2" t="s">
-        <v>640</v>
+        <v>515</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>641</v>
+        <v>516</v>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I216" s="3">
-        <v>41570151457</v>
+        <v>72470003747</v>
       </c>
       <c r="J216" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K216" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L216" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M216" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" s="1">
-        <v>40433789100141</v>
+        <v>37874468400044</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>627</v>
+        <v>517</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="s">
-        <v>642</v>
+        <v>518</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>477</v>
+        <v>519</v>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2" t="s">
-        <v>150</v>
+        <v>520</v>
       </c>
       <c r="I217" s="3">
-        <v>41570151457</v>
+        <v>21510047251</v>
       </c>
       <c r="J217" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K217" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L217" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M217" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" s="1">
-        <v>40486684000071</v>
+        <v>37874468400069</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>643</v>
-[...3 lines deleted...]
-      </c>
+        <v>517</v>
+      </c>
+      <c r="D218" s="2"/>
       <c r="E218" s="2" t="s">
-        <v>645</v>
+        <v>521</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>646</v>
+        <v>480</v>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2" t="s">
-        <v>157</v>
+        <v>520</v>
       </c>
       <c r="I218" s="3">
-        <v>41540249654</v>
+        <v>21510047251</v>
       </c>
       <c r="J218" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K218" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L218" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M218" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" s="1">
-        <v>40486684000089</v>
+        <v>37874468400077</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>643</v>
-[...3 lines deleted...]
-      </c>
+        <v>517</v>
+      </c>
+      <c r="D219" s="2"/>
       <c r="E219" s="2" t="s">
-        <v>648</v>
+        <v>522</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>649</v>
+        <v>523</v>
       </c>
       <c r="G219" s="2"/>
       <c r="H219" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I219" s="3">
-        <v>41540249654</v>
+        <v>21510047251</v>
       </c>
       <c r="J219" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K219" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L219" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M219" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" s="1">
-        <v>40486684000097</v>
+        <v>37874468400085</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>643</v>
-[...3 lines deleted...]
-      </c>
+        <v>517</v>
+      </c>
+      <c r="D220" s="2"/>
       <c r="E220" s="2" t="s">
-        <v>651</v>
+        <v>524</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>652</v>
+        <v>308</v>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2" t="s">
-        <v>157</v>
+        <v>520</v>
       </c>
       <c r="I220" s="3">
-        <v>41540249654</v>
+        <v>21510047251</v>
       </c>
       <c r="J220" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K220" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L220" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M220" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" s="1">
-        <v>40849598400028</v>
+        <v>37948271400050</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>653</v>
-[...1 lines deleted...]
-      <c r="D221" s="2"/>
+        <v>525</v>
+      </c>
+      <c r="D221" s="2" t="s">
+        <v>526</v>
+      </c>
       <c r="E221" s="2" t="s">
-        <v>654</v>
+        <v>527</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>655</v>
+        <v>528</v>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I221" s="3">
-        <v>91300018930</v>
+        <v>93840085484</v>
       </c>
       <c r="J221" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K221" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L221" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M221" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" s="1">
-        <v>40975677200037</v>
+        <v>37981229000052</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>656</v>
+        <v>529</v>
       </c>
       <c r="D222" s="2" t="s">
-        <v>656</v>
+        <v>530</v>
       </c>
       <c r="E222" s="2" t="s">
-        <v>657</v>
+        <v>531</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>506</v>
+        <v>532</v>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I222" s="3">
-        <v>52440299444</v>
+        <v>93060187806</v>
       </c>
       <c r="J222" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K222" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L222" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M222" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" s="1">
-        <v>40997918400069</v>
+        <v>37986552000058</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>658</v>
-[...1 lines deleted...]
-      <c r="D223" s="2"/>
+        <v>533</v>
+      </c>
+      <c r="D223" s="2" t="s">
+        <v>534</v>
+      </c>
       <c r="E223" s="2" t="s">
-        <v>659</v>
+        <v>535</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>660</v>
+        <v>536</v>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I223" s="3">
-        <v>82380222838</v>
+        <v>72330265333</v>
       </c>
       <c r="J223" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K223" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L223" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M223" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" s="1">
-        <v>41005566900031</v>
+        <v>37986552000066</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>661</v>
-[...1 lines deleted...]
-      <c r="D224" s="2"/>
+        <v>533</v>
+      </c>
+      <c r="D224" s="2" t="s">
+        <v>534</v>
+      </c>
       <c r="E224" s="2" t="s">
-        <v>662</v>
+        <v>537</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>663</v>
+        <v>538</v>
       </c>
       <c r="G224" s="2"/>
       <c r="H224" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I224" s="3">
-        <v>11940449594</v>
+        <v>72330265333</v>
       </c>
       <c r="J224" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K224" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L224" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M224" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" s="1">
-        <v>41005566900056</v>
+        <v>38044044600025</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>661</v>
-[...3 lines deleted...]
-      </c>
+        <v>539</v>
+      </c>
+      <c r="D225" s="2"/>
       <c r="E225" s="2" t="s">
-        <v>665</v>
+        <v>540</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>666</v>
+        <v>541</v>
       </c>
       <c r="G225" s="2"/>
       <c r="H225" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I225" s="3">
-        <v>11940449594</v>
+        <v>11770016877</v>
       </c>
       <c r="J225" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K225" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L225" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M225" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" s="1">
-        <v>41050563000013</v>
+        <v>38123634800037</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>667</v>
+        <v>542</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="s">
-        <v>668</v>
+        <v>543</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>669</v>
+        <v>544</v>
       </c>
       <c r="G226" s="2"/>
       <c r="H226" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I226" s="3">
-        <v>98970205097</v>
+        <v>83030171003</v>
       </c>
       <c r="J226" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K226" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L226" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M226" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" s="1">
-        <v>41050563000104</v>
+        <v>38124453200036</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>667</v>
-[...3 lines deleted...]
-      </c>
+        <v>545</v>
+      </c>
+      <c r="D227" s="2"/>
       <c r="E227" s="2" t="s">
-        <v>671</v>
+        <v>546</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>672</v>
+        <v>75</v>
       </c>
       <c r="G227" s="2"/>
       <c r="H227" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I227" s="3">
-        <v>98970205097</v>
+        <v>53290043029</v>
       </c>
       <c r="J227" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K227" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L227" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M227" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" s="1">
-        <v>41050563000120</v>
+        <v>38124453200044</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>667</v>
-[...3 lines deleted...]
-      </c>
+        <v>545</v>
+      </c>
+      <c r="D228" s="2"/>
       <c r="E228" s="2" t="s">
-        <v>673</v>
+        <v>547</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>17</v>
+        <v>548</v>
       </c>
       <c r="G228" s="2"/>
       <c r="H228" s="2" t="s">
-        <v>27</v>
+        <v>331</v>
       </c>
       <c r="I228" s="3">
-        <v>98970205097</v>
+        <v>53290043029</v>
       </c>
       <c r="J228" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K228" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L228" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M228" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" s="1">
-        <v>41050563000153</v>
+        <v>38124453200051</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>667</v>
-[...3 lines deleted...]
-      </c>
+        <v>545</v>
+      </c>
+      <c r="D229" s="2"/>
       <c r="E229" s="2" t="s">
-        <v>674</v>
+        <v>549</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>304</v>
+        <v>62</v>
       </c>
       <c r="G229" s="2"/>
       <c r="H229" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I229" s="3">
-        <v>98970205097</v>
+        <v>53290043029</v>
       </c>
       <c r="J229" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K229" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L229" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M229" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" s="1">
-        <v>41050563000179</v>
+        <v>38124453200077</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>667</v>
-[...3 lines deleted...]
-      </c>
+        <v>545</v>
+      </c>
+      <c r="D230" s="2"/>
       <c r="E230" s="2" t="s">
-        <v>675</v>
+        <v>550</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>676</v>
+        <v>551</v>
       </c>
       <c r="G230" s="2"/>
       <c r="H230" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I230" s="3">
-        <v>98970205097</v>
+        <v>53290043029</v>
       </c>
       <c r="J230" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K230" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L230" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M230" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" s="1">
-        <v>41126867500021</v>
+        <v>38124453200085</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>677</v>
+        <v>545</v>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2" t="s">
-        <v>678</v>
+        <v>552</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>679</v>
+        <v>553</v>
       </c>
       <c r="G231" s="2"/>
       <c r="H231" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I231" s="3">
-        <v>53220546222</v>
+        <v>53290043029</v>
       </c>
       <c r="J231" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K231" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L231" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M231" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" s="1">
-        <v>41145316000011</v>
+        <v>38211584800014</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>680</v>
+        <v>554</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2" t="s">
-        <v>681</v>
+        <v>555</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>682</v>
+        <v>556</v>
       </c>
       <c r="G232" s="2"/>
       <c r="H232" s="2" t="s">
-        <v>683</v>
+        <v>331</v>
       </c>
       <c r="I232" s="3">
-        <v>11788392678</v>
+        <v>82690054169</v>
       </c>
       <c r="J232" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K232" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L232" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M232" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" s="1">
-        <v>41173463500039</v>
+        <v>38211584800097</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>684</v>
+        <v>554</v>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="s">
-        <v>685</v>
+        <v>557</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>686</v>
+        <v>558</v>
       </c>
       <c r="G233" s="2"/>
       <c r="H233" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I233" s="3">
-        <v>83150298315</v>
+        <v>82690054169</v>
       </c>
       <c r="J233" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K233" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L233" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M233" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" s="1">
-        <v>41173463500054</v>
+        <v>38343530200021</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>684</v>
-[...1 lines deleted...]
-      <c r="D234" s="2"/>
+        <v>559</v>
+      </c>
+      <c r="D234" s="2" t="s">
+        <v>560</v>
+      </c>
       <c r="E234" s="2" t="s">
-        <v>687</v>
+        <v>561</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>688</v>
+        <v>562</v>
       </c>
       <c r="G234" s="2"/>
       <c r="H234" s="2" t="s">
-        <v>157</v>
+        <v>71</v>
       </c>
       <c r="I234" s="3">
-        <v>83150298315</v>
+        <v>52850045785</v>
       </c>
       <c r="J234" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K234" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L234" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M234" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" s="1">
-        <v>41173463500088</v>
+        <v>38920840600055</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>684</v>
+        <v>563</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2" t="s">
-        <v>689</v>
+        <v>564</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>393</v>
+        <v>565</v>
       </c>
       <c r="G235" s="2"/>
       <c r="H235" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I235" s="3">
-        <v>83150298315</v>
+        <v>82380154238</v>
       </c>
       <c r="J235" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K235" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L235" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M235" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" s="1">
-        <v>41173463500138</v>
+        <v>38960270700017</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>684</v>
+        <v>566</v>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="s">
-        <v>690</v>
+        <v>567</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>691</v>
+        <v>407</v>
       </c>
       <c r="G236" s="2"/>
       <c r="H236" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I236" s="3">
-        <v>83150298315</v>
+        <v>42680089068</v>
       </c>
       <c r="J236" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K236" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L236" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M236" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" s="1">
-        <v>41176883100108</v>
+        <v>38980220800014</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>692</v>
+        <v>568</v>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2" t="s">
-        <v>693</v>
+        <v>569</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>694</v>
+        <v>570</v>
       </c>
       <c r="G237" s="2"/>
       <c r="H237" s="2" t="s">
-        <v>695</v>
-[...1 lines deleted...]
-      <c r="I237" s="3"/>
+        <v>31</v>
+      </c>
+      <c r="I237" s="3">
+        <v>72470033047</v>
+      </c>
       <c r="J237" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K237" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L237" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M237" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" s="1">
-        <v>41194833400023</v>
+        <v>38980220800030</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>696</v>
+        <v>568</v>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="s">
-        <v>697</v>
+        <v>571</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>698</v>
+        <v>572</v>
       </c>
       <c r="G238" s="2"/>
       <c r="H238" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I238" s="3">
-        <v>52440719244</v>
+        <v>72470033047</v>
       </c>
       <c r="J238" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K238" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L238" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M238" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" s="1">
-        <v>41197247400034</v>
+        <v>38980220800063</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>699</v>
-[...3 lines deleted...]
-      </c>
+        <v>568</v>
+      </c>
+      <c r="D239" s="2"/>
       <c r="E239" s="2" t="s">
-        <v>701</v>
+        <v>573</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>702</v>
+        <v>300</v>
       </c>
       <c r="G239" s="2"/>
       <c r="H239" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I239" s="3">
-        <v>93130758713</v>
+        <v>72470033047</v>
       </c>
       <c r="J239" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K239" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L239" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M239" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" s="1">
-        <v>41226820300038</v>
+        <v>38980220800071</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>703</v>
-[...3 lines deleted...]
-      </c>
+        <v>568</v>
+      </c>
+      <c r="D240" s="2"/>
       <c r="E240" s="2" t="s">
-        <v>704</v>
+        <v>574</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>705</v>
+        <v>575</v>
       </c>
       <c r="G240" s="2"/>
       <c r="H240" s="2" t="s">
-        <v>183</v>
+        <v>31</v>
       </c>
       <c r="I240" s="3">
-        <v>24360051536</v>
+        <v>72470033047</v>
       </c>
       <c r="J240" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K240" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L240" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M240" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" s="1">
-        <v>41272386800029</v>
+        <v>39016543900022</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>706</v>
+        <v>576</v>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2" t="s">
-        <v>707</v>
+        <v>336</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>708</v>
+        <v>337</v>
       </c>
       <c r="G241" s="2"/>
       <c r="H241" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I241" s="3">
-        <v>93830229683</v>
+        <v>54790035679</v>
       </c>
       <c r="J241" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K241" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L241" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M241" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" s="1">
-        <v>41282908700045</v>
+        <v>39058913300086</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>709</v>
+        <v>577</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2" t="s">
-        <v>710</v>
+        <v>578</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>711</v>
+        <v>579</v>
       </c>
       <c r="G242" s="2"/>
       <c r="H242" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I242" s="3">
-        <v>41540159954</v>
+        <v>93131039813</v>
       </c>
       <c r="J242" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K242" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L242" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M242" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" s="1">
-        <v>41310403500014</v>
+        <v>39058913300094</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>712</v>
+        <v>577</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2" t="s">
-        <v>713</v>
+        <v>580</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>714</v>
+        <v>581</v>
       </c>
       <c r="G243" s="2"/>
       <c r="H243" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I243" s="3">
-        <v>82730063173</v>
+        <v>93131039813</v>
       </c>
       <c r="J243" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K243" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L243" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M243" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" s="1">
-        <v>41318959800050</v>
+        <v>39058913300128</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>715</v>
+        <v>577</v>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2" t="s">
-        <v>716</v>
+        <v>582</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>717</v>
+        <v>583</v>
       </c>
       <c r="G244" s="2"/>
       <c r="H244" s="2" t="s">
-        <v>183</v>
+        <v>331</v>
       </c>
       <c r="I244" s="3">
-        <v>82690562469</v>
+        <v>93131039813</v>
       </c>
       <c r="J244" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K244" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L244" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M244" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" s="1">
-        <v>41458077900026</v>
+        <v>39058913300144</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>718</v>
+        <v>577</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2" t="s">
-        <v>719</v>
+        <v>584</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>720</v>
+        <v>585</v>
       </c>
       <c r="G245" s="2"/>
       <c r="H245" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I245" s="3">
-        <v>31590433359</v>
+        <v>93131039813</v>
       </c>
       <c r="J245" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K245" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L245" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M245" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" s="1">
-        <v>41834980900032</v>
+        <v>39058913300151</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>721</v>
-[...1 lines deleted...]
-      <c r="D246" s="2"/>
+        <v>577</v>
+      </c>
+      <c r="D246" s="2" t="s">
+        <v>586</v>
+      </c>
       <c r="E246" s="2" t="s">
-        <v>722</v>
+        <v>587</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>723</v>
+        <v>588</v>
       </c>
       <c r="G246" s="2"/>
       <c r="H246" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I246" s="3">
-        <v>98970215997</v>
+        <v>93131039813</v>
       </c>
       <c r="J246" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K246" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L246" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M246" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" s="1">
-        <v>41927630800048</v>
+        <v>39058913300185</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>724</v>
+        <v>577</v>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2" t="s">
-        <v>725</v>
+        <v>589</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>726</v>
+        <v>590</v>
       </c>
       <c r="G247" s="2"/>
       <c r="H247" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I247" s="3">
-        <v>21100041810</v>
+        <v>93131039813</v>
       </c>
       <c r="J247" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K247" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L247" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M247" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" s="1">
-        <v>42109473100013</v>
+        <v>39135740700041</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>727</v>
+        <v>591</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="s">
-        <v>728</v>
+        <v>592</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>729</v>
+        <v>593</v>
       </c>
       <c r="G248" s="2"/>
       <c r="H248" s="2" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>594</v>
+      </c>
+      <c r="I248" s="3"/>
       <c r="J248" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K248" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L248" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M248" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" s="1">
-        <v>42109473100047</v>
+        <v>39215531300068</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>727</v>
-[...1 lines deleted...]
-      <c r="D249" s="2"/>
+        <v>595</v>
+      </c>
+      <c r="D249" s="2" t="s">
+        <v>596</v>
+      </c>
       <c r="E249" s="2" t="s">
-        <v>730</v>
+        <v>597</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>731</v>
+        <v>598</v>
       </c>
       <c r="G249" s="2"/>
       <c r="H249" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I249" s="3">
-        <v>31620136662</v>
+        <v>25140062614</v>
       </c>
       <c r="J249" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K249" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L249" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M249" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" s="1">
-        <v>42138928900024</v>
+        <v>39231438100022</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>732</v>
-[...1 lines deleted...]
-      <c r="D250" s="2"/>
+        <v>599</v>
+      </c>
+      <c r="D250" s="2" t="s">
+        <v>599</v>
+      </c>
       <c r="E250" s="2" t="s">
-        <v>733</v>
+        <v>600</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>734</v>
+        <v>601</v>
       </c>
       <c r="G250" s="2"/>
       <c r="H250" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I250" s="3">
-        <v>82690744969</v>
+        <v>73310201631</v>
       </c>
       <c r="J250" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K250" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L250" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M250" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" s="1">
-        <v>42138928900040</v>
+        <v>39234709200026</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>732</v>
+        <v>602</v>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2" t="s">
-        <v>735</v>
+        <v>603</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>736</v>
+        <v>604</v>
       </c>
       <c r="G251" s="2"/>
       <c r="H251" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I251" s="3">
-        <v>82690744969</v>
+        <v>53560456756</v>
       </c>
       <c r="J251" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K251" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L251" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M251" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" s="1">
-        <v>42152046100359</v>
+        <v>39259646600046</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>737</v>
+        <v>605</v>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2" t="s">
-        <v>738</v>
+        <v>606</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>739</v>
+        <v>607</v>
       </c>
       <c r="G252" s="2"/>
       <c r="H252" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I252" s="3">
-        <v>82690622569</v>
+        <v>73810037781</v>
       </c>
       <c r="J252" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K252" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L252" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M252" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" s="1">
-        <v>42152046100367</v>
+        <v>39381725900293</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>737</v>
+        <v>608</v>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2" t="s">
-        <v>740</v>
+        <v>430</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>23</v>
+        <v>431</v>
       </c>
       <c r="G253" s="2"/>
       <c r="H253" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I253" s="3">
-        <v>82690622569</v>
+        <v>42670210667</v>
       </c>
       <c r="J253" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K253" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L253" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M253" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" s="1">
-        <v>42152046100383</v>
+        <v>39400768600022</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>737</v>
+        <v>609</v>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="s">
-        <v>741</v>
+        <v>610</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>463</v>
+        <v>611</v>
       </c>
       <c r="G254" s="2"/>
       <c r="H254" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I254" s="3">
-        <v>82690622569</v>
+        <v>31590308059</v>
       </c>
       <c r="J254" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K254" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L254" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M254" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" s="1">
-        <v>42152046100391</v>
+        <v>39415842200037</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>737</v>
+        <v>612</v>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2" t="s">
-        <v>742</v>
+        <v>613</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>463</v>
+        <v>614</v>
       </c>
       <c r="G255" s="2"/>
       <c r="H255" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I255" s="3">
-        <v>82690622569</v>
+        <v>31590311259</v>
       </c>
       <c r="J255" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K255" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L255" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M255" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" s="1">
-        <v>42152046100417</v>
+        <v>39415842200052</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>737</v>
-[...1 lines deleted...]
-      <c r="D256" s="2"/>
+        <v>612</v>
+      </c>
+      <c r="D256" s="2" t="s">
+        <v>612</v>
+      </c>
       <c r="E256" s="2" t="s">
-        <v>743</v>
+        <v>615</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>744</v>
+        <v>616</v>
       </c>
       <c r="G256" s="2"/>
       <c r="H256" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I256" s="3">
-        <v>82690622569</v>
+        <v>31590311259</v>
       </c>
       <c r="J256" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K256" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L256" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M256" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" s="1">
-        <v>42156068100106</v>
+        <v>39433208400059</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>745</v>
+        <v>617</v>
       </c>
       <c r="D257" s="2"/>
       <c r="E257" s="2" t="s">
-        <v>746</v>
+        <v>618</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>747</v>
+        <v>619</v>
       </c>
       <c r="G257" s="2"/>
       <c r="H257" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I257" s="3">
-        <v>43250224725</v>
+        <v>23760214476</v>
       </c>
       <c r="J257" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K257" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L257" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M257" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" s="1">
-        <v>42198997100047</v>
+        <v>39433208400083</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>748</v>
+        <v>617</v>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2" t="s">
-        <v>749</v>
+        <v>620</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>686</v>
+        <v>621</v>
       </c>
       <c r="G258" s="2"/>
       <c r="H258" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I258" s="3">
-        <v>23760299576</v>
+        <v>23760214476</v>
       </c>
       <c r="J258" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K258" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L258" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M258" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" s="1">
-        <v>42249090400022</v>
+        <v>39433208400141</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>750</v>
-[...3 lines deleted...]
-      </c>
+        <v>617</v>
+      </c>
+      <c r="D259" s="2"/>
       <c r="E259" s="2" t="s">
-        <v>752</v>
+        <v>622</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>753</v>
+        <v>245</v>
       </c>
       <c r="G259" s="2"/>
       <c r="H259" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I259" s="3">
-        <v>82260095626</v>
+        <v>23760214476</v>
       </c>
       <c r="J259" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K259" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L259" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M259" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" s="1">
-        <v>42270655600038</v>
+        <v>39433208400158</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="D260" s="2"/>
+        <v>617</v>
+      </c>
+      <c r="D260" s="2" t="s">
+        <v>623</v>
+      </c>
       <c r="E260" s="2" t="s">
-        <v>755</v>
+        <v>624</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>756</v>
+        <v>625</v>
       </c>
       <c r="G260" s="2"/>
       <c r="H260" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I260" s="3">
-        <v>23270065227</v>
+        <v>23760214476</v>
       </c>
       <c r="J260" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K260" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L260" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M260" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" s="1">
-        <v>42380826000024</v>
+        <v>39441880000048</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>757</v>
+        <v>626</v>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2" t="s">
-        <v>758</v>
+        <v>627</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>759</v>
+        <v>628</v>
       </c>
       <c r="G261" s="2"/>
       <c r="H261" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I261" s="3">
-        <v>43900032790</v>
+        <v>73820015682</v>
       </c>
       <c r="J261" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K261" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L261" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M261" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" s="1">
-        <v>42505237000052</v>
+        <v>39490619200098</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>760</v>
+        <v>629</v>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2" t="s">
-        <v>761</v>
+        <v>630</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>762</v>
+        <v>631</v>
       </c>
       <c r="G262" s="2"/>
       <c r="H262" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I262" s="3">
-        <v>83630412963</v>
+        <v>82690430569</v>
       </c>
       <c r="J262" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K262" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L262" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M262" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" s="1">
-        <v>30286824500010</v>
+        <v>39490619200106</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>763</v>
+        <v>629</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2" t="s">
-        <v>764</v>
+        <v>632</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>346</v>
+        <v>289</v>
       </c>
       <c r="G263" s="2"/>
       <c r="H263" s="2" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="I263" s="3">
-        <v>21510123251</v>
+        <v>82690430569</v>
       </c>
       <c r="J263" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K263" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L263" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M263" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" s="1">
-        <v>30340961900226</v>
+        <v>39785587500068</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>765</v>
-[...1 lines deleted...]
-      <c r="D264" s="2"/>
+        <v>633</v>
+      </c>
+      <c r="D264" s="2" t="s">
+        <v>634</v>
+      </c>
       <c r="E264" s="2" t="s">
-        <v>766</v>
+        <v>635</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>767</v>
+        <v>636</v>
       </c>
       <c r="G264" s="2"/>
       <c r="H264" s="2" t="s">
-        <v>768</v>
+        <v>331</v>
       </c>
       <c r="I264" s="3">
-        <v>11770458077</v>
+        <v>24180044018</v>
       </c>
       <c r="J264" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K264" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L264" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M264" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" s="1">
-        <v>30438251800013</v>
+        <v>39785587500134</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>769</v>
-[...1 lines deleted...]
-      <c r="D265" s="2"/>
+        <v>633</v>
+      </c>
+      <c r="D265" s="2" t="s">
+        <v>637</v>
+      </c>
       <c r="E265" s="2" t="s">
-        <v>770</v>
+        <v>638</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>346</v>
+        <v>639</v>
       </c>
       <c r="G265" s="2"/>
       <c r="H265" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I265" s="3">
-        <v>21510003551</v>
+        <v>24180044018</v>
       </c>
       <c r="J265" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K265" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L265" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M265" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" s="1">
-        <v>30540504500017</v>
+        <v>39785587500142</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>771</v>
+        <v>633</v>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2" t="s">
-        <v>772</v>
+        <v>640</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>346</v>
+        <v>641</v>
       </c>
       <c r="G266" s="2"/>
       <c r="H266" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I266" s="3">
-        <v>11750091675</v>
+        <v>24180044018</v>
       </c>
       <c r="J266" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K266" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L266" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M266" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" s="1">
-        <v>30540504500025</v>
+        <v>39806026900022</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>771</v>
+        <v>642</v>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2" t="s">
-        <v>773</v>
+        <v>643</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>346</v>
+        <v>644</v>
       </c>
       <c r="G267" s="2"/>
       <c r="H267" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I267" s="3">
-        <v>11750091675</v>
+        <v>72330325633</v>
       </c>
       <c r="J267" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K267" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L267" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M267" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" s="1">
-        <v>30540504500041</v>
+        <v>39806026900154</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>771</v>
+        <v>642</v>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2" t="s">
-        <v>774</v>
+        <v>645</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>346</v>
+        <v>646</v>
       </c>
       <c r="G268" s="2"/>
       <c r="H268" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I268" s="3">
-        <v>11750091675</v>
+        <v>72330325633</v>
       </c>
       <c r="J268" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K268" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L268" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M268" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" s="1">
-        <v>30540504500066</v>
+        <v>39808507600030</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>771</v>
+        <v>647</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2" t="s">
-        <v>775</v>
+        <v>648</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>346</v>
+        <v>649</v>
       </c>
       <c r="G269" s="2"/>
       <c r="H269" s="2" t="s">
-        <v>31</v>
+        <v>520</v>
       </c>
       <c r="I269" s="3">
-        <v>11750091675</v>
+        <v>41570282757</v>
       </c>
       <c r="J269" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K269" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L269" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M269" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" s="1">
-        <v>30540504500132</v>
+        <v>39872563000063</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>771</v>
+        <v>650</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2" t="s">
-        <v>776</v>
+        <v>651</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>777</v>
+        <v>652</v>
       </c>
       <c r="G270" s="2"/>
       <c r="H270" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I270" s="3">
-        <v>11750091675</v>
+        <v>52530079153</v>
       </c>
       <c r="J270" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K270" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L270" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M270" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" s="1">
-        <v>30540504500223</v>
+        <v>39872563000071</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C271" s="2" t="s">
-        <v>771</v>
+        <v>650</v>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2" t="s">
-        <v>778</v>
+        <v>653</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>779</v>
+        <v>654</v>
       </c>
       <c r="G271" s="2"/>
       <c r="H271" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I271" s="3">
-        <v>11750091675</v>
+        <v>52530079153</v>
       </c>
       <c r="J271" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K271" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L271" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M271" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" s="1">
-        <v>30540504500249</v>
+        <v>39882957200062</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>771</v>
+        <v>655</v>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2" t="s">
-        <v>780</v>
+        <v>656</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>781</v>
+        <v>553</v>
       </c>
       <c r="G272" s="2"/>
       <c r="H272" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I272" s="3">
-        <v>11750091675</v>
+        <v>82420103742</v>
       </c>
       <c r="J272" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K272" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L272" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M272" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" s="1">
-        <v>30540504500363</v>
+        <v>39890939000021</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>771</v>
+        <v>657</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="s">
-        <v>782</v>
+        <v>658</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>783</v>
+        <v>659</v>
       </c>
       <c r="G273" s="2"/>
       <c r="H273" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I273" s="3">
-        <v>11750091675</v>
+        <v>41570044357</v>
       </c>
       <c r="J273" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K273" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L273" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M273" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" s="1">
-        <v>30540504500371</v>
+        <v>39909999300020</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>771</v>
+        <v>660</v>
       </c>
       <c r="D274" s="2"/>
       <c r="E274" s="2" t="s">
-        <v>784</v>
+        <v>661</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>785</v>
+        <v>662</v>
       </c>
       <c r="G274" s="2"/>
       <c r="H274" s="2" t="s">
-        <v>31</v>
+        <v>509</v>
       </c>
       <c r="I274" s="3">
-        <v>11750091675</v>
+        <v>28760672276</v>
       </c>
       <c r="J274" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K274" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L274" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M274" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" s="1">
-        <v>30540504500397</v>
+        <v>39950747400027</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>771</v>
+        <v>663</v>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2" t="s">
-        <v>786</v>
+        <v>664</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>787</v>
+        <v>665</v>
       </c>
       <c r="G275" s="2"/>
       <c r="H275" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I275" s="3">
-        <v>11750091675</v>
+        <v>11910431191</v>
       </c>
       <c r="J275" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K275" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L275" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M275" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" s="1">
-        <v>30540504500421</v>
+        <v>40130997600025</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>771</v>
-[...3 lines deleted...]
-      </c>
+        <v>666</v>
+      </c>
+      <c r="D276" s="2"/>
       <c r="E276" s="2" t="s">
-        <v>789</v>
+        <v>667</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>790</v>
+        <v>668</v>
       </c>
       <c r="G276" s="2"/>
       <c r="H276" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I276" s="3">
-        <v>11750091675</v>
+        <v>82690477569</v>
       </c>
       <c r="J276" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K276" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L276" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M276" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" s="1">
-        <v>30540504500504</v>
+        <v>40144586100016</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>771</v>
-[...3 lines deleted...]
-      </c>
+        <v>669</v>
+      </c>
+      <c r="D277" s="2"/>
       <c r="E277" s="2" t="s">
-        <v>792</v>
+        <v>670</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>669</v>
+        <v>339</v>
       </c>
       <c r="G277" s="2"/>
       <c r="H277" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I277" s="3">
-        <v>11750091675</v>
+        <v>54860056686</v>
       </c>
       <c r="J277" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K277" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L277" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M277" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" s="1">
-        <v>30540504500512</v>
+        <v>40151763600031</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D278" s="2"/>
+        <v>671</v>
+      </c>
+      <c r="D278" s="2" t="s">
+        <v>671</v>
+      </c>
       <c r="E278" s="2" t="s">
-        <v>793</v>
+        <v>672</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="G278" s="2"/>
       <c r="H278" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I278" s="3">
-        <v>11750091675</v>
+        <v>24280171128</v>
       </c>
       <c r="J278" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K278" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L278" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M278" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" s="1">
-        <v>30540504500520</v>
+        <v>40151763600072</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>771</v>
+        <v>671</v>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2" t="s">
-        <v>794</v>
+        <v>674</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>669</v>
+        <v>121</v>
       </c>
       <c r="G279" s="2"/>
       <c r="H279" s="2" t="s">
-        <v>27</v>
+        <v>331</v>
       </c>
       <c r="I279" s="3">
-        <v>11750091675</v>
+        <v>24280171128</v>
       </c>
       <c r="J279" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K279" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L279" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M279" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" s="1">
-        <v>30540504500579</v>
+        <v>40166550000062</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>771</v>
+        <v>675</v>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2" t="s">
-        <v>795</v>
+        <v>676</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="G280" s="2"/>
       <c r="H280" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I280" s="3">
-        <v>11750091675</v>
+        <v>11950492895</v>
       </c>
       <c r="J280" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K280" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L280" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M280" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" s="1">
-        <v>30540504500587</v>
+        <v>40332253000011</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>771</v>
+        <v>678</v>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2" t="s">
-        <v>796</v>
+        <v>679</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>797</v>
+        <v>680</v>
       </c>
       <c r="G281" s="2"/>
       <c r="H281" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I281" s="3">
-        <v>11750091675</v>
+        <v>24280081328</v>
       </c>
       <c r="J281" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K281" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L281" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M281" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" s="1">
-        <v>30540504500595</v>
+        <v>40433789100042</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>771</v>
+        <v>681</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2" t="s">
-        <v>798</v>
+        <v>682</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>797</v>
+        <v>683</v>
       </c>
       <c r="G282" s="2"/>
       <c r="H282" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I282" s="3">
-        <v>11750091675</v>
+        <v>41570151457</v>
       </c>
       <c r="J282" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K282" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L282" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M282" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" s="1">
-        <v>30540504500603</v>
+        <v>40433789100075</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>771</v>
+        <v>681</v>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2" t="s">
-        <v>799</v>
+        <v>684</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>797</v>
+        <v>685</v>
       </c>
       <c r="G283" s="2"/>
       <c r="H283" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I283" s="3">
-        <v>11750091675</v>
+        <v>41570151457</v>
       </c>
       <c r="J283" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K283" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L283" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M283" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" s="1">
-        <v>30540504500637</v>
+        <v>40433789100091</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>771</v>
+        <v>681</v>
       </c>
       <c r="D284" s="2" t="s">
-        <v>800</v>
+        <v>686</v>
       </c>
       <c r="E284" s="2" t="s">
-        <v>801</v>
+        <v>687</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>802</v>
+        <v>121</v>
       </c>
       <c r="G284" s="2"/>
       <c r="H284" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I284" s="3">
-        <v>11750091675</v>
+        <v>41570151457</v>
       </c>
       <c r="J284" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K284" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L284" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M284" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" s="1">
-        <v>30540504500652</v>
+        <v>40433789100109</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>771</v>
+        <v>681</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2" t="s">
-        <v>803</v>
+        <v>688</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>802</v>
+        <v>689</v>
       </c>
       <c r="G285" s="2"/>
       <c r="H285" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I285" s="3">
-        <v>11750091675</v>
+        <v>41570151457</v>
       </c>
       <c r="J285" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K285" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L285" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M285" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" s="1">
-        <v>30540504500660</v>
+        <v>40433789100117</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>771</v>
+        <v>681</v>
       </c>
       <c r="D286" s="2" t="s">
-        <v>800</v>
+        <v>686</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>804</v>
+        <v>690</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>805</v>
+        <v>691</v>
       </c>
       <c r="G286" s="2"/>
       <c r="H286" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I286" s="3">
-        <v>11750091675</v>
+        <v>41570151457</v>
       </c>
       <c r="J286" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K286" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L286" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M286" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" s="1">
-        <v>30540504500694</v>
+        <v>40433789100125</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>771</v>
+        <v>681</v>
       </c>
       <c r="D287" s="2"/>
       <c r="E287" s="2" t="s">
-        <v>806</v>
+        <v>692</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>137</v>
+        <v>693</v>
       </c>
       <c r="G287" s="2"/>
       <c r="H287" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I287" s="3">
-        <v>11750091675</v>
+        <v>41570151457</v>
       </c>
       <c r="J287" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K287" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L287" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M287" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" s="1">
-        <v>30540504500702</v>
+        <v>40433789100133</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>771</v>
-[...3 lines deleted...]
-      </c>
+        <v>681</v>
+      </c>
+      <c r="D288" s="2"/>
       <c r="E288" s="2" t="s">
-        <v>808</v>
+        <v>694</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>809</v>
+        <v>695</v>
       </c>
       <c r="G288" s="2"/>
       <c r="H288" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I288" s="3">
-        <v>11750091675</v>
+        <v>41570151457</v>
       </c>
       <c r="J288" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K288" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L288" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M288" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" s="1">
-        <v>30540504500744</v>
+        <v>40433789100141</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>771</v>
-[...3 lines deleted...]
-      </c>
+        <v>681</v>
+      </c>
+      <c r="D289" s="2"/>
       <c r="E289" s="2" t="s">
-        <v>810</v>
+        <v>696</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>811</v>
+        <v>310</v>
       </c>
       <c r="G289" s="2"/>
       <c r="H289" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I289" s="3">
-        <v>11750091675</v>
+        <v>41570151457</v>
       </c>
       <c r="J289" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K289" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L289" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M289" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" s="1">
-        <v>30540504500751</v>
+        <v>40486684000071</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D290" s="2"/>
+        <v>697</v>
+      </c>
+      <c r="D290" s="2" t="s">
+        <v>698</v>
+      </c>
       <c r="E290" s="2" t="s">
-        <v>812</v>
+        <v>699</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>811</v>
+        <v>700</v>
       </c>
       <c r="G290" s="2"/>
       <c r="H290" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I290" s="3">
-        <v>11750091675</v>
+        <v>41540249654</v>
       </c>
       <c r="J290" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K290" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L290" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M290" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" s="1">
-        <v>30540504500777</v>
+        <v>40486684000089</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D291" s="2"/>
+        <v>697</v>
+      </c>
+      <c r="D291" s="2" t="s">
+        <v>701</v>
+      </c>
       <c r="E291" s="2" t="s">
-        <v>813</v>
+        <v>702</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>811</v>
+        <v>703</v>
       </c>
       <c r="G291" s="2"/>
       <c r="H291" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I291" s="3">
-        <v>11750091675</v>
+        <v>41540249654</v>
       </c>
       <c r="J291" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K291" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L291" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M291" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" s="1">
-        <v>30540504500785</v>
+        <v>40486684000097</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>771</v>
+        <v>697</v>
       </c>
       <c r="D292" s="2" t="s">
-        <v>807</v>
+        <v>704</v>
       </c>
       <c r="E292" s="2" t="s">
-        <v>814</v>
+        <v>705</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>809</v>
+        <v>706</v>
       </c>
       <c r="G292" s="2"/>
       <c r="H292" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I292" s="3">
-        <v>11750091675</v>
+        <v>41540249654</v>
       </c>
       <c r="J292" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K292" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L292" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M292" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" s="1">
-        <v>30540504500868</v>
+        <v>40849598400028</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>771</v>
+        <v>707</v>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2" t="s">
-        <v>815</v>
+        <v>708</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>811</v>
+        <v>709</v>
       </c>
       <c r="G293" s="2"/>
       <c r="H293" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I293" s="3">
-        <v>11750091675</v>
+        <v>91300018930</v>
       </c>
       <c r="J293" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K293" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L293" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M293" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" s="1">
-        <v>30540504500884</v>
+        <v>40975677200037</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D294" s="2"/>
+        <v>710</v>
+      </c>
+      <c r="D294" s="2" t="s">
+        <v>710</v>
+      </c>
       <c r="E294" s="2" t="s">
-        <v>816</v>
+        <v>711</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>817</v>
+        <v>712</v>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I294" s="3">
-        <v>11750091675</v>
+        <v>52440299444</v>
       </c>
       <c r="J294" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K294" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L294" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M294" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" s="1">
-        <v>30540504500991</v>
+        <v>40997918400069</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>771</v>
+        <v>713</v>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2" t="s">
-        <v>818</v>
+        <v>714</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>354</v>
+        <v>715</v>
       </c>
       <c r="G295" s="2"/>
       <c r="H295" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I295" s="3">
-        <v>11750091675</v>
+        <v>82380222838</v>
       </c>
       <c r="J295" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K295" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L295" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M295" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" s="1">
-        <v>30540504501015</v>
+        <v>41005566900031</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>771</v>
+        <v>716</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="s">
-        <v>819</v>
+        <v>717</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>354</v>
+        <v>718</v>
       </c>
       <c r="G296" s="2"/>
       <c r="H296" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I296" s="3">
-        <v>11750091675</v>
+        <v>11940449594</v>
       </c>
       <c r="J296" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K296" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L296" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M296" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297" s="1">
-        <v>30540504501031</v>
+        <v>41005566900056</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D297" s="2"/>
+        <v>716</v>
+      </c>
+      <c r="D297" s="2" t="s">
+        <v>333</v>
+      </c>
       <c r="E297" s="2" t="s">
-        <v>820</v>
+        <v>719</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>821</v>
+        <v>720</v>
       </c>
       <c r="G297" s="2"/>
       <c r="H297" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I297" s="3">
-        <v>11750091675</v>
+        <v>11940449594</v>
       </c>
       <c r="J297" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K297" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L297" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M297" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298" s="1">
-        <v>30540504501080</v>
+        <v>41050563000013</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>771</v>
+        <v>721</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2" t="s">
-        <v>822</v>
+        <v>722</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>823</v>
+        <v>166</v>
       </c>
       <c r="G298" s="2"/>
       <c r="H298" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I298" s="3">
-        <v>11750091675</v>
+        <v>98970205097</v>
       </c>
       <c r="J298" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K298" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L298" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M298" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299" s="1">
-        <v>30540504501130</v>
+        <v>41050563000104</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D299" s="2"/>
+        <v>721</v>
+      </c>
+      <c r="D299" s="2" t="s">
+        <v>723</v>
+      </c>
       <c r="E299" s="2" t="s">
-        <v>824</v>
+        <v>724</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>825</v>
+        <v>725</v>
       </c>
       <c r="G299" s="2"/>
       <c r="H299" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I299" s="3">
-        <v>11750091675</v>
+        <v>98970205097</v>
       </c>
       <c r="J299" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K299" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L299" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M299" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300" s="1">
-        <v>30540504501171</v>
+        <v>41050563000120</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D300" s="2"/>
+        <v>721</v>
+      </c>
+      <c r="D300" s="2" t="s">
+        <v>723</v>
+      </c>
       <c r="E300" s="2" t="s">
-        <v>826</v>
+        <v>726</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>705</v>
+        <v>17</v>
       </c>
       <c r="G300" s="2"/>
       <c r="H300" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I300" s="3">
-        <v>11750091675</v>
+        <v>98970205097</v>
       </c>
       <c r="J300" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K300" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L300" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M300" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301" s="1">
-        <v>30540504501213</v>
+        <v>41050563000153</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D301" s="2"/>
+        <v>721</v>
+      </c>
+      <c r="D301" s="2" t="s">
+        <v>723</v>
+      </c>
       <c r="E301" s="2" t="s">
-        <v>827</v>
+        <v>727</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>828</v>
+        <v>289</v>
       </c>
       <c r="G301" s="2"/>
       <c r="H301" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I301" s="3">
-        <v>11750091675</v>
+        <v>98970205097</v>
       </c>
       <c r="J301" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K301" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L301" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M301" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302" s="1">
-        <v>30540504501221</v>
+        <v>41050563000179</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D302" s="2"/>
+        <v>721</v>
+      </c>
+      <c r="D302" s="2" t="s">
+        <v>723</v>
+      </c>
       <c r="E302" s="2" t="s">
-        <v>829</v>
+        <v>728</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>830</v>
+        <v>729</v>
       </c>
       <c r="G302" s="2"/>
       <c r="H302" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I302" s="3">
-        <v>11750091675</v>
+        <v>98970205097</v>
       </c>
       <c r="J302" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K302" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L302" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M302" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303" s="1">
-        <v>30540504501262</v>
+        <v>41126867500021</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>771</v>
+        <v>730</v>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2" t="s">
-        <v>831</v>
+        <v>731</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>832</v>
+        <v>732</v>
       </c>
       <c r="G303" s="2"/>
       <c r="H303" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I303" s="3">
-        <v>11750091675</v>
+        <v>53220546222</v>
       </c>
       <c r="J303" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K303" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L303" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M303" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304" s="1">
-        <v>30540504501338</v>
+        <v>41145316000011</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>771</v>
+        <v>733</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2" t="s">
-        <v>833</v>
+        <v>734</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>834</v>
+        <v>735</v>
       </c>
       <c r="G304" s="2"/>
       <c r="H304" s="2" t="s">
-        <v>31</v>
+        <v>396</v>
       </c>
       <c r="I304" s="3">
-        <v>11750091675</v>
+        <v>11788392678</v>
       </c>
       <c r="J304" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K304" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L304" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M304" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305" s="1">
-        <v>30540504501346</v>
+        <v>41173463500039</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>771</v>
+        <v>736</v>
       </c>
       <c r="D305" s="2"/>
       <c r="E305" s="2" t="s">
-        <v>835</v>
+        <v>737</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>836</v>
+        <v>738</v>
       </c>
       <c r="G305" s="2"/>
       <c r="H305" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I305" s="3">
-        <v>11750091675</v>
+        <v>83150298315</v>
       </c>
       <c r="J305" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K305" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L305" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M305" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306" s="1">
-        <v>30540504501387</v>
+        <v>41173463500054</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>771</v>
+        <v>736</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2" t="s">
-        <v>837</v>
+        <v>739</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>838</v>
+        <v>740</v>
       </c>
       <c r="G306" s="2"/>
       <c r="H306" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I306" s="3">
-        <v>11750091675</v>
+        <v>83150298315</v>
       </c>
       <c r="J306" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K306" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L306" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M306" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307" s="1">
-        <v>30540504501403</v>
+        <v>41173463500088</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>771</v>
+        <v>736</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2" t="s">
-        <v>839</v>
+        <v>741</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>840</v>
+        <v>268</v>
       </c>
       <c r="G307" s="2"/>
       <c r="H307" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I307" s="3">
-        <v>11750091675</v>
+        <v>83150298315</v>
       </c>
       <c r="J307" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K307" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L307" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M307" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308" s="1">
-        <v>30540504501429</v>
+        <v>41173463500138</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>771</v>
+        <v>736</v>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2" t="s">
-        <v>841</v>
+        <v>742</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>840</v>
+        <v>743</v>
       </c>
       <c r="G308" s="2"/>
       <c r="H308" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I308" s="3">
-        <v>11750091675</v>
+        <v>83150298315</v>
       </c>
       <c r="J308" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K308" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L308" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M308" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309" s="1">
-        <v>30540504501452</v>
+        <v>41176883100108</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>771</v>
+        <v>744</v>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2" t="s">
-        <v>842</v>
+        <v>745</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>838</v>
+        <v>746</v>
       </c>
       <c r="G309" s="2"/>
       <c r="H309" s="2" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>747</v>
+      </c>
+      <c r="I309" s="3"/>
       <c r="J309" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K309" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L309" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M309" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310" s="1">
-        <v>30540504501478</v>
+        <v>41194833400023</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>771</v>
+        <v>748</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2" t="s">
-        <v>843</v>
+        <v>749</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>537</v>
+        <v>750</v>
       </c>
       <c r="G310" s="2"/>
       <c r="H310" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I310" s="3">
-        <v>11750091675</v>
+        <v>52440719244</v>
       </c>
       <c r="J310" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K310" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L310" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M310" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311" s="1">
-        <v>30540504501510</v>
+        <v>41197247400034</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D311" s="2"/>
+        <v>751</v>
+      </c>
+      <c r="D311" s="2" t="s">
+        <v>752</v>
+      </c>
       <c r="E311" s="2" t="s">
-        <v>844</v>
+        <v>753</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>845</v>
+        <v>754</v>
       </c>
       <c r="G311" s="2"/>
       <c r="H311" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I311" s="3">
-        <v>11750091675</v>
+        <v>93130758713</v>
       </c>
       <c r="J311" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K311" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L311" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M311" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" s="1">
-        <v>30540504501528</v>
+        <v>41226820300038</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D312" s="2"/>
+        <v>755</v>
+      </c>
+      <c r="D312" s="2" t="s">
+        <v>755</v>
+      </c>
       <c r="E312" s="2" t="s">
-        <v>846</v>
+        <v>756</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>845</v>
+        <v>202</v>
       </c>
       <c r="G312" s="2"/>
       <c r="H312" s="2" t="s">
-        <v>31</v>
+        <v>520</v>
       </c>
       <c r="I312" s="3">
-        <v>11750091675</v>
+        <v>24360051536</v>
       </c>
       <c r="J312" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K312" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L312" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M312" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" s="1">
-        <v>30540504501536</v>
+        <v>41272386800029</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>771</v>
+        <v>757</v>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2" t="s">
-        <v>847</v>
+        <v>758</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>845</v>
+        <v>226</v>
       </c>
       <c r="G313" s="2"/>
       <c r="H313" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I313" s="3">
-        <v>11750091675</v>
+        <v>93830229683</v>
       </c>
       <c r="J313" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K313" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L313" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M313" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" s="1">
-        <v>30540504501577</v>
+        <v>41282908700045</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>771</v>
+        <v>759</v>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2" t="s">
-        <v>848</v>
+        <v>760</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>708</v>
+        <v>761</v>
       </c>
       <c r="G314" s="2"/>
       <c r="H314" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I314" s="3">
-        <v>11750091675</v>
+        <v>41540159954</v>
       </c>
       <c r="J314" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K314" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L314" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M314" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" s="1">
-        <v>30540504501601</v>
+        <v>41310403500014</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>771</v>
+        <v>762</v>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2" t="s">
-        <v>849</v>
+        <v>763</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>850</v>
+        <v>764</v>
       </c>
       <c r="G315" s="2"/>
       <c r="H315" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I315" s="3">
-        <v>11750091675</v>
+        <v>82730063173</v>
       </c>
       <c r="J315" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K315" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L315" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M315" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" s="1">
-        <v>30540504501619</v>
+        <v>41318959800050</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>771</v>
+        <v>765</v>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2" t="s">
-        <v>851</v>
+        <v>766</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>850</v>
+        <v>767</v>
       </c>
       <c r="G316" s="2"/>
       <c r="H316" s="2" t="s">
-        <v>31</v>
+        <v>520</v>
       </c>
       <c r="I316" s="3">
-        <v>11750091675</v>
+        <v>82690562469</v>
       </c>
       <c r="J316" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K316" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L316" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M316" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" s="1">
-        <v>30540504501668</v>
+        <v>41458077900026</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="D317" s="2"/>
       <c r="E317" s="2" t="s">
-        <v>852</v>
+        <v>769</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>853</v>
+        <v>770</v>
       </c>
       <c r="G317" s="2"/>
       <c r="H317" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I317" s="3">
-        <v>11750091675</v>
+        <v>31590433359</v>
       </c>
       <c r="J317" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K317" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L317" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M317" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" s="1">
-        <v>30540504501692</v>
+        <v>41834980900032</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C318" s="2" t="s">
         <v>771</v>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2" t="s">
-        <v>854</v>
+        <v>772</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>855</v>
+        <v>773</v>
       </c>
       <c r="G318" s="2"/>
       <c r="H318" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I318" s="3">
-        <v>11750091675</v>
+        <v>98970215997</v>
       </c>
       <c r="J318" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K318" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L318" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M318" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" s="1">
-        <v>30540504501700</v>
+        <v>41927630800048</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="D319" s="2"/>
       <c r="E319" s="2" t="s">
-        <v>856</v>
+        <v>775</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>855</v>
+        <v>389</v>
       </c>
       <c r="G319" s="2"/>
       <c r="H319" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I319" s="3">
-        <v>11750091675</v>
+        <v>21100041810</v>
       </c>
       <c r="J319" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K319" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L319" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M319" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" s="1">
-        <v>30540504501718</v>
+        <v>42109473100013</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2" t="s">
-        <v>857</v>
+        <v>777</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>855</v>
+        <v>665</v>
       </c>
       <c r="G320" s="2"/>
       <c r="H320" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I320" s="3">
-        <v>11750091675</v>
+        <v>31620136662</v>
       </c>
       <c r="J320" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K320" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L320" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M320" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" s="1">
-        <v>30540504501759</v>
+        <v>42109473100047</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2" t="s">
-        <v>858</v>
+        <v>778</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>859</v>
+        <v>779</v>
       </c>
       <c r="G321" s="2"/>
       <c r="H321" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I321" s="3">
-        <v>11750091675</v>
+        <v>31620136662</v>
       </c>
       <c r="J321" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K321" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L321" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M321" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" s="1">
-        <v>30540504501775</v>
+        <v>42138928900024</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2" t="s">
-        <v>860</v>
+        <v>781</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>861</v>
+        <v>782</v>
       </c>
       <c r="G322" s="2"/>
       <c r="H322" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I322" s="3">
-        <v>11750091675</v>
+        <v>82690744969</v>
       </c>
       <c r="J322" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K322" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L322" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M322" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" s="1">
-        <v>30540504501783</v>
+        <v>42138928900040</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2" t="s">
-        <v>862</v>
+        <v>783</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>863</v>
+        <v>784</v>
       </c>
       <c r="G323" s="2"/>
       <c r="H323" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I323" s="3">
-        <v>11750091675</v>
+        <v>82690744969</v>
       </c>
       <c r="J323" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K323" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L323" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M323" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" s="1">
-        <v>30540504501809</v>
+        <v>42152046100359</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>771</v>
+        <v>785</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2" t="s">
-        <v>864</v>
+        <v>786</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>865</v>
+        <v>787</v>
       </c>
       <c r="G324" s="2"/>
       <c r="H324" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I324" s="3">
-        <v>11750091675</v>
+        <v>82690622569</v>
       </c>
       <c r="J324" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K324" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L324" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M324" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" s="1">
-        <v>30540504501866</v>
+        <v>42152046100367</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>771</v>
+        <v>785</v>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2" t="s">
-        <v>866</v>
+        <v>788</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>293</v>
+        <v>23</v>
       </c>
       <c r="G325" s="2"/>
       <c r="H325" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I325" s="3">
-        <v>11750091675</v>
+        <v>82690622569</v>
       </c>
       <c r="J325" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K325" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L325" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M325" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" s="1">
-        <v>30540504501874</v>
+        <v>42152046100383</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>771</v>
+        <v>785</v>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2" t="s">
-        <v>867</v>
+        <v>789</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>868</v>
+        <v>790</v>
       </c>
       <c r="G326" s="2"/>
       <c r="H326" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I326" s="3">
-        <v>11750091675</v>
+        <v>82690622569</v>
       </c>
       <c r="J326" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K326" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L326" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M326" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327" s="1">
-        <v>30540504501882</v>
+        <v>42152046100391</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>771</v>
+        <v>785</v>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2" t="s">
-        <v>869</v>
+        <v>791</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>870</v>
+        <v>790</v>
       </c>
       <c r="G327" s="2"/>
       <c r="H327" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I327" s="3">
-        <v>11750091675</v>
+        <v>82690622569</v>
       </c>
       <c r="J327" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K327" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L327" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M327" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328" s="1">
-        <v>30540504501908</v>
+        <v>42152046100417</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>771</v>
+        <v>785</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2" t="s">
-        <v>871</v>
+        <v>792</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>112</v>
+        <v>793</v>
       </c>
       <c r="G328" s="2"/>
       <c r="H328" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I328" s="3">
-        <v>11750091675</v>
+        <v>82690622569</v>
       </c>
       <c r="J328" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K328" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L328" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M328" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329" s="1">
-        <v>30540504501932</v>
+        <v>42156068100106</v>
       </c>
       <c r="B329" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C329" s="2" t="s">
-        <v>771</v>
+        <v>794</v>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2" t="s">
-        <v>872</v>
+        <v>795</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>386</v>
+        <v>796</v>
       </c>
       <c r="G329" s="2"/>
       <c r="H329" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I329" s="3">
-        <v>11750091675</v>
+        <v>43250224725</v>
       </c>
       <c r="J329" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K329" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L329" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M329" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="330" spans="1:13">
       <c r="A330" s="1">
-        <v>30540504501940</v>
+        <v>42198997100047</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C330" s="2" t="s">
-        <v>771</v>
+        <v>797</v>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2" t="s">
-        <v>873</v>
+        <v>798</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>874</v>
+        <v>738</v>
       </c>
       <c r="G330" s="2"/>
       <c r="H330" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I330" s="3">
-        <v>11750091675</v>
+        <v>23760299576</v>
       </c>
       <c r="J330" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K330" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L330" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M330" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="331" spans="1:13">
       <c r="A331" s="1">
-        <v>30540504501957</v>
+        <v>42249090400022</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D331" s="2"/>
+        <v>799</v>
+      </c>
+      <c r="D331" s="2" t="s">
+        <v>800</v>
+      </c>
       <c r="E331" s="2" t="s">
-        <v>875</v>
+        <v>801</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>876</v>
+        <v>802</v>
       </c>
       <c r="G331" s="2"/>
       <c r="H331" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I331" s="3">
-        <v>11750091675</v>
+        <v>82260095626</v>
       </c>
       <c r="J331" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K331" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L331" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M331" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="332" spans="1:13">
       <c r="A332" s="1">
-        <v>30540504501965</v>
+        <v>42270655600038</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>771</v>
+        <v>803</v>
       </c>
       <c r="D332" s="2"/>
       <c r="E332" s="2" t="s">
-        <v>877</v>
+        <v>804</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>878</v>
+        <v>805</v>
       </c>
       <c r="G332" s="2"/>
       <c r="H332" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I332" s="3">
-        <v>11750091675</v>
+        <v>23270065227</v>
       </c>
       <c r="J332" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K332" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L332" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M332" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="333" spans="1:13">
       <c r="A333" s="1">
-        <v>30540504501999</v>
+        <v>42380826000024</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>771</v>
+        <v>806</v>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2" t="s">
-        <v>879</v>
+        <v>807</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>880</v>
+        <v>808</v>
       </c>
       <c r="G333" s="2"/>
       <c r="H333" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I333" s="3">
-        <v>11750091675</v>
+        <v>43900032790</v>
       </c>
       <c r="J333" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K333" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L333" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M333" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="334" spans="1:13">
       <c r="A334" s="1">
-        <v>30540504502005</v>
+        <v>42505237000052</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>771</v>
+        <v>809</v>
       </c>
       <c r="D334" s="2"/>
       <c r="E334" s="2" t="s">
-        <v>881</v>
+        <v>810</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>882</v>
+        <v>811</v>
       </c>
       <c r="G334" s="2"/>
       <c r="H334" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I334" s="3">
-        <v>11750091675</v>
+        <v>83630412963</v>
       </c>
       <c r="J334" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K334" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L334" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M334" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="335" spans="1:13">
       <c r="A335" s="1">
-        <v>30540504502013</v>
+        <v>42891566400059</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>771</v>
+        <v>812</v>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2" t="s">
-        <v>883</v>
+        <v>813</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>884</v>
+        <v>814</v>
       </c>
       <c r="G335" s="2"/>
       <c r="H335" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I335" s="3">
-        <v>11750091675</v>
+        <v>25500067950</v>
       </c>
       <c r="J335" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K335" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L335" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M335" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="336" spans="1:13">
       <c r="A336" s="1">
-        <v>30540504502021</v>
+        <v>42975219900027</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D336" s="2"/>
+        <v>815</v>
+      </c>
+      <c r="D336" s="2" t="s">
+        <v>816</v>
+      </c>
       <c r="E336" s="2" t="s">
-        <v>885</v>
+        <v>817</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>886</v>
+        <v>818</v>
       </c>
       <c r="G336" s="2"/>
       <c r="H336" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I336" s="3">
-        <v>11750091675</v>
+        <v>73320023332</v>
       </c>
       <c r="J336" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K336" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L336" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M336" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="337" spans="1:13">
       <c r="A337" s="1">
-        <v>30540504502039</v>
+        <v>43003223500011</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>771</v>
+        <v>819</v>
       </c>
       <c r="D337" s="2"/>
       <c r="E337" s="2" t="s">
-        <v>887</v>
+        <v>820</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>602</v>
+        <v>821</v>
       </c>
       <c r="G337" s="2"/>
       <c r="H337" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I337" s="3">
-        <v>11750091675</v>
+        <v>96973027097</v>
       </c>
       <c r="J337" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K337" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L337" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M337" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="338" spans="1:13">
       <c r="A338" s="1">
-        <v>30540504502054</v>
+        <v>43254720600180</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D338" s="2"/>
+        <v>822</v>
+      </c>
+      <c r="D338" s="2" t="s">
+        <v>822</v>
+      </c>
       <c r="E338" s="2" t="s">
-        <v>888</v>
+        <v>823</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>393</v>
+        <v>824</v>
       </c>
       <c r="G338" s="2"/>
       <c r="H338" s="2" t="s">
-        <v>31</v>
+        <v>825</v>
       </c>
       <c r="I338" s="3">
-        <v>11750091675</v>
+        <v>93132435013</v>
       </c>
       <c r="J338" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K338" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L338" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M338" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="339" spans="1:13">
       <c r="A339" s="1">
-        <v>30540504502138</v>
+        <v>43266868900024</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>771</v>
+        <v>826</v>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2" t="s">
-        <v>889</v>
+        <v>827</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>454</v>
+        <v>828</v>
       </c>
       <c r="G339" s="2"/>
       <c r="H339" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I339" s="3">
-        <v>11750091675</v>
+        <v>82730080673</v>
       </c>
       <c r="J339" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K339" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L339" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M339" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="340" spans="1:13">
       <c r="A340" s="1">
-        <v>30540504502161</v>
+        <v>43325083400010</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>771</v>
+        <v>829</v>
       </c>
       <c r="D340" s="2"/>
       <c r="E340" s="2" t="s">
-        <v>890</v>
+        <v>830</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>454</v>
+        <v>831</v>
       </c>
       <c r="G340" s="2"/>
       <c r="H340" s="2" t="s">
-        <v>31</v>
+        <v>509</v>
       </c>
       <c r="I340" s="3">
-        <v>11750091675</v>
+        <v>74870001787</v>
       </c>
       <c r="J340" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K340" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L340" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M340" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="341" spans="1:13">
       <c r="A341" s="1">
-        <v>30540504502195</v>
+        <v>43325083401273</v>
       </c>
       <c r="B341" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>771</v>
+        <v>829</v>
       </c>
       <c r="D341" s="2"/>
       <c r="E341" s="2" t="s">
-        <v>891</v>
+        <v>832</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>17</v>
+        <v>833</v>
       </c>
       <c r="G341" s="2"/>
       <c r="H341" s="2" t="s">
-        <v>31</v>
+        <v>509</v>
       </c>
       <c r="I341" s="3">
-        <v>11750091675</v>
+        <v>74870001787</v>
       </c>
       <c r="J341" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K341" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L341" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M341" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="342" spans="1:13">
       <c r="A342" s="1">
-        <v>30540504502211</v>
+        <v>43325083401752</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>771</v>
+        <v>829</v>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2" t="s">
-        <v>892</v>
+        <v>834</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>17</v>
+        <v>835</v>
       </c>
       <c r="G342" s="2"/>
       <c r="H342" s="2" t="s">
-        <v>31</v>
+        <v>509</v>
       </c>
       <c r="I342" s="3">
-        <v>11750091675</v>
+        <v>74870001787</v>
       </c>
       <c r="J342" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K342" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L342" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M342" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="343" spans="1:13">
       <c r="A343" s="1">
-        <v>30540504502245</v>
+        <v>43378594600032</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>771</v>
+        <v>836</v>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2" t="s">
-        <v>893</v>
+        <v>837</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>894</v>
+        <v>838</v>
       </c>
       <c r="G343" s="2"/>
       <c r="H343" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I343" s="3">
-        <v>11750091675</v>
+        <v>72640201664</v>
       </c>
       <c r="J343" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K343" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L343" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M343" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="344" spans="1:13">
       <c r="A344" s="1">
-        <v>30540504502286</v>
+        <v>43498102300014</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>771</v>
+        <v>839</v>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2" t="s">
-        <v>895</v>
+        <v>840</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>896</v>
+        <v>841</v>
       </c>
       <c r="G344" s="2"/>
       <c r="H344" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I344" s="3">
-        <v>11750091675</v>
+        <v>93130643413</v>
       </c>
       <c r="J344" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K344" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L344" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M344" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="345" spans="1:13">
       <c r="A345" s="1">
-        <v>30540504502302</v>
+        <v>43537056400054</v>
       </c>
       <c r="B345" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>771</v>
+        <v>842</v>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2" t="s">
-        <v>897</v>
+        <v>843</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>898</v>
+        <v>216</v>
       </c>
       <c r="G345" s="2"/>
       <c r="H345" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I345" s="3">
-        <v>11750091675</v>
+        <v>52490179949</v>
       </c>
       <c r="J345" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K345" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L345" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M345" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="346" spans="1:13">
       <c r="A346" s="1">
-        <v>30540504502310</v>
+        <v>43761024900025</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>771</v>
+        <v>844</v>
       </c>
       <c r="D346" s="2"/>
       <c r="E346" s="2" t="s">
-        <v>899</v>
+        <v>845</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>900</v>
+        <v>588</v>
       </c>
       <c r="G346" s="2"/>
       <c r="H346" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I346" s="3">
-        <v>11750091675</v>
+        <v>82420139142</v>
       </c>
       <c r="J346" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K346" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L346" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M346" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="347" spans="1:13">
       <c r="A347" s="1">
-        <v>30540504502328</v>
+        <v>43869054700023</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>771</v>
+        <v>846</v>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2" t="s">
-        <v>901</v>
+        <v>847</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>898</v>
+        <v>848</v>
       </c>
       <c r="G347" s="2"/>
       <c r="H347" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I347" s="3">
-        <v>11750091675</v>
+        <v>93132065813</v>
       </c>
       <c r="J347" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K347" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L347" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M347" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="348" spans="1:13">
       <c r="A348" s="1">
-        <v>30540504502336</v>
+        <v>43870754900020</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C348" s="2" t="s">
-        <v>771</v>
+        <v>849</v>
       </c>
       <c r="D348" s="2"/>
       <c r="E348" s="2" t="s">
-        <v>902</v>
+        <v>850</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>898</v>
+        <v>851</v>
       </c>
       <c r="G348" s="2"/>
       <c r="H348" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I348" s="3">
-        <v>11750091675</v>
+        <v>83630352763</v>
       </c>
       <c r="J348" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K348" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L348" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M348" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="349" spans="1:13">
       <c r="A349" s="1">
-        <v>30540504502377</v>
+        <v>43870754900046</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C349" s="2" t="s">
-        <v>771</v>
+        <v>849</v>
       </c>
       <c r="D349" s="2"/>
       <c r="E349" s="2" t="s">
-        <v>903</v>
+        <v>852</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>504</v>
+        <v>853</v>
       </c>
       <c r="G349" s="2"/>
       <c r="H349" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I349" s="3">
-        <v>11750091675</v>
+        <v>83630352763</v>
       </c>
       <c r="J349" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K349" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L349" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M349" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="350" spans="1:13">
       <c r="A350" s="1">
-        <v>30540504502393</v>
+        <v>43870754900061</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C350" s="2" t="s">
-        <v>771</v>
+        <v>849</v>
       </c>
       <c r="D350" s="2"/>
       <c r="E350" s="2" t="s">
-        <v>904</v>
+        <v>854</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>905</v>
+        <v>855</v>
       </c>
       <c r="G350" s="2"/>
       <c r="H350" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I350" s="3">
-        <v>11750091675</v>
+        <v>83630352763</v>
       </c>
       <c r="J350" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K350" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L350" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M350" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="351" spans="1:13">
       <c r="A351" s="1">
-        <v>30540504502450</v>
+        <v>43870754900079</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C351" s="2" t="s">
-        <v>771</v>
+        <v>849</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2" t="s">
-        <v>906</v>
+        <v>856</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>304</v>
+        <v>857</v>
       </c>
       <c r="G351" s="2"/>
       <c r="H351" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I351" s="3">
-        <v>11750091675</v>
+        <v>83630352763</v>
       </c>
       <c r="J351" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K351" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L351" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M351" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="352" spans="1:13">
       <c r="A352" s="1">
-        <v>30540504502476</v>
+        <v>43931497200076</v>
       </c>
       <c r="B352" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>771</v>
+        <v>858</v>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2" t="s">
-        <v>907</v>
+        <v>859</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>908</v>
+        <v>860</v>
       </c>
       <c r="G352" s="2"/>
       <c r="H352" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I352" s="3">
-        <v>11750091675</v>
+        <v>24180070618</v>
       </c>
       <c r="J352" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K352" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L352" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M352" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="353" spans="1:13">
       <c r="A353" s="1">
-        <v>30540504502526</v>
+        <v>43945646800016</v>
       </c>
       <c r="B353" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>771</v>
+        <v>861</v>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2" t="s">
-        <v>909</v>
+        <v>862</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>30</v>
+        <v>863</v>
       </c>
       <c r="G353" s="2"/>
       <c r="H353" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I353" s="3">
-        <v>11750091675</v>
+        <v>11910511291</v>
       </c>
       <c r="J353" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K353" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L353" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M353" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="354" spans="1:13">
       <c r="A354" s="1">
-        <v>30540504502534</v>
+        <v>43994596500069</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>771</v>
+        <v>864</v>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2" t="s">
-        <v>910</v>
+        <v>865</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>30</v>
+        <v>379</v>
       </c>
       <c r="G354" s="2"/>
       <c r="H354" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I354" s="3">
-        <v>11750091675</v>
+        <v>26710163471</v>
       </c>
       <c r="J354" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K354" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L354" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M354" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="355" spans="1:13">
       <c r="A355" s="1">
-        <v>30540504502559</v>
+        <v>43994596500127</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>771</v>
+        <v>864</v>
       </c>
       <c r="D355" s="2"/>
       <c r="E355" s="2" t="s">
-        <v>911</v>
+        <v>866</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>912</v>
+        <v>867</v>
       </c>
       <c r="G355" s="2"/>
       <c r="H355" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I355" s="3">
-        <v>11750091675</v>
+        <v>26710163471</v>
       </c>
       <c r="J355" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K355" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L355" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M355" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="356" spans="1:13">
       <c r="A356" s="1">
-        <v>30540504502617</v>
+        <v>43994596500135</v>
       </c>
       <c r="B356" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>771</v>
+        <v>864</v>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2" t="s">
-        <v>913</v>
+        <v>868</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>914</v>
+        <v>869</v>
       </c>
       <c r="G356" s="2"/>
       <c r="H356" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I356" s="3">
-        <v>11750091675</v>
+        <v>26710163471</v>
       </c>
       <c r="J356" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K356" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L356" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M356" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="357" spans="1:13">
       <c r="A357" s="1">
-        <v>30540504502625</v>
+        <v>44026780500024</v>
       </c>
       <c r="B357" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>771</v>
+        <v>870</v>
       </c>
       <c r="D357" s="2"/>
       <c r="E357" s="2" t="s">
-        <v>915</v>
+        <v>871</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>914</v>
+        <v>184</v>
       </c>
       <c r="G357" s="2"/>
       <c r="H357" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I357" s="3">
-        <v>11750091675</v>
+        <v>24280102528</v>
       </c>
       <c r="J357" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K357" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L357" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M357" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="358" spans="1:13">
       <c r="A358" s="1">
-        <v>30540504502633</v>
+        <v>44032350900040</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>771</v>
+        <v>872</v>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2" t="s">
-        <v>916</v>
+        <v>873</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>239</v>
+        <v>874</v>
       </c>
       <c r="G358" s="2"/>
       <c r="H358" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I358" s="3">
-        <v>11750091675</v>
+        <v>23760353576</v>
       </c>
       <c r="J358" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K358" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L358" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M358" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="359" spans="1:13">
       <c r="A359" s="1">
-        <v>30540504502641</v>
+        <v>44065706200020</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>771</v>
+        <v>875</v>
       </c>
       <c r="D359" s="2"/>
       <c r="E359" s="2" t="s">
-        <v>917</v>
+        <v>876</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>918</v>
+        <v>877</v>
       </c>
       <c r="G359" s="2"/>
       <c r="H359" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I359" s="3">
-        <v>11750091675</v>
+        <v>95970114297</v>
       </c>
       <c r="J359" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K359" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L359" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M359" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="360" spans="1:13">
       <c r="A360" s="1">
-        <v>30540504502658</v>
+        <v>44119425500036</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>771</v>
+        <v>878</v>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2" t="s">
-        <v>919</v>
+        <v>879</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>920</v>
+        <v>880</v>
       </c>
       <c r="G360" s="2"/>
       <c r="H360" s="2" t="s">
-        <v>31</v>
+        <v>520</v>
       </c>
       <c r="I360" s="3">
-        <v>11750091675</v>
+        <v>91340766034</v>
       </c>
       <c r="J360" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K360" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L360" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M360" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="361" spans="1:13">
       <c r="A361" s="1">
-        <v>30540504502716</v>
+        <v>44140555200015</v>
       </c>
       <c r="B361" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>771</v>
+        <v>881</v>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2" t="s">
-        <v>921</v>
+        <v>882</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>922</v>
+        <v>883</v>
       </c>
       <c r="G361" s="2"/>
       <c r="H361" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I361" s="3">
-        <v>11750091675</v>
+        <v>43700045770</v>
       </c>
       <c r="J361" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K361" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L361" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M361" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="362" spans="1:13">
       <c r="A362" s="1">
-        <v>30540504502732</v>
+        <v>44215740000049</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C362" s="2" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D362" s="2"/>
+        <v>884</v>
+      </c>
+      <c r="D362" s="2" t="s">
+        <v>884</v>
+      </c>
       <c r="E362" s="2" t="s">
-        <v>923</v>
+        <v>885</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>188</v>
+        <v>886</v>
       </c>
       <c r="G362" s="2"/>
       <c r="H362" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I362" s="3">
-        <v>11750091675</v>
+        <v>91340519534</v>
       </c>
       <c r="J362" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K362" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L362" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M362" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="363" spans="1:13">
       <c r="A363" s="1">
-        <v>30540504502781</v>
+        <v>44217923000044</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C363" s="2" t="s">
-        <v>771</v>
+        <v>887</v>
       </c>
       <c r="D363" s="2"/>
       <c r="E363" s="2" t="s">
-        <v>924</v>
+        <v>888</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>477</v>
+        <v>889</v>
       </c>
       <c r="G363" s="2"/>
       <c r="H363" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I363" s="3">
-        <v>11750091675</v>
+        <v>74190040619</v>
       </c>
       <c r="J363" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K363" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L363" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M363" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="364" spans="1:13">
       <c r="A364" s="1">
-        <v>30540504502856</v>
+        <v>44290309200033</v>
       </c>
       <c r="B364" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C364" s="2" t="s">
-        <v>771</v>
+        <v>890</v>
       </c>
       <c r="D364" s="2"/>
       <c r="E364" s="2" t="s">
-        <v>925</v>
+        <v>891</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>926</v>
+        <v>892</v>
       </c>
       <c r="G364" s="2"/>
       <c r="H364" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I364" s="3">
-        <v>11750091675</v>
+        <v>53350673035</v>
       </c>
       <c r="J364" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K364" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L364" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M364" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="365" spans="1:13">
       <c r="A365" s="1">
-        <v>30540504502906</v>
+        <v>44294985500013</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C365" s="2" t="s">
-        <v>771</v>
+        <v>893</v>
       </c>
       <c r="D365" s="2"/>
       <c r="E365" s="2" t="s">
-        <v>927</v>
+        <v>894</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>928</v>
+        <v>895</v>
       </c>
       <c r="G365" s="2"/>
       <c r="H365" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I365" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I365" s="3"/>
       <c r="J365" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K365" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L365" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M365" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="366" spans="1:13">
       <c r="A366" s="1">
-        <v>30722150700055</v>
+        <v>44374101200043</v>
       </c>
       <c r="B366" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>929</v>
+        <v>896</v>
       </c>
       <c r="D366" s="2"/>
       <c r="E366" s="2" t="s">
-        <v>930</v>
+        <v>897</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>447</v>
+        <v>898</v>
       </c>
       <c r="G366" s="2"/>
       <c r="H366" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I366" s="3">
-        <v>82260125326</v>
+        <v>53220747422</v>
       </c>
       <c r="J366" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K366" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L366" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M366" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="367" spans="1:13">
       <c r="A367" s="1">
-        <v>30824995200059</v>
+        <v>44403806100016</v>
       </c>
       <c r="B367" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C367" s="2" t="s">
-        <v>931</v>
+        <v>899</v>
       </c>
       <c r="D367" s="2"/>
       <c r="E367" s="2" t="s">
-        <v>932</v>
+        <v>900</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>45</v>
+        <v>901</v>
       </c>
       <c r="G367" s="2"/>
       <c r="H367" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I367" s="3">
-        <v>53350007835</v>
+        <v>82380293838</v>
       </c>
       <c r="J367" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K367" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L367" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M367" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="368" spans="1:13">
       <c r="A368" s="1">
-        <v>30824995200083</v>
+        <v>44432770400086</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C368" s="2" t="s">
-        <v>931</v>
+        <v>902</v>
       </c>
       <c r="D368" s="2"/>
       <c r="E368" s="2" t="s">
-        <v>933</v>
+        <v>903</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>934</v>
+        <v>904</v>
       </c>
       <c r="G368" s="2"/>
       <c r="H368" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I368" s="3">
-        <v>53350007835</v>
+        <v>52490195549</v>
       </c>
       <c r="J368" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K368" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L368" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M368" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="369" spans="1:13">
       <c r="A369" s="1">
-        <v>30824995200133</v>
+        <v>44432770400094</v>
       </c>
       <c r="B369" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>931</v>
+        <v>902</v>
       </c>
       <c r="D369" s="2"/>
       <c r="E369" s="2" t="s">
-        <v>935</v>
+        <v>905</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>936</v>
+        <v>906</v>
       </c>
       <c r="G369" s="2"/>
       <c r="H369" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I369" s="3">
-        <v>53350007835</v>
+        <v>52490195549</v>
       </c>
       <c r="J369" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K369" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L369" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M369" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="370" spans="1:13">
       <c r="A370" s="1">
-        <v>31227281800195</v>
+        <v>44452758400114</v>
       </c>
       <c r="B370" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>937</v>
-[...1 lines deleted...]
-      <c r="D370" s="2"/>
+        <v>907</v>
+      </c>
+      <c r="D370" s="2" t="s">
+        <v>907</v>
+      </c>
       <c r="E370" s="2" t="s">
-        <v>938</v>
+        <v>908</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>939</v>
+        <v>909</v>
       </c>
       <c r="G370" s="2"/>
       <c r="H370" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I370" s="3">
-        <v>82690043469</v>
+        <v>53560789656</v>
       </c>
       <c r="J370" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K370" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L370" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M370" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="371" spans="1:13">
       <c r="A371" s="1">
-        <v>31237926601205</v>
+        <v>44518667900012</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>940</v>
-[...3 lines deleted...]
-      </c>
+        <v>910</v>
+      </c>
+      <c r="D371" s="2"/>
       <c r="E371" s="2" t="s">
-        <v>941</v>
+        <v>911</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>942</v>
+        <v>193</v>
       </c>
       <c r="G371" s="2"/>
       <c r="H371" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I371" s="3">
-        <v>54790001979</v>
+        <v>82690781469</v>
       </c>
       <c r="J371" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K371" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L371" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M371" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="372" spans="1:13">
       <c r="A372" s="1">
-        <v>31237926601221</v>
+        <v>44526494800040</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>940</v>
+        <v>912</v>
       </c>
       <c r="D372" s="2"/>
       <c r="E372" s="2" t="s">
-        <v>243</v>
+        <v>913</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>244</v>
+        <v>914</v>
       </c>
       <c r="G372" s="2"/>
       <c r="H372" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I372" s="3">
-        <v>54790001979</v>
+        <v>24370209537</v>
       </c>
       <c r="J372" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K372" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L372" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M372" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="373" spans="1:13">
       <c r="A373" s="1">
-        <v>31237926601270</v>
+        <v>44531243200021</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>940</v>
+        <v>915</v>
       </c>
       <c r="D373" s="2"/>
       <c r="E373" s="2" t="s">
-        <v>943</v>
+        <v>916</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>616</v>
+        <v>196</v>
       </c>
       <c r="G373" s="2"/>
       <c r="H373" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I373" s="3">
-        <v>54790001979</v>
+        <v>31590578459</v>
       </c>
       <c r="J373" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K373" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L373" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M373" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="374" spans="1:13">
       <c r="A374" s="1">
-        <v>31237926601288</v>
+        <v>44531243200104</v>
       </c>
       <c r="B374" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>940</v>
+        <v>915</v>
       </c>
       <c r="D374" s="2"/>
       <c r="E374" s="2" t="s">
-        <v>944</v>
+        <v>917</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>945</v>
+        <v>918</v>
       </c>
       <c r="G374" s="2"/>
       <c r="H374" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I374" s="3">
-        <v>54790001979</v>
+        <v>31590578459</v>
       </c>
       <c r="J374" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K374" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L374" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M374" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="375" spans="1:13">
       <c r="A375" s="1">
-        <v>31237926601411</v>
+        <v>44531243200112</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>940</v>
+        <v>915</v>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2" t="s">
-        <v>946</v>
+        <v>919</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>947</v>
+        <v>889</v>
       </c>
       <c r="G375" s="2"/>
       <c r="H375" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I375" s="3">
-        <v>54790001979</v>
+        <v>31590578459</v>
       </c>
       <c r="J375" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K375" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L375" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M375" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="376" spans="1:13">
       <c r="A376" s="1">
-        <v>31237926601619</v>
+        <v>44531243200120</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>940</v>
+        <v>915</v>
       </c>
       <c r="D376" s="2"/>
       <c r="E376" s="2" t="s">
-        <v>948</v>
+        <v>920</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>949</v>
+        <v>889</v>
       </c>
       <c r="G376" s="2"/>
       <c r="H376" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I376" s="3">
-        <v>54790001979</v>
+        <v>31590578459</v>
       </c>
       <c r="J376" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K376" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L376" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M376" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="377" spans="1:13">
       <c r="A377" s="1">
-        <v>31237926601684</v>
+        <v>44531243200138</v>
       </c>
       <c r="B377" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>940</v>
-[...3 lines deleted...]
-      </c>
+        <v>915</v>
+      </c>
+      <c r="D377" s="2"/>
       <c r="E377" s="2" t="s">
-        <v>950</v>
+        <v>921</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>951</v>
+        <v>922</v>
       </c>
       <c r="G377" s="2"/>
       <c r="H377" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I377" s="3">
-        <v>54790001979</v>
+        <v>31590578459</v>
       </c>
       <c r="J377" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K377" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L377" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M377" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="378" spans="1:13">
       <c r="A378" s="1">
-        <v>31237926601742</v>
+        <v>44531243200146</v>
       </c>
       <c r="B378" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C378" s="2" t="s">
-        <v>940</v>
-[...3 lines deleted...]
-      </c>
+        <v>915</v>
+      </c>
+      <c r="D378" s="2"/>
       <c r="E378" s="2" t="s">
-        <v>952</v>
+        <v>923</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>953</v>
+        <v>249</v>
       </c>
       <c r="G378" s="2"/>
       <c r="H378" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I378" s="3">
-        <v>54790001979</v>
+        <v>31590578459</v>
       </c>
       <c r="J378" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K378" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L378" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M378" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="379" spans="1:13">
       <c r="A379" s="1">
-        <v>31237926601775</v>
+        <v>44779577400028</v>
       </c>
       <c r="B379" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C379" s="2" t="s">
-        <v>940</v>
-[...3 lines deleted...]
-      </c>
+        <v>924</v>
+      </c>
+      <c r="D379" s="2"/>
       <c r="E379" s="2" t="s">
-        <v>955</v>
+        <v>925</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>956</v>
+        <v>926</v>
       </c>
       <c r="G379" s="2"/>
       <c r="H379" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I379" s="3">
-        <v>54790001979</v>
+        <v>21100052610</v>
       </c>
       <c r="J379" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K379" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L379" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M379" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="380" spans="1:13">
       <c r="A380" s="1">
-        <v>31237926601791</v>
+        <v>44807625700055</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C380" s="2" t="s">
-        <v>940</v>
-[...3 lines deleted...]
-      </c>
+        <v>927</v>
+      </c>
+      <c r="D380" s="2"/>
       <c r="E380" s="2" t="s">
-        <v>957</v>
+        <v>928</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>958</v>
+        <v>929</v>
       </c>
       <c r="G380" s="2"/>
       <c r="H380" s="2" t="s">
-        <v>157</v>
+        <v>367</v>
       </c>
       <c r="I380" s="3">
-        <v>54790001979</v>
+        <v>32591238359</v>
       </c>
       <c r="J380" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K380" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L380" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M380" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="381" spans="1:13">
       <c r="A381" s="1">
-        <v>31237926601817</v>
+        <v>44851614600025</v>
       </c>
       <c r="B381" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C381" s="2" t="s">
-        <v>940</v>
-[...1 lines deleted...]
-      <c r="D381" s="2"/>
+        <v>930</v>
+      </c>
+      <c r="D381" s="2" t="s">
+        <v>931</v>
+      </c>
       <c r="E381" s="2" t="s">
-        <v>959</v>
+        <v>932</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>960</v>
+        <v>933</v>
       </c>
       <c r="G381" s="2"/>
       <c r="H381" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I381" s="3">
-        <v>54790001979</v>
+        <v>11950402695</v>
       </c>
       <c r="J381" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K381" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L381" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M381" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="382" spans="1:13">
       <c r="A382" s="1">
-        <v>31237926601825</v>
+        <v>44869656700024</v>
       </c>
       <c r="B382" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>940</v>
+        <v>934</v>
       </c>
       <c r="D382" s="2"/>
       <c r="E382" s="2" t="s">
-        <v>961</v>
+        <v>935</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>160</v>
+        <v>505</v>
       </c>
       <c r="G382" s="2"/>
       <c r="H382" s="2" t="s">
-        <v>157</v>
+        <v>520</v>
       </c>
       <c r="I382" s="3">
-        <v>54790001979</v>
+        <v>93131115413</v>
       </c>
       <c r="J382" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K382" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L382" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M382" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="383" spans="1:13">
       <c r="A383" s="1">
-        <v>31237926601957</v>
+        <v>45010303100099</v>
       </c>
       <c r="B383" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C383" s="2" t="s">
-        <v>940</v>
+        <v>936</v>
       </c>
       <c r="D383" s="2"/>
       <c r="E383" s="2" t="s">
-        <v>962</v>
+        <v>937</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>963</v>
+        <v>889</v>
       </c>
       <c r="G383" s="2"/>
       <c r="H383" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I383" s="3">
-        <v>54790001979</v>
+        <v>11910546891</v>
       </c>
       <c r="J383" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K383" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L383" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M383" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="384" spans="1:13">
       <c r="A384" s="1">
-        <v>31237926601973</v>
+        <v>45110209900038</v>
       </c>
       <c r="B384" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C384" s="2" t="s">
-        <v>940</v>
-[...1 lines deleted...]
-      <c r="D384" s="2"/>
+        <v>938</v>
+      </c>
+      <c r="D384" s="2" t="s">
+        <v>534</v>
+      </c>
       <c r="E384" s="2" t="s">
-        <v>964</v>
+        <v>939</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>965</v>
+        <v>214</v>
       </c>
       <c r="G384" s="2"/>
       <c r="H384" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I384" s="3">
-        <v>54790001979</v>
+        <v>93830348283</v>
       </c>
       <c r="J384" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K384" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L384" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M384" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="385" spans="1:13">
       <c r="A385" s="1">
-        <v>31237926602039</v>
+        <v>45170031400037</v>
       </c>
       <c r="B385" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C385" s="2" t="s">
         <v>940</v>
       </c>
       <c r="D385" s="2"/>
       <c r="E385" s="2" t="s">
-        <v>966</v>
+        <v>941</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>519</v>
+        <v>621</v>
       </c>
       <c r="G385" s="2"/>
       <c r="H385" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I385" s="3">
-        <v>54790001979</v>
+        <v>24280132328</v>
       </c>
       <c r="J385" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K385" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L385" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M385" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="386" spans="1:13">
       <c r="A386" s="1">
-        <v>31238178300066</v>
+        <v>45228874900024</v>
       </c>
       <c r="B386" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C386" s="2" t="s">
-        <v>967</v>
+        <v>942</v>
       </c>
       <c r="D386" s="2"/>
       <c r="E386" s="2" t="s">
-        <v>968</v>
+        <v>932</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>23</v>
+        <v>933</v>
       </c>
       <c r="G386" s="2"/>
       <c r="H386" s="2" t="s">
-        <v>969</v>
+        <v>31</v>
       </c>
       <c r="I386" s="3">
-        <v>52850152785</v>
+        <v>11950415895</v>
       </c>
       <c r="J386" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K386" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L386" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M386" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="387" spans="1:13">
       <c r="A387" s="1">
-        <v>31472073100053</v>
+        <v>45300359200020</v>
       </c>
       <c r="B387" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>970</v>
+        <v>943</v>
       </c>
       <c r="D387" s="2"/>
       <c r="E387" s="2" t="s">
-        <v>971</v>
+        <v>944</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>972</v>
+        <v>945</v>
       </c>
       <c r="G387" s="2"/>
       <c r="H387" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I387" s="3">
-        <v>82740008674</v>
+        <v>25140157714</v>
       </c>
       <c r="J387" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K387" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L387" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M387" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="388" spans="1:13">
       <c r="A388" s="1">
-        <v>31584483700056</v>
+        <v>45331683800052</v>
       </c>
       <c r="B388" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C388" s="2" t="s">
-        <v>973</v>
+        <v>946</v>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2" t="s">
-        <v>974</v>
+        <v>947</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>975</v>
+        <v>948</v>
       </c>
       <c r="G388" s="2"/>
       <c r="H388" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I388" s="3">
-        <v>52750001685</v>
+        <v>93840265584</v>
       </c>
       <c r="J388" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K388" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L388" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M388" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="389" spans="1:13">
       <c r="A389" s="1">
-        <v>31584483700072</v>
+        <v>45331683800078</v>
       </c>
       <c r="B389" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C389" s="2" t="s">
-        <v>973</v>
+        <v>946</v>
       </c>
       <c r="D389" s="2"/>
       <c r="E389" s="2" t="s">
-        <v>976</v>
+        <v>949</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>823</v>
+        <v>729</v>
       </c>
       <c r="G389" s="2"/>
       <c r="H389" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I389" s="3">
-        <v>52750001685</v>
+        <v>93840265584</v>
       </c>
       <c r="J389" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K389" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L389" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M389" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="390" spans="1:13">
       <c r="A390" s="1">
-        <v>31584483700155</v>
+        <v>45387794600047</v>
       </c>
       <c r="B390" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>973</v>
+        <v>950</v>
       </c>
       <c r="D390" s="2"/>
       <c r="E390" s="2" t="s">
-        <v>977</v>
+        <v>717</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>978</v>
+        <v>951</v>
       </c>
       <c r="G390" s="2"/>
       <c r="H390" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I390" s="3">
-        <v>52750001685</v>
+        <v>11770410777</v>
       </c>
       <c r="J390" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K390" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L390" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M390" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="391" spans="1:13">
       <c r="A391" s="1">
-        <v>31641831800077</v>
+        <v>45387794600054</v>
       </c>
       <c r="B391" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>979</v>
+        <v>950</v>
       </c>
       <c r="D391" s="2"/>
       <c r="E391" s="2" t="s">
-        <v>980</v>
+        <v>952</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>422</v>
+        <v>953</v>
       </c>
       <c r="G391" s="2"/>
       <c r="H391" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I391" s="3">
-        <v>42680004468</v>
+        <v>11770410777</v>
       </c>
       <c r="J391" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K391" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L391" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M391" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="392" spans="1:13">
       <c r="A392" s="1">
-        <v>31683181700028</v>
+        <v>45391242000016</v>
       </c>
       <c r="B392" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C392" s="2" t="s">
-        <v>981</v>
+        <v>954</v>
       </c>
       <c r="D392" s="2"/>
       <c r="E392" s="2" t="s">
-        <v>982</v>
+        <v>955</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>983</v>
+        <v>818</v>
       </c>
       <c r="G392" s="2"/>
       <c r="H392" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I392" s="3">
-        <v>41880059988</v>
+        <v>73120046012</v>
       </c>
       <c r="J392" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K392" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L392" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M392" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="393" spans="1:13">
       <c r="A393" s="1">
-        <v>31768606100027</v>
+        <v>45391242000065</v>
       </c>
       <c r="B393" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>984</v>
+        <v>954</v>
       </c>
       <c r="D393" s="2"/>
       <c r="E393" s="2" t="s">
-        <v>985</v>
+        <v>956</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>346</v>
+        <v>957</v>
       </c>
       <c r="G393" s="2"/>
       <c r="H393" s="2" t="s">
-        <v>986</v>
+        <v>331</v>
       </c>
       <c r="I393" s="3">
-        <v>31590766659</v>
+        <v>73120046012</v>
       </c>
       <c r="J393" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K393" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L393" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M393" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="394" spans="1:13">
       <c r="A394" s="1">
-        <v>31768606100258</v>
+        <v>45391242000099</v>
       </c>
       <c r="B394" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>984</v>
-[...1 lines deleted...]
-      <c r="D394" s="2"/>
+        <v>954</v>
+      </c>
+      <c r="D394" s="2" t="s">
+        <v>333</v>
+      </c>
       <c r="E394" s="2" t="s">
-        <v>987</v>
+        <v>958</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>988</v>
+        <v>959</v>
       </c>
       <c r="G394" s="2"/>
       <c r="H394" s="2" t="s">
-        <v>986</v>
+        <v>331</v>
       </c>
       <c r="I394" s="3">
-        <v>31590766659</v>
+        <v>73120046012</v>
       </c>
       <c r="J394" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K394" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L394" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M394" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="395" spans="1:13">
       <c r="A395" s="1">
-        <v>31768606104011</v>
+        <v>45391242000107</v>
       </c>
       <c r="B395" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C395" s="2" t="s">
-        <v>984</v>
+        <v>954</v>
       </c>
       <c r="D395" s="2" t="s">
-        <v>984</v>
+        <v>333</v>
       </c>
       <c r="E395" s="2" t="s">
-        <v>989</v>
+        <v>960</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>726</v>
+        <v>961</v>
       </c>
       <c r="G395" s="2"/>
       <c r="H395" s="2" t="s">
-        <v>986</v>
+        <v>331</v>
       </c>
       <c r="I395" s="3">
-        <v>31590766659</v>
+        <v>73120046012</v>
       </c>
       <c r="J395" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K395" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L395" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M395" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="396" spans="1:13">
       <c r="A396" s="1">
-        <v>31768606105042</v>
+        <v>45406806500027</v>
       </c>
       <c r="B396" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>984</v>
-[...3 lines deleted...]
-      </c>
+        <v>962</v>
+      </c>
+      <c r="D396" s="2"/>
       <c r="E396" s="2" t="s">
-        <v>990</v>
+        <v>963</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>991</v>
+        <v>208</v>
       </c>
       <c r="G396" s="2"/>
       <c r="H396" s="2" t="s">
-        <v>986</v>
+        <v>31</v>
       </c>
       <c r="I396" s="3">
-        <v>31590766659</v>
+        <v>11930513693</v>
       </c>
       <c r="J396" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K396" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L396" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M396" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="397" spans="1:13">
       <c r="A397" s="1">
-        <v>31768606105166</v>
+        <v>47754376300015</v>
       </c>
       <c r="B397" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>984</v>
+        <v>964</v>
       </c>
       <c r="D397" s="2"/>
       <c r="E397" s="2" t="s">
-        <v>992</v>
+        <v>965</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>993</v>
+        <v>818</v>
       </c>
       <c r="G397" s="2"/>
       <c r="H397" s="2" t="s">
-        <v>986</v>
+        <v>31</v>
       </c>
       <c r="I397" s="3">
-        <v>31590766659</v>
+        <v>93131147713</v>
       </c>
       <c r="J397" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K397" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L397" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M397" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="398" spans="1:13">
       <c r="A398" s="1">
-        <v>31768606105463</v>
+        <v>47754825900019</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C398" s="2" t="s">
-        <v>984</v>
-[...3 lines deleted...]
-      </c>
+        <v>966</v>
+      </c>
+      <c r="D398" s="2"/>
       <c r="E398" s="2" t="s">
-        <v>994</v>
+        <v>967</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>995</v>
+        <v>818</v>
       </c>
       <c r="G398" s="2"/>
       <c r="H398" s="2" t="s">
-        <v>683</v>
+        <v>331</v>
       </c>
       <c r="I398" s="3">
-        <v>31590766659</v>
+        <v>41570231057</v>
       </c>
       <c r="J398" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K398" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L398" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M398" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="399" spans="1:13">
       <c r="A399" s="1">
-        <v>31768606105935</v>
+        <v>47785435000055</v>
       </c>
       <c r="B399" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>984</v>
-[...3 lines deleted...]
-      </c>
+        <v>968</v>
+      </c>
+      <c r="D399" s="2"/>
       <c r="E399" s="2" t="s">
-        <v>996</v>
+        <v>969</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>997</v>
+        <v>867</v>
       </c>
       <c r="G399" s="2"/>
       <c r="H399" s="2" t="s">
-        <v>986</v>
+        <v>31</v>
       </c>
       <c r="I399" s="3">
-        <v>31590766659</v>
+        <v>31590600259</v>
       </c>
       <c r="J399" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K399" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L399" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M399" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="400" spans="1:13">
       <c r="A400" s="1">
-        <v>31768606105950</v>
+        <v>47796697200010</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>984</v>
-[...3 lines deleted...]
-      </c>
+        <v>970</v>
+      </c>
+      <c r="D400" s="2"/>
       <c r="E400" s="2" t="s">
-        <v>998</v>
+        <v>971</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>999</v>
+        <v>818</v>
       </c>
       <c r="G400" s="2"/>
       <c r="H400" s="2" t="s">
-        <v>986</v>
+        <v>31</v>
       </c>
       <c r="I400" s="3">
-        <v>31590766659</v>
+        <v>42670340967</v>
       </c>
       <c r="J400" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K400" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L400" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M400" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="401" spans="1:13">
       <c r="A401" s="1">
-        <v>31768606105984</v>
+        <v>47838562800068</v>
       </c>
       <c r="B401" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>984</v>
-[...3 lines deleted...]
-      </c>
+        <v>972</v>
+      </c>
+      <c r="D401" s="2"/>
       <c r="E401" s="2" t="s">
-        <v>1000</v>
+        <v>973</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>1001</v>
+        <v>974</v>
       </c>
       <c r="G401" s="2"/>
       <c r="H401" s="2" t="s">
-        <v>986</v>
+        <v>31</v>
       </c>
       <c r="I401" s="3">
-        <v>31590766659</v>
+        <v>21100055010</v>
       </c>
       <c r="J401" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K401" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L401" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M401" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="402" spans="1:13">
       <c r="A402" s="1">
-        <v>31788665300029</v>
+        <v>47899493200042</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C402" s="2" t="s">
-        <v>1002</v>
-[...1 lines deleted...]
-      <c r="D402" s="2"/>
+        <v>975</v>
+      </c>
+      <c r="D402" s="2" t="s">
+        <v>976</v>
+      </c>
       <c r="E402" s="2" t="s">
-        <v>1003</v>
+        <v>977</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1004</v>
+        <v>978</v>
       </c>
       <c r="G402" s="2"/>
       <c r="H402" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I402" s="3">
-        <v>31620012262</v>
+        <v>82380220038</v>
       </c>
       <c r="J402" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K402" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L402" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M402" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="403" spans="1:13">
       <c r="A403" s="1">
-        <v>31788665300086</v>
+        <v>47991324600019</v>
       </c>
       <c r="B403" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C403" s="2" t="s">
-        <v>1002</v>
+        <v>979</v>
       </c>
       <c r="D403" s="2"/>
       <c r="E403" s="2" t="s">
-        <v>1005</v>
+        <v>980</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>232</v>
+        <v>981</v>
       </c>
       <c r="G403" s="2"/>
       <c r="H403" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I403" s="3">
-        <v>31620012262</v>
+        <v>72640251364</v>
       </c>
       <c r="J403" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K403" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L403" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M403" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="404" spans="1:13">
       <c r="A404" s="1">
-        <v>31839329500643</v>
+        <v>47991324600043</v>
       </c>
       <c r="B404" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>1006</v>
-[...1 lines deleted...]
-      <c r="D404" s="2"/>
+        <v>979</v>
+      </c>
+      <c r="D404" s="2" t="s">
+        <v>982</v>
+      </c>
       <c r="E404" s="2" t="s">
-        <v>1007</v>
+        <v>983</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>672</v>
+        <v>984</v>
       </c>
       <c r="G404" s="2"/>
       <c r="H404" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I404" s="3">
-        <v>11930048093</v>
+        <v>72640251364</v>
       </c>
       <c r="J404" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K404" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L404" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M404" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="405" spans="1:13">
       <c r="A405" s="1">
-        <v>32159235400021</v>
+        <v>47998853700011</v>
       </c>
       <c r="B405" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C405" s="2" t="s">
-        <v>1008</v>
-[...1 lines deleted...]
-      <c r="D405" s="2"/>
+        <v>985</v>
+      </c>
+      <c r="D405" s="2" t="s">
+        <v>985</v>
+      </c>
       <c r="E405" s="2" t="s">
-        <v>1009</v>
+        <v>986</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1010</v>
+        <v>321</v>
       </c>
       <c r="G405" s="2"/>
       <c r="H405" s="2" t="s">
-        <v>157</v>
+        <v>27</v>
       </c>
       <c r="I405" s="3">
-        <v>42670009767</v>
+        <v>93040059904</v>
       </c>
       <c r="J405" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K405" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L405" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M405" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="406" spans="1:13">
       <c r="A406" s="1">
-        <v>32159235400047</v>
+        <v>48021791800022</v>
       </c>
       <c r="B406" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C406" s="2" t="s">
-        <v>1008</v>
-[...3 lines deleted...]
-      </c>
+        <v>987</v>
+      </c>
+      <c r="D406" s="2"/>
       <c r="E406" s="2" t="s">
-        <v>1012</v>
+        <v>988</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1013</v>
+        <v>989</v>
       </c>
       <c r="G406" s="2"/>
       <c r="H406" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I406" s="3">
-        <v>42670009767</v>
+        <v>41880074588</v>
       </c>
       <c r="J406" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K406" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L406" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M406" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="407" spans="1:13">
       <c r="A407" s="1">
-        <v>32159235400070</v>
+        <v>48071813900052</v>
       </c>
       <c r="B407" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C407" s="2" t="s">
-        <v>1008</v>
-[...1 lines deleted...]
-      <c r="D407" s="2"/>
+        <v>990</v>
+      </c>
+      <c r="D407" s="2" t="s">
+        <v>991</v>
+      </c>
       <c r="E407" s="2" t="s">
-        <v>1014</v>
+        <v>992</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1015</v>
+        <v>270</v>
       </c>
       <c r="G407" s="2"/>
       <c r="H407" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I407" s="3">
-        <v>42670009767</v>
+        <v>21520022652</v>
       </c>
       <c r="J407" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K407" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L407" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M407" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="408" spans="1:13">
       <c r="A408" s="1">
-        <v>32159235400088</v>
+        <v>48117310200023</v>
       </c>
       <c r="B408" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>1008</v>
-[...1 lines deleted...]
-      <c r="D408" s="2"/>
+        <v>993</v>
+      </c>
+      <c r="D408" s="2" t="s">
+        <v>993</v>
+      </c>
       <c r="E408" s="2" t="s">
-        <v>1016</v>
+        <v>994</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>802</v>
+        <v>995</v>
       </c>
       <c r="G408" s="2"/>
       <c r="H408" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I408" s="3">
-        <v>42670009767</v>
+        <v>41570339957</v>
       </c>
       <c r="J408" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K408" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L408" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M408" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="409" spans="1:13">
       <c r="A409" s="1">
-        <v>32159235400096</v>
+        <v>48142229300011</v>
       </c>
       <c r="B409" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>1008</v>
-[...1 lines deleted...]
-      <c r="D409" s="2"/>
+        <v>996</v>
+      </c>
+      <c r="D409" s="2" t="s">
+        <v>997</v>
+      </c>
       <c r="E409" s="2" t="s">
-        <v>1017</v>
+        <v>998</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>1018</v>
+        <v>999</v>
       </c>
       <c r="G409" s="2"/>
       <c r="H409" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I409" s="3">
-        <v>42670009767</v>
+        <v>82260144626</v>
       </c>
       <c r="J409" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K409" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L409" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M409" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="410" spans="1:13">
       <c r="A410" s="1">
-        <v>32159235400104</v>
+        <v>48142229300029</v>
       </c>
       <c r="B410" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C410" s="2" t="s">
-        <v>1008</v>
+        <v>996</v>
       </c>
       <c r="D410" s="2"/>
       <c r="E410" s="2" t="s">
-        <v>1019</v>
+        <v>1000</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>62</v>
+        <v>790</v>
       </c>
       <c r="G410" s="2"/>
       <c r="H410" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I410" s="3">
-        <v>42670009767</v>
+        <v>82260144626</v>
       </c>
       <c r="J410" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K410" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L410" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M410" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="411" spans="1:13">
       <c r="A411" s="1">
-        <v>32159235400112</v>
+        <v>48156745100036</v>
       </c>
       <c r="B411" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C411" s="2" t="s">
-        <v>1008</v>
-[...3 lines deleted...]
-      </c>
+        <v>1001</v>
+      </c>
+      <c r="D411" s="2"/>
       <c r="E411" s="2" t="s">
-        <v>1021</v>
+        <v>1002</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>1022</v>
+        <v>1003</v>
       </c>
       <c r="G411" s="2"/>
       <c r="H411" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I411" s="3">
-        <v>42670009767</v>
+        <v>41880088788</v>
       </c>
       <c r="J411" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K411" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L411" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M411" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="412" spans="1:13">
       <c r="A412" s="1">
-        <v>32159235400138</v>
+        <v>48183466100037</v>
       </c>
       <c r="B412" s="2" t="s">
-        <v>1023</v>
+        <v>13</v>
       </c>
       <c r="C412" s="2" t="s">
-        <v>1008</v>
+        <v>1004</v>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2" t="s">
-        <v>1024</v>
+        <v>1005</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>1025</v>
-[...3 lines deleted...]
-      </c>
+        <v>1006</v>
+      </c>
+      <c r="G412" s="2"/>
       <c r="H412" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I412" s="3">
-        <v>42670009767</v>
+        <v>82380446638</v>
       </c>
       <c r="J412" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K412" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L412" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M412" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="413" spans="1:13">
       <c r="A413" s="1">
-        <v>32159235400161</v>
+        <v>48195911200030</v>
       </c>
       <c r="B413" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C413" s="2" t="s">
-        <v>1008</v>
+        <v>1007</v>
       </c>
       <c r="D413" s="2"/>
       <c r="E413" s="2" t="s">
-        <v>277</v>
+        <v>1008</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>278</v>
+        <v>1009</v>
       </c>
       <c r="G413" s="2"/>
       <c r="H413" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I413" s="3">
-        <v>42670009767</v>
+        <v>22020089602</v>
       </c>
       <c r="J413" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K413" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L413" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M413" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="414" spans="1:13">
       <c r="A414" s="1">
-        <v>32359078600055</v>
+        <v>48201278800030</v>
       </c>
       <c r="B414" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C414" s="2" t="s">
-        <v>1027</v>
+        <v>1010</v>
       </c>
       <c r="D414" s="2"/>
       <c r="E414" s="2" t="s">
-        <v>1028</v>
+        <v>1011</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>1029</v>
+        <v>835</v>
       </c>
       <c r="G414" s="2"/>
       <c r="H414" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I414" s="3">
-        <v>31620002462</v>
+        <v>41540242854</v>
       </c>
       <c r="J414" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K414" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L414" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M414" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="415" spans="1:13">
       <c r="A415" s="1">
-        <v>32359078600071</v>
+        <v>48201278800048</v>
       </c>
       <c r="B415" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C415" s="2" t="s">
-        <v>1027</v>
+        <v>1010</v>
       </c>
       <c r="D415" s="2"/>
       <c r="E415" s="2" t="s">
-        <v>1030</v>
+        <v>1012</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>1031</v>
+        <v>310</v>
       </c>
       <c r="G415" s="2"/>
       <c r="H415" s="2" t="s">
-        <v>157</v>
+        <v>489</v>
       </c>
       <c r="I415" s="3">
-        <v>31620002462</v>
+        <v>41540242854</v>
       </c>
       <c r="J415" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K415" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L415" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M415" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="416" spans="1:13">
       <c r="A416" s="1">
-        <v>32359078600113</v>
+        <v>48201278800055</v>
       </c>
       <c r="B416" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C416" s="2" t="s">
-        <v>1027</v>
+        <v>1010</v>
       </c>
       <c r="D416" s="2"/>
       <c r="E416" s="2" t="s">
-        <v>1032</v>
+        <v>1013</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>1033</v>
+        <v>1014</v>
       </c>
       <c r="G416" s="2"/>
       <c r="H416" s="2" t="s">
-        <v>157</v>
+        <v>489</v>
       </c>
       <c r="I416" s="3">
-        <v>31620002462</v>
+        <v>41540242854</v>
       </c>
       <c r="J416" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K416" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L416" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M416" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="417" spans="1:13">
       <c r="A417" s="1">
-        <v>32359078600121</v>
+        <v>48209603900011</v>
       </c>
       <c r="B417" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C417" s="2" t="s">
-        <v>1027</v>
+        <v>1015</v>
       </c>
       <c r="D417" s="2"/>
       <c r="E417" s="2" t="s">
-        <v>1034</v>
+        <v>1016</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>543</v>
+        <v>1017</v>
       </c>
       <c r="G417" s="2"/>
       <c r="H417" s="2" t="s">
-        <v>157</v>
+        <v>1018</v>
       </c>
       <c r="I417" s="3">
-        <v>31620002462</v>
+        <v>93131184013</v>
       </c>
       <c r="J417" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K417" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L417" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M417" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="418" spans="1:13">
       <c r="A418" s="1">
-        <v>32359078600154</v>
+        <v>48366307600030</v>
       </c>
       <c r="B418" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C418" s="2" t="s">
-        <v>1027</v>
+        <v>1019</v>
       </c>
       <c r="D418" s="2"/>
       <c r="E418" s="2" t="s">
-        <v>1035</v>
+        <v>1020</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>1036</v>
+        <v>1021</v>
       </c>
       <c r="G418" s="2"/>
       <c r="H418" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I418" s="3">
-        <v>31620002462</v>
+        <v>43390075939</v>
       </c>
       <c r="J418" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K418" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L418" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M418" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="419" spans="1:13">
       <c r="A419" s="1">
-        <v>32361187100043</v>
+        <v>48376534300031</v>
       </c>
       <c r="B419" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C419" s="2" t="s">
-        <v>1037</v>
+        <v>1022</v>
       </c>
       <c r="D419" s="2"/>
       <c r="E419" s="2" t="s">
-        <v>1038</v>
+        <v>1023</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>1039</v>
+        <v>1024</v>
       </c>
       <c r="G419" s="2"/>
       <c r="H419" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I419" s="3">
-        <v>91660002766</v>
+        <v>52440504644</v>
       </c>
       <c r="J419" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K419" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L419" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M419" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="420" spans="1:13">
       <c r="A420" s="1">
-        <v>32361187100084</v>
+        <v>48437477200032</v>
       </c>
       <c r="B420" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C420" s="2" t="s">
-        <v>1037</v>
+        <v>1025</v>
       </c>
       <c r="D420" s="2"/>
       <c r="E420" s="2" t="s">
-        <v>1040</v>
+        <v>1026</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>1041</v>
+        <v>1027</v>
       </c>
       <c r="G420" s="2"/>
       <c r="H420" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I420" s="3">
-        <v>91660002766</v>
+        <v>82380506738</v>
       </c>
       <c r="J420" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K420" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L420" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M420" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="421" spans="1:13">
       <c r="A421" s="1">
-        <v>32361187100092</v>
+        <v>48482369500099</v>
       </c>
       <c r="B421" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C421" s="2" t="s">
-        <v>1037</v>
+        <v>1028</v>
       </c>
       <c r="D421" s="2"/>
       <c r="E421" s="2" t="s">
-        <v>1042</v>
+        <v>1029</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>1043</v>
+        <v>1030</v>
       </c>
       <c r="G421" s="2"/>
       <c r="H421" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I421" s="3">
-        <v>91660002766</v>
+        <v>72330740333</v>
       </c>
       <c r="J421" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K421" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L421" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M421" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="422" spans="1:13">
       <c r="A422" s="1">
-        <v>32361187100100</v>
+        <v>48493793300022</v>
       </c>
       <c r="B422" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C422" s="2" t="s">
-        <v>1037</v>
+        <v>1031</v>
       </c>
       <c r="D422" s="2"/>
       <c r="E422" s="2" t="s">
-        <v>1044</v>
+        <v>1032</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>188</v>
+        <v>1033</v>
       </c>
       <c r="G422" s="2"/>
       <c r="H422" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I422" s="3">
-        <v>91660002766</v>
+        <v>91300258630</v>
       </c>
       <c r="J422" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K422" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L422" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M422" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="423" spans="1:13">
       <c r="A423" s="1">
-        <v>33163173900090</v>
+        <v>48525654900018</v>
       </c>
       <c r="B423" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>1045</v>
+        <v>1034</v>
       </c>
       <c r="D423" s="2"/>
       <c r="E423" s="2" t="s">
-        <v>1046</v>
+        <v>1035</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>1047</v>
+        <v>1036</v>
       </c>
       <c r="G423" s="2"/>
       <c r="H423" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I423" s="3">
-        <v>91340009634</v>
+        <v>24280035528</v>
       </c>
       <c r="J423" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K423" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L423" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M423" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="424" spans="1:13">
       <c r="A424" s="1">
-        <v>33232136300092</v>
+        <v>48811481000051</v>
       </c>
       <c r="B424" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C424" s="2" t="s">
-        <v>1048</v>
+        <v>1037</v>
       </c>
       <c r="D424" s="2"/>
       <c r="E424" s="2" t="s">
-        <v>1049</v>
+        <v>1038</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>1050</v>
+        <v>285</v>
       </c>
       <c r="G424" s="2"/>
       <c r="H424" s="2" t="s">
-        <v>969</v>
+        <v>31</v>
       </c>
       <c r="I424" s="3">
-        <v>22600188460</v>
+        <v>42680091368</v>
       </c>
       <c r="J424" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K424" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L424" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M424" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="425" spans="1:13">
       <c r="A425" s="1">
-        <v>33232136300134</v>
+        <v>48811772200022</v>
       </c>
       <c r="B425" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>1048</v>
+        <v>1039</v>
       </c>
       <c r="D425" s="2"/>
       <c r="E425" s="2" t="s">
-        <v>1051</v>
+        <v>618</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>1052</v>
+        <v>712</v>
       </c>
       <c r="G425" s="2"/>
       <c r="H425" s="2" t="s">
-        <v>969</v>
+        <v>31</v>
       </c>
       <c r="I425" s="3">
-        <v>22600188460</v>
+        <v>23760376476</v>
       </c>
       <c r="J425" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K425" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L425" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M425" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="426" spans="1:13">
       <c r="A426" s="1">
-        <v>33860928200029</v>
+        <v>48811772200048</v>
       </c>
       <c r="B426" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>1053</v>
+        <v>1039</v>
       </c>
       <c r="D426" s="2"/>
       <c r="E426" s="2" t="s">
-        <v>1054</v>
+        <v>1040</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>1055</v>
+        <v>712</v>
       </c>
       <c r="G426" s="2"/>
       <c r="H426" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I426" s="3">
-        <v>91340237034</v>
+        <v>23760376476</v>
       </c>
       <c r="J426" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K426" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L426" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M426" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="427" spans="1:13">
       <c r="A427" s="1">
-        <v>34012780200015</v>
+        <v>48811772200139</v>
       </c>
       <c r="B427" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C427" s="2" t="s">
-        <v>1056</v>
-[...1 lines deleted...]
-      <c r="D427" s="2"/>
+        <v>1039</v>
+      </c>
+      <c r="D427" s="2" t="s">
+        <v>623</v>
+      </c>
       <c r="E427" s="2" t="s">
-        <v>1057</v>
+        <v>1041</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>1058</v>
+        <v>1042</v>
       </c>
       <c r="G427" s="2"/>
       <c r="H427" s="2" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="I427" s="3">
-        <v>31590068559</v>
+        <v>23760376476</v>
       </c>
       <c r="J427" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K427" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L427" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M427" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="428" spans="1:13">
       <c r="A428" s="1">
-        <v>34036524600016</v>
+        <v>48811772200154</v>
       </c>
       <c r="B428" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C428" s="2" t="s">
-        <v>1059</v>
-[...1 lines deleted...]
-      <c r="D428" s="2"/>
+        <v>1039</v>
+      </c>
+      <c r="D428" s="2" t="s">
+        <v>623</v>
+      </c>
       <c r="E428" s="2" t="s">
-        <v>1060</v>
+        <v>1043</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>1061</v>
+        <v>625</v>
       </c>
       <c r="G428" s="2"/>
       <c r="H428" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I428" s="3">
-        <v>42670188067</v>
+        <v>23760376476</v>
       </c>
       <c r="J428" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K428" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L428" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M428" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="429" spans="1:13">
       <c r="A429" s="1">
-        <v>34036524600107</v>
+        <v>48820391000028</v>
       </c>
       <c r="B429" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C429" s="2" t="s">
-        <v>1059</v>
+        <v>1044</v>
       </c>
       <c r="D429" s="2"/>
       <c r="E429" s="2" t="s">
-        <v>1062</v>
+        <v>1045</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>1063</v>
+        <v>1046</v>
       </c>
       <c r="G429" s="2"/>
       <c r="H429" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I429" s="3">
-        <v>42670188067</v>
+        <v>91110095411</v>
       </c>
       <c r="J429" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K429" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L429" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M429" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="430" spans="1:13">
       <c r="A430" s="1">
-        <v>34036524600164</v>
+        <v>48852440600052</v>
       </c>
       <c r="B430" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>1059</v>
+        <v>1047</v>
       </c>
       <c r="D430" s="2"/>
       <c r="E430" s="2" t="s">
-        <v>1064</v>
+        <v>1048</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1065</v>
+        <v>1049</v>
       </c>
       <c r="G430" s="2"/>
       <c r="H430" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I430" s="3">
-        <v>42670188067</v>
+        <v>23760410776</v>
       </c>
       <c r="J430" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K430" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L430" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M430" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="431" spans="1:13">
       <c r="A431" s="1">
-        <v>34062331300012</v>
+        <v>48877596600044</v>
       </c>
       <c r="B431" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C431" s="2" t="s">
-        <v>1066</v>
+        <v>1050</v>
       </c>
       <c r="D431" s="2"/>
       <c r="E431" s="2" t="s">
-        <v>1067</v>
+        <v>1051</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>1068</v>
+        <v>364</v>
       </c>
       <c r="G431" s="2"/>
       <c r="H431" s="2" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="I431" s="3">
-        <v>32620351162</v>
+        <v>72330686333</v>
       </c>
       <c r="J431" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K431" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L431" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M431" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="432" spans="1:13">
       <c r="A432" s="1">
-        <v>51937217100016</v>
+        <v>48881562200011</v>
       </c>
       <c r="B432" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>1069</v>
-[...3 lines deleted...]
-      </c>
+        <v>1052</v>
+      </c>
+      <c r="D432" s="2"/>
       <c r="E432" s="2" t="s">
-        <v>1071</v>
+        <v>1053</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>838</v>
+        <v>1054</v>
       </c>
       <c r="G432" s="2"/>
       <c r="H432" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I432" s="3">
-        <v>84430347243</v>
+        <v>91300262030</v>
       </c>
       <c r="J432" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K432" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L432" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M432" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="433" spans="1:13">
       <c r="A433" s="1">
-        <v>51937217100081</v>
+        <v>48908092900065</v>
       </c>
       <c r="B433" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C433" s="2" t="s">
-        <v>1069</v>
-[...3 lines deleted...]
-      </c>
+        <v>1055</v>
+      </c>
+      <c r="D433" s="2"/>
       <c r="E433" s="2" t="s">
-        <v>1072</v>
+        <v>1056</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>1073</v>
+        <v>1057</v>
       </c>
       <c r="G433" s="2"/>
       <c r="H433" s="2" t="s">
-        <v>157</v>
+        <v>1058</v>
       </c>
       <c r="I433" s="3">
-        <v>84430347243</v>
+        <v>82380405138</v>
       </c>
       <c r="J433" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K433" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L433" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M433" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="434" spans="1:13">
       <c r="A434" s="1">
-        <v>51963136000038</v>
+        <v>48908092900107</v>
       </c>
       <c r="B434" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C434" s="2" t="s">
-        <v>1074</v>
+        <v>1055</v>
       </c>
       <c r="D434" s="2"/>
       <c r="E434" s="2" t="s">
-        <v>1075</v>
+        <v>1059</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>1076</v>
+        <v>1060</v>
       </c>
       <c r="G434" s="2"/>
       <c r="H434" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I434" s="3">
-        <v>93830410283</v>
+        <v>82380405138</v>
       </c>
       <c r="J434" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K434" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L434" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M434" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="435" spans="1:13">
       <c r="A435" s="1">
-        <v>52001148700029</v>
+        <v>48954254800024</v>
       </c>
       <c r="B435" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>1077</v>
+        <v>1061</v>
       </c>
       <c r="D435" s="2"/>
       <c r="E435" s="2" t="s">
-        <v>1078</v>
+        <v>1062</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>1079</v>
+        <v>1063</v>
       </c>
       <c r="G435" s="2"/>
       <c r="H435" s="2" t="s">
-        <v>183</v>
+        <v>31</v>
       </c>
       <c r="I435" s="3">
-        <v>82691092269</v>
+        <v>72330686933</v>
       </c>
       <c r="J435" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K435" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L435" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M435" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="436" spans="1:13">
       <c r="A436" s="1">
-        <v>52046032000044</v>
+        <v>48960363900043</v>
       </c>
       <c r="B436" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>1080</v>
+        <v>1064</v>
       </c>
       <c r="D436" s="2"/>
       <c r="E436" s="2" t="s">
-        <v>1081</v>
+        <v>1065</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>1082</v>
+        <v>1066</v>
       </c>
       <c r="G436" s="2"/>
       <c r="H436" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I436" s="3">
-        <v>24450298845</v>
+        <v>11940926894</v>
       </c>
       <c r="J436" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K436" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L436" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M436" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="437" spans="1:13">
       <c r="A437" s="1">
-        <v>52057390800032</v>
+        <v>49072580100040</v>
       </c>
       <c r="B437" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>1083</v>
+        <v>1067</v>
       </c>
       <c r="D437" s="2"/>
       <c r="E437" s="2" t="s">
-        <v>1084</v>
+        <v>1068</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>1085</v>
+        <v>220</v>
       </c>
       <c r="G437" s="2"/>
       <c r="H437" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I437" s="3">
-        <v>11770531577</v>
+        <v>91340597934</v>
       </c>
       <c r="J437" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K437" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L437" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M437" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="438" spans="1:13">
       <c r="A438" s="1">
-        <v>52107959000027</v>
+        <v>49072580100065</v>
       </c>
       <c r="B438" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>1086</v>
+        <v>1067</v>
       </c>
       <c r="D438" s="2"/>
       <c r="E438" s="2" t="s">
-        <v>1087</v>
+        <v>1069</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>1088</v>
+        <v>1070</v>
       </c>
       <c r="G438" s="2"/>
       <c r="H438" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I438" s="3">
-        <v>41880105388</v>
+        <v>91340597934</v>
       </c>
       <c r="J438" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K438" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L438" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M438" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="439" spans="1:13">
       <c r="A439" s="1">
-        <v>52367452100019</v>
+        <v>49088373300027</v>
       </c>
       <c r="B439" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C439" s="2" t="s">
-        <v>1089</v>
+        <v>1071</v>
       </c>
       <c r="D439" s="2" t="s">
-        <v>1090</v>
+        <v>1072</v>
       </c>
       <c r="E439" s="2" t="s">
-        <v>1091</v>
+        <v>1073</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>1092</v>
+        <v>440</v>
       </c>
       <c r="G439" s="2"/>
       <c r="H439" s="2" t="s">
-        <v>157</v>
+        <v>489</v>
       </c>
       <c r="I439" s="3">
-        <v>93840343684</v>
+        <v>11770471477</v>
       </c>
       <c r="J439" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K439" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L439" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M439" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="440" spans="1:13">
       <c r="A440" s="1">
-        <v>52367452100043</v>
+        <v>49154650300039</v>
       </c>
       <c r="B440" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C440" s="2" t="s">
-        <v>1089</v>
+        <v>1074</v>
       </c>
       <c r="D440" s="2"/>
       <c r="E440" s="2" t="s">
-        <v>246</v>
+        <v>1075</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>1093</v>
+        <v>1076</v>
       </c>
       <c r="G440" s="2"/>
       <c r="H440" s="2" t="s">
-        <v>157</v>
+        <v>489</v>
       </c>
       <c r="I440" s="3">
-        <v>93840343684</v>
+        <v>95970138897</v>
       </c>
       <c r="J440" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K440" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L440" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M440" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="441" spans="1:13">
       <c r="A441" s="1">
-        <v>52367452100050</v>
+        <v>49157711000027</v>
       </c>
       <c r="B441" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C441" s="2" t="s">
-        <v>1089</v>
+        <v>1077</v>
       </c>
       <c r="D441" s="2"/>
       <c r="E441" s="2" t="s">
-        <v>248</v>
+        <v>1078</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>1093</v>
+        <v>1079</v>
       </c>
       <c r="G441" s="2"/>
       <c r="H441" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I441" s="3">
-        <v>93840343684</v>
+        <v>93131242513</v>
       </c>
       <c r="J441" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K441" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L441" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M441" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="442" spans="1:13">
       <c r="A442" s="1">
-        <v>52367452100084</v>
+        <v>49209943700021</v>
       </c>
       <c r="B442" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C442" s="2" t="s">
-        <v>1089</v>
+        <v>1080</v>
       </c>
       <c r="D442" s="2"/>
       <c r="E442" s="2" t="s">
-        <v>250</v>
+        <v>1081</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>251</v>
+        <v>1082</v>
       </c>
       <c r="G442" s="2"/>
       <c r="H442" s="2" t="s">
-        <v>157</v>
+        <v>489</v>
       </c>
       <c r="I442" s="3">
-        <v>93840343684</v>
+        <v>91660129366</v>
       </c>
       <c r="J442" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K442" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L442" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M442" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="443" spans="1:13">
       <c r="A443" s="1">
-        <v>52367452100092</v>
+        <v>49249451300020</v>
       </c>
       <c r="B443" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C443" s="2" t="s">
-        <v>1089</v>
+        <v>1083</v>
       </c>
       <c r="D443" s="2"/>
       <c r="E443" s="2" t="s">
-        <v>252</v>
+        <v>1084</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>1094</v>
+        <v>1085</v>
       </c>
       <c r="G443" s="2"/>
       <c r="H443" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I443" s="3">
-        <v>93840343684</v>
+        <v>72330698833</v>
       </c>
       <c r="J443" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K443" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L443" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M443" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="444" spans="1:13">
       <c r="A444" s="1">
-        <v>52367452100118</v>
+        <v>49249451300046</v>
       </c>
       <c r="B444" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C444" s="2" t="s">
-        <v>1089</v>
-[...3 lines deleted...]
-      </c>
+        <v>1083</v>
+      </c>
+      <c r="D444" s="2"/>
       <c r="E444" s="2" t="s">
-        <v>257</v>
+        <v>1086</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>258</v>
+        <v>1087</v>
       </c>
       <c r="G444" s="2"/>
       <c r="H444" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I444" s="3">
-        <v>93840343684</v>
+        <v>72330698833</v>
       </c>
       <c r="J444" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K444" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L444" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M444" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="445" spans="1:13">
       <c r="A445" s="1">
-        <v>52436324900029</v>
+        <v>49258442000037</v>
       </c>
       <c r="B445" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C445" s="2" t="s">
-        <v>1095</v>
-[...1 lines deleted...]
-      <c r="D445" s="2"/>
+        <v>1088</v>
+      </c>
+      <c r="D445" s="2" t="s">
+        <v>1089</v>
+      </c>
       <c r="E445" s="2" t="s">
-        <v>1096</v>
+        <v>1090</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>1097</v>
+        <v>1091</v>
       </c>
       <c r="G445" s="2"/>
       <c r="H445" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I445" s="3">
-        <v>31620225162</v>
+        <v>24410083741</v>
       </c>
       <c r="J445" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K445" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L445" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M445" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="446" spans="1:13">
       <c r="A446" s="1">
-        <v>52436324900052</v>
+        <v>49264842300027</v>
       </c>
       <c r="B446" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C446" s="2" t="s">
-        <v>1095</v>
+        <v>1092</v>
       </c>
       <c r="D446" s="2"/>
       <c r="E446" s="2" t="s">
-        <v>1098</v>
+        <v>1093</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>188</v>
+        <v>379</v>
       </c>
       <c r="G446" s="2"/>
       <c r="H446" s="2" t="s">
-        <v>31</v>
+        <v>509</v>
       </c>
       <c r="I446" s="3">
-        <v>31620225162</v>
+        <v>73310481231</v>
       </c>
       <c r="J446" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K446" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L446" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M446" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="447" spans="1:13">
       <c r="A447" s="1">
-        <v>52453218100061</v>
+        <v>49282147500034</v>
       </c>
       <c r="B447" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C447" s="2" t="s">
-        <v>1099</v>
-[...3 lines deleted...]
-      </c>
+        <v>1094</v>
+      </c>
+      <c r="D447" s="2"/>
       <c r="E447" s="2" t="s">
-        <v>1101</v>
+        <v>1095</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>1102</v>
+        <v>1096</v>
       </c>
       <c r="G447" s="2"/>
       <c r="H447" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I447" s="3">
-        <v>23270161927</v>
+        <v>27250302225</v>
       </c>
       <c r="J447" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K447" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L447" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M447" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="448" spans="1:13">
       <c r="A448" s="1">
-        <v>52468744900016</v>
+        <v>49299343100013</v>
       </c>
       <c r="B448" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C448" s="2" t="s">
-        <v>1103</v>
-[...1 lines deleted...]
-      <c r="D448" s="2"/>
+        <v>1097</v>
+      </c>
+      <c r="D448" s="2" t="s">
+        <v>1098</v>
+      </c>
       <c r="E448" s="2" t="s">
-        <v>1104</v>
+        <v>1099</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>1105</v>
+        <v>1100</v>
       </c>
       <c r="G448" s="2"/>
       <c r="H448" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I448" s="3">
-        <v>53290843829</v>
+        <v>41540256854</v>
       </c>
       <c r="J448" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K448" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L448" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M448" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="449" spans="1:13">
       <c r="A449" s="1">
-        <v>52500913000010</v>
+        <v>49299343100021</v>
       </c>
       <c r="B449" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C449" s="2" t="s">
-        <v>1106</v>
-[...1 lines deleted...]
-      <c r="D449" s="2"/>
+        <v>1097</v>
+      </c>
+      <c r="D449" s="2" t="s">
+        <v>1101</v>
+      </c>
       <c r="E449" s="2" t="s">
-        <v>1107</v>
+        <v>1102</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>1105</v>
+        <v>1103</v>
       </c>
       <c r="G449" s="2"/>
       <c r="H449" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I449" s="3">
-        <v>41570292557</v>
+        <v>41540256854</v>
       </c>
       <c r="J449" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K449" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L449" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M449" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="450" spans="1:13">
       <c r="A450" s="1">
-        <v>52521256900020</v>
+        <v>49299343100039</v>
       </c>
       <c r="B450" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C450" s="2" t="s">
-        <v>1108</v>
-[...1 lines deleted...]
-      <c r="D450" s="2"/>
+        <v>1097</v>
+      </c>
+      <c r="D450" s="2" t="s">
+        <v>1104</v>
+      </c>
       <c r="E450" s="2" t="s">
-        <v>1109</v>
+        <v>1105</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>1110</v>
+        <v>1103</v>
       </c>
       <c r="G450" s="2"/>
       <c r="H450" s="2" t="s">
-        <v>1111</v>
+        <v>31</v>
       </c>
       <c r="I450" s="3">
-        <v>11921799392</v>
+        <v>41540256854</v>
       </c>
       <c r="J450" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K450" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L450" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M450" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="451" spans="1:13">
       <c r="A451" s="1">
-        <v>52521256900046</v>
+        <v>49331937000026</v>
       </c>
       <c r="B451" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C451" s="2" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D451" s="2"/>
+      <c r="E451" s="2" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F451" s="2" t="s">
         <v>1108</v>
-      </c>
-[...7 lines deleted...]
-        <v>1114</v>
       </c>
       <c r="G451" s="2"/>
       <c r="H451" s="2" t="s">
-        <v>150</v>
+        <v>331</v>
       </c>
       <c r="I451" s="3">
-        <v>11921799392</v>
+        <v>21520023952</v>
       </c>
       <c r="J451" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K451" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L451" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M451" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="452" spans="1:13">
       <c r="A452" s="1">
-        <v>52756289600045</v>
+        <v>49337552100058</v>
       </c>
       <c r="B452" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C452" s="2" t="s">
-        <v>1115</v>
+        <v>1109</v>
       </c>
       <c r="D452" s="2"/>
       <c r="E452" s="2" t="s">
-        <v>1116</v>
+        <v>1110</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>168</v>
+        <v>1111</v>
       </c>
       <c r="G452" s="2"/>
       <c r="H452" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I452" s="3">
-        <v>41570298957</v>
+        <v>42670501667</v>
       </c>
       <c r="J452" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K452" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L452" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M452" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="453" spans="1:13">
       <c r="A453" s="1">
-        <v>52783305700021</v>
+        <v>49338862300057</v>
       </c>
       <c r="B453" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C453" s="2" t="s">
-        <v>1117</v>
-[...1 lines deleted...]
-      <c r="D453" s="2"/>
+        <v>1112</v>
+      </c>
+      <c r="D453" s="2" t="s">
+        <v>1113</v>
+      </c>
       <c r="E453" s="2" t="s">
-        <v>1118</v>
+        <v>1114</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>1119</v>
+        <v>1115</v>
       </c>
       <c r="G453" s="2"/>
       <c r="H453" s="2" t="s">
-        <v>183</v>
+        <v>489</v>
       </c>
       <c r="I453" s="3">
-        <v>82260187526</v>
+        <v>72640360164</v>
       </c>
       <c r="J453" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K453" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L453" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M453" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="454" spans="1:13">
       <c r="A454" s="1">
-        <v>52869550500016</v>
+        <v>49370821800042</v>
       </c>
       <c r="B454" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C454" s="2" t="s">
-        <v>1120</v>
+        <v>1116</v>
       </c>
       <c r="D454" s="2"/>
       <c r="E454" s="2" t="s">
-        <v>1121</v>
+        <v>1117</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>1122</v>
+        <v>285</v>
       </c>
       <c r="G454" s="2"/>
       <c r="H454" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I454" s="3">
-        <v>72330820933</v>
+        <v>23760420676</v>
       </c>
       <c r="J454" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K454" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L454" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M454" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="455" spans="1:13">
       <c r="A455" s="1">
-        <v>52885501800040</v>
+        <v>49370821800059</v>
       </c>
       <c r="B455" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C455" s="2" t="s">
-        <v>1123</v>
+        <v>1116</v>
       </c>
       <c r="D455" s="2"/>
       <c r="E455" s="2" t="s">
-        <v>1124</v>
+        <v>1118</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>1125</v>
+        <v>30</v>
       </c>
       <c r="G455" s="2"/>
       <c r="H455" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I455" s="3">
-        <v>52850226285</v>
+        <v>23760420676</v>
       </c>
       <c r="J455" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K455" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L455" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M455" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="456" spans="1:13">
       <c r="A456" s="1">
-        <v>52890865000039</v>
+        <v>49380313400029</v>
       </c>
       <c r="B456" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C456" s="2" t="s">
-        <v>1126</v>
-[...3 lines deleted...]
-      </c>
+        <v>1119</v>
+      </c>
+      <c r="D456" s="2"/>
       <c r="E456" s="2" t="s">
-        <v>1128</v>
+        <v>1120</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>555</v>
+        <v>1121</v>
       </c>
       <c r="G456" s="2"/>
       <c r="H456" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I456" s="3">
-        <v>76340968134</v>
+        <v>82690945969</v>
       </c>
       <c r="J456" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K456" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L456" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M456" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="457" spans="1:13">
       <c r="A457" s="1">
-        <v>52902932400033</v>
+        <v>49397769800072</v>
       </c>
       <c r="B457" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C457" s="2" t="s">
-        <v>1129</v>
+        <v>1122</v>
       </c>
       <c r="D457" s="2"/>
       <c r="E457" s="2" t="s">
-        <v>1130</v>
+        <v>1123</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>1131</v>
+        <v>598</v>
       </c>
       <c r="G457" s="2"/>
       <c r="H457" s="2" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="I457" s="3">
-        <v>11910670391</v>
+        <v>91300276730</v>
       </c>
       <c r="J457" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K457" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L457" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M457" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="458" spans="1:13">
       <c r="A458" s="1">
-        <v>52902932400041</v>
+        <v>49438222900032</v>
       </c>
       <c r="B458" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C458" s="2" t="s">
-        <v>1129</v>
+        <v>1124</v>
       </c>
       <c r="D458" s="2"/>
       <c r="E458" s="2" t="s">
-        <v>1132</v>
+        <v>1125</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>1133</v>
+        <v>1126</v>
       </c>
       <c r="G458" s="2"/>
       <c r="H458" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I458" s="3">
-        <v>11910670391</v>
+        <v>93131262413</v>
       </c>
       <c r="J458" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K458" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L458" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M458" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="459" spans="1:13">
       <c r="A459" s="1">
-        <v>52907273800014</v>
+        <v>49459030000021</v>
       </c>
       <c r="B459" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C459" s="2" t="s">
-        <v>1134</v>
+        <v>1127</v>
       </c>
       <c r="D459" s="2"/>
       <c r="E459" s="2" t="s">
-        <v>1135</v>
+        <v>1128</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>1136</v>
+        <v>1129</v>
       </c>
       <c r="G459" s="2"/>
       <c r="H459" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I459" s="3">
-        <v>42670444067</v>
+        <v>91300280730</v>
       </c>
       <c r="J459" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K459" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L459" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M459" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="460" spans="1:13">
       <c r="A460" s="1">
-        <v>52907273800048</v>
+        <v>49753224200029</v>
       </c>
       <c r="B460" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C460" s="2" t="s">
-        <v>1134</v>
+        <v>1130</v>
       </c>
       <c r="D460" s="2"/>
       <c r="E460" s="2" t="s">
-        <v>1137</v>
+        <v>1131</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>367</v>
+        <v>266</v>
       </c>
       <c r="G460" s="2"/>
       <c r="H460" s="2" t="s">
-        <v>1138</v>
+        <v>31</v>
       </c>
       <c r="I460" s="3">
-        <v>42670444067</v>
+        <v>82420190842</v>
       </c>
       <c r="J460" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K460" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L460" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M460" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="461" spans="1:13">
       <c r="A461" s="1">
-        <v>53072890600013</v>
+        <v>49793245900017</v>
       </c>
       <c r="B461" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C461" s="2" t="s">
-        <v>1139</v>
+        <v>1132</v>
       </c>
       <c r="D461" s="2"/>
       <c r="E461" s="2" t="s">
-        <v>1140</v>
+        <v>1133</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>1141</v>
+        <v>1134</v>
       </c>
       <c r="G461" s="2"/>
       <c r="H461" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I461" s="3">
-        <v>25140244814</v>
+        <v>41570257557</v>
       </c>
       <c r="J461" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K461" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L461" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M461" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="462" spans="1:13">
       <c r="A462" s="1">
-        <v>53072890600039</v>
+        <v>49793245900033</v>
       </c>
       <c r="B462" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C462" s="2" t="s">
-        <v>1139</v>
-[...3 lines deleted...]
-      </c>
+        <v>1132</v>
+      </c>
+      <c r="D462" s="2"/>
       <c r="E462" s="2" t="s">
-        <v>1142</v>
+        <v>1135</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>1143</v>
+        <v>1136</v>
       </c>
       <c r="G462" s="2"/>
       <c r="H462" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I462" s="3">
-        <v>25140244814</v>
+        <v>41570257557</v>
       </c>
       <c r="J462" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K462" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L462" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M462" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="463" spans="1:13">
       <c r="A463" s="1">
-        <v>53072890600047</v>
+        <v>49821234900019</v>
       </c>
       <c r="B463" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C463" s="2" t="s">
-        <v>1139</v>
+        <v>1137</v>
       </c>
       <c r="D463" s="2"/>
       <c r="E463" s="2" t="s">
-        <v>1144</v>
+        <v>1138</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>1145</v>
+        <v>1139</v>
       </c>
       <c r="G463" s="2"/>
       <c r="H463" s="2" t="s">
-        <v>157</v>
+        <v>27</v>
       </c>
       <c r="I463" s="3">
-        <v>25140244814</v>
+        <v>95970143397</v>
       </c>
       <c r="J463" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K463" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L463" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M463" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="464" spans="1:13">
       <c r="A464" s="1">
-        <v>53072890600054</v>
+        <v>49911261300041</v>
       </c>
       <c r="B464" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C464" s="2" t="s">
-        <v>1139</v>
-[...3 lines deleted...]
-      </c>
+        <v>1140</v>
+      </c>
+      <c r="D464" s="2"/>
       <c r="E464" s="2" t="s">
-        <v>1147</v>
+        <v>1141</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>361</v>
+        <v>1142</v>
       </c>
       <c r="G464" s="2"/>
       <c r="H464" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I464" s="3">
-        <v>25140244814</v>
+        <v>72400080040</v>
       </c>
       <c r="J464" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K464" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L464" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M464" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="465" spans="1:13">
       <c r="A465" s="1">
-        <v>53072890600096</v>
+        <v>50083901400023</v>
       </c>
       <c r="B465" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C465" s="2" t="s">
-        <v>1139</v>
-[...3 lines deleted...]
-      </c>
+        <v>1143</v>
+      </c>
+      <c r="D465" s="2"/>
       <c r="E465" s="2" t="s">
-        <v>1148</v>
+        <v>1144</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1149</v>
+        <v>1145</v>
       </c>
       <c r="G465" s="2"/>
       <c r="H465" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I465" s="3">
-        <v>25140244814</v>
+        <v>31620244362</v>
       </c>
       <c r="J465" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K465" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L465" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M465" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="466" spans="1:13">
       <c r="A466" s="1">
-        <v>53072890600104</v>
+        <v>50142127500014</v>
       </c>
       <c r="B466" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C466" s="2" t="s">
-        <v>1139</v>
-[...1 lines deleted...]
-      <c r="D466" s="2" t="s">
         <v>1146</v>
       </c>
+      <c r="D466" s="2"/>
       <c r="E466" s="2" t="s">
-        <v>1150</v>
+        <v>1147</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1151</v>
+        <v>1148</v>
       </c>
       <c r="G466" s="2"/>
       <c r="H466" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I466" s="3">
-        <v>25140244814</v>
+        <v>31590725459</v>
       </c>
       <c r="J466" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K466" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L466" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M466" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="467" spans="1:13">
       <c r="A467" s="1">
-        <v>53143388600045</v>
+        <v>50145942400021</v>
       </c>
       <c r="B467" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C467" s="2" t="s">
-        <v>1152</v>
+        <v>1149</v>
       </c>
       <c r="D467" s="2"/>
       <c r="E467" s="2" t="s">
-        <v>1153</v>
+        <v>1150</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>1154</v>
+        <v>1085</v>
       </c>
       <c r="G467" s="2"/>
       <c r="H467" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I467" s="3">
-        <v>31590761559</v>
+        <v>52440541544</v>
       </c>
       <c r="J467" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K467" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L467" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M467" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="468" spans="1:13">
       <c r="A468" s="1">
-        <v>53143388600060</v>
+        <v>50152090200013</v>
       </c>
       <c r="B468" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C468" s="2" t="s">
-        <v>1152</v>
+        <v>1151</v>
       </c>
       <c r="D468" s="2"/>
       <c r="E468" s="2" t="s">
-        <v>1155</v>
+        <v>1152</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>912</v>
+        <v>62</v>
       </c>
       <c r="G468" s="2"/>
       <c r="H468" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I468" s="3">
-        <v>31590761559</v>
+        <v>21510132451</v>
       </c>
       <c r="J468" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K468" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L468" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M468" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="469" spans="1:13">
       <c r="A469" s="1">
-        <v>53160386800039</v>
+        <v>50153038000028</v>
       </c>
       <c r="B469" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C469" s="2" t="s">
-        <v>1156</v>
+        <v>1153</v>
       </c>
       <c r="D469" s="2"/>
       <c r="E469" s="2" t="s">
-        <v>1157</v>
+        <v>1154</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>1158</v>
+        <v>1155</v>
       </c>
       <c r="G469" s="2"/>
       <c r="H469" s="2" t="s">
-        <v>31</v>
+        <v>1156</v>
       </c>
       <c r="I469" s="3">
-        <v>31620232062</v>
+        <v>82010117601</v>
       </c>
       <c r="J469" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K469" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L469" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M469" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="470" spans="1:13">
       <c r="A470" s="1">
-        <v>53178740600010</v>
+        <v>50153038000077</v>
       </c>
       <c r="B470" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C470" s="2" t="s">
-        <v>1159</v>
+        <v>1153</v>
       </c>
       <c r="D470" s="2"/>
       <c r="E470" s="2" t="s">
-        <v>1121</v>
+        <v>1157</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>1160</v>
+        <v>1158</v>
       </c>
       <c r="G470" s="2"/>
       <c r="H470" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I470" s="3">
-        <v>72330832933</v>
+        <v>82010117601</v>
       </c>
       <c r="J470" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K470" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L470" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M470" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="471" spans="1:13">
       <c r="A471" s="1">
-        <v>43254720600180</v>
+        <v>50174554100042</v>
       </c>
       <c r="B471" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C471" s="2" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D471" s="2"/>
+      <c r="E471" s="2" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F471" s="2" t="s">
         <v>1161</v>
-      </c>
-[...7 lines deleted...]
-        <v>364</v>
       </c>
       <c r="G471" s="2"/>
       <c r="H471" s="2" t="s">
-        <v>1163</v>
+        <v>489</v>
       </c>
       <c r="I471" s="3">
-        <v>93132435013</v>
+        <v>24410087341</v>
       </c>
       <c r="J471" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K471" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L471" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M471" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="472" spans="1:13">
       <c r="A472" s="1">
-        <v>43266868900024</v>
+        <v>50174554100059</v>
       </c>
       <c r="B472" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C472" s="2" t="s">
-        <v>1164</v>
+        <v>1159</v>
       </c>
       <c r="D472" s="2"/>
       <c r="E472" s="2" t="s">
-        <v>1165</v>
+        <v>1162</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>1166</v>
+        <v>1009</v>
       </c>
       <c r="G472" s="2"/>
       <c r="H472" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I472" s="3">
-        <v>82730080673</v>
+        <v>24410087341</v>
       </c>
       <c r="J472" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K472" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L472" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M472" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="473" spans="1:13">
       <c r="A473" s="1">
-        <v>43325083400010</v>
+        <v>50210713900037</v>
       </c>
       <c r="B473" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C473" s="2" t="s">
-        <v>1167</v>
+        <v>1163</v>
       </c>
       <c r="D473" s="2"/>
       <c r="E473" s="2" t="s">
-        <v>1168</v>
+        <v>1164</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>1169</v>
+        <v>440</v>
       </c>
       <c r="G473" s="2"/>
       <c r="H473" s="2" t="s">
-        <v>172</v>
+        <v>31</v>
       </c>
       <c r="I473" s="3">
-        <v>74870001787</v>
+        <v>93131296413</v>
       </c>
       <c r="J473" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K473" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L473" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M473" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="474" spans="1:13">
       <c r="A474" s="1">
-        <v>43325083401273</v>
+        <v>50227266900073</v>
       </c>
       <c r="B474" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C474" s="2" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D474" s="2" t="s">
+        <v>1166</v>
+      </c>
+      <c r="E474" s="2" t="s">
         <v>1167</v>
       </c>
-      <c r="D474" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F474" s="2" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="G474" s="2"/>
       <c r="H474" s="2" t="s">
-        <v>172</v>
+        <v>31</v>
       </c>
       <c r="I474" s="3">
-        <v>74870001787</v>
+        <v>52530059453</v>
       </c>
       <c r="J474" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K474" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L474" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M474" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="475" spans="1:13">
       <c r="A475" s="1">
-        <v>43325083401752</v>
+        <v>50227266900099</v>
       </c>
       <c r="B475" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C475" s="2" t="s">
-        <v>1167</v>
+        <v>1165</v>
       </c>
       <c r="D475" s="2"/>
       <c r="E475" s="2" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>475</v>
+        <v>746</v>
       </c>
       <c r="G475" s="2"/>
       <c r="H475" s="2" t="s">
-        <v>172</v>
+        <v>31</v>
       </c>
       <c r="I475" s="3">
-        <v>74870001787</v>
+        <v>52530059453</v>
       </c>
       <c r="J475" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K475" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L475" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M475" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="476" spans="1:13">
       <c r="A476" s="1">
-        <v>43378594600032</v>
+        <v>50227266900115</v>
       </c>
       <c r="B476" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C476" s="2" t="s">
-        <v>1173</v>
-[...1 lines deleted...]
-      <c r="D476" s="2"/>
+        <v>1165</v>
+      </c>
+      <c r="D476" s="2" t="s">
+        <v>1170</v>
+      </c>
       <c r="E476" s="2" t="s">
-        <v>1174</v>
+        <v>1171</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="G476" s="2"/>
       <c r="H476" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I476" s="3">
-        <v>72640201664</v>
+        <v>52530059453</v>
       </c>
       <c r="J476" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K476" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L476" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M476" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="477" spans="1:13">
       <c r="A477" s="1">
-        <v>43498102300014</v>
+        <v>50231371100033</v>
       </c>
       <c r="B477" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C477" s="2" t="s">
-        <v>1176</v>
+        <v>1173</v>
       </c>
       <c r="D477" s="2"/>
       <c r="E477" s="2" t="s">
-        <v>1177</v>
+        <v>1174</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="G477" s="2"/>
       <c r="H477" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I477" s="3">
-        <v>93130643413</v>
+        <v>31620206662</v>
       </c>
       <c r="J477" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K477" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L477" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M477" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="478" spans="1:13">
       <c r="A478" s="1">
-        <v>43537056400054</v>
+        <v>50231871000014</v>
       </c>
       <c r="B478" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C478" s="2" t="s">
-        <v>1179</v>
+        <v>1176</v>
       </c>
       <c r="D478" s="2"/>
       <c r="E478" s="2" t="s">
-        <v>1180</v>
+        <v>1177</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>840</v>
+        <v>62</v>
       </c>
       <c r="G478" s="2"/>
       <c r="H478" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I478" s="3">
-        <v>52490179949</v>
+        <v>53290824729</v>
       </c>
       <c r="J478" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K478" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L478" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M478" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="479" spans="1:13">
       <c r="A479" s="1">
-        <v>43761024900025</v>
+        <v>50231871000048</v>
       </c>
       <c r="B479" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C479" s="2" t="s">
-        <v>1181</v>
+        <v>1176</v>
       </c>
       <c r="D479" s="2"/>
       <c r="E479" s="2" t="s">
-        <v>1182</v>
+        <v>1178</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>256</v>
+        <v>297</v>
       </c>
       <c r="G479" s="2"/>
       <c r="H479" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I479" s="3">
-        <v>82420139142</v>
+        <v>53290824729</v>
       </c>
       <c r="J479" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K479" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L479" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M479" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="480" spans="1:13">
       <c r="A480" s="1">
-        <v>43869054700023</v>
+        <v>50256889200017</v>
       </c>
       <c r="B480" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C480" s="2" t="s">
-        <v>1183</v>
+        <v>1179</v>
       </c>
       <c r="D480" s="2"/>
       <c r="E480" s="2" t="s">
-        <v>1184</v>
+        <v>1180</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>1185</v>
+        <v>62</v>
       </c>
       <c r="G480" s="2"/>
       <c r="H480" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I480" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I480" s="3"/>
       <c r="J480" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K480" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L480" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M480" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="481" spans="1:13">
       <c r="A481" s="1">
-        <v>43870754900020</v>
+        <v>50288657500039</v>
       </c>
       <c r="B481" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C481" s="2" t="s">
-        <v>1186</v>
+        <v>1181</v>
       </c>
       <c r="D481" s="2"/>
       <c r="E481" s="2" t="s">
-        <v>1187</v>
+        <v>1182</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>1188</v>
+        <v>1183</v>
       </c>
       <c r="G481" s="2"/>
       <c r="H481" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I481" s="3">
-        <v>83630352763</v>
+        <v>97970148997</v>
       </c>
       <c r="J481" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K481" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L481" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M481" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="482" spans="1:13">
       <c r="A482" s="1">
-        <v>43870754900046</v>
+        <v>50334870800010</v>
       </c>
       <c r="B482" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C482" s="2" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D482" s="2" t="s">
+        <v>1184</v>
+      </c>
+      <c r="E482" s="2" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F482" s="2" t="s">
         <v>1186</v>
-      </c>
-[...5 lines deleted...]
-        <v>1190</v>
       </c>
       <c r="G482" s="2"/>
       <c r="H482" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I482" s="3">
-        <v>83630352763</v>
+        <v>25500093650</v>
       </c>
       <c r="J482" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K482" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L482" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M482" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="483" spans="1:13">
       <c r="A483" s="1">
-        <v>43870754900061</v>
+        <v>50334870800028</v>
       </c>
       <c r="B483" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C483" s="2" t="s">
-        <v>1186</v>
+        <v>1184</v>
       </c>
       <c r="D483" s="2"/>
       <c r="E483" s="2" t="s">
-        <v>1191</v>
+        <v>1187</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>1192</v>
+        <v>1188</v>
       </c>
       <c r="G483" s="2"/>
       <c r="H483" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I483" s="3">
-        <v>83630352763</v>
+        <v>25500093650</v>
       </c>
       <c r="J483" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K483" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L483" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M483" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="484" spans="1:13">
       <c r="A484" s="1">
-        <v>43870754900079</v>
+        <v>50334870800036</v>
       </c>
       <c r="B484" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C484" s="2" t="s">
-        <v>1186</v>
-[...1 lines deleted...]
-      <c r="D484" s="2"/>
+        <v>1184</v>
+      </c>
+      <c r="D484" s="2" t="s">
+        <v>1184</v>
+      </c>
       <c r="E484" s="2" t="s">
-        <v>1193</v>
+        <v>1189</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>1194</v>
+        <v>1190</v>
       </c>
       <c r="G484" s="2"/>
       <c r="H484" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I484" s="3">
-        <v>83630352763</v>
+        <v>25500093650</v>
       </c>
       <c r="J484" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K484" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L484" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M484" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="485" spans="1:13">
       <c r="A485" s="1">
-        <v>43931497200076</v>
+        <v>50351546200029</v>
       </c>
       <c r="B485" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C485" s="2" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="D485" s="2"/>
       <c r="E485" s="2" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G485" s="2"/>
       <c r="H485" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I485" s="3">
-        <v>24180070618</v>
+        <v>97970155197</v>
       </c>
       <c r="J485" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K485" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L485" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M485" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="486" spans="1:13">
       <c r="A486" s="1">
-        <v>43945646800016</v>
+        <v>50361913200049</v>
       </c>
       <c r="B486" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C486" s="2" t="s">
-        <v>1198</v>
+        <v>1194</v>
       </c>
       <c r="D486" s="2"/>
       <c r="E486" s="2" t="s">
-        <v>1199</v>
+        <v>1195</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>1200</v>
+        <v>652</v>
       </c>
       <c r="G486" s="2"/>
       <c r="H486" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I486" s="3">
-        <v>11910511291</v>
+        <v>31590679659</v>
       </c>
       <c r="J486" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K486" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L486" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M486" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="487" spans="1:13">
       <c r="A487" s="1">
-        <v>43994596500069</v>
+        <v>50407425300023</v>
       </c>
       <c r="B487" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C487" s="2" t="s">
-        <v>1201</v>
+        <v>1196</v>
       </c>
       <c r="D487" s="2"/>
       <c r="E487" s="2" t="s">
-        <v>1202</v>
+        <v>1197</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>422</v>
+        <v>1198</v>
       </c>
       <c r="G487" s="2"/>
       <c r="H487" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I487" s="3">
-        <v>26710163471</v>
+        <v>91660137966</v>
       </c>
       <c r="J487" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K487" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L487" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M487" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="488" spans="1:13">
       <c r="A488" s="1">
-        <v>43994596500127</v>
+        <v>50502404200036</v>
       </c>
       <c r="B488" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C488" s="2" t="s">
-        <v>1201</v>
+        <v>1199</v>
       </c>
       <c r="D488" s="2"/>
       <c r="E488" s="2" t="s">
-        <v>1203</v>
+        <v>1200</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>1204</v>
+        <v>1201</v>
       </c>
       <c r="G488" s="2"/>
       <c r="H488" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I488" s="3">
-        <v>26710163471</v>
+        <v>82420203542</v>
       </c>
       <c r="J488" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K488" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L488" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M488" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="489" spans="1:13">
       <c r="A489" s="1">
-        <v>43994596500135</v>
+        <v>50752195300020</v>
       </c>
       <c r="B489" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C489" s="2" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="D489" s="2"/>
       <c r="E489" s="2" t="s">
-        <v>1205</v>
+        <v>1203</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>367</v>
+        <v>1204</v>
       </c>
       <c r="G489" s="2"/>
       <c r="H489" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I489" s="3">
-        <v>26710163471</v>
+        <v>54790086879</v>
       </c>
       <c r="J489" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K489" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L489" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M489" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="490" spans="1:13">
       <c r="A490" s="1">
-        <v>44026780500024</v>
+        <v>50800796000042</v>
       </c>
       <c r="B490" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C490" s="2" t="s">
-        <v>1206</v>
+        <v>1205</v>
       </c>
       <c r="D490" s="2"/>
       <c r="E490" s="2" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F490" s="2" t="s">
         <v>1207</v>
-      </c>
-[...1 lines deleted...]
-        <v>809</v>
       </c>
       <c r="G490" s="2"/>
       <c r="H490" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I490" s="3">
-        <v>24280102528</v>
+        <v>73650058865</v>
       </c>
       <c r="J490" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K490" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L490" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M490" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="491" spans="1:13">
       <c r="A491" s="1">
-        <v>44032350900040</v>
+        <v>50809426500024</v>
       </c>
       <c r="B491" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C491" s="2" t="s">
         <v>1208</v>
       </c>
       <c r="D491" s="2"/>
       <c r="E491" s="2" t="s">
         <v>1209</v>
       </c>
       <c r="F491" s="2" t="s">
         <v>1210</v>
       </c>
       <c r="G491" s="2"/>
       <c r="H491" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I491" s="3">
-        <v>23760353576</v>
+        <v>25610076261</v>
       </c>
       <c r="J491" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K491" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L491" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M491" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="492" spans="1:13">
       <c r="A492" s="1">
-        <v>44065706200020</v>
+        <v>50809426500040</v>
       </c>
       <c r="B492" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C492" s="2" t="s">
-        <v>1211</v>
+        <v>1208</v>
       </c>
       <c r="D492" s="2"/>
       <c r="E492" s="2" t="s">
-        <v>1212</v>
+        <v>1211</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>1213</v>
+        <v>480</v>
       </c>
       <c r="G492" s="2"/>
       <c r="H492" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I492" s="3">
-        <v>95970114297</v>
+        <v>25610076261</v>
       </c>
       <c r="J492" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K492" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L492" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M492" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="493" spans="1:13">
       <c r="A493" s="1">
-        <v>44119425500036</v>
+        <v>50814916800017</v>
       </c>
       <c r="B493" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C493" s="2" t="s">
-        <v>1214</v>
+        <v>1212</v>
       </c>
       <c r="D493" s="2"/>
       <c r="E493" s="2" t="s">
-        <v>1215</v>
+        <v>1213</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>1145</v>
+        <v>1214</v>
       </c>
       <c r="G493" s="2"/>
       <c r="H493" s="2" t="s">
-        <v>183</v>
+        <v>331</v>
       </c>
       <c r="I493" s="3">
-        <v>91340766034</v>
+        <v>41540270754</v>
       </c>
       <c r="J493" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K493" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L493" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M493" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="494" spans="1:13">
       <c r="A494" s="1">
-        <v>44140555200015</v>
+        <v>50821661100030</v>
       </c>
       <c r="B494" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C494" s="2" t="s">
-        <v>1216</v>
+        <v>1215</v>
       </c>
       <c r="D494" s="2"/>
       <c r="E494" s="2" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F494" s="2" t="s">
         <v>1217</v>
-      </c>
-[...1 lines deleted...]
-        <v>1218</v>
       </c>
       <c r="G494" s="2"/>
       <c r="H494" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I494" s="3">
-        <v>43700045770</v>
+        <v>93132028713</v>
       </c>
       <c r="J494" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K494" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L494" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M494" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="495" spans="1:13">
       <c r="A495" s="1">
-        <v>44215740000049</v>
+        <v>50821661100048</v>
       </c>
       <c r="B495" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C495" s="2" t="s">
-        <v>1219</v>
-[...3 lines deleted...]
-      </c>
+        <v>1215</v>
+      </c>
+      <c r="D495" s="2"/>
       <c r="E495" s="2" t="s">
-        <v>1220</v>
+        <v>1218</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>1221</v>
+        <v>302</v>
       </c>
       <c r="G495" s="2"/>
       <c r="H495" s="2" t="s">
-        <v>31</v>
+        <v>520</v>
       </c>
       <c r="I495" s="3">
-        <v>91340519534</v>
+        <v>93132028713</v>
       </c>
       <c r="J495" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K495" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L495" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M495" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="496" spans="1:13">
       <c r="A496" s="1">
-        <v>44217923000044</v>
+        <v>50899880400019</v>
       </c>
       <c r="B496" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C496" s="2" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D496" s="2" t="s">
+        <v>1220</v>
+      </c>
+      <c r="E496" s="2" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F496" s="2" t="s">
         <v>1222</v>
-      </c>
-[...5 lines deleted...]
-        <v>349</v>
       </c>
       <c r="G496" s="2"/>
       <c r="H496" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I496" s="3">
-        <v>74190040619</v>
+        <v>83150309515</v>
       </c>
       <c r="J496" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K496" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L496" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M496" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="497" spans="1:13">
       <c r="A497" s="1">
-        <v>44290309200033</v>
+        <v>50900433900024</v>
       </c>
       <c r="B497" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C497" s="2" t="s">
-        <v>1224</v>
+        <v>1223</v>
       </c>
       <c r="D497" s="2"/>
       <c r="E497" s="2" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F497" s="2" t="s">
         <v>1225</v>
-      </c>
-[...1 lines deleted...]
-        <v>1226</v>
       </c>
       <c r="G497" s="2"/>
       <c r="H497" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I497" s="3">
-        <v>53350673035</v>
+        <v>21510135951</v>
       </c>
       <c r="J497" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K497" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L497" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M497" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="498" spans="1:13">
       <c r="A498" s="1">
-        <v>44294985500013</v>
+        <v>50913779000028</v>
       </c>
       <c r="B498" s="2" t="s">
-        <v>13</v>
+        <v>426</v>
       </c>
       <c r="C498" s="2" t="s">
-        <v>1227</v>
+        <v>1226</v>
       </c>
       <c r="D498" s="2"/>
       <c r="E498" s="2" t="s">
+        <v>1227</v>
+      </c>
+      <c r="F498" s="2" t="s">
         <v>1228</v>
       </c>
-      <c r="F498" s="2" t="s">
+      <c r="G498" s="2" t="s">
         <v>1229</v>
       </c>
-      <c r="G498" s="2"/>
       <c r="H498" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I498" s="3"/>
+      <c r="I498" s="3">
+        <v>25500094750</v>
+      </c>
       <c r="J498" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K498" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L498" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M498" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="499" spans="1:13">
       <c r="A499" s="1">
-        <v>44374101200043</v>
+        <v>50913779000036</v>
       </c>
       <c r="B499" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C499" s="2" t="s">
-        <v>1230</v>
+        <v>1226</v>
       </c>
       <c r="D499" s="2"/>
       <c r="E499" s="2" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F499" s="2" t="s">
         <v>1231</v>
-      </c>
-[...1 lines deleted...]
-        <v>1114</v>
       </c>
       <c r="G499" s="2"/>
       <c r="H499" s="2" t="s">
-        <v>150</v>
+        <v>489</v>
       </c>
       <c r="I499" s="3">
-        <v>53220747422</v>
+        <v>25500094750</v>
       </c>
       <c r="J499" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K499" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L499" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M499" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="500" spans="1:13">
       <c r="A500" s="1">
-        <v>44403806100016</v>
+        <v>50943290200054</v>
       </c>
       <c r="B500" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C500" s="2" t="s">
         <v>1232</v>
       </c>
       <c r="D500" s="2"/>
       <c r="E500" s="2" t="s">
         <v>1233</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>1234</v>
+        <v>1096</v>
       </c>
       <c r="G500" s="2"/>
       <c r="H500" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I500" s="3">
-        <v>82380293838</v>
+        <v>11757341275</v>
       </c>
       <c r="J500" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K500" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L500" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M500" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="501" spans="1:13">
       <c r="A501" s="1">
-        <v>44432770400086</v>
+        <v>50943290200062</v>
       </c>
       <c r="B501" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C501" s="2" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D501" s="2" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E501" s="2" t="s">
         <v>1235</v>
       </c>
-      <c r="D501" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F501" s="2" t="s">
-        <v>1237</v>
+        <v>1096</v>
       </c>
       <c r="G501" s="2"/>
       <c r="H501" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I501" s="3">
-        <v>52490195549</v>
+        <v>11757341275</v>
       </c>
       <c r="J501" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K501" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L501" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M501" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="502" spans="1:13">
       <c r="A502" s="1">
-        <v>44432770400094</v>
+        <v>50943290200070</v>
       </c>
       <c r="B502" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C502" s="2" t="s">
-        <v>1235</v>
+        <v>1232</v>
       </c>
       <c r="D502" s="2"/>
       <c r="E502" s="2" t="s">
-        <v>1238</v>
+        <v>1236</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>1239</v>
+        <v>1096</v>
       </c>
       <c r="G502" s="2"/>
       <c r="H502" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I502" s="3">
-        <v>52490195549</v>
+        <v>11757341275</v>
       </c>
       <c r="J502" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K502" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L502" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M502" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="503" spans="1:13">
       <c r="A503" s="1">
-        <v>44452758400114</v>
+        <v>50943290200104</v>
       </c>
       <c r="B503" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C503" s="2" t="s">
-        <v>1240</v>
-[...3 lines deleted...]
-      </c>
+        <v>1232</v>
+      </c>
+      <c r="D503" s="2"/>
       <c r="E503" s="2" t="s">
-        <v>1241</v>
+        <v>1237</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>1242</v>
+        <v>1096</v>
       </c>
       <c r="G503" s="2"/>
       <c r="H503" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I503" s="3">
-        <v>53560789656</v>
+        <v>11757341275</v>
       </c>
       <c r="J503" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K503" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L503" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M503" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="504" spans="1:13">
       <c r="A504" s="1">
-        <v>44518667900012</v>
+        <v>50943290200112</v>
       </c>
       <c r="B504" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C504" s="2" t="s">
-        <v>1243</v>
+        <v>1232</v>
       </c>
       <c r="D504" s="2"/>
       <c r="E504" s="2" t="s">
-        <v>1244</v>
+        <v>1238</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>354</v>
+        <v>1096</v>
       </c>
       <c r="G504" s="2"/>
       <c r="H504" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I504" s="3">
-        <v>82690781469</v>
+        <v>11757341275</v>
       </c>
       <c r="J504" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K504" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L504" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M504" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="505" spans="1:13">
       <c r="A505" s="1">
-        <v>44526494800040</v>
+        <v>50943290200120</v>
       </c>
       <c r="B505" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C505" s="2" t="s">
-        <v>1245</v>
+        <v>1232</v>
       </c>
       <c r="D505" s="2"/>
       <c r="E505" s="2" t="s">
-        <v>1246</v>
+        <v>1239</v>
       </c>
       <c r="F505" s="2" t="s">
-        <v>1247</v>
+        <v>1096</v>
       </c>
       <c r="G505" s="2"/>
       <c r="H505" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I505" s="3">
-        <v>24370209537</v>
+        <v>11757341275</v>
       </c>
       <c r="J505" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K505" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L505" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M505" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="506" spans="1:13">
       <c r="A506" s="1">
-        <v>44531243200021</v>
+        <v>50943290200146</v>
       </c>
       <c r="B506" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C506" s="2" t="s">
-        <v>1248</v>
-[...1 lines deleted...]
-      <c r="D506" s="2"/>
+        <v>1232</v>
+      </c>
+      <c r="D506" s="2" t="s">
+        <v>1240</v>
+      </c>
       <c r="E506" s="2" t="s">
-        <v>1249</v>
+        <v>1241</v>
       </c>
       <c r="F506" s="2" t="s">
-        <v>821</v>
+        <v>1096</v>
       </c>
       <c r="G506" s="2"/>
       <c r="H506" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I506" s="3">
-        <v>31590578459</v>
+        <v>11757341275</v>
       </c>
       <c r="J506" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K506" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L506" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M506" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="507" spans="1:13">
       <c r="A507" s="1">
-        <v>44531243200104</v>
+        <v>50943290200161</v>
       </c>
       <c r="B507" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C507" s="2" t="s">
-        <v>1248</v>
+        <v>1232</v>
       </c>
       <c r="D507" s="2"/>
       <c r="E507" s="2" t="s">
-        <v>1250</v>
+        <v>1242</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>1251</v>
+        <v>1096</v>
       </c>
       <c r="G507" s="2"/>
       <c r="H507" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I507" s="3">
-        <v>31590578459</v>
+        <v>11757341275</v>
       </c>
       <c r="J507" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K507" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L507" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M507" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="508" spans="1:13">
       <c r="A508" s="1">
-        <v>44531243200112</v>
+        <v>50943290200195</v>
       </c>
       <c r="B508" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C508" s="2" t="s">
-        <v>1248</v>
+        <v>1232</v>
       </c>
       <c r="D508" s="2"/>
       <c r="E508" s="2" t="s">
-        <v>1252</v>
+        <v>1243</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>349</v>
+        <v>1096</v>
       </c>
       <c r="G508" s="2"/>
       <c r="H508" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I508" s="3">
-        <v>31590578459</v>
+        <v>11757341275</v>
       </c>
       <c r="J508" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K508" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L508" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M508" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="509" spans="1:13">
       <c r="A509" s="1">
-        <v>44531243200120</v>
+        <v>50943290200252</v>
       </c>
       <c r="B509" s="2" t="s">
-        <v>13</v>
+        <v>426</v>
       </c>
       <c r="C509" s="2" t="s">
-        <v>1248</v>
+        <v>1232</v>
       </c>
       <c r="D509" s="2"/>
       <c r="E509" s="2" t="s">
-        <v>1253</v>
+        <v>1244</v>
       </c>
       <c r="F509" s="2" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="G509" s="2"/>
+        <v>216</v>
+      </c>
+      <c r="G509" s="2" t="s">
+        <v>1245</v>
+      </c>
       <c r="H509" s="2" t="s">
-        <v>31</v>
+        <v>1246</v>
       </c>
       <c r="I509" s="3">
-        <v>31590578459</v>
+        <v>11757341275</v>
       </c>
       <c r="J509" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K509" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L509" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M509" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="510" spans="1:13">
       <c r="A510" s="1">
-        <v>44531243200138</v>
+        <v>50943290200286</v>
       </c>
       <c r="B510" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C510" s="2" t="s">
-        <v>1248</v>
+        <v>1232</v>
       </c>
       <c r="D510" s="2"/>
       <c r="E510" s="2" t="s">
-        <v>1254</v>
+        <v>1247</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>1073</v>
+        <v>1188</v>
       </c>
       <c r="G510" s="2"/>
       <c r="H510" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I510" s="3">
-        <v>31590578459</v>
+        <v>11757341275</v>
       </c>
       <c r="J510" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K510" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L510" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M510" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="511" spans="1:13">
       <c r="A511" s="1">
-        <v>44531243200146</v>
+        <v>50943290200294</v>
       </c>
       <c r="B511" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C511" s="2" t="s">
-        <v>1248</v>
+        <v>1232</v>
       </c>
       <c r="D511" s="2"/>
       <c r="E511" s="2" t="s">
-        <v>1255</v>
+        <v>1248</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>870</v>
+        <v>877</v>
       </c>
       <c r="G511" s="2"/>
       <c r="H511" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I511" s="3">
-        <v>31590578459</v>
+        <v>11757341275</v>
       </c>
       <c r="J511" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K511" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L511" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M511" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="512" spans="1:13">
       <c r="A512" s="1">
-        <v>44779577400028</v>
+        <v>50943290200302</v>
       </c>
       <c r="B512" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C512" s="2" t="s">
-        <v>1256</v>
+        <v>1232</v>
       </c>
       <c r="D512" s="2"/>
       <c r="E512" s="2" t="s">
-        <v>1257</v>
+        <v>1249</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>1258</v>
+        <v>1250</v>
       </c>
       <c r="G512" s="2"/>
       <c r="H512" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I512" s="3">
-        <v>21100052610</v>
+        <v>11757341275</v>
       </c>
       <c r="J512" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K512" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L512" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M512" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="513" spans="1:13">
       <c r="A513" s="1">
-        <v>44807625700055</v>
+        <v>50943290200336</v>
       </c>
       <c r="B513" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C513" s="2" t="s">
-        <v>1259</v>
+        <v>1232</v>
       </c>
       <c r="D513" s="2"/>
       <c r="E513" s="2" t="s">
-        <v>1260</v>
+        <v>1251</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>1261</v>
+        <v>1252</v>
       </c>
       <c r="G513" s="2"/>
       <c r="H513" s="2" t="s">
-        <v>969</v>
+        <v>331</v>
       </c>
       <c r="I513" s="3">
-        <v>32591238359</v>
+        <v>11757341275</v>
       </c>
       <c r="J513" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K513" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L513" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M513" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="514" spans="1:13">
       <c r="A514" s="1">
-        <v>44851614600025</v>
+        <v>50943290200344</v>
       </c>
       <c r="B514" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C514" s="2" t="s">
-        <v>1262</v>
-[...3 lines deleted...]
-      </c>
+        <v>1232</v>
+      </c>
+      <c r="D514" s="2"/>
       <c r="E514" s="2" t="s">
-        <v>1264</v>
+        <v>1253</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>1265</v>
+        <v>585</v>
       </c>
       <c r="G514" s="2"/>
       <c r="H514" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I514" s="3">
-        <v>11950402695</v>
+        <v>11757341275</v>
       </c>
       <c r="J514" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K514" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L514" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M514" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="515" spans="1:13">
       <c r="A515" s="1">
-        <v>44869656700024</v>
+        <v>50943290200351</v>
       </c>
       <c r="B515" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C515" s="2" t="s">
-        <v>1266</v>
+        <v>1232</v>
       </c>
       <c r="D515" s="2"/>
       <c r="E515" s="2" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>168</v>
+        <v>1255</v>
       </c>
       <c r="G515" s="2"/>
       <c r="H515" s="2" t="s">
-        <v>183</v>
+        <v>331</v>
       </c>
       <c r="I515" s="3">
-        <v>93131115413</v>
+        <v>11757341275</v>
       </c>
       <c r="J515" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K515" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L515" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M515" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="516" spans="1:13">
       <c r="A516" s="1">
-        <v>45010303100099</v>
+        <v>50943290200369</v>
       </c>
       <c r="B516" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C516" s="2" t="s">
-        <v>1268</v>
+        <v>1232</v>
       </c>
       <c r="D516" s="2"/>
       <c r="E516" s="2" t="s">
-        <v>1269</v>
+        <v>1256</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>349</v>
+        <v>1257</v>
       </c>
       <c r="G516" s="2"/>
       <c r="H516" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I516" s="3">
-        <v>11910546891</v>
+        <v>11757341275</v>
       </c>
       <c r="J516" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K516" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L516" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M516" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="517" spans="1:13">
       <c r="A517" s="1">
-        <v>45110209900038</v>
+        <v>50943290200385</v>
       </c>
       <c r="B517" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C517" s="2" t="s">
-        <v>1270</v>
-[...3 lines deleted...]
-      </c>
+        <v>1232</v>
+      </c>
+      <c r="D517" s="2"/>
       <c r="E517" s="2" t="s">
-        <v>1271</v>
+        <v>1258</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>838</v>
+        <v>302</v>
       </c>
       <c r="G517" s="2"/>
       <c r="H517" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I517" s="3">
-        <v>93830348283</v>
+        <v>11757341275</v>
       </c>
       <c r="J517" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K517" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L517" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M517" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="518" spans="1:13">
       <c r="A518" s="1">
-        <v>45170031400037</v>
+        <v>50943290200393</v>
       </c>
       <c r="B518" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C518" s="2" t="s">
-        <v>1272</v>
+        <v>1232</v>
       </c>
       <c r="D518" s="2"/>
       <c r="E518" s="2" t="s">
-        <v>1273</v>
+        <v>1259</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>291</v>
+        <v>1260</v>
       </c>
       <c r="G518" s="2"/>
       <c r="H518" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I518" s="3">
-        <v>24280132328</v>
+        <v>11757341275</v>
       </c>
       <c r="J518" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K518" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L518" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M518" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="519" spans="1:13">
       <c r="A519" s="1">
-        <v>45228874900024</v>
+        <v>50943290200401</v>
       </c>
       <c r="B519" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C519" s="2" t="s">
-        <v>1274</v>
+        <v>1232</v>
       </c>
       <c r="D519" s="2"/>
       <c r="E519" s="2" t="s">
-        <v>1264</v>
+        <v>1261</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>1265</v>
+        <v>1262</v>
       </c>
       <c r="G519" s="2"/>
       <c r="H519" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I519" s="3">
-        <v>11950415895</v>
+        <v>11757341275</v>
       </c>
       <c r="J519" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K519" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L519" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M519" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="520" spans="1:13">
       <c r="A520" s="1">
-        <v>45300359200020</v>
+        <v>50943290200419</v>
       </c>
       <c r="B520" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C520" s="2" t="s">
-        <v>1275</v>
-[...1 lines deleted...]
-      <c r="D520" s="2"/>
+        <v>1232</v>
+      </c>
+      <c r="D520" s="2" t="s">
+        <v>1234</v>
+      </c>
       <c r="E520" s="2" t="s">
-        <v>1276</v>
+        <v>1263</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>1277</v>
+        <v>1264</v>
       </c>
       <c r="G520" s="2"/>
       <c r="H520" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I520" s="3">
-        <v>25140157714</v>
+        <v>11757341275</v>
       </c>
       <c r="J520" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K520" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L520" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M520" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="521" spans="1:13">
       <c r="A521" s="1">
-        <v>53493663800053</v>
+        <v>50943290200435</v>
       </c>
       <c r="B521" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C521" s="2" t="s">
-        <v>1278</v>
+        <v>1232</v>
       </c>
       <c r="D521" s="2"/>
       <c r="E521" s="2" t="s">
-        <v>1279</v>
+        <v>1265</v>
       </c>
       <c r="F521" s="2" t="s">
-        <v>900</v>
+        <v>1264</v>
       </c>
       <c r="G521" s="2"/>
       <c r="H521" s="2" t="s">
-        <v>1280</v>
+        <v>331</v>
       </c>
       <c r="I521" s="3">
-        <v>91340802634</v>
+        <v>11757341275</v>
       </c>
       <c r="J521" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K521" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L521" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M521" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="522" spans="1:13">
       <c r="A522" s="1">
-        <v>53785876300056</v>
+        <v>50943290200468</v>
       </c>
       <c r="B522" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C522" s="2" t="s">
-        <v>1281</v>
-[...1 lines deleted...]
-      <c r="D522" s="2"/>
+        <v>1232</v>
+      </c>
+      <c r="D522" s="2" t="s">
+        <v>1234</v>
+      </c>
       <c r="E522" s="2" t="s">
-        <v>1282</v>
+        <v>1266</v>
       </c>
       <c r="F522" s="2" t="s">
-        <v>1283</v>
+        <v>1267</v>
       </c>
       <c r="G522" s="2"/>
       <c r="H522" s="2" t="s">
-        <v>150</v>
+        <v>331</v>
       </c>
       <c r="I522" s="3">
-        <v>72640330964</v>
+        <v>11757341275</v>
       </c>
       <c r="J522" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K522" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L522" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M522" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="523" spans="1:13">
       <c r="A523" s="1">
-        <v>53794833300050</v>
+        <v>50943290200476</v>
       </c>
       <c r="B523" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C523" s="2" t="s">
-        <v>1284</v>
-[...1 lines deleted...]
-      <c r="D523" s="2"/>
+        <v>1232</v>
+      </c>
+      <c r="D523" s="2" t="s">
+        <v>1234</v>
+      </c>
       <c r="E523" s="2" t="s">
-        <v>1285</v>
+        <v>1268</v>
       </c>
       <c r="F523" s="2" t="s">
-        <v>256</v>
+        <v>1267</v>
       </c>
       <c r="G523" s="2"/>
       <c r="H523" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I523" s="3">
-        <v>43700051470</v>
+        <v>11757341275</v>
       </c>
       <c r="J523" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K523" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L523" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M523" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="524" spans="1:13">
       <c r="A524" s="1">
-        <v>53910853000012</v>
+        <v>50943290200484</v>
       </c>
       <c r="B524" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C524" s="2" t="s">
-        <v>1286</v>
+        <v>1232</v>
       </c>
       <c r="D524" s="2" t="s">
-        <v>1286</v>
+        <v>1234</v>
       </c>
       <c r="E524" s="2" t="s">
-        <v>575</v>
+        <v>1269</v>
       </c>
       <c r="F524" s="2" t="s">
-        <v>1145</v>
+        <v>1267</v>
       </c>
       <c r="G524" s="2"/>
       <c r="H524" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I524" s="3">
-        <v>41570307857</v>
+        <v>11757341275</v>
       </c>
       <c r="J524" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K524" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L524" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M524" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="525" spans="1:13">
       <c r="A525" s="1">
-        <v>53910853000020</v>
+        <v>50943290200492</v>
       </c>
       <c r="B525" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C525" s="2" t="s">
-        <v>1286</v>
+        <v>1232</v>
       </c>
       <c r="D525" s="2" t="s">
-        <v>1287</v>
+        <v>1234</v>
       </c>
       <c r="E525" s="2" t="s">
-        <v>1288</v>
+        <v>1270</v>
       </c>
       <c r="F525" s="2" t="s">
-        <v>17</v>
+        <v>1267</v>
       </c>
       <c r="G525" s="2"/>
       <c r="H525" s="2" t="s">
-        <v>183</v>
+        <v>331</v>
       </c>
       <c r="I525" s="3">
-        <v>41570307857</v>
+        <v>11757341275</v>
       </c>
       <c r="J525" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K525" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L525" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M525" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="526" spans="1:13">
       <c r="A526" s="1">
-        <v>53930390900037</v>
+        <v>50943290200500</v>
       </c>
       <c r="B526" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C526" s="2" t="s">
-        <v>1289</v>
-[...1 lines deleted...]
-      <c r="D526" s="2"/>
+        <v>1232</v>
+      </c>
+      <c r="D526" s="2" t="s">
+        <v>1234</v>
+      </c>
       <c r="E526" s="2" t="s">
-        <v>1290</v>
+        <v>1271</v>
       </c>
       <c r="F526" s="2" t="s">
-        <v>1291</v>
+        <v>1267</v>
       </c>
       <c r="G526" s="2"/>
       <c r="H526" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I526" s="3">
-        <v>82691195469</v>
+        <v>11757341275</v>
       </c>
       <c r="J526" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K526" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L526" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M526" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="527" spans="1:13">
       <c r="A527" s="1">
-        <v>54206547900280</v>
+        <v>50943290200518</v>
       </c>
       <c r="B527" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C527" s="2" t="s">
-        <v>1292</v>
-[...1 lines deleted...]
-      <c r="D527" s="2"/>
+        <v>1232</v>
+      </c>
+      <c r="D527" s="2" t="s">
+        <v>1234</v>
+      </c>
       <c r="E527" s="2" t="s">
-        <v>1293</v>
+        <v>1272</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>1294</v>
+        <v>1267</v>
       </c>
       <c r="G527" s="2"/>
       <c r="H527" s="2" t="s">
-        <v>1295</v>
+        <v>331</v>
       </c>
       <c r="I527" s="3">
-        <v>11780763778</v>
+        <v>11757341275</v>
       </c>
       <c r="J527" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K527" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L527" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M527" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="528" spans="1:13">
       <c r="A528" s="1">
-        <v>54206547900926</v>
+        <v>50943290200526</v>
       </c>
       <c r="B528" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C528" s="2" t="s">
-        <v>1292</v>
-[...1 lines deleted...]
-      <c r="D528" s="2"/>
+        <v>1232</v>
+      </c>
+      <c r="D528" s="2" t="s">
+        <v>1234</v>
+      </c>
       <c r="E528" s="2" t="s">
-        <v>1296</v>
+        <v>1273</v>
       </c>
       <c r="F528" s="2" t="s">
-        <v>1297</v>
+        <v>1267</v>
       </c>
       <c r="G528" s="2"/>
       <c r="H528" s="2" t="s">
-        <v>1295</v>
+        <v>331</v>
       </c>
       <c r="I528" s="3">
-        <v>11780763778</v>
+        <v>11757341275</v>
       </c>
       <c r="J528" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K528" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L528" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M528" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="529" spans="1:13">
       <c r="A529" s="1">
-        <v>74987925000050</v>
+        <v>50943290200534</v>
       </c>
       <c r="B529" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C529" s="2" t="s">
-        <v>1298</v>
+        <v>1232</v>
       </c>
       <c r="D529" s="2" t="s">
-        <v>198</v>
+        <v>1234</v>
       </c>
       <c r="E529" s="2" t="s">
-        <v>1299</v>
+        <v>1274</v>
       </c>
       <c r="F529" s="2" t="s">
-        <v>168</v>
+        <v>1267</v>
       </c>
       <c r="G529" s="2"/>
       <c r="H529" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I529" s="3">
-        <v>31590791659</v>
+        <v>11757341275</v>
       </c>
       <c r="J529" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K529" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L529" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M529" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="530" spans="1:13">
       <c r="A530" s="1">
-        <v>74992115100025</v>
+        <v>50943290200542</v>
       </c>
       <c r="B530" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C530" s="2" t="s">
-        <v>1300</v>
-[...1 lines deleted...]
-      <c r="D530" s="2"/>
+        <v>1232</v>
+      </c>
+      <c r="D530" s="2" t="s">
+        <v>1234</v>
+      </c>
       <c r="E530" s="2" t="s">
-        <v>1301</v>
+        <v>1275</v>
       </c>
       <c r="F530" s="2" t="s">
-        <v>1302</v>
+        <v>1267</v>
       </c>
       <c r="G530" s="2"/>
       <c r="H530" s="2" t="s">
-        <v>150</v>
+        <v>331</v>
       </c>
       <c r="I530" s="3">
-        <v>31590790259</v>
+        <v>11757341275</v>
       </c>
       <c r="J530" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K530" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L530" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M530" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="531" spans="1:13">
       <c r="A531" s="1">
-        <v>75008731400027</v>
+        <v>50943290200559</v>
       </c>
       <c r="B531" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C531" s="2" t="s">
-        <v>1303</v>
-[...1 lines deleted...]
-      <c r="D531" s="2"/>
+        <v>1232</v>
+      </c>
+      <c r="D531" s="2" t="s">
+        <v>1234</v>
+      </c>
       <c r="E531" s="2" t="s">
-        <v>1304</v>
+        <v>1276</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>1305</v>
+        <v>1267</v>
       </c>
       <c r="G531" s="2"/>
       <c r="H531" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I531" s="3">
-        <v>84010256701</v>
+        <v>11757341275</v>
       </c>
       <c r="J531" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K531" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L531" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M531" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="532" spans="1:13">
       <c r="A532" s="1">
-        <v>75051831800027</v>
+        <v>50943290200583</v>
       </c>
       <c r="B532" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C532" s="2" t="s">
-        <v>1306</v>
+        <v>1232</v>
       </c>
       <c r="D532" s="2"/>
       <c r="E532" s="2" t="s">
-        <v>1307</v>
+        <v>1277</v>
       </c>
       <c r="F532" s="2" t="s">
-        <v>1308</v>
+        <v>1267</v>
       </c>
       <c r="G532" s="2"/>
       <c r="H532" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I532" s="3">
-        <v>31590793059</v>
+        <v>11757341275</v>
       </c>
       <c r="J532" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K532" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L532" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M532" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="533" spans="1:13">
       <c r="A533" s="1">
-        <v>75100225400025</v>
+        <v>50943290200609</v>
       </c>
       <c r="B533" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C533" s="2" t="s">
-        <v>1309</v>
+        <v>1232</v>
       </c>
       <c r="D533" s="2"/>
       <c r="E533" s="2" t="s">
-        <v>1310</v>
+        <v>1278</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>1311</v>
+        <v>1279</v>
       </c>
       <c r="G533" s="2"/>
       <c r="H533" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I533" s="3">
-        <v>93060693106</v>
+        <v>11757341275</v>
       </c>
       <c r="J533" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K533" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L533" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M533" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="534" spans="1:13">
       <c r="A534" s="1">
-        <v>75101726000090</v>
+        <v>50962973900012</v>
       </c>
       <c r="B534" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C534" s="2" t="s">
-        <v>1312</v>
-[...1 lines deleted...]
-      <c r="D534" s="2"/>
+        <v>1280</v>
+      </c>
+      <c r="D534" s="2" t="s">
+        <v>333</v>
+      </c>
       <c r="E534" s="2" t="s">
-        <v>1313</v>
+        <v>850</v>
       </c>
       <c r="F534" s="2" t="s">
-        <v>1314</v>
+        <v>1096</v>
       </c>
       <c r="G534" s="2"/>
       <c r="H534" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I534" s="3">
-        <v>96973047497</v>
+        <v>83630397263</v>
       </c>
       <c r="J534" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K534" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L534" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M534" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="535" spans="1:13">
       <c r="A535" s="1">
-        <v>75183706300021</v>
+        <v>50962973900053</v>
       </c>
       <c r="B535" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C535" s="2" t="s">
-        <v>1315</v>
+        <v>1280</v>
       </c>
       <c r="D535" s="2"/>
       <c r="E535" s="2" t="s">
-        <v>1316</v>
+        <v>856</v>
       </c>
       <c r="F535" s="2" t="s">
-        <v>953</v>
+        <v>857</v>
       </c>
       <c r="G535" s="2"/>
       <c r="H535" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I535" s="3">
-        <v>22600263660</v>
+        <v>83630397263</v>
       </c>
       <c r="J535" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K535" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L535" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M535" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="536" spans="1:13">
       <c r="A536" s="1">
-        <v>75183706300047</v>
+        <v>50962973900061</v>
       </c>
       <c r="B536" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C536" s="2" t="s">
-        <v>1315</v>
+        <v>1280</v>
       </c>
       <c r="D536" s="2"/>
       <c r="E536" s="2" t="s">
-        <v>1317</v>
+        <v>1281</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>519</v>
+        <v>1282</v>
       </c>
       <c r="G536" s="2"/>
       <c r="H536" s="2" t="s">
-        <v>1318</v>
+        <v>331</v>
       </c>
       <c r="I536" s="3">
-        <v>22600263660</v>
+        <v>83630397263</v>
       </c>
       <c r="J536" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K536" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L536" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M536" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="537" spans="1:13">
       <c r="A537" s="1">
-        <v>75235327600013</v>
+        <v>50973480200028</v>
       </c>
       <c r="B537" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C537" s="2" t="s">
-        <v>1319</v>
-[...1 lines deleted...]
-      <c r="D537" s="2"/>
+        <v>1283</v>
+      </c>
+      <c r="D537" s="2" t="s">
+        <v>1284</v>
+      </c>
       <c r="E537" s="2" t="s">
-        <v>1320</v>
+        <v>1285</v>
       </c>
       <c r="F537" s="2" t="s">
-        <v>1321</v>
+        <v>1286</v>
       </c>
       <c r="G537" s="2"/>
       <c r="H537" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I537" s="3">
-        <v>83150299415</v>
+        <v>27210370021</v>
       </c>
       <c r="J537" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K537" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L537" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M537" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="538" spans="1:13">
       <c r="A538" s="1">
-        <v>75289964100027</v>
+        <v>51008756200029</v>
       </c>
       <c r="B538" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C538" s="2" t="s">
-        <v>1322</v>
-[...3 lines deleted...]
-      </c>
+        <v>1287</v>
+      </c>
+      <c r="D538" s="2"/>
       <c r="E538" s="2" t="s">
-        <v>1323</v>
+        <v>1288</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>1154</v>
+        <v>1188</v>
       </c>
       <c r="G538" s="2"/>
       <c r="H538" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I538" s="3">
-        <v>82730151273</v>
+        <v>42680192668</v>
       </c>
       <c r="J538" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K538" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L538" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M538" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="539" spans="1:13">
       <c r="A539" s="1">
-        <v>75389809700021</v>
+        <v>51021311900033</v>
       </c>
       <c r="B539" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C539" s="2" t="s">
-        <v>1324</v>
+        <v>1289</v>
       </c>
       <c r="D539" s="2"/>
       <c r="E539" s="2" t="s">
-        <v>152</v>
+        <v>1290</v>
       </c>
       <c r="F539" s="2" t="s">
-        <v>153</v>
+        <v>1291</v>
       </c>
       <c r="G539" s="2"/>
       <c r="H539" s="2" t="s">
-        <v>31</v>
+        <v>509</v>
       </c>
       <c r="I539" s="3">
-        <v>93131500313</v>
+        <v>31590693059</v>
       </c>
       <c r="J539" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K539" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L539" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M539" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="540" spans="1:13">
       <c r="A540" s="1">
-        <v>75401639200013</v>
+        <v>51044938200017</v>
       </c>
       <c r="B540" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C540" s="2" t="s">
-        <v>1325</v>
+        <v>1292</v>
       </c>
       <c r="D540" s="2"/>
       <c r="E540" s="2" t="s">
-        <v>1326</v>
+        <v>1293</v>
       </c>
       <c r="F540" s="2" t="s">
-        <v>1327</v>
+        <v>1294</v>
       </c>
       <c r="G540" s="2"/>
       <c r="H540" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I540" s="3">
-        <v>26710220271</v>
+        <v>91300294230</v>
       </c>
       <c r="J540" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K540" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L540" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M540" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="541" spans="1:13">
       <c r="A541" s="1">
-        <v>75401639200021</v>
+        <v>51088974400098</v>
       </c>
       <c r="B541" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C541" s="2" t="s">
-        <v>1325</v>
-[...1 lines deleted...]
-      <c r="D541" s="2"/>
+        <v>1295</v>
+      </c>
+      <c r="D541" s="2" t="s">
+        <v>1295</v>
+      </c>
       <c r="E541" s="2" t="s">
-        <v>1328</v>
+        <v>1296</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>1329</v>
+        <v>1297</v>
       </c>
       <c r="G541" s="2"/>
       <c r="H541" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I541" s="3">
-        <v>26710220271</v>
+        <v>82730175073</v>
       </c>
       <c r="J541" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K541" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L541" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M541" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="542" spans="1:13">
       <c r="A542" s="1">
-        <v>77567145600082</v>
+        <v>51117414600056</v>
       </c>
       <c r="B542" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C542" s="2" t="s">
-        <v>1330</v>
+        <v>1298</v>
       </c>
       <c r="D542" s="2"/>
       <c r="E542" s="2" t="s">
-        <v>1331</v>
+        <v>1299</v>
       </c>
       <c r="F542" s="2" t="s">
-        <v>1332</v>
+        <v>1300</v>
       </c>
       <c r="G542" s="2"/>
       <c r="H542" s="2" t="s">
-        <v>1333</v>
+        <v>520</v>
       </c>
       <c r="I542" s="3">
-        <v>11750363675</v>
+        <v>31590708659</v>
       </c>
       <c r="J542" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K542" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L542" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M542" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="543" spans="1:13">
       <c r="A543" s="1">
-        <v>50142127500014</v>
+        <v>51140404800031</v>
       </c>
       <c r="B543" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C543" s="2" t="s">
-        <v>1334</v>
+        <v>1301</v>
       </c>
       <c r="D543" s="2"/>
       <c r="E543" s="2" t="s">
-        <v>1335</v>
+        <v>1302</v>
       </c>
       <c r="F543" s="2" t="s">
-        <v>1336</v>
+        <v>1303</v>
       </c>
       <c r="G543" s="2"/>
       <c r="H543" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I543" s="3">
-        <v>31590725459</v>
+        <v>91300292530</v>
       </c>
       <c r="J543" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K543" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L543" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M543" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="544" spans="1:13">
       <c r="A544" s="1">
-        <v>50145942400021</v>
+        <v>51149542600021</v>
       </c>
       <c r="B544" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C544" s="2" t="s">
-        <v>1337</v>
-[...1 lines deleted...]
-      <c r="D544" s="2"/>
+        <v>1304</v>
+      </c>
+      <c r="D544" s="2" t="s">
+        <v>1305</v>
+      </c>
       <c r="E544" s="2" t="s">
-        <v>1338</v>
+        <v>1306</v>
       </c>
       <c r="F544" s="2" t="s">
-        <v>555</v>
+        <v>1307</v>
       </c>
       <c r="G544" s="2"/>
       <c r="H544" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I544" s="3">
-        <v>52440541544</v>
+        <v>93131543113</v>
       </c>
       <c r="J544" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K544" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L544" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M544" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="545" spans="1:13">
       <c r="A545" s="1">
-        <v>50152090200013</v>
+        <v>51176260100017</v>
       </c>
       <c r="B545" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C545" s="2" t="s">
-        <v>1339</v>
+        <v>1308</v>
       </c>
       <c r="D545" s="2"/>
       <c r="E545" s="2" t="s">
-        <v>1340</v>
+        <v>1309</v>
       </c>
       <c r="F545" s="2" t="s">
-        <v>62</v>
+        <v>1310</v>
       </c>
       <c r="G545" s="2"/>
       <c r="H545" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I545" s="3">
-        <v>21510132451</v>
+        <v>54170132917</v>
       </c>
       <c r="J545" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K545" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L545" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M545" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="546" spans="1:13">
       <c r="A546" s="1">
-        <v>50153038000028</v>
+        <v>51220422300022</v>
       </c>
       <c r="B546" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C546" s="2" t="s">
-        <v>1341</v>
+        <v>1311</v>
       </c>
       <c r="D546" s="2"/>
       <c r="E546" s="2" t="s">
-        <v>1342</v>
+        <v>1312</v>
       </c>
       <c r="F546" s="2" t="s">
-        <v>1343</v>
+        <v>1313</v>
       </c>
       <c r="G546" s="2"/>
       <c r="H546" s="2" t="s">
-        <v>1344</v>
+        <v>31</v>
       </c>
       <c r="I546" s="3">
-        <v>82010117601</v>
+        <v>93131340613</v>
       </c>
       <c r="J546" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K546" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L546" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M546" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="547" spans="1:13">
       <c r="A547" s="1">
-        <v>50153038000077</v>
+        <v>51220422300030</v>
       </c>
       <c r="B547" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C547" s="2" t="s">
-        <v>1341</v>
+        <v>1311</v>
       </c>
       <c r="D547" s="2"/>
       <c r="E547" s="2" t="s">
-        <v>1345</v>
+        <v>1314</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>1346</v>
+        <v>1315</v>
       </c>
       <c r="G547" s="2"/>
       <c r="H547" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I547" s="3">
-        <v>82010117601</v>
+        <v>93131340613</v>
       </c>
       <c r="J547" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K547" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L547" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M547" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="548" spans="1:13">
       <c r="A548" s="1">
-        <v>50174554100042</v>
+        <v>51232697600044</v>
       </c>
       <c r="B548" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C548" s="2" t="s">
-        <v>1347</v>
+        <v>1316</v>
       </c>
       <c r="D548" s="2"/>
       <c r="E548" s="2" t="s">
-        <v>1348</v>
+        <v>1317</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>1349</v>
+        <v>1318</v>
       </c>
       <c r="G548" s="2"/>
       <c r="H548" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I548" s="3">
-        <v>24410087341</v>
+        <v>31620226262</v>
       </c>
       <c r="J548" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K548" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L548" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M548" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="549" spans="1:13">
       <c r="A549" s="1">
-        <v>50174554100059</v>
+        <v>51296504700032</v>
       </c>
       <c r="B549" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C549" s="2" t="s">
-        <v>1347</v>
-[...1 lines deleted...]
-      <c r="D549" s="2"/>
+        <v>1319</v>
+      </c>
+      <c r="D549" s="2" t="s">
+        <v>1320</v>
+      </c>
       <c r="E549" s="2" t="s">
-        <v>1350</v>
+        <v>1321</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>472</v>
+        <v>1322</v>
       </c>
       <c r="G549" s="2"/>
       <c r="H549" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I549" s="3">
-        <v>24410087341</v>
+        <v>53350869135</v>
       </c>
       <c r="J549" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K549" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L549" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M549" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="550" spans="1:13">
       <c r="A550" s="1">
-        <v>50210713900037</v>
+        <v>51318694000054</v>
       </c>
       <c r="B550" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C550" s="2" t="s">
-        <v>1351</v>
-[...1 lines deleted...]
-      <c r="D550" s="2"/>
+        <v>1323</v>
+      </c>
+      <c r="D550" s="2" t="s">
+        <v>1324</v>
+      </c>
       <c r="E550" s="2" t="s">
-        <v>1352</v>
+        <v>1325</v>
       </c>
       <c r="F550" s="2" t="s">
-        <v>543</v>
+        <v>625</v>
       </c>
       <c r="G550" s="2"/>
       <c r="H550" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I550" s="3">
-        <v>93131296413</v>
+        <v>83030354603</v>
       </c>
       <c r="J550" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K550" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L550" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M550" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="551" spans="1:13">
       <c r="A551" s="1">
-        <v>50227266900073</v>
+        <v>51329041100026</v>
       </c>
       <c r="B551" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C551" s="2" t="s">
-        <v>1353</v>
-[...3 lines deleted...]
-      </c>
+        <v>1326</v>
+      </c>
+      <c r="D551" s="2"/>
       <c r="E551" s="2" t="s">
-        <v>1355</v>
+        <v>1327</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>1356</v>
+        <v>1328</v>
       </c>
       <c r="G551" s="2"/>
       <c r="H551" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I551" s="3">
-        <v>52530059453</v>
+        <v>31620215962</v>
       </c>
       <c r="J551" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K551" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L551" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M551" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="552" spans="1:13">
       <c r="A552" s="1">
-        <v>50227266900099</v>
+        <v>51372160500022</v>
       </c>
       <c r="B552" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C552" s="2" t="s">
-        <v>1353</v>
+        <v>1329</v>
       </c>
       <c r="D552" s="2"/>
       <c r="E552" s="2" t="s">
-        <v>1357</v>
+        <v>1330</v>
       </c>
       <c r="F552" s="2" t="s">
-        <v>694</v>
+        <v>1331</v>
       </c>
       <c r="G552" s="2"/>
       <c r="H552" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I552" s="3">
-        <v>52530059453</v>
+        <v>24450264745</v>
       </c>
       <c r="J552" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K552" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L552" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M552" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="553" spans="1:13">
       <c r="A553" s="1">
-        <v>50227266900115</v>
+        <v>51397814800031</v>
       </c>
       <c r="B553" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C553" s="2" t="s">
-        <v>1353</v>
-[...3 lines deleted...]
-      </c>
+        <v>1332</v>
+      </c>
+      <c r="D553" s="2"/>
       <c r="E553" s="2" t="s">
-        <v>1359</v>
+        <v>1333</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>1314</v>
+        <v>469</v>
       </c>
       <c r="G553" s="2"/>
       <c r="H553" s="2" t="s">
-        <v>31</v>
+        <v>1018</v>
       </c>
       <c r="I553" s="3">
-        <v>52530059453</v>
+        <v>93131340813</v>
       </c>
       <c r="J553" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K553" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L553" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M553" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="554" spans="1:13">
       <c r="A554" s="1">
-        <v>50231371100033</v>
+        <v>51397814800080</v>
       </c>
       <c r="B554" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C554" s="2" t="s">
-        <v>1360</v>
+        <v>1332</v>
       </c>
       <c r="D554" s="2"/>
       <c r="E554" s="2" t="s">
-        <v>1361</v>
+        <v>1334</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>1362</v>
+        <v>1331</v>
       </c>
       <c r="G554" s="2"/>
       <c r="H554" s="2" t="s">
-        <v>31</v>
+        <v>1018</v>
       </c>
       <c r="I554" s="3">
-        <v>31620206662</v>
+        <v>93131340813</v>
       </c>
       <c r="J554" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K554" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L554" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M554" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="555" spans="1:13">
       <c r="A555" s="1">
-        <v>50231871000014</v>
+        <v>51404884200033</v>
       </c>
       <c r="B555" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C555" s="2" t="s">
-        <v>1363</v>
+        <v>1335</v>
       </c>
       <c r="D555" s="2"/>
       <c r="E555" s="2" t="s">
-        <v>1364</v>
+        <v>1336</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>62</v>
+        <v>585</v>
       </c>
       <c r="G555" s="2"/>
       <c r="H555" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I555" s="3">
-        <v>53290824729</v>
+        <v>28760548276</v>
       </c>
       <c r="J555" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K555" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L555" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M555" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="556" spans="1:13">
       <c r="A556" s="1">
-        <v>50231871000048</v>
+        <v>51404920400035</v>
       </c>
       <c r="B556" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C556" s="2" t="s">
-        <v>1363</v>
+        <v>1337</v>
       </c>
       <c r="D556" s="2"/>
       <c r="E556" s="2" t="s">
-        <v>1365</v>
+        <v>1338</v>
       </c>
       <c r="F556" s="2" t="s">
-        <v>914</v>
+        <v>1339</v>
       </c>
       <c r="G556" s="2"/>
       <c r="H556" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I556" s="3">
-        <v>53290824729</v>
+        <v>31590713159</v>
       </c>
       <c r="J556" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K556" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L556" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M556" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="557" spans="1:13">
       <c r="A557" s="1">
-        <v>50256889200017</v>
+        <v>51411615100036</v>
       </c>
       <c r="B557" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C557" s="2" t="s">
-        <v>1366</v>
+        <v>1340</v>
       </c>
       <c r="D557" s="2"/>
       <c r="E557" s="2" t="s">
-        <v>1367</v>
+        <v>1341</v>
       </c>
       <c r="F557" s="2" t="s">
-        <v>62</v>
+        <v>1342</v>
       </c>
       <c r="G557" s="2"/>
       <c r="H557" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I557" s="3"/>
+      <c r="I557" s="3">
+        <v>97970157497</v>
+      </c>
       <c r="J557" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K557" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L557" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M557" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="558" spans="1:13">
       <c r="A558" s="1">
-        <v>50288657500039</v>
+        <v>51490360800016</v>
       </c>
       <c r="B558" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C558" s="2" t="s">
-        <v>1368</v>
+        <v>1343</v>
       </c>
       <c r="D558" s="2"/>
       <c r="E558" s="2" t="s">
-        <v>1369</v>
+        <v>1344</v>
       </c>
       <c r="F558" s="2" t="s">
-        <v>1370</v>
+        <v>478</v>
       </c>
       <c r="G558" s="2"/>
       <c r="H558" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I558" s="3">
-        <v>97970148997</v>
+        <v>82010121101</v>
       </c>
       <c r="J558" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K558" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L558" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M558" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="559" spans="1:13">
       <c r="A559" s="1">
-        <v>50334870800010</v>
+        <v>51742477600022</v>
       </c>
       <c r="B559" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C559" s="2" t="s">
-        <v>1371</v>
+        <v>1345</v>
       </c>
       <c r="D559" s="2" t="s">
-        <v>1371</v>
+        <v>1346</v>
       </c>
       <c r="E559" s="2" t="s">
-        <v>1372</v>
+        <v>1347</v>
       </c>
       <c r="F559" s="2" t="s">
-        <v>1373</v>
+        <v>1348</v>
       </c>
       <c r="G559" s="2"/>
       <c r="H559" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I559" s="3">
-        <v>25500093650</v>
+        <v>31620217462</v>
       </c>
       <c r="J559" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K559" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L559" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M559" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="560" spans="1:13">
       <c r="A560" s="1">
-        <v>50334870800028</v>
+        <v>51937217100016</v>
       </c>
       <c r="B560" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C560" s="2" t="s">
-        <v>1371</v>
-[...1 lines deleted...]
-      <c r="D560" s="2"/>
+        <v>1349</v>
+      </c>
+      <c r="D560" s="2" t="s">
+        <v>1350</v>
+      </c>
       <c r="E560" s="2" t="s">
-        <v>1374</v>
+        <v>1351</v>
       </c>
       <c r="F560" s="2" t="s">
-        <v>1375</v>
+        <v>214</v>
       </c>
       <c r="G560" s="2"/>
       <c r="H560" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I560" s="3">
-        <v>25500093650</v>
+        <v>84430347243</v>
       </c>
       <c r="J560" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K560" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L560" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M560" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="561" spans="1:13">
       <c r="A561" s="1">
-        <v>50334870800036</v>
+        <v>51937217100081</v>
       </c>
       <c r="B561" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C561" s="2" t="s">
-        <v>1371</v>
+        <v>1349</v>
       </c>
       <c r="D561" s="2" t="s">
-        <v>1371</v>
+        <v>1350</v>
       </c>
       <c r="E561" s="2" t="s">
-        <v>1376</v>
+        <v>1352</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>1377</v>
+        <v>922</v>
       </c>
       <c r="G561" s="2"/>
       <c r="H561" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I561" s="3">
-        <v>25500093650</v>
+        <v>84430347243</v>
       </c>
       <c r="J561" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K561" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L561" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M561" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="562" spans="1:13">
       <c r="A562" s="1">
-        <v>50351546200029</v>
+        <v>51963136000038</v>
       </c>
       <c r="B562" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C562" s="2" t="s">
-        <v>1378</v>
+        <v>1353</v>
       </c>
       <c r="D562" s="2"/>
       <c r="E562" s="2" t="s">
-        <v>1379</v>
+        <v>1354</v>
       </c>
       <c r="F562" s="2" t="s">
-        <v>1380</v>
+        <v>1355</v>
       </c>
       <c r="G562" s="2"/>
       <c r="H562" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I562" s="3">
-        <v>97970155197</v>
+        <v>93830410283</v>
       </c>
       <c r="J562" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K562" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L562" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M562" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="563" spans="1:13">
       <c r="A563" s="1">
-        <v>50361913200049</v>
+        <v>52001148700029</v>
       </c>
       <c r="B563" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C563" s="2" t="s">
-        <v>1381</v>
+        <v>1356</v>
       </c>
       <c r="D563" s="2"/>
       <c r="E563" s="2" t="s">
-        <v>1382</v>
+        <v>1357</v>
       </c>
       <c r="F563" s="2" t="s">
-        <v>324</v>
+        <v>1358</v>
       </c>
       <c r="G563" s="2"/>
       <c r="H563" s="2" t="s">
-        <v>27</v>
+        <v>520</v>
       </c>
       <c r="I563" s="3">
-        <v>31590679659</v>
+        <v>82691092269</v>
       </c>
       <c r="J563" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K563" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L563" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M563" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="564" spans="1:13">
       <c r="A564" s="1">
-        <v>50407425300023</v>
+        <v>52057390800032</v>
       </c>
       <c r="B564" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C564" s="2" t="s">
-        <v>1383</v>
+        <v>1359</v>
       </c>
       <c r="D564" s="2"/>
       <c r="E564" s="2" t="s">
-        <v>1384</v>
+        <v>1360</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>1385</v>
+        <v>1361</v>
       </c>
       <c r="G564" s="2"/>
       <c r="H564" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I564" s="3">
-        <v>91660137966</v>
+        <v>11770531577</v>
       </c>
       <c r="J564" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K564" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L564" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M564" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="565" spans="1:13">
       <c r="A565" s="1">
-        <v>50502404200036</v>
+        <v>52107959000027</v>
       </c>
       <c r="B565" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C565" s="2" t="s">
-        <v>1386</v>
+        <v>1362</v>
       </c>
       <c r="D565" s="2"/>
       <c r="E565" s="2" t="s">
-        <v>1387</v>
+        <v>1363</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>1388</v>
+        <v>1364</v>
       </c>
       <c r="G565" s="2"/>
       <c r="H565" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I565" s="3">
-        <v>82420203542</v>
+        <v>41880105388</v>
       </c>
       <c r="J565" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K565" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L565" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M565" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="566" spans="1:13">
       <c r="A566" s="1">
-        <v>50752195300020</v>
+        <v>52367452100019</v>
       </c>
       <c r="B566" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C566" s="2" t="s">
-        <v>1389</v>
-[...1 lines deleted...]
-      <c r="D566" s="2"/>
+        <v>1365</v>
+      </c>
+      <c r="D566" s="2" t="s">
+        <v>1366</v>
+      </c>
       <c r="E566" s="2" t="s">
-        <v>1390</v>
+        <v>1367</v>
       </c>
       <c r="F566" s="2" t="s">
-        <v>1391</v>
+        <v>1368</v>
       </c>
       <c r="G566" s="2"/>
       <c r="H566" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I566" s="3">
-        <v>54790086879</v>
+        <v>93840343684</v>
       </c>
       <c r="J566" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K566" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L566" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M566" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="567" spans="1:13">
       <c r="A567" s="1">
-        <v>50800796000042</v>
+        <v>52367452100043</v>
       </c>
       <c r="B567" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C567" s="2" t="s">
-        <v>1392</v>
+        <v>1365</v>
       </c>
       <c r="D567" s="2"/>
       <c r="E567" s="2" t="s">
-        <v>1393</v>
+        <v>578</v>
       </c>
       <c r="F567" s="2" t="s">
-        <v>425</v>
+        <v>948</v>
       </c>
       <c r="G567" s="2"/>
       <c r="H567" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I567" s="3">
-        <v>73650058865</v>
+        <v>93840343684</v>
       </c>
       <c r="J567" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K567" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L567" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M567" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="568" spans="1:13">
       <c r="A568" s="1">
-        <v>50809426500024</v>
+        <v>52367452100050</v>
       </c>
       <c r="B568" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C568" s="2" t="s">
-        <v>1394</v>
+        <v>1365</v>
       </c>
       <c r="D568" s="2"/>
       <c r="E568" s="2" t="s">
-        <v>1395</v>
+        <v>580</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>1396</v>
+        <v>948</v>
       </c>
       <c r="G568" s="2"/>
       <c r="H568" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I568" s="3">
-        <v>25610076261</v>
+        <v>93840343684</v>
       </c>
       <c r="J568" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K568" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L568" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M568" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="569" spans="1:13">
       <c r="A569" s="1">
-        <v>50809426500040</v>
+        <v>52367452100084</v>
       </c>
       <c r="B569" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C569" s="2" t="s">
-        <v>1394</v>
+        <v>1365</v>
       </c>
       <c r="D569" s="2"/>
       <c r="E569" s="2" t="s">
-        <v>1397</v>
+        <v>582</v>
       </c>
       <c r="F569" s="2" t="s">
-        <v>141</v>
+        <v>583</v>
       </c>
       <c r="G569" s="2"/>
       <c r="H569" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I569" s="3">
-        <v>25610076261</v>
+        <v>93840343684</v>
       </c>
       <c r="J569" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K569" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L569" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M569" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="570" spans="1:13">
       <c r="A570" s="1">
-        <v>50814916800017</v>
+        <v>52367452100092</v>
       </c>
       <c r="B570" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C570" s="2" t="s">
-        <v>1398</v>
+        <v>1365</v>
       </c>
       <c r="D570" s="2"/>
       <c r="E570" s="2" t="s">
-        <v>1399</v>
+        <v>584</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>1400</v>
+        <v>1369</v>
       </c>
       <c r="G570" s="2"/>
       <c r="H570" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I570" s="3">
-        <v>41540270754</v>
+        <v>93840343684</v>
       </c>
       <c r="J570" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K570" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L570" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M570" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="571" spans="1:13">
       <c r="A571" s="1">
-        <v>50821661100030</v>
+        <v>52367452100118</v>
       </c>
       <c r="B571" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C571" s="2" t="s">
-        <v>1401</v>
-[...1 lines deleted...]
-      <c r="D571" s="2"/>
+        <v>1365</v>
+      </c>
+      <c r="D571" s="2" t="s">
+        <v>1366</v>
+      </c>
       <c r="E571" s="2" t="s">
-        <v>1402</v>
+        <v>589</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>1403</v>
+        <v>590</v>
       </c>
       <c r="G571" s="2"/>
       <c r="H571" s="2" t="s">
-        <v>150</v>
+        <v>331</v>
       </c>
       <c r="I571" s="3">
-        <v>93132028713</v>
+        <v>93840343684</v>
       </c>
       <c r="J571" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K571" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L571" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M571" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="572" spans="1:13">
       <c r="A572" s="1">
-        <v>50821661100048</v>
+        <v>52436324900029</v>
       </c>
       <c r="B572" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C572" s="2" t="s">
-        <v>1401</v>
+        <v>1370</v>
       </c>
       <c r="D572" s="2"/>
       <c r="E572" s="2" t="s">
-        <v>1404</v>
+        <v>1371</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>918</v>
+        <v>1372</v>
       </c>
       <c r="G572" s="2"/>
       <c r="H572" s="2" t="s">
-        <v>183</v>
+        <v>31</v>
       </c>
       <c r="I572" s="3">
-        <v>93132028713</v>
+        <v>31620225162</v>
       </c>
       <c r="J572" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K572" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L572" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M572" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="573" spans="1:13">
       <c r="A573" s="1">
-        <v>50899880400019</v>
+        <v>52436324900052</v>
       </c>
       <c r="B573" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C573" s="2" t="s">
-        <v>1405</v>
-[...3 lines deleted...]
-      </c>
+        <v>1370</v>
+      </c>
+      <c r="D573" s="2"/>
       <c r="E573" s="2" t="s">
-        <v>1407</v>
+        <v>1373</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>1408</v>
+        <v>308</v>
       </c>
       <c r="G573" s="2"/>
       <c r="H573" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I573" s="3">
-        <v>83150309515</v>
+        <v>31620225162</v>
       </c>
       <c r="J573" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K573" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L573" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M573" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="574" spans="1:13">
       <c r="A574" s="1">
-        <v>50900433900024</v>
+        <v>52453218100061</v>
       </c>
       <c r="B574" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C574" s="2" t="s">
-        <v>1409</v>
-[...1 lines deleted...]
-      <c r="D574" s="2"/>
+        <v>1374</v>
+      </c>
+      <c r="D574" s="2" t="s">
+        <v>1375</v>
+      </c>
       <c r="E574" s="2" t="s">
-        <v>1410</v>
+        <v>1376</v>
       </c>
       <c r="F574" s="2" t="s">
-        <v>1411</v>
+        <v>1377</v>
       </c>
       <c r="G574" s="2"/>
       <c r="H574" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I574" s="3">
-        <v>21510135951</v>
+        <v>23270161927</v>
       </c>
       <c r="J574" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K574" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L574" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M574" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="575" spans="1:13">
       <c r="A575" s="1">
-        <v>50913779000028</v>
+        <v>52468744900016</v>
       </c>
       <c r="B575" s="2" t="s">
-        <v>1023</v>
+        <v>13</v>
       </c>
       <c r="C575" s="2" t="s">
-        <v>1412</v>
+        <v>1378</v>
       </c>
       <c r="D575" s="2"/>
       <c r="E575" s="2" t="s">
-        <v>1413</v>
+        <v>1379</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>1414</v>
-[...3 lines deleted...]
-      </c>
+        <v>1380</v>
+      </c>
+      <c r="G575" s="2"/>
       <c r="H575" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I575" s="3">
-        <v>25500094750</v>
+        <v>53290843829</v>
       </c>
       <c r="J575" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K575" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L575" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M575" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="576" spans="1:13">
       <c r="A576" s="1">
-        <v>50913779000036</v>
+        <v>52500913000010</v>
       </c>
       <c r="B576" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C576" s="2" t="s">
-        <v>1412</v>
+        <v>1381</v>
       </c>
       <c r="D576" s="2"/>
       <c r="E576" s="2" t="s">
-        <v>1416</v>
+        <v>1382</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>1417</v>
+        <v>1380</v>
       </c>
       <c r="G576" s="2"/>
       <c r="H576" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I576" s="3">
-        <v>25500094750</v>
+        <v>41570292557</v>
       </c>
       <c r="J576" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K576" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L576" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M576" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="577" spans="1:13">
       <c r="A577" s="1">
-        <v>50943290200054</v>
+        <v>52521256900020</v>
       </c>
       <c r="B577" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C577" s="2" t="s">
-        <v>1418</v>
+        <v>1383</v>
       </c>
       <c r="D577" s="2"/>
       <c r="E577" s="2" t="s">
-        <v>1419</v>
+        <v>1384</v>
       </c>
       <c r="F577" s="2" t="s">
-        <v>566</v>
+        <v>1385</v>
       </c>
       <c r="G577" s="2"/>
       <c r="H577" s="2" t="s">
-        <v>157</v>
+        <v>1386</v>
       </c>
       <c r="I577" s="3">
-        <v>11757341275</v>
+        <v>11921799392</v>
       </c>
       <c r="J577" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K577" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L577" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M577" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="578" spans="1:13">
       <c r="A578" s="1">
-        <v>50943290200062</v>
+        <v>52521256900046</v>
       </c>
       <c r="B578" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C578" s="2" t="s">
-        <v>1418</v>
+        <v>1383</v>
       </c>
       <c r="D578" s="2" t="s">
-        <v>1420</v>
+        <v>1387</v>
       </c>
       <c r="E578" s="2" t="s">
-        <v>1421</v>
+        <v>1388</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>566</v>
+        <v>898</v>
       </c>
       <c r="G578" s="2"/>
       <c r="H578" s="2" t="s">
-        <v>157</v>
+        <v>489</v>
       </c>
       <c r="I578" s="3">
-        <v>11757341275</v>
+        <v>11921799392</v>
       </c>
       <c r="J578" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K578" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L578" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M578" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="579" spans="1:13">
       <c r="A579" s="1">
-        <v>50943290200070</v>
+        <v>52756289600045</v>
       </c>
       <c r="B579" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C579" s="2" t="s">
-        <v>1418</v>
+        <v>1389</v>
       </c>
       <c r="D579" s="2"/>
       <c r="E579" s="2" t="s">
-        <v>1422</v>
+        <v>1390</v>
       </c>
       <c r="F579" s="2" t="s">
-        <v>566</v>
+        <v>505</v>
       </c>
       <c r="G579" s="2"/>
       <c r="H579" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I579" s="3">
-        <v>11757341275</v>
+        <v>41570298957</v>
       </c>
       <c r="J579" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K579" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L579" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M579" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="580" spans="1:13">
       <c r="A580" s="1">
-        <v>50943290200104</v>
+        <v>52783305700021</v>
       </c>
       <c r="B580" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C580" s="2" t="s">
-        <v>1418</v>
+        <v>1391</v>
       </c>
       <c r="D580" s="2"/>
       <c r="E580" s="2" t="s">
-        <v>1423</v>
+        <v>1392</v>
       </c>
       <c r="F580" s="2" t="s">
-        <v>566</v>
+        <v>1393</v>
       </c>
       <c r="G580" s="2"/>
       <c r="H580" s="2" t="s">
-        <v>157</v>
+        <v>520</v>
       </c>
       <c r="I580" s="3">
-        <v>11757341275</v>
+        <v>82260187526</v>
       </c>
       <c r="J580" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K580" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L580" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M580" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="581" spans="1:13">
       <c r="A581" s="1">
-        <v>50943290200112</v>
+        <v>52869550500016</v>
       </c>
       <c r="B581" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C581" s="2" t="s">
-        <v>1418</v>
+        <v>1394</v>
       </c>
       <c r="D581" s="2"/>
       <c r="E581" s="2" t="s">
-        <v>1424</v>
+        <v>1395</v>
       </c>
       <c r="F581" s="2" t="s">
-        <v>566</v>
+        <v>1396</v>
       </c>
       <c r="G581" s="2"/>
       <c r="H581" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I581" s="3">
-        <v>11757341275</v>
+        <v>72330820933</v>
       </c>
       <c r="J581" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K581" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L581" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M581" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="582" spans="1:13">
       <c r="A582" s="1">
-        <v>50943290200120</v>
+        <v>52885501800040</v>
       </c>
       <c r="B582" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C582" s="2" t="s">
-        <v>1418</v>
+        <v>1397</v>
       </c>
       <c r="D582" s="2"/>
       <c r="E582" s="2" t="s">
-        <v>1425</v>
+        <v>1398</v>
       </c>
       <c r="F582" s="2" t="s">
-        <v>566</v>
+        <v>1399</v>
       </c>
       <c r="G582" s="2"/>
       <c r="H582" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I582" s="3">
-        <v>11757341275</v>
+        <v>52850226285</v>
       </c>
       <c r="J582" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K582" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L582" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M582" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="583" spans="1:13">
       <c r="A583" s="1">
-        <v>50943290200146</v>
+        <v>52890865000039</v>
       </c>
       <c r="B583" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C583" s="2" t="s">
-        <v>1418</v>
+        <v>1400</v>
       </c>
       <c r="D583" s="2" t="s">
-        <v>1426</v>
+        <v>1401</v>
       </c>
       <c r="E583" s="2" t="s">
-        <v>1427</v>
+        <v>1402</v>
       </c>
       <c r="F583" s="2" t="s">
-        <v>566</v>
+        <v>1085</v>
       </c>
       <c r="G583" s="2"/>
       <c r="H583" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I583" s="3">
-        <v>11757341275</v>
+        <v>76340968134</v>
       </c>
       <c r="J583" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K583" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L583" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M583" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="584" spans="1:13">
       <c r="A584" s="1">
-        <v>50943290200161</v>
+        <v>52902932400033</v>
       </c>
       <c r="B584" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C584" s="2" t="s">
-        <v>1418</v>
+        <v>1403</v>
       </c>
       <c r="D584" s="2"/>
       <c r="E584" s="2" t="s">
-        <v>1428</v>
+        <v>1404</v>
       </c>
       <c r="F584" s="2" t="s">
-        <v>566</v>
+        <v>1405</v>
       </c>
       <c r="G584" s="2"/>
       <c r="H584" s="2" t="s">
-        <v>157</v>
+        <v>27</v>
       </c>
       <c r="I584" s="3">
-        <v>11757341275</v>
+        <v>11910670391</v>
       </c>
       <c r="J584" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K584" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L584" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M584" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="585" spans="1:13">
       <c r="A585" s="1">
-        <v>50943290200195</v>
+        <v>52902932400041</v>
       </c>
       <c r="B585" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C585" s="2" t="s">
-        <v>1418</v>
+        <v>1403</v>
       </c>
       <c r="D585" s="2"/>
       <c r="E585" s="2" t="s">
-        <v>1429</v>
+        <v>1406</v>
       </c>
       <c r="F585" s="2" t="s">
-        <v>566</v>
+        <v>1407</v>
       </c>
       <c r="G585" s="2"/>
       <c r="H585" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I585" s="3">
-        <v>11757341275</v>
+        <v>11910670391</v>
       </c>
       <c r="J585" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K585" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L585" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M585" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="586" spans="1:13">
       <c r="A586" s="1">
-        <v>50943290200252</v>
+        <v>52907273800014</v>
       </c>
       <c r="B586" s="2" t="s">
-        <v>1023</v>
+        <v>13</v>
       </c>
       <c r="C586" s="2" t="s">
-        <v>1418</v>
+        <v>1408</v>
       </c>
       <c r="D586" s="2"/>
       <c r="E586" s="2" t="s">
-        <v>1430</v>
+        <v>1409</v>
       </c>
       <c r="F586" s="2" t="s">
-        <v>840</v>
-[...3 lines deleted...]
-      </c>
+        <v>1410</v>
+      </c>
+      <c r="G586" s="2"/>
       <c r="H586" s="2" t="s">
-        <v>1432</v>
+        <v>31</v>
       </c>
       <c r="I586" s="3">
-        <v>11757341275</v>
+        <v>42670444067</v>
       </c>
       <c r="J586" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K586" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L586" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M586" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="587" spans="1:13">
       <c r="A587" s="1">
-        <v>50943290200286</v>
+        <v>52907273800048</v>
       </c>
       <c r="B587" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C587" s="2" t="s">
-        <v>1418</v>
+        <v>1408</v>
       </c>
       <c r="D587" s="2"/>
       <c r="E587" s="2" t="s">
-        <v>1433</v>
+        <v>1411</v>
       </c>
       <c r="F587" s="2" t="s">
-        <v>1375</v>
+        <v>869</v>
       </c>
       <c r="G587" s="2"/>
       <c r="H587" s="2" t="s">
-        <v>157</v>
+        <v>1412</v>
       </c>
       <c r="I587" s="3">
-        <v>11757341275</v>
+        <v>42670444067</v>
       </c>
       <c r="J587" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K587" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L587" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M587" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="588" spans="1:13">
       <c r="A588" s="1">
-        <v>50943290200294</v>
+        <v>53072890600013</v>
       </c>
       <c r="B588" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C588" s="2" t="s">
-        <v>1418</v>
+        <v>1413</v>
       </c>
       <c r="D588" s="2"/>
       <c r="E588" s="2" t="s">
-        <v>1434</v>
+        <v>1414</v>
       </c>
       <c r="F588" s="2" t="s">
-        <v>1213</v>
+        <v>1415</v>
       </c>
       <c r="G588" s="2"/>
       <c r="H588" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I588" s="3">
-        <v>11757341275</v>
+        <v>25140244814</v>
       </c>
       <c r="J588" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K588" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L588" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M588" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="589" spans="1:13">
       <c r="A589" s="1">
-        <v>50943290200302</v>
+        <v>53072890600039</v>
       </c>
       <c r="B589" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C589" s="2" t="s">
-        <v>1418</v>
-[...1 lines deleted...]
-      <c r="D589" s="2"/>
+        <v>1413</v>
+      </c>
+      <c r="D589" s="2" t="s">
+        <v>1413</v>
+      </c>
       <c r="E589" s="2" t="s">
-        <v>1435</v>
+        <v>1416</v>
       </c>
       <c r="F589" s="2" t="s">
-        <v>1436</v>
+        <v>1417</v>
       </c>
       <c r="G589" s="2"/>
       <c r="H589" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I589" s="3">
-        <v>11757341275</v>
+        <v>25140244814</v>
       </c>
       <c r="J589" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K589" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L589" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M589" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="590" spans="1:13">
       <c r="A590" s="1">
-        <v>50943290200336</v>
+        <v>53072890600047</v>
       </c>
       <c r="B590" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C590" s="2" t="s">
-        <v>1418</v>
+        <v>1413</v>
       </c>
       <c r="D590" s="2"/>
       <c r="E590" s="2" t="s">
-        <v>1437</v>
+        <v>1418</v>
       </c>
       <c r="F590" s="2" t="s">
-        <v>1438</v>
+        <v>880</v>
       </c>
       <c r="G590" s="2"/>
       <c r="H590" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I590" s="3">
-        <v>11757341275</v>
+        <v>25140244814</v>
       </c>
       <c r="J590" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K590" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L590" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M590" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="591" spans="1:13">
       <c r="A591" s="1">
-        <v>50943290200344</v>
+        <v>53072890600054</v>
       </c>
       <c r="B591" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C591" s="2" t="s">
-        <v>1418</v>
-[...1 lines deleted...]
-      <c r="D591" s="2"/>
+        <v>1413</v>
+      </c>
+      <c r="D591" s="2" t="s">
+        <v>1419</v>
+      </c>
       <c r="E591" s="2" t="s">
-        <v>1439</v>
+        <v>1420</v>
       </c>
       <c r="F591" s="2" t="s">
-        <v>253</v>
+        <v>1421</v>
       </c>
       <c r="G591" s="2"/>
       <c r="H591" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I591" s="3">
-        <v>11757341275</v>
+        <v>25140244814</v>
       </c>
       <c r="J591" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K591" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L591" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M591" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="592" spans="1:13">
       <c r="A592" s="1">
-        <v>50943290200351</v>
+        <v>53072890600096</v>
       </c>
       <c r="B592" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C592" s="2" t="s">
-        <v>1418</v>
-[...1 lines deleted...]
-      <c r="D592" s="2"/>
+        <v>1413</v>
+      </c>
+      <c r="D592" s="2" t="s">
+        <v>1419</v>
+      </c>
       <c r="E592" s="2" t="s">
-        <v>1440</v>
+        <v>1422</v>
       </c>
       <c r="F592" s="2" t="s">
-        <v>1441</v>
+        <v>1423</v>
       </c>
       <c r="G592" s="2"/>
       <c r="H592" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I592" s="3">
-        <v>11757341275</v>
+        <v>25140244814</v>
       </c>
       <c r="J592" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K592" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L592" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M592" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="593" spans="1:13">
       <c r="A593" s="1">
-        <v>50943290200369</v>
+        <v>53072890600104</v>
       </c>
       <c r="B593" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C593" s="2" t="s">
-        <v>1418</v>
-[...1 lines deleted...]
-      <c r="D593" s="2"/>
+        <v>1413</v>
+      </c>
+      <c r="D593" s="2" t="s">
+        <v>1419</v>
+      </c>
       <c r="E593" s="2" t="s">
-        <v>1442</v>
+        <v>1424</v>
       </c>
       <c r="F593" s="2" t="s">
-        <v>1443</v>
+        <v>1262</v>
       </c>
       <c r="G593" s="2"/>
       <c r="H593" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I593" s="3">
-        <v>11757341275</v>
+        <v>25140244814</v>
       </c>
       <c r="J593" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K593" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L593" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M593" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="594" spans="1:13">
       <c r="A594" s="1">
-        <v>50943290200385</v>
+        <v>53143388600045</v>
       </c>
       <c r="B594" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C594" s="2" t="s">
-        <v>1418</v>
+        <v>1425</v>
       </c>
       <c r="D594" s="2"/>
       <c r="E594" s="2" t="s">
-        <v>1444</v>
+        <v>1426</v>
       </c>
       <c r="F594" s="2" t="s">
-        <v>918</v>
+        <v>1427</v>
       </c>
       <c r="G594" s="2"/>
       <c r="H594" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I594" s="3">
-        <v>11757341275</v>
+        <v>31590761559</v>
       </c>
       <c r="J594" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K594" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L594" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M594" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="595" spans="1:13">
       <c r="A595" s="1">
-        <v>50943290200393</v>
+        <v>53143388600060</v>
       </c>
       <c r="B595" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C595" s="2" t="s">
-        <v>1418</v>
+        <v>1425</v>
       </c>
       <c r="D595" s="2"/>
       <c r="E595" s="2" t="s">
-        <v>1445</v>
+        <v>1428</v>
       </c>
       <c r="F595" s="2" t="s">
-        <v>1446</v>
+        <v>295</v>
       </c>
       <c r="G595" s="2"/>
       <c r="H595" s="2" t="s">
-        <v>157</v>
+        <v>489</v>
       </c>
       <c r="I595" s="3">
-        <v>11757341275</v>
+        <v>31590761559</v>
       </c>
       <c r="J595" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K595" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L595" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M595" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="596" spans="1:13">
       <c r="A596" s="1">
-        <v>50943290200401</v>
+        <v>53160386800039</v>
       </c>
       <c r="B596" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C596" s="2" t="s">
-        <v>1418</v>
+        <v>1429</v>
       </c>
       <c r="D596" s="2"/>
       <c r="E596" s="2" t="s">
-        <v>1447</v>
+        <v>1430</v>
       </c>
       <c r="F596" s="2" t="s">
-        <v>1151</v>
+        <v>1431</v>
       </c>
       <c r="G596" s="2"/>
       <c r="H596" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I596" s="3">
-        <v>11757341275</v>
+        <v>31620232062</v>
       </c>
       <c r="J596" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K596" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L596" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M596" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="597" spans="1:13">
       <c r="A597" s="1">
-        <v>50943290200419</v>
+        <v>53178740600010</v>
       </c>
       <c r="B597" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C597" s="2" t="s">
-        <v>1418</v>
-[...3 lines deleted...]
-      </c>
+        <v>1432</v>
+      </c>
+      <c r="D597" s="2"/>
       <c r="E597" s="2" t="s">
-        <v>1448</v>
+        <v>1395</v>
       </c>
       <c r="F597" s="2" t="s">
-        <v>1449</v>
+        <v>1433</v>
       </c>
       <c r="G597" s="2"/>
       <c r="H597" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I597" s="3">
-        <v>11757341275</v>
+        <v>72330832933</v>
       </c>
       <c r="J597" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K597" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L597" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M597" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="598" spans="1:13">
       <c r="A598" s="1">
-        <v>50943290200435</v>
+        <v>53469074800015</v>
       </c>
       <c r="B598" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C598" s="2" t="s">
-        <v>1418</v>
+        <v>1434</v>
       </c>
       <c r="D598" s="2"/>
       <c r="E598" s="2" t="s">
-        <v>1450</v>
+        <v>1435</v>
       </c>
       <c r="F598" s="2" t="s">
-        <v>1449</v>
+        <v>1417</v>
       </c>
       <c r="G598" s="2"/>
       <c r="H598" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I598" s="3">
-        <v>11757341275</v>
+        <v>53350911035</v>
       </c>
       <c r="J598" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K598" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L598" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M598" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="599" spans="1:13">
       <c r="A599" s="1">
-        <v>50943290200468</v>
+        <v>53493663800053</v>
       </c>
       <c r="B599" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C599" s="2" t="s">
-        <v>1418</v>
-[...3 lines deleted...]
-      </c>
+        <v>1436</v>
+      </c>
+      <c r="D599" s="2"/>
       <c r="E599" s="2" t="s">
-        <v>1451</v>
+        <v>1437</v>
       </c>
       <c r="F599" s="2" t="s">
-        <v>1452</v>
+        <v>281</v>
       </c>
       <c r="G599" s="2"/>
       <c r="H599" s="2" t="s">
-        <v>157</v>
+        <v>1438</v>
       </c>
       <c r="I599" s="3">
-        <v>11757341275</v>
+        <v>91340802634</v>
       </c>
       <c r="J599" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K599" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L599" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M599" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="600" spans="1:13">
       <c r="A600" s="1">
-        <v>50943290200476</v>
+        <v>53785876300056</v>
       </c>
       <c r="B600" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C600" s="2" t="s">
-        <v>1418</v>
-[...3 lines deleted...]
-      </c>
+        <v>1439</v>
+      </c>
+      <c r="D600" s="2"/>
       <c r="E600" s="2" t="s">
-        <v>1453</v>
+        <v>1440</v>
       </c>
       <c r="F600" s="2" t="s">
-        <v>1452</v>
+        <v>1441</v>
       </c>
       <c r="G600" s="2"/>
       <c r="H600" s="2" t="s">
-        <v>157</v>
+        <v>489</v>
       </c>
       <c r="I600" s="3">
-        <v>11757341275</v>
+        <v>72640330964</v>
       </c>
       <c r="J600" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K600" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L600" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M600" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="601" spans="1:13">
       <c r="A601" s="1">
-        <v>50943290200484</v>
+        <v>53794833300050</v>
       </c>
       <c r="B601" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C601" s="2" t="s">
-        <v>1418</v>
-[...3 lines deleted...]
-      </c>
+        <v>1442</v>
+      </c>
+      <c r="D601" s="2"/>
       <c r="E601" s="2" t="s">
-        <v>1454</v>
+        <v>1443</v>
       </c>
       <c r="F601" s="2" t="s">
-        <v>1452</v>
+        <v>588</v>
       </c>
       <c r="G601" s="2"/>
       <c r="H601" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I601" s="3">
-        <v>11757341275</v>
+        <v>43700051470</v>
       </c>
       <c r="J601" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K601" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L601" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M601" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="602" spans="1:13">
       <c r="A602" s="1">
-        <v>50943290200492</v>
+        <v>53910853000012</v>
       </c>
       <c r="B602" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C602" s="2" t="s">
-        <v>1418</v>
+        <v>1444</v>
       </c>
       <c r="D602" s="2" t="s">
-        <v>1420</v>
+        <v>1444</v>
       </c>
       <c r="E602" s="2" t="s">
-        <v>1455</v>
+        <v>1105</v>
       </c>
       <c r="F602" s="2" t="s">
-        <v>1452</v>
+        <v>880</v>
       </c>
       <c r="G602" s="2"/>
       <c r="H602" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I602" s="3">
-        <v>11757341275</v>
+        <v>41570307857</v>
       </c>
       <c r="J602" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K602" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L602" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M602" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="603" spans="1:13">
       <c r="A603" s="1">
-        <v>50943290200500</v>
+        <v>53910853000020</v>
       </c>
       <c r="B603" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C603" s="2" t="s">
-        <v>1418</v>
+        <v>1444</v>
       </c>
       <c r="D603" s="2" t="s">
-        <v>1420</v>
+        <v>1445</v>
       </c>
       <c r="E603" s="2" t="s">
-        <v>1456</v>
+        <v>1446</v>
       </c>
       <c r="F603" s="2" t="s">
-        <v>1452</v>
+        <v>17</v>
       </c>
       <c r="G603" s="2"/>
       <c r="H603" s="2" t="s">
-        <v>157</v>
+        <v>520</v>
       </c>
       <c r="I603" s="3">
-        <v>11757341275</v>
+        <v>41570307857</v>
       </c>
       <c r="J603" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K603" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L603" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M603" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="604" spans="1:13">
       <c r="A604" s="1">
-        <v>50943290200518</v>
+        <v>53930390900037</v>
       </c>
       <c r="B604" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C604" s="2" t="s">
-        <v>1418</v>
-[...3 lines deleted...]
-      </c>
+        <v>1447</v>
+      </c>
+      <c r="D604" s="2"/>
       <c r="E604" s="2" t="s">
-        <v>1457</v>
+        <v>1448</v>
       </c>
       <c r="F604" s="2" t="s">
-        <v>1452</v>
+        <v>1449</v>
       </c>
       <c r="G604" s="2"/>
       <c r="H604" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I604" s="3">
-        <v>11757341275</v>
+        <v>82691195469</v>
       </c>
       <c r="J604" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K604" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L604" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M604" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="605" spans="1:13">
       <c r="A605" s="1">
-        <v>50943290200526</v>
+        <v>54206547900280</v>
       </c>
       <c r="B605" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C605" s="2" t="s">
-        <v>1418</v>
-[...3 lines deleted...]
-      </c>
+        <v>1450</v>
+      </c>
+      <c r="D605" s="2"/>
       <c r="E605" s="2" t="s">
-        <v>1458</v>
+        <v>1451</v>
       </c>
       <c r="F605" s="2" t="s">
         <v>1452</v>
       </c>
       <c r="G605" s="2"/>
       <c r="H605" s="2" t="s">
-        <v>157</v>
+        <v>1453</v>
       </c>
       <c r="I605" s="3">
-        <v>11757341275</v>
+        <v>11780763778</v>
       </c>
       <c r="J605" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K605" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L605" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M605" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="606" spans="1:13">
       <c r="A606" s="1">
-        <v>50943290200534</v>
+        <v>54206547900926</v>
       </c>
       <c r="B606" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C606" s="2" t="s">
-        <v>1418</v>
-[...3 lines deleted...]
-      </c>
+        <v>1450</v>
+      </c>
+      <c r="D606" s="2"/>
       <c r="E606" s="2" t="s">
-        <v>1459</v>
+        <v>1454</v>
       </c>
       <c r="F606" s="2" t="s">
-        <v>1452</v>
+        <v>1455</v>
       </c>
       <c r="G606" s="2"/>
       <c r="H606" s="2" t="s">
-        <v>157</v>
+        <v>1453</v>
       </c>
       <c r="I606" s="3">
-        <v>11757341275</v>
+        <v>11780763778</v>
       </c>
       <c r="J606" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K606" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L606" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M606" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="607" spans="1:13">
       <c r="A607" s="1">
-        <v>50943290200542</v>
+        <v>74987925000050</v>
       </c>
       <c r="B607" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C607" s="2" t="s">
-        <v>1418</v>
+        <v>1456</v>
       </c>
       <c r="D607" s="2" t="s">
-        <v>1420</v>
+        <v>534</v>
       </c>
       <c r="E607" s="2" t="s">
-        <v>1460</v>
+        <v>1457</v>
       </c>
       <c r="F607" s="2" t="s">
-        <v>1452</v>
+        <v>505</v>
       </c>
       <c r="G607" s="2"/>
       <c r="H607" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I607" s="3">
-        <v>11757341275</v>
+        <v>31590791659</v>
       </c>
       <c r="J607" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K607" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L607" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M607" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="608" spans="1:13">
       <c r="A608" s="1">
-        <v>50943290200559</v>
+        <v>74992115100025</v>
       </c>
       <c r="B608" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C608" s="2" t="s">
-        <v>1418</v>
-[...3 lines deleted...]
-      </c>
+        <v>1458</v>
+      </c>
+      <c r="D608" s="2"/>
       <c r="E608" s="2" t="s">
-        <v>1461</v>
+        <v>1459</v>
       </c>
       <c r="F608" s="2" t="s">
-        <v>1452</v>
+        <v>1460</v>
       </c>
       <c r="G608" s="2"/>
       <c r="H608" s="2" t="s">
-        <v>157</v>
+        <v>489</v>
       </c>
       <c r="I608" s="3">
-        <v>11757341275</v>
+        <v>31590790259</v>
       </c>
       <c r="J608" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K608" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L608" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M608" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="609" spans="1:13">
       <c r="A609" s="1">
-        <v>50943290200583</v>
+        <v>75008731400027</v>
       </c>
       <c r="B609" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C609" s="2" t="s">
-        <v>1418</v>
+        <v>1461</v>
       </c>
       <c r="D609" s="2"/>
       <c r="E609" s="2" t="s">
         <v>1462</v>
       </c>
       <c r="F609" s="2" t="s">
-        <v>1452</v>
+        <v>1463</v>
       </c>
       <c r="G609" s="2"/>
       <c r="H609" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I609" s="3">
-        <v>11757341275</v>
+        <v>84010256701</v>
       </c>
       <c r="J609" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K609" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L609" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M609" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="610" spans="1:13">
       <c r="A610" s="1">
-        <v>50943290200609</v>
+        <v>75051831800027</v>
       </c>
       <c r="B610" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C610" s="2" t="s">
-        <v>1418</v>
+        <v>1464</v>
       </c>
       <c r="D610" s="2"/>
       <c r="E610" s="2" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="F610" s="2" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="G610" s="2"/>
       <c r="H610" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I610" s="3">
-        <v>11757341275</v>
+        <v>31590793059</v>
       </c>
       <c r="J610" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K610" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L610" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M610" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="611" spans="1:13">
       <c r="A611" s="1">
-        <v>50962973900012</v>
+        <v>75100225400025</v>
       </c>
       <c r="B611" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C611" s="2" t="s">
-        <v>1465</v>
-[...3 lines deleted...]
-      </c>
+        <v>1467</v>
+      </c>
+      <c r="D611" s="2"/>
       <c r="E611" s="2" t="s">
-        <v>1187</v>
+        <v>1468</v>
       </c>
       <c r="F611" s="2" t="s">
-        <v>566</v>
+        <v>1469</v>
       </c>
       <c r="G611" s="2"/>
       <c r="H611" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I611" s="3">
-        <v>83630397263</v>
+        <v>93060693106</v>
       </c>
       <c r="J611" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K611" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L611" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M611" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="612" spans="1:13">
       <c r="A612" s="1">
-        <v>50962973900053</v>
+        <v>75101726000090</v>
       </c>
       <c r="B612" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C612" s="2" t="s">
-        <v>1465</v>
+        <v>1470</v>
       </c>
       <c r="D612" s="2"/>
       <c r="E612" s="2" t="s">
-        <v>1193</v>
+        <v>1471</v>
       </c>
       <c r="F612" s="2" t="s">
-        <v>1194</v>
+        <v>1172</v>
       </c>
       <c r="G612" s="2"/>
       <c r="H612" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I612" s="3">
-        <v>83630397263</v>
+        <v>96973047497</v>
       </c>
       <c r="J612" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K612" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L612" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M612" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="613" spans="1:13">
       <c r="A613" s="1">
-        <v>50962973900061</v>
+        <v>75183706300021</v>
       </c>
       <c r="B613" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C613" s="2" t="s">
-        <v>1465</v>
+        <v>1472</v>
       </c>
       <c r="D613" s="2"/>
       <c r="E613" s="2" t="s">
-        <v>1466</v>
+        <v>1473</v>
       </c>
       <c r="F613" s="2" t="s">
-        <v>1467</v>
+        <v>349</v>
       </c>
       <c r="G613" s="2"/>
       <c r="H613" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I613" s="3">
-        <v>83630397263</v>
+        <v>22600263660</v>
       </c>
       <c r="J613" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K613" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L613" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M613" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="614" spans="1:13">
       <c r="A614" s="1">
-        <v>50973480200028</v>
+        <v>75183706300047</v>
       </c>
       <c r="B614" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C614" s="2" t="s">
-        <v>1468</v>
-[...3 lines deleted...]
-      </c>
+        <v>1472</v>
+      </c>
+      <c r="D614" s="2"/>
       <c r="E614" s="2" t="s">
-        <v>1470</v>
+        <v>1474</v>
       </c>
       <c r="F614" s="2" t="s">
-        <v>1471</v>
+        <v>364</v>
       </c>
       <c r="G614" s="2"/>
       <c r="H614" s="2" t="s">
-        <v>157</v>
+        <v>1475</v>
       </c>
       <c r="I614" s="3">
-        <v>27210370021</v>
+        <v>22600263660</v>
       </c>
       <c r="J614" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K614" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L614" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M614" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="615" spans="1:13">
       <c r="A615" s="1">
-        <v>51008756200029</v>
+        <v>75235327600013</v>
       </c>
       <c r="B615" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C615" s="2" t="s">
-        <v>1472</v>
+        <v>1476</v>
       </c>
       <c r="D615" s="2"/>
       <c r="E615" s="2" t="s">
-        <v>1473</v>
+        <v>1477</v>
       </c>
       <c r="F615" s="2" t="s">
-        <v>1375</v>
+        <v>1478</v>
       </c>
       <c r="G615" s="2"/>
       <c r="H615" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I615" s="3">
-        <v>42680192668</v>
+        <v>83150299415</v>
       </c>
       <c r="J615" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K615" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L615" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M615" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="616" spans="1:13">
       <c r="A616" s="1">
-        <v>51021311900033</v>
+        <v>75289964100027</v>
       </c>
       <c r="B616" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C616" s="2" t="s">
-        <v>1474</v>
-[...1 lines deleted...]
-      <c r="D616" s="2"/>
+        <v>1479</v>
+      </c>
+      <c r="D616" s="2" t="s">
+        <v>1479</v>
+      </c>
       <c r="E616" s="2" t="s">
-        <v>1475</v>
+        <v>1480</v>
       </c>
       <c r="F616" s="2" t="s">
-        <v>1476</v>
+        <v>1427</v>
       </c>
       <c r="G616" s="2"/>
       <c r="H616" s="2" t="s">
-        <v>172</v>
+        <v>31</v>
       </c>
       <c r="I616" s="3">
-        <v>31590693059</v>
+        <v>82730151273</v>
       </c>
       <c r="J616" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K616" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L616" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M616" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="617" spans="1:13">
       <c r="A617" s="1">
-        <v>51044938200017</v>
+        <v>75389809700021</v>
       </c>
       <c r="B617" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C617" s="2" t="s">
-        <v>1477</v>
+        <v>1481</v>
       </c>
       <c r="D617" s="2"/>
       <c r="E617" s="2" t="s">
-        <v>1478</v>
+        <v>491</v>
       </c>
       <c r="F617" s="2" t="s">
-        <v>1479</v>
+        <v>492</v>
       </c>
       <c r="G617" s="2"/>
       <c r="H617" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I617" s="3">
-        <v>91300294230</v>
+        <v>93131500313</v>
       </c>
       <c r="J617" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K617" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L617" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M617" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="618" spans="1:13">
       <c r="A618" s="1">
-        <v>51088974400098</v>
+        <v>75401639200013</v>
       </c>
       <c r="B618" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C618" s="2" t="s">
-        <v>1480</v>
-[...3 lines deleted...]
-      </c>
+        <v>1482</v>
+      </c>
+      <c r="D618" s="2"/>
       <c r="E618" s="2" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="F618" s="2" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="G618" s="2"/>
       <c r="H618" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I618" s="3">
-        <v>82730175073</v>
+        <v>26710220271</v>
       </c>
       <c r="J618" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K618" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L618" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M618" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="619" spans="1:13">
       <c r="A619" s="1">
-        <v>51117414600056</v>
+        <v>75401639200021</v>
       </c>
       <c r="B619" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C619" s="2" t="s">
-        <v>1483</v>
+        <v>1482</v>
       </c>
       <c r="D619" s="2"/>
       <c r="E619" s="2" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="F619" s="2" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="G619" s="2"/>
       <c r="H619" s="2" t="s">
-        <v>183</v>
+        <v>331</v>
       </c>
       <c r="I619" s="3">
-        <v>31590708659</v>
+        <v>26710220271</v>
       </c>
       <c r="J619" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K619" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L619" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M619" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="620" spans="1:13">
       <c r="A620" s="1">
-        <v>51140404800031</v>
+        <v>77567145600082</v>
       </c>
       <c r="B620" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C620" s="2" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="D620" s="2"/>
       <c r="E620" s="2" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="F620" s="2" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="G620" s="2"/>
       <c r="H620" s="2" t="s">
-        <v>31</v>
+        <v>1490</v>
       </c>
       <c r="I620" s="3">
-        <v>91300292530</v>
+        <v>11750363675</v>
       </c>
       <c r="J620" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K620" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L620" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M620" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="621" spans="1:13">
       <c r="A621" s="1">
-        <v>51149542600021</v>
+        <v>77792738500040</v>
       </c>
       <c r="B621" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C621" s="2" t="s">
-        <v>1489</v>
-[...3 lines deleted...]
-      </c>
+        <v>1491</v>
+      </c>
+      <c r="D621" s="2"/>
       <c r="E621" s="2" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="F621" s="2" t="s">
-        <v>1492</v>
+        <v>1331</v>
       </c>
       <c r="G621" s="2"/>
       <c r="H621" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I621" s="3">
-        <v>93131543113</v>
+        <v>74190000219</v>
       </c>
       <c r="J621" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K621" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L621" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M621" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="622" spans="1:13">
       <c r="A622" s="1">
-        <v>51176260100017</v>
+        <v>77947268700036</v>
       </c>
       <c r="B622" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C622" s="2" t="s">
         <v>1493</v>
       </c>
       <c r="D622" s="2"/>
       <c r="E622" s="2" t="s">
         <v>1494</v>
       </c>
       <c r="F622" s="2" t="s">
         <v>1495</v>
       </c>
       <c r="G622" s="2"/>
       <c r="H622" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I622" s="3">
-        <v>54170132917</v>
+        <v>82070005607</v>
       </c>
       <c r="J622" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K622" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L622" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M622" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="623" spans="1:13">
       <c r="A623" s="1">
-        <v>51220422300022</v>
+        <v>78050734900097</v>
       </c>
       <c r="B623" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C623" s="2" t="s">
         <v>1496</v>
       </c>
       <c r="D623" s="2"/>
       <c r="E623" s="2" t="s">
         <v>1497</v>
       </c>
       <c r="F623" s="2" t="s">
         <v>1498</v>
       </c>
       <c r="G623" s="2"/>
       <c r="H623" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I623" s="3">
-        <v>93131340613</v>
+        <v>22600001660</v>
       </c>
       <c r="J623" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K623" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L623" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M623" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="624" spans="1:13">
       <c r="A624" s="1">
-        <v>51220422300030</v>
+        <v>78114688100045</v>
       </c>
       <c r="B624" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C624" s="2" t="s">
-        <v>1496</v>
+        <v>1499</v>
       </c>
       <c r="D624" s="2"/>
       <c r="E624" s="2" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="F624" s="2" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="G624" s="2"/>
       <c r="H624" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I624" s="3">
-        <v>93131340613</v>
+        <v>23760000476</v>
       </c>
       <c r="J624" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K624" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L624" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M624" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="625" spans="1:13">
       <c r="A625" s="1">
-        <v>51232697600044</v>
+        <v>78128367600018</v>
       </c>
       <c r="B625" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C625" s="2" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="D625" s="2"/>
       <c r="E625" s="2" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="F625" s="2" t="s">
-        <v>1503</v>
+        <v>137</v>
       </c>
       <c r="G625" s="2"/>
       <c r="H625" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I625" s="3">
-        <v>31620226262</v>
+        <v>54170000117</v>
       </c>
       <c r="J625" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K625" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L625" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M625" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="626" spans="1:13">
       <c r="A626" s="1">
-        <v>51296504700032</v>
+        <v>78156617900037</v>
       </c>
       <c r="B626" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C626" s="2" t="s">
         <v>1504</v>
       </c>
-      <c r="D626" s="2" t="s">
+      <c r="D626" s="2"/>
+      <c r="E626" s="2" t="s">
         <v>1505</v>
       </c>
-      <c r="E626" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F626" s="2" t="s">
-        <v>1507</v>
+        <v>889</v>
       </c>
       <c r="G626" s="2"/>
       <c r="H626" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I626" s="3">
-        <v>53350869135</v>
+        <v>54860000586</v>
       </c>
       <c r="J626" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K626" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L626" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M626" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="627" spans="1:13">
       <c r="A627" s="1">
-        <v>51318694000054</v>
+        <v>78209967500020</v>
       </c>
       <c r="B627" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C627" s="2" t="s">
+        <v>1506</v>
+      </c>
+      <c r="D627" s="2"/>
+      <c r="E627" s="2" t="s">
+        <v>1507</v>
+      </c>
+      <c r="F627" s="2" t="s">
         <v>1508</v>
-      </c>
-[...7 lines deleted...]
-        <v>296</v>
       </c>
       <c r="G627" s="2"/>
       <c r="H627" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I627" s="3">
-        <v>83030354603</v>
+        <v>72400000340</v>
       </c>
       <c r="J627" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K627" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L627" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M627" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="628" spans="1:13">
       <c r="A628" s="1">
-        <v>51329041100026</v>
+        <v>78209967500038</v>
       </c>
       <c r="B628" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C628" s="2" t="s">
-        <v>1511</v>
+        <v>1506</v>
       </c>
       <c r="D628" s="2"/>
       <c r="E628" s="2" t="s">
-        <v>1512</v>
+        <v>1509</v>
       </c>
       <c r="F628" s="2" t="s">
-        <v>1513</v>
+        <v>193</v>
       </c>
       <c r="G628" s="2"/>
       <c r="H628" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I628" s="3">
-        <v>31620215962</v>
+        <v>72400000340</v>
       </c>
       <c r="J628" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K628" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L628" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M628" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="629" spans="1:13">
       <c r="A629" s="1">
-        <v>51372160500022</v>
+        <v>78360423400055</v>
       </c>
       <c r="B629" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C629" s="2" t="s">
-        <v>1514</v>
+        <v>1510</v>
       </c>
       <c r="D629" s="2"/>
       <c r="E629" s="2" t="s">
-        <v>1515</v>
+        <v>1511</v>
       </c>
       <c r="F629" s="2" t="s">
-        <v>1516</v>
+        <v>1512</v>
       </c>
       <c r="G629" s="2"/>
       <c r="H629" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I629" s="3">
-        <v>24450264745</v>
+        <v>31590005759</v>
       </c>
       <c r="J629" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K629" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L629" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M629" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="630" spans="1:13">
       <c r="A630" s="1">
-        <v>51397814800031</v>
+        <v>78928145800016</v>
       </c>
       <c r="B630" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C630" s="2" t="s">
-        <v>1517</v>
-[...1 lines deleted...]
-      <c r="D630" s="2"/>
+        <v>1513</v>
+      </c>
+      <c r="D630" s="2" t="s">
+        <v>1514</v>
+      </c>
       <c r="E630" s="2" t="s">
-        <v>1518</v>
+        <v>1515</v>
       </c>
       <c r="F630" s="2" t="s">
-        <v>1063</v>
+        <v>1421</v>
       </c>
       <c r="G630" s="2"/>
       <c r="H630" s="2" t="s">
-        <v>483</v>
+        <v>331</v>
       </c>
       <c r="I630" s="3">
-        <v>93131340813</v>
+        <v>42670488267</v>
       </c>
       <c r="J630" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K630" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L630" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M630" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="631" spans="1:13">
       <c r="A631" s="1">
-        <v>51397814800080</v>
+        <v>78928145800024</v>
       </c>
       <c r="B631" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C631" s="2" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D631" s="2" t="s">
+        <v>1516</v>
+      </c>
+      <c r="E631" s="2" t="s">
         <v>1517</v>
       </c>
-      <c r="D631" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F631" s="2" t="s">
-        <v>1516</v>
+        <v>824</v>
       </c>
       <c r="G631" s="2"/>
       <c r="H631" s="2" t="s">
-        <v>483</v>
+        <v>331</v>
       </c>
       <c r="I631" s="3">
-        <v>93131340813</v>
+        <v>42670488267</v>
       </c>
       <c r="J631" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K631" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L631" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M631" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="632" spans="1:13">
       <c r="A632" s="1">
-        <v>51404884200033</v>
+        <v>78976587200021</v>
       </c>
       <c r="B632" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C632" s="2" t="s">
-        <v>1520</v>
+        <v>1518</v>
       </c>
       <c r="D632" s="2"/>
       <c r="E632" s="2" t="s">
-        <v>1521</v>
+        <v>1519</v>
       </c>
       <c r="F632" s="2" t="s">
-        <v>253</v>
+        <v>869</v>
       </c>
       <c r="G632" s="2"/>
       <c r="H632" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I632" s="3">
-        <v>28760548276</v>
+        <v>98970398097</v>
       </c>
       <c r="J632" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K632" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L632" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M632" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="633" spans="1:13">
       <c r="A633" s="1">
-        <v>51404920400035</v>
+        <v>79005510700045</v>
       </c>
       <c r="B633" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C633" s="2" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D633" s="2" t="s">
+        <v>1520</v>
+      </c>
+      <c r="E633" s="2" t="s">
+        <v>1521</v>
+      </c>
+      <c r="F633" s="2" t="s">
         <v>1522</v>
-      </c>
-[...5 lines deleted...]
-        <v>1524</v>
       </c>
       <c r="G633" s="2"/>
       <c r="H633" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I633" s="3">
-        <v>31590713159</v>
+        <v>52850168785</v>
       </c>
       <c r="J633" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K633" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L633" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M633" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="634" spans="1:13">
       <c r="A634" s="1">
-        <v>51411615100036</v>
+        <v>79005510700052</v>
       </c>
       <c r="B634" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C634" s="2" t="s">
-        <v>1525</v>
-[...1 lines deleted...]
-      <c r="D634" s="2"/>
+        <v>1520</v>
+      </c>
+      <c r="D634" s="2" t="s">
+        <v>1520</v>
+      </c>
       <c r="E634" s="2" t="s">
-        <v>1526</v>
+        <v>1523</v>
       </c>
       <c r="F634" s="2" t="s">
-        <v>1527</v>
+        <v>1522</v>
       </c>
       <c r="G634" s="2"/>
       <c r="H634" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I634" s="3">
-        <v>97970157497</v>
+        <v>52850168785</v>
       </c>
       <c r="J634" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K634" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L634" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M634" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="635" spans="1:13">
       <c r="A635" s="1">
-        <v>51490360800016</v>
+        <v>79020850800040</v>
       </c>
       <c r="B635" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C635" s="2" t="s">
-        <v>1528</v>
+        <v>1524</v>
       </c>
       <c r="D635" s="2"/>
       <c r="E635" s="2" t="s">
-        <v>1529</v>
+        <v>1525</v>
       </c>
       <c r="F635" s="2" t="s">
-        <v>139</v>
+        <v>505</v>
       </c>
       <c r="G635" s="2"/>
       <c r="H635" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I635" s="3">
-        <v>82010121101</v>
+        <v>23760504776</v>
       </c>
       <c r="J635" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K635" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L635" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M635" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="636" spans="1:13">
       <c r="A636" s="1">
-        <v>51742477600022</v>
+        <v>79103878900024</v>
       </c>
       <c r="B636" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C636" s="2" t="s">
-        <v>1530</v>
-[...3 lines deleted...]
-      </c>
+        <v>1526</v>
+      </c>
+      <c r="D636" s="2"/>
       <c r="E636" s="2" t="s">
-        <v>1532</v>
+        <v>1527</v>
       </c>
       <c r="F636" s="2" t="s">
-        <v>1533</v>
+        <v>1528</v>
       </c>
       <c r="G636" s="2"/>
       <c r="H636" s="2" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="I636" s="3"/>
       <c r="J636" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K636" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L636" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M636" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="637" spans="1:13">
       <c r="A637" s="1">
-        <v>80071271300018</v>
+        <v>79125516900025</v>
       </c>
       <c r="B637" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C637" s="2" t="s">
-        <v>1534</v>
+        <v>1529</v>
       </c>
       <c r="D637" s="2"/>
       <c r="E637" s="2" t="s">
-        <v>1535</v>
+        <v>1530</v>
       </c>
       <c r="F637" s="2" t="s">
-        <v>1536</v>
+        <v>1531</v>
       </c>
       <c r="G637" s="2"/>
       <c r="H637" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I637" s="3">
-        <v>21080037608</v>
+        <v>42680231168</v>
       </c>
       <c r="J637" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K637" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L637" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M637" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="638" spans="1:13">
       <c r="A638" s="1">
-        <v>80071451100014</v>
+        <v>79176880700020</v>
       </c>
       <c r="B638" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C638" s="2" t="s">
-        <v>1537</v>
+        <v>816</v>
       </c>
       <c r="D638" s="2"/>
       <c r="E638" s="2" t="s">
-        <v>1538</v>
+        <v>1532</v>
       </c>
       <c r="F638" s="2" t="s">
-        <v>1539</v>
+        <v>588</v>
       </c>
       <c r="G638" s="2"/>
       <c r="H638" s="2" t="s">
-        <v>1432</v>
+        <v>31</v>
       </c>
       <c r="I638" s="3">
-        <v>72400110140</v>
+        <v>73310687631</v>
       </c>
       <c r="J638" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K638" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L638" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M638" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="639" spans="1:13">
       <c r="A639" s="1">
-        <v>88763727000018</v>
+        <v>79185740200014</v>
       </c>
       <c r="B639" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C639" s="2" t="s">
-        <v>1540</v>
+        <v>1533</v>
       </c>
       <c r="D639" s="2"/>
       <c r="E639" s="2" t="s">
-        <v>1541</v>
+        <v>1534</v>
       </c>
       <c r="F639" s="2" t="s">
-        <v>694</v>
+        <v>1528</v>
       </c>
       <c r="G639" s="2"/>
       <c r="H639" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I639" s="3">
-        <v>53220901022</v>
+        <v>94202079620</v>
       </c>
       <c r="J639" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K639" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L639" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M639" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="640" spans="1:13">
       <c r="A640" s="1">
-        <v>84768319000015</v>
+        <v>79281744700040</v>
       </c>
       <c r="B640" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C640" s="2" t="s">
-        <v>1542</v>
+        <v>1535</v>
       </c>
       <c r="D640" s="2"/>
       <c r="E640" s="2" t="s">
-        <v>1543</v>
+        <v>1536</v>
       </c>
       <c r="F640" s="2" t="s">
-        <v>1544</v>
+        <v>1537</v>
       </c>
       <c r="G640" s="2"/>
       <c r="H640" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I640" s="3">
-        <v>84010204601</v>
+        <v>83630442363</v>
       </c>
       <c r="J640" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K640" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L640" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M640" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="641" spans="1:13">
       <c r="A641" s="1">
-        <v>84785263900016</v>
+        <v>79294770700024</v>
       </c>
       <c r="B641" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C641" s="2" t="s">
-        <v>1545</v>
-[...1 lines deleted...]
-      <c r="D641" s="2"/>
+        <v>1538</v>
+      </c>
+      <c r="D641" s="2" t="s">
+        <v>1539</v>
+      </c>
       <c r="E641" s="2" t="s">
-        <v>1546</v>
+        <v>1540</v>
       </c>
       <c r="F641" s="2" t="s">
-        <v>1547</v>
+        <v>1541</v>
       </c>
       <c r="G641" s="2"/>
       <c r="H641" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I641" s="3">
-        <v>52720179972</v>
+        <v>94202077820</v>
       </c>
       <c r="J641" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K641" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L641" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M641" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="642" spans="1:13">
       <c r="A642" s="1">
-        <v>53469074800015</v>
+        <v>79309717100052</v>
       </c>
       <c r="B642" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C642" s="2" t="s">
-        <v>1548</v>
-[...1 lines deleted...]
-      <c r="D642" s="2"/>
+        <v>1542</v>
+      </c>
+      <c r="D642" s="2" t="s">
+        <v>1543</v>
+      </c>
       <c r="E642" s="2" t="s">
-        <v>1549</v>
+        <v>1544</v>
       </c>
       <c r="F642" s="2" t="s">
-        <v>1143</v>
+        <v>268</v>
       </c>
       <c r="G642" s="2"/>
       <c r="H642" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I642" s="3">
-        <v>53350911035</v>
+        <v>25500103450</v>
       </c>
       <c r="J642" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K642" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L642" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M642" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="643" spans="1:13">
       <c r="A643" s="1">
-        <v>81527468300037</v>
+        <v>79373414600020</v>
       </c>
       <c r="B643" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C643" s="2" t="s">
-        <v>1550</v>
+        <v>1545</v>
       </c>
       <c r="D643" s="2"/>
       <c r="E643" s="2" t="s">
-        <v>1551</v>
+        <v>1546</v>
       </c>
       <c r="F643" s="2" t="s">
-        <v>1552</v>
+        <v>1547</v>
       </c>
       <c r="G643" s="2"/>
       <c r="H643" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I643" s="3">
-        <v>76310879331</v>
+        <v>83030353703</v>
       </c>
       <c r="J643" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K643" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L643" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M643" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="644" spans="1:13">
       <c r="A644" s="1">
-        <v>81790615900014</v>
+        <v>79384968800015</v>
       </c>
       <c r="B644" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C644" s="2" t="s">
-        <v>1553</v>
-[...3 lines deleted...]
-      </c>
+        <v>1548</v>
+      </c>
+      <c r="D644" s="2"/>
       <c r="E644" s="2" t="s">
-        <v>1555</v>
+        <v>1549</v>
       </c>
       <c r="F644" s="2" t="s">
-        <v>1556</v>
+        <v>1550</v>
       </c>
       <c r="G644" s="2"/>
       <c r="H644" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I644" s="3">
-        <v>76300389030</v>
+        <v>24370314337</v>
       </c>
       <c r="J644" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K644" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L644" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M644" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="645" spans="1:13">
       <c r="A645" s="1">
-        <v>39950747400027</v>
+        <v>79446286100020</v>
       </c>
       <c r="B645" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C645" s="2" t="s">
-        <v>1557</v>
+        <v>1551</v>
       </c>
       <c r="D645" s="2"/>
       <c r="E645" s="2" t="s">
-        <v>1558</v>
+        <v>1552</v>
       </c>
       <c r="F645" s="2" t="s">
-        <v>729</v>
+        <v>1553</v>
       </c>
       <c r="G645" s="2"/>
       <c r="H645" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I645" s="3">
-        <v>11910431191</v>
+        <v>53350979935</v>
       </c>
       <c r="J645" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K645" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L645" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M645" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="646" spans="1:13">
       <c r="A646" s="1">
-        <v>45331683800052</v>
+        <v>79446286100038</v>
       </c>
       <c r="B646" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C646" s="2" t="s">
-        <v>1559</v>
+        <v>1551</v>
       </c>
       <c r="D646" s="2"/>
       <c r="E646" s="2" t="s">
-        <v>1560</v>
+        <v>1554</v>
       </c>
       <c r="F646" s="2" t="s">
-        <v>1093</v>
+        <v>23</v>
       </c>
       <c r="G646" s="2"/>
       <c r="H646" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I646" s="3">
-        <v>93840265584</v>
+        <v>53350979935</v>
       </c>
       <c r="J646" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K646" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L646" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M646" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="647" spans="1:13">
       <c r="A647" s="1">
-        <v>45331683800078</v>
+        <v>79462446000026</v>
       </c>
       <c r="B647" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C647" s="2" t="s">
-        <v>1559</v>
+        <v>1555</v>
       </c>
       <c r="D647" s="2"/>
       <c r="E647" s="2" t="s">
-        <v>1561</v>
+        <v>1556</v>
       </c>
       <c r="F647" s="2" t="s">
-        <v>676</v>
+        <v>268</v>
       </c>
       <c r="G647" s="2"/>
       <c r="H647" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I647" s="3">
-        <v>93840265584</v>
+        <v>93830461183</v>
       </c>
       <c r="J647" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K647" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L647" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M647" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="648" spans="1:13">
       <c r="A648" s="1">
-        <v>45387794600047</v>
+        <v>79481743700054</v>
       </c>
       <c r="B648" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C648" s="2" t="s">
-        <v>1562</v>
+        <v>1557</v>
       </c>
       <c r="D648" s="2"/>
       <c r="E648" s="2" t="s">
-        <v>662</v>
+        <v>1558</v>
       </c>
       <c r="F648" s="2" t="s">
-        <v>1563</v>
+        <v>1559</v>
       </c>
       <c r="G648" s="2"/>
       <c r="H648" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I648" s="3">
-        <v>11770410777</v>
+        <v>52850176685</v>
       </c>
       <c r="J648" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K648" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L648" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M648" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="649" spans="1:13">
       <c r="A649" s="1">
-        <v>45387794600054</v>
+        <v>79515619900031</v>
       </c>
       <c r="B649" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C649" s="2" t="s">
-        <v>1562</v>
+        <v>1560</v>
       </c>
       <c r="D649" s="2"/>
       <c r="E649" s="2" t="s">
-        <v>1564</v>
+        <v>1561</v>
       </c>
       <c r="F649" s="2" t="s">
-        <v>1565</v>
+        <v>1562</v>
       </c>
       <c r="G649" s="2"/>
       <c r="H649" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I649" s="3">
-        <v>11770410777</v>
+        <v>31620255162</v>
       </c>
       <c r="J649" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K649" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L649" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M649" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="650" spans="1:13">
       <c r="A650" s="1">
-        <v>45391242000016</v>
+        <v>79535213700025</v>
       </c>
       <c r="B650" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C650" s="2" t="s">
-        <v>1566</v>
+        <v>1563</v>
       </c>
       <c r="D650" s="2"/>
       <c r="E650" s="2" t="s">
-        <v>1567</v>
+        <v>1564</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>431</v>
+        <v>1565</v>
       </c>
       <c r="G650" s="2"/>
       <c r="H650" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I650" s="3">
-        <v>73120046012</v>
+        <v>25500111250</v>
       </c>
       <c r="J650" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K650" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L650" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M650" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="651" spans="1:13">
       <c r="A651" s="1">
-        <v>45391242000065</v>
+        <v>79535213700033</v>
       </c>
       <c r="B651" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C651" s="2" t="s">
-        <v>1566</v>
+        <v>1563</v>
       </c>
       <c r="D651" s="2"/>
       <c r="E651" s="2" t="s">
-        <v>1568</v>
+        <v>1566</v>
       </c>
       <c r="F651" s="2" t="s">
-        <v>1569</v>
+        <v>1567</v>
       </c>
       <c r="G651" s="2"/>
       <c r="H651" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I651" s="3">
-        <v>73120046012</v>
+        <v>25500111250</v>
       </c>
       <c r="J651" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K651" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L651" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M651" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="652" spans="1:13">
       <c r="A652" s="1">
-        <v>45391242000099</v>
+        <v>79742153400034</v>
       </c>
       <c r="B652" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C652" s="2" t="s">
-        <v>1566</v>
-[...3 lines deleted...]
-      </c>
+        <v>1568</v>
+      </c>
+      <c r="D652" s="2"/>
       <c r="E652" s="2" t="s">
+        <v>1569</v>
+      </c>
+      <c r="F652" s="2" t="s">
         <v>1570</v>
-      </c>
-[...1 lines deleted...]
-        <v>1571</v>
       </c>
       <c r="G652" s="2"/>
       <c r="H652" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I652" s="3">
-        <v>73120046012</v>
+        <v>26210324821</v>
       </c>
       <c r="J652" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K652" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L652" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M652" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="653" spans="1:13">
       <c r="A653" s="1">
-        <v>45391242000107</v>
+        <v>79748829300011</v>
       </c>
       <c r="B653" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C653" s="2" t="s">
-        <v>1566</v>
-[...3 lines deleted...]
-      </c>
+        <v>1571</v>
+      </c>
+      <c r="D653" s="2"/>
       <c r="E653" s="2" t="s">
         <v>1572</v>
       </c>
       <c r="F653" s="2" t="s">
-        <v>1573</v>
+        <v>379</v>
       </c>
       <c r="G653" s="2"/>
       <c r="H653" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I653" s="3">
-        <v>73120046012</v>
+        <v>83630443963</v>
       </c>
       <c r="J653" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K653" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L653" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M653" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="654" spans="1:13">
       <c r="A654" s="1">
-        <v>45406806500027</v>
+        <v>79908660800020</v>
       </c>
       <c r="B654" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C654" s="2" t="s">
-        <v>1574</v>
+        <v>1573</v>
       </c>
       <c r="D654" s="2"/>
       <c r="E654" s="2" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
       <c r="F654" s="2" t="s">
-        <v>832</v>
+        <v>1207</v>
       </c>
       <c r="G654" s="2"/>
       <c r="H654" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I654" s="3">
-        <v>11930513693</v>
+        <v>41880121588</v>
       </c>
       <c r="J654" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K654" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L654" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M654" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="655" spans="1:13">
       <c r="A655" s="1">
-        <v>47754376300015</v>
+        <v>79982473500036</v>
       </c>
       <c r="B655" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C655" s="2" t="s">
-        <v>1576</v>
+        <v>1575</v>
       </c>
       <c r="D655" s="2"/>
       <c r="E655" s="2" t="s">
+        <v>1576</v>
+      </c>
+      <c r="F655" s="2" t="s">
         <v>1577</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="G655" s="2"/>
       <c r="H655" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I655" s="3">
-        <v>93131147713</v>
+        <v>73310727531</v>
       </c>
       <c r="J655" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K655" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L655" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M655" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="656" spans="1:13">
       <c r="A656" s="1">
-        <v>47754825900019</v>
+        <v>80071271300018</v>
       </c>
       <c r="B656" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C656" s="2" t="s">
         <v>1578</v>
       </c>
       <c r="D656" s="2"/>
       <c r="E656" s="2" t="s">
         <v>1579</v>
       </c>
       <c r="F656" s="2" t="s">
-        <v>431</v>
+        <v>1580</v>
       </c>
       <c r="G656" s="2"/>
       <c r="H656" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I656" s="3">
-        <v>41570231057</v>
+        <v>21080037608</v>
       </c>
       <c r="J656" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K656" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L656" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M656" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="657" spans="1:13">
       <c r="A657" s="1">
-        <v>47785435000055</v>
+        <v>80071451100014</v>
       </c>
       <c r="B657" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C657" s="2" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="D657" s="2"/>
       <c r="E657" s="2" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="F657" s="2" t="s">
-        <v>1204</v>
+        <v>1583</v>
       </c>
       <c r="G657" s="2"/>
       <c r="H657" s="2" t="s">
-        <v>31</v>
+        <v>1246</v>
       </c>
       <c r="I657" s="3">
-        <v>31590600259</v>
+        <v>72400110140</v>
       </c>
       <c r="J657" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K657" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L657" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M657" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="658" spans="1:13">
       <c r="A658" s="1">
-        <v>42891566400059</v>
+        <v>80119652800047</v>
       </c>
       <c r="B658" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C658" s="2" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="D658" s="2"/>
       <c r="E658" s="2" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="F658" s="2" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="G658" s="2"/>
       <c r="H658" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I658" s="3">
-        <v>25500067950</v>
+        <v>75331082333</v>
       </c>
       <c r="J658" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K658" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L658" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M658" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="659" spans="1:13">
       <c r="A659" s="1">
-        <v>42975219900027</v>
+        <v>80211485000067</v>
       </c>
       <c r="B659" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C659" s="2" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="D659" s="2" t="s">
-        <v>380</v>
+        <v>1587</v>
       </c>
       <c r="E659" s="2" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
       <c r="F659" s="2" t="s">
-        <v>431</v>
+        <v>689</v>
       </c>
       <c r="G659" s="2"/>
       <c r="H659" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I659" s="3">
-        <v>73320023332</v>
+        <v>73460047946</v>
       </c>
       <c r="J659" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K659" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L659" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M659" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="660" spans="1:13">
       <c r="A660" s="1">
-        <v>43003223500011</v>
+        <v>80238586400029</v>
       </c>
       <c r="B660" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C660" s="2" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="D660" s="2"/>
       <c r="E660" s="2" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="F660" s="2" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="G660" s="2"/>
       <c r="H660" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I660" s="3">
-        <v>96973027097</v>
+        <v>76120080912</v>
       </c>
       <c r="J660" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K660" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L660" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M660" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="661" spans="1:13">
       <c r="A661" s="1">
-        <v>49911261300041</v>
+        <v>80278196300029</v>
       </c>
       <c r="B661" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C661" s="2" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
       <c r="D661" s="2"/>
       <c r="E661" s="2" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="F661" s="2" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="G661" s="2"/>
       <c r="H661" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I661" s="3">
-        <v>72400080040</v>
+        <v>21510167351</v>
       </c>
       <c r="J661" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K661" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L661" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M661" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="662" spans="1:13">
       <c r="A662" s="1">
-        <v>50083901400023</v>
+        <v>80319138600025</v>
       </c>
       <c r="B662" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C662" s="2" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
       <c r="D662" s="2"/>
       <c r="E662" s="2" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="F662" s="2" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
       <c r="G662" s="2"/>
       <c r="H662" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I662" s="3">
-        <v>31620244362</v>
+        <v>91340830434</v>
       </c>
       <c r="J662" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K662" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L662" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M662" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="663" spans="1:13">
       <c r="A663" s="1">
-        <v>77792738500040</v>
+        <v>80443489200035</v>
       </c>
       <c r="B663" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C663" s="2" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
       <c r="D663" s="2"/>
       <c r="E663" s="2" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
       <c r="F663" s="2" t="s">
-        <v>1516</v>
+        <v>1600</v>
       </c>
       <c r="G663" s="2"/>
       <c r="H663" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I663" s="3">
-        <v>74190000219</v>
+        <v>52440743644</v>
       </c>
       <c r="J663" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K663" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L663" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M663" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="664" spans="1:13">
       <c r="A664" s="1">
-        <v>80119652800047</v>
+        <v>80447083900023</v>
       </c>
       <c r="B664" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C664" s="2" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
       <c r="D664" s="2"/>
       <c r="E664" s="2" t="s">
-        <v>1599</v>
+        <v>1602</v>
       </c>
       <c r="F664" s="2" t="s">
-        <v>1600</v>
+        <v>270</v>
       </c>
       <c r="G664" s="2"/>
       <c r="H664" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I664" s="3">
-        <v>75331082333</v>
+        <v>93131547013</v>
       </c>
       <c r="J664" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K664" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L664" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M664" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="665" spans="1:13">
       <c r="A665" s="1">
-        <v>80211485000067</v>
+        <v>80452603600012</v>
       </c>
       <c r="B665" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C665" s="2" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="D665" s="2" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="E665" s="2" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="F665" s="2" t="s">
-        <v>635</v>
+        <v>1605</v>
       </c>
       <c r="G665" s="2"/>
       <c r="H665" s="2" t="s">
-        <v>157</v>
+        <v>489</v>
       </c>
       <c r="I665" s="3">
-        <v>73460047946</v>
+        <v>72400112940</v>
       </c>
       <c r="J665" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K665" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L665" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M665" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="666" spans="1:13">
       <c r="A666" s="1">
-        <v>80238586400029</v>
+        <v>80468886900036</v>
       </c>
       <c r="B666" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C666" s="2" t="s">
-        <v>1603</v>
+        <v>1606</v>
       </c>
       <c r="D666" s="2"/>
       <c r="E666" s="2" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
       <c r="F666" s="2" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
       <c r="G666" s="2"/>
       <c r="H666" s="2" t="s">
-        <v>31</v>
+        <v>509</v>
       </c>
       <c r="I666" s="3">
-        <v>76120080912</v>
+        <v>11788286478</v>
       </c>
       <c r="J666" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K666" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L666" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M666" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="667" spans="1:13">
       <c r="A667" s="1">
-        <v>80278196300029</v>
+        <v>80511490700035</v>
       </c>
       <c r="B667" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C667" s="2" t="s">
-        <v>1606</v>
-[...1 lines deleted...]
-      <c r="D667" s="2"/>
+        <v>1609</v>
+      </c>
+      <c r="D667" s="2" t="s">
+        <v>1610</v>
+      </c>
       <c r="E667" s="2" t="s">
-        <v>1607</v>
+        <v>1611</v>
       </c>
       <c r="F667" s="2" t="s">
-        <v>1608</v>
+        <v>1612</v>
       </c>
       <c r="G667" s="2"/>
       <c r="H667" s="2" t="s">
-        <v>31</v>
+        <v>520</v>
       </c>
       <c r="I667" s="3">
-        <v>21510167351</v>
+        <v>24370330437</v>
       </c>
       <c r="J667" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K667" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L667" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M667" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="668" spans="1:13">
       <c r="A668" s="1">
-        <v>80319138600025</v>
+        <v>80517709400036</v>
       </c>
       <c r="B668" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C668" s="2" t="s">
-        <v>1609</v>
+        <v>1613</v>
       </c>
       <c r="D668" s="2"/>
       <c r="E668" s="2" t="s">
-        <v>1610</v>
+        <v>1614</v>
       </c>
       <c r="F668" s="2" t="s">
-        <v>1611</v>
+        <v>364</v>
       </c>
       <c r="G668" s="2"/>
       <c r="H668" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I668" s="3">
-        <v>91340830434</v>
+        <v>73310769631</v>
       </c>
       <c r="J668" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K668" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L668" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M668" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="669" spans="1:13">
       <c r="A669" s="1">
-        <v>80443489200035</v>
+        <v>80843910300025</v>
       </c>
       <c r="B669" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C669" s="2" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="D669" s="2"/>
       <c r="E669" s="2" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
       <c r="F669" s="2" t="s">
-        <v>1614</v>
+        <v>1617</v>
       </c>
       <c r="G669" s="2"/>
       <c r="H669" s="2" t="s">
-        <v>157</v>
+        <v>520</v>
       </c>
       <c r="I669" s="3">
-        <v>52440743644</v>
+        <v>93131556813</v>
       </c>
       <c r="J669" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K669" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L669" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M669" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="670" spans="1:13">
       <c r="A670" s="1">
-        <v>80447083900023</v>
+        <v>80860917600025</v>
       </c>
       <c r="B670" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C670" s="2" t="s">
-        <v>1615</v>
+        <v>1618</v>
       </c>
       <c r="D670" s="2"/>
       <c r="E670" s="2" t="s">
-        <v>1616</v>
+        <v>1619</v>
       </c>
       <c r="F670" s="2" t="s">
-        <v>454</v>
+        <v>1620</v>
       </c>
       <c r="G670" s="2"/>
       <c r="H670" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I670" s="3">
-        <v>93131547013</v>
+        <v>76310902831</v>
       </c>
       <c r="J670" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K670" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L670" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M670" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="671" spans="1:13">
       <c r="A671" s="1">
-        <v>80452603600012</v>
+        <v>80863414100028</v>
       </c>
       <c r="B671" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C671" s="2" t="s">
-        <v>1617</v>
-[...3 lines deleted...]
-      </c>
+        <v>1621</v>
+      </c>
+      <c r="D671" s="2"/>
       <c r="E671" s="2" t="s">
-        <v>1618</v>
+        <v>1622</v>
       </c>
       <c r="F671" s="2" t="s">
-        <v>1619</v>
+        <v>237</v>
       </c>
       <c r="G671" s="2"/>
       <c r="H671" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I671" s="3">
-        <v>72400112940</v>
+        <v>11755334375</v>
       </c>
       <c r="J671" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K671" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L671" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M671" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="672" spans="1:13">
       <c r="A672" s="1">
-        <v>80468886900036</v>
+        <v>80863414100044</v>
       </c>
       <c r="B672" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C672" s="2" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="D672" s="2"/>
       <c r="E672" s="2" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="F672" s="2" t="s">
-        <v>1622</v>
+        <v>237</v>
       </c>
       <c r="G672" s="2"/>
       <c r="H672" s="2" t="s">
-        <v>172</v>
+        <v>31</v>
       </c>
       <c r="I672" s="3">
-        <v>11788286478</v>
+        <v>11755334375</v>
       </c>
       <c r="J672" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K672" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L672" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M672" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="673" spans="1:13">
       <c r="A673" s="1">
-        <v>80511490700035</v>
+        <v>80863414100069</v>
       </c>
       <c r="B673" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C673" s="2" t="s">
-        <v>1623</v>
-[...1 lines deleted...]
-      <c r="D673" s="2" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D673" s="2"/>
+      <c r="E673" s="2" t="s">
         <v>1624</v>
       </c>
-      <c r="E673" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F673" s="2" t="s">
-        <v>1626</v>
+        <v>237</v>
       </c>
       <c r="G673" s="2"/>
       <c r="H673" s="2" t="s">
-        <v>183</v>
+        <v>31</v>
       </c>
       <c r="I673" s="3">
-        <v>24370330437</v>
+        <v>11755334375</v>
       </c>
       <c r="J673" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K673" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L673" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M673" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="674" spans="1:13">
       <c r="A674" s="1">
-        <v>80843910300025</v>
+        <v>80863414100085</v>
       </c>
       <c r="B674" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C674" s="2" t="s">
-        <v>1627</v>
+        <v>1621</v>
       </c>
       <c r="D674" s="2"/>
       <c r="E674" s="2" t="s">
-        <v>1628</v>
+        <v>1625</v>
       </c>
       <c r="F674" s="2" t="s">
-        <v>1629</v>
+        <v>237</v>
       </c>
       <c r="G674" s="2"/>
       <c r="H674" s="2" t="s">
-        <v>183</v>
+        <v>31</v>
       </c>
       <c r="I674" s="3">
-        <v>93131556813</v>
+        <v>11755334375</v>
       </c>
       <c r="J674" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K674" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L674" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M674" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="675" spans="1:13">
       <c r="A675" s="1">
-        <v>80860917600025</v>
+        <v>80863414100093</v>
       </c>
       <c r="B675" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C675" s="2" t="s">
-        <v>1630</v>
+        <v>1621</v>
       </c>
       <c r="D675" s="2"/>
       <c r="E675" s="2" t="s">
-        <v>1631</v>
+        <v>1626</v>
       </c>
       <c r="F675" s="2" t="s">
-        <v>1632</v>
+        <v>237</v>
       </c>
       <c r="G675" s="2"/>
       <c r="H675" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I675" s="3">
-        <v>76310902831</v>
+        <v>11755334375</v>
       </c>
       <c r="J675" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K675" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L675" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M675" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="676" spans="1:13">
       <c r="A676" s="1">
-        <v>80863414100028</v>
+        <v>80863414100101</v>
       </c>
       <c r="B676" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C676" s="2" t="s">
-        <v>1633</v>
+        <v>1621</v>
       </c>
       <c r="D676" s="2"/>
       <c r="E676" s="2" t="s">
-        <v>1634</v>
+        <v>1627</v>
       </c>
       <c r="F676" s="2" t="s">
-        <v>859</v>
+        <v>237</v>
       </c>
       <c r="G676" s="2"/>
       <c r="H676" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I676" s="3">
         <v>11755334375</v>
       </c>
       <c r="J676" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K676" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L676" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M676" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="677" spans="1:13">
       <c r="A677" s="1">
-        <v>80863414100044</v>
+        <v>80863414100127</v>
       </c>
       <c r="B677" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C677" s="2" t="s">
-        <v>1633</v>
+        <v>1621</v>
       </c>
       <c r="D677" s="2"/>
       <c r="E677" s="2" t="s">
-        <v>1635</v>
+        <v>1628</v>
       </c>
       <c r="F677" s="2" t="s">
-        <v>859</v>
+        <v>237</v>
       </c>
       <c r="G677" s="2"/>
       <c r="H677" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I677" s="3">
         <v>11755334375</v>
       </c>
       <c r="J677" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K677" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L677" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M677" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="678" spans="1:13">
       <c r="A678" s="1">
-        <v>80863414100069</v>
+        <v>80863414100135</v>
       </c>
       <c r="B678" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C678" s="2" t="s">
-        <v>1633</v>
+        <v>1621</v>
       </c>
       <c r="D678" s="2"/>
       <c r="E678" s="2" t="s">
-        <v>1636</v>
+        <v>1629</v>
       </c>
       <c r="F678" s="2" t="s">
-        <v>859</v>
+        <v>237</v>
       </c>
       <c r="G678" s="2"/>
       <c r="H678" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I678" s="3">
         <v>11755334375</v>
       </c>
       <c r="J678" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K678" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L678" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M678" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="679" spans="1:13">
       <c r="A679" s="1">
-        <v>80863414100085</v>
+        <v>80863414100143</v>
       </c>
       <c r="B679" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C679" s="2" t="s">
-        <v>1633</v>
+        <v>1621</v>
       </c>
       <c r="D679" s="2"/>
       <c r="E679" s="2" t="s">
-        <v>1637</v>
+        <v>1630</v>
       </c>
       <c r="F679" s="2" t="s">
-        <v>859</v>
+        <v>237</v>
       </c>
       <c r="G679" s="2"/>
       <c r="H679" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I679" s="3">
         <v>11755334375</v>
       </c>
       <c r="J679" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K679" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L679" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M679" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="680" spans="1:13">
       <c r="A680" s="1">
-        <v>80863414100093</v>
+        <v>80863414100168</v>
       </c>
       <c r="B680" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C680" s="2" t="s">
-        <v>1633</v>
+        <v>1621</v>
       </c>
       <c r="D680" s="2"/>
       <c r="E680" s="2" t="s">
-        <v>1638</v>
+        <v>1631</v>
       </c>
       <c r="F680" s="2" t="s">
-        <v>859</v>
+        <v>237</v>
       </c>
       <c r="G680" s="2"/>
       <c r="H680" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I680" s="3">
         <v>11755334375</v>
       </c>
       <c r="J680" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K680" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L680" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M680" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="681" spans="1:13">
       <c r="A681" s="1">
-        <v>80863414100101</v>
+        <v>80863414100176</v>
       </c>
       <c r="B681" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C681" s="2" t="s">
-        <v>1633</v>
+        <v>1621</v>
       </c>
       <c r="D681" s="2"/>
       <c r="E681" s="2" t="s">
-        <v>1639</v>
+        <v>1632</v>
       </c>
       <c r="F681" s="2" t="s">
-        <v>859</v>
+        <v>237</v>
       </c>
       <c r="G681" s="2"/>
       <c r="H681" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I681" s="3">
         <v>11755334375</v>
       </c>
       <c r="J681" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K681" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L681" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M681" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="682" spans="1:13">
       <c r="A682" s="1">
-        <v>80863414100127</v>
+        <v>80863414100184</v>
       </c>
       <c r="B682" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C682" s="2" t="s">
-        <v>1633</v>
+        <v>1621</v>
       </c>
       <c r="D682" s="2"/>
       <c r="E682" s="2" t="s">
-        <v>1640</v>
+        <v>1633</v>
       </c>
       <c r="F682" s="2" t="s">
-        <v>859</v>
+        <v>237</v>
       </c>
       <c r="G682" s="2"/>
       <c r="H682" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I682" s="3">
         <v>11755334375</v>
       </c>
       <c r="J682" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K682" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L682" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M682" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="683" spans="1:13">
       <c r="A683" s="1">
-        <v>80863414100135</v>
+        <v>80863414100192</v>
       </c>
       <c r="B683" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C683" s="2" t="s">
-        <v>1633</v>
+        <v>1621</v>
       </c>
       <c r="D683" s="2"/>
       <c r="E683" s="2" t="s">
-        <v>1641</v>
+        <v>1634</v>
       </c>
       <c r="F683" s="2" t="s">
-        <v>859</v>
+        <v>237</v>
       </c>
       <c r="G683" s="2"/>
       <c r="H683" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I683" s="3">
         <v>11755334375</v>
       </c>
       <c r="J683" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K683" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L683" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M683" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="684" spans="1:13">
       <c r="A684" s="1">
-        <v>80863414100143</v>
+        <v>80863414100200</v>
       </c>
       <c r="B684" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C684" s="2" t="s">
-        <v>1633</v>
+        <v>1621</v>
       </c>
       <c r="D684" s="2"/>
       <c r="E684" s="2" t="s">
-        <v>1642</v>
+        <v>1635</v>
       </c>
       <c r="F684" s="2" t="s">
-        <v>859</v>
+        <v>237</v>
       </c>
       <c r="G684" s="2"/>
       <c r="H684" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I684" s="3">
         <v>11755334375</v>
       </c>
       <c r="J684" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K684" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L684" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M684" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="685" spans="1:13">
       <c r="A685" s="1">
-        <v>80863414100168</v>
+        <v>80863414100242</v>
       </c>
       <c r="B685" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C685" s="2" t="s">
-        <v>1633</v>
+        <v>1621</v>
       </c>
       <c r="D685" s="2"/>
       <c r="E685" s="2" t="s">
-        <v>1643</v>
+        <v>1636</v>
       </c>
       <c r="F685" s="2" t="s">
-        <v>859</v>
+        <v>237</v>
       </c>
       <c r="G685" s="2"/>
       <c r="H685" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I685" s="3">
         <v>11755334375</v>
       </c>
       <c r="J685" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K685" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L685" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M685" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="686" spans="1:13">
       <c r="A686" s="1">
-        <v>80863414100176</v>
+        <v>80863414100291</v>
       </c>
       <c r="B686" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C686" s="2" t="s">
-        <v>1633</v>
+        <v>1621</v>
       </c>
       <c r="D686" s="2"/>
       <c r="E686" s="2" t="s">
-        <v>1644</v>
+        <v>1637</v>
       </c>
       <c r="F686" s="2" t="s">
-        <v>859</v>
+        <v>237</v>
       </c>
       <c r="G686" s="2"/>
       <c r="H686" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I686" s="3">
         <v>11755334375</v>
       </c>
       <c r="J686" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K686" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L686" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M686" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="687" spans="1:13">
       <c r="A687" s="1">
-        <v>80863414100184</v>
+        <v>80863414100325</v>
       </c>
       <c r="B687" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C687" s="2" t="s">
-        <v>1633</v>
+        <v>1621</v>
       </c>
       <c r="D687" s="2"/>
       <c r="E687" s="2" t="s">
-        <v>1645</v>
+        <v>1638</v>
       </c>
       <c r="F687" s="2" t="s">
-        <v>859</v>
+        <v>588</v>
       </c>
       <c r="G687" s="2"/>
       <c r="H687" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I687" s="3">
         <v>11755334375</v>
       </c>
       <c r="J687" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K687" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L687" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M687" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="688" spans="1:13">
       <c r="A688" s="1">
-        <v>80863414100192</v>
+        <v>80863414100333</v>
       </c>
       <c r="B688" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C688" s="2" t="s">
-        <v>1633</v>
+        <v>1621</v>
       </c>
       <c r="D688" s="2"/>
       <c r="E688" s="2" t="s">
-        <v>1646</v>
+        <v>1639</v>
       </c>
       <c r="F688" s="2" t="s">
-        <v>859</v>
+        <v>1640</v>
       </c>
       <c r="G688" s="2"/>
       <c r="H688" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I688" s="3">
         <v>11755334375</v>
       </c>
       <c r="J688" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K688" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L688" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M688" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="689" spans="1:13">
       <c r="A689" s="1">
-        <v>80863414100200</v>
+        <v>80863414100374</v>
       </c>
       <c r="B689" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C689" s="2" t="s">
-        <v>1633</v>
-[...1 lines deleted...]
-      <c r="D689" s="2"/>
+        <v>1621</v>
+      </c>
+      <c r="D689" s="2" t="s">
+        <v>1641</v>
+      </c>
       <c r="E689" s="2" t="s">
-        <v>1647</v>
+        <v>1642</v>
       </c>
       <c r="F689" s="2" t="s">
-        <v>859</v>
+        <v>268</v>
       </c>
       <c r="G689" s="2"/>
       <c r="H689" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I689" s="3">
         <v>11755334375</v>
       </c>
       <c r="J689" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K689" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L689" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M689" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="690" spans="1:13">
       <c r="A690" s="1">
-        <v>80863414100242</v>
+        <v>80863414100382</v>
       </c>
       <c r="B690" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C690" s="2" t="s">
-        <v>1633</v>
-[...1 lines deleted...]
-      <c r="D690" s="2"/>
+        <v>1621</v>
+      </c>
+      <c r="D690" s="2" t="s">
+        <v>1641</v>
+      </c>
       <c r="E690" s="2" t="s">
-        <v>1648</v>
+        <v>1643</v>
       </c>
       <c r="F690" s="2" t="s">
-        <v>859</v>
+        <v>268</v>
       </c>
       <c r="G690" s="2"/>
       <c r="H690" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I690" s="3">
         <v>11755334375</v>
       </c>
       <c r="J690" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K690" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L690" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M690" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="691" spans="1:13">
       <c r="A691" s="1">
-        <v>80863414100291</v>
+        <v>80863414100390</v>
       </c>
       <c r="B691" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C691" s="2" t="s">
-        <v>1633</v>
-[...1 lines deleted...]
-      <c r="D691" s="2"/>
+        <v>1621</v>
+      </c>
+      <c r="D691" s="2" t="s">
+        <v>1641</v>
+      </c>
       <c r="E691" s="2" t="s">
-        <v>1649</v>
+        <v>1644</v>
       </c>
       <c r="F691" s="2" t="s">
-        <v>859</v>
+        <v>270</v>
       </c>
       <c r="G691" s="2"/>
       <c r="H691" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I691" s="3">
         <v>11755334375</v>
       </c>
       <c r="J691" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K691" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L691" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M691" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="692" spans="1:13">
       <c r="A692" s="1">
-        <v>80863414100325</v>
+        <v>80863414100416</v>
       </c>
       <c r="B692" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C692" s="2" t="s">
-        <v>1633</v>
-[...1 lines deleted...]
-      <c r="D692" s="2"/>
+        <v>1621</v>
+      </c>
+      <c r="D692" s="2" t="s">
+        <v>1645</v>
+      </c>
       <c r="E692" s="2" t="s">
-        <v>1650</v>
+        <v>1646</v>
       </c>
       <c r="F692" s="2" t="s">
-        <v>256</v>
+        <v>30</v>
       </c>
       <c r="G692" s="2"/>
       <c r="H692" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I692" s="3">
         <v>11755334375</v>
       </c>
       <c r="J692" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K692" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L692" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M692" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="693" spans="1:13">
       <c r="A693" s="1">
-        <v>80863414100333</v>
+        <v>80863414100424</v>
       </c>
       <c r="B693" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C693" s="2" t="s">
-        <v>1633</v>
+        <v>1621</v>
       </c>
       <c r="D693" s="2"/>
       <c r="E693" s="2" t="s">
-        <v>1651</v>
+        <v>1647</v>
       </c>
       <c r="F693" s="2" t="s">
-        <v>1652</v>
+        <v>1648</v>
       </c>
       <c r="G693" s="2"/>
       <c r="H693" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I693" s="3">
         <v>11755334375</v>
       </c>
       <c r="J693" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K693" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L693" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M693" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="694" spans="1:13">
       <c r="A694" s="1">
-        <v>80863414100374</v>
+        <v>80863414100440</v>
       </c>
       <c r="B694" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C694" s="2" t="s">
-        <v>1633</v>
-[...3 lines deleted...]
-      </c>
+        <v>1621</v>
+      </c>
+      <c r="D694" s="2"/>
       <c r="E694" s="2" t="s">
-        <v>1654</v>
+        <v>1649</v>
       </c>
       <c r="F694" s="2" t="s">
-        <v>393</v>
+        <v>306</v>
       </c>
       <c r="G694" s="2"/>
       <c r="H694" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I694" s="3">
         <v>11755334375</v>
       </c>
       <c r="J694" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K694" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L694" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M694" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="695" spans="1:13">
       <c r="A695" s="1">
-        <v>80863414100382</v>
+        <v>80863414100473</v>
       </c>
       <c r="B695" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C695" s="2" t="s">
-        <v>1633</v>
-[...3 lines deleted...]
-      </c>
+        <v>1621</v>
+      </c>
+      <c r="D695" s="2"/>
       <c r="E695" s="2" t="s">
-        <v>1655</v>
+        <v>1650</v>
       </c>
       <c r="F695" s="2" t="s">
-        <v>393</v>
+        <v>1651</v>
       </c>
       <c r="G695" s="2"/>
       <c r="H695" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I695" s="3">
         <v>11755334375</v>
       </c>
       <c r="J695" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K695" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L695" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M695" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="696" spans="1:13">
       <c r="A696" s="1">
-        <v>80863414100390</v>
+        <v>80863414100481</v>
       </c>
       <c r="B696" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C696" s="2" t="s">
-        <v>1633</v>
-[...1 lines deleted...]
-      <c r="D696" s="2" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D696" s="2"/>
+      <c r="E696" s="2" t="s">
+        <v>1652</v>
+      </c>
+      <c r="F696" s="2" t="s">
         <v>1653</v>
-      </c>
-[...4 lines deleted...]
-        <v>454</v>
       </c>
       <c r="G696" s="2"/>
       <c r="H696" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I696" s="3">
         <v>11755334375</v>
       </c>
       <c r="J696" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K696" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L696" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M696" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="697" spans="1:13">
       <c r="A697" s="1">
-        <v>80863414100416</v>
+        <v>80942786700027</v>
       </c>
       <c r="B697" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C697" s="2" t="s">
-        <v>1633</v>
-[...3 lines deleted...]
-      </c>
+        <v>1654</v>
+      </c>
+      <c r="D697" s="2"/>
       <c r="E697" s="2" t="s">
-        <v>1658</v>
+        <v>1655</v>
       </c>
       <c r="F697" s="2" t="s">
-        <v>30</v>
+        <v>1656</v>
       </c>
       <c r="G697" s="2"/>
       <c r="H697" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I697" s="3">
-        <v>11755334375</v>
+        <v>31590885459</v>
       </c>
       <c r="J697" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K697" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L697" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M697" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="698" spans="1:13">
       <c r="A698" s="1">
-        <v>80863414100424</v>
+        <v>80988028900024</v>
       </c>
       <c r="B698" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C698" s="2" t="s">
-        <v>1633</v>
+        <v>1657</v>
       </c>
       <c r="D698" s="2"/>
       <c r="E698" s="2" t="s">
-        <v>1659</v>
+        <v>1658</v>
       </c>
       <c r="F698" s="2" t="s">
-        <v>1660</v>
+        <v>295</v>
       </c>
       <c r="G698" s="2"/>
       <c r="H698" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I698" s="3">
-        <v>11755334375</v>
+        <v>82380617038</v>
       </c>
       <c r="J698" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K698" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L698" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M698" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="699" spans="1:13">
       <c r="A699" s="1">
-        <v>80863414100440</v>
+        <v>80997164100034</v>
       </c>
       <c r="B699" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C699" s="2" t="s">
-        <v>1633</v>
+        <v>1659</v>
       </c>
       <c r="D699" s="2"/>
       <c r="E699" s="2" t="s">
-        <v>1661</v>
+        <v>1660</v>
       </c>
       <c r="F699" s="2" t="s">
-        <v>922</v>
+        <v>1279</v>
       </c>
       <c r="G699" s="2"/>
       <c r="H699" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I699" s="3">
-        <v>11755334375</v>
+        <v>93131645413</v>
       </c>
       <c r="J699" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K699" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L699" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M699" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="700" spans="1:13">
       <c r="A700" s="1">
-        <v>80863414100473</v>
+        <v>81071202600014</v>
       </c>
       <c r="B700" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C700" s="2" t="s">
-        <v>1633</v>
+        <v>1661</v>
       </c>
       <c r="D700" s="2"/>
       <c r="E700" s="2" t="s">
         <v>1662</v>
       </c>
       <c r="F700" s="2" t="s">
         <v>1663</v>
       </c>
       <c r="G700" s="2"/>
       <c r="H700" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I700" s="3">
-        <v>11755334375</v>
+        <v>72640383764</v>
       </c>
       <c r="J700" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K700" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L700" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M700" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="701" spans="1:13">
       <c r="A701" s="1">
-        <v>80863414100481</v>
+        <v>81129079000013</v>
       </c>
       <c r="B701" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C701" s="2" t="s">
-        <v>1633</v>
+        <v>1664</v>
       </c>
       <c r="D701" s="2"/>
       <c r="E701" s="2" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="F701" s="2" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="G701" s="2"/>
       <c r="H701" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I701" s="3">
-        <v>11755334375</v>
+        <v>11930784093</v>
       </c>
       <c r="J701" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K701" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L701" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M701" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="702" spans="1:13">
       <c r="A702" s="1">
-        <v>80942786700027</v>
+        <v>81129252300107</v>
       </c>
       <c r="B702" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C702" s="2" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="D702" s="2"/>
       <c r="E702" s="2" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="F702" s="2" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="G702" s="2"/>
       <c r="H702" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I702" s="3">
-        <v>31590885459</v>
+        <v>11931026693</v>
       </c>
       <c r="J702" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K702" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L702" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M702" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="703" spans="1:13">
       <c r="A703" s="1">
-        <v>80988028900024</v>
+        <v>81182168500021</v>
       </c>
       <c r="B703" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C703" s="2" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="D703" s="2"/>
       <c r="E703" s="2" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="F703" s="2" t="s">
-        <v>912</v>
+        <v>1672</v>
       </c>
       <c r="G703" s="2"/>
       <c r="H703" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I703" s="3">
-        <v>82380617038</v>
+        <v>75470145947</v>
       </c>
       <c r="J703" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K703" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L703" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M703" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="704" spans="1:13">
       <c r="A704" s="1">
-        <v>80997164100034</v>
+        <v>81217358100024</v>
       </c>
       <c r="B704" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C704" s="2" t="s">
-        <v>1671</v>
+        <v>1673</v>
       </c>
       <c r="D704" s="2"/>
       <c r="E704" s="2" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="F704" s="2" t="s">
-        <v>1464</v>
+        <v>1021</v>
       </c>
       <c r="G704" s="2"/>
       <c r="H704" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I704" s="3">
-        <v>93131645413</v>
+        <v>82691395969</v>
       </c>
       <c r="J704" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K704" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L704" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M704" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="705" spans="1:13">
       <c r="A705" s="1">
-        <v>81071202600014</v>
+        <v>81253861900030</v>
       </c>
       <c r="B705" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C705" s="2" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
       <c r="D705" s="2"/>
       <c r="E705" s="2" t="s">
-        <v>1674</v>
+        <v>1114</v>
       </c>
       <c r="F705" s="2" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="G705" s="2"/>
       <c r="H705" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I705" s="3">
-        <v>72640383764</v>
+        <v>75640401864</v>
       </c>
       <c r="J705" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K705" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L705" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M705" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="706" spans="1:13">
       <c r="A706" s="1">
-        <v>81129079000013</v>
+        <v>81253861900048</v>
       </c>
       <c r="B706" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C706" s="2" t="s">
-        <v>1676</v>
+        <v>1675</v>
       </c>
       <c r="D706" s="2"/>
       <c r="E706" s="2" t="s">
         <v>1677</v>
       </c>
       <c r="F706" s="2" t="s">
-        <v>1678</v>
+        <v>17</v>
       </c>
       <c r="G706" s="2"/>
       <c r="H706" s="2" t="s">
-        <v>157</v>
+        <v>509</v>
       </c>
       <c r="I706" s="3">
-        <v>11930784093</v>
+        <v>75640401864</v>
       </c>
       <c r="J706" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K706" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L706" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M706" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="707" spans="1:13">
       <c r="A707" s="1">
-        <v>81129252300107</v>
+        <v>81253861900055</v>
       </c>
       <c r="B707" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C707" s="2" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D707" s="2" t="s">
+        <v>1678</v>
+      </c>
+      <c r="E707" s="2" t="s">
         <v>1679</v>
       </c>
-      <c r="D707" s="2"/>
-      <c r="E707" s="2" t="s">
+      <c r="F707" s="2" t="s">
         <v>1680</v>
-      </c>
-[...1 lines deleted...]
-        <v>1681</v>
       </c>
       <c r="G707" s="2"/>
       <c r="H707" s="2" t="s">
-        <v>31</v>
+        <v>509</v>
       </c>
       <c r="I707" s="3">
-        <v>11931026693</v>
+        <v>75640401864</v>
       </c>
       <c r="J707" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K707" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L707" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M707" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="708" spans="1:13">
       <c r="A708" s="1">
-        <v>81182168500021</v>
+        <v>81253861900071</v>
       </c>
       <c r="B708" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C708" s="2" t="s">
-        <v>1682</v>
-[...1 lines deleted...]
-      <c r="D708" s="2"/>
+        <v>1675</v>
+      </c>
+      <c r="D708" s="2" t="s">
+        <v>1678</v>
+      </c>
       <c r="E708" s="2" t="s">
-        <v>1683</v>
+        <v>1681</v>
       </c>
       <c r="F708" s="2" t="s">
-        <v>1684</v>
+        <v>695</v>
       </c>
       <c r="G708" s="2"/>
       <c r="H708" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I708" s="3">
-        <v>75470145947</v>
+        <v>75640401864</v>
       </c>
       <c r="J708" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K708" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L708" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M708" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="709" spans="1:13">
       <c r="A709" s="1">
-        <v>81217358100024</v>
+        <v>81253861900089</v>
       </c>
       <c r="B709" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C709" s="2" t="s">
-        <v>1685</v>
-[...1 lines deleted...]
-      <c r="D709" s="2"/>
+        <v>1675</v>
+      </c>
+      <c r="D709" s="2" t="s">
+        <v>1678</v>
+      </c>
       <c r="E709" s="2" t="s">
-        <v>1686</v>
+        <v>1682</v>
       </c>
       <c r="F709" s="2" t="s">
-        <v>486</v>
+        <v>1683</v>
       </c>
       <c r="G709" s="2"/>
       <c r="H709" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I709" s="3">
-        <v>82691395969</v>
+        <v>75640401864</v>
       </c>
       <c r="J709" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K709" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L709" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M709" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="710" spans="1:13">
       <c r="A710" s="1">
-        <v>81253861900030</v>
+        <v>81333401800013</v>
       </c>
       <c r="B710" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C710" s="2" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D710" s="2" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E710" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="F710" s="2" t="s">
         <v>1687</v>
-      </c>
-[...5 lines deleted...]
-        <v>1688</v>
       </c>
       <c r="G710" s="2"/>
       <c r="H710" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I710" s="3">
-        <v>75640401864</v>
+        <v>42670565767</v>
       </c>
       <c r="J710" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K710" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L710" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M710" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="711" spans="1:13">
       <c r="A711" s="1">
-        <v>81253861900048</v>
+        <v>81344046800029</v>
       </c>
       <c r="B711" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C711" s="2" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="D711" s="2"/>
       <c r="E711" s="2" t="s">
         <v>1689</v>
       </c>
       <c r="F711" s="2" t="s">
-        <v>17</v>
+        <v>1690</v>
       </c>
       <c r="G711" s="2"/>
       <c r="H711" s="2" t="s">
-        <v>172</v>
+        <v>331</v>
       </c>
       <c r="I711" s="3">
-        <v>75640401864</v>
+        <v>44510175851</v>
       </c>
       <c r="J711" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K711" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L711" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M711" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="712" spans="1:13">
       <c r="A712" s="1">
-        <v>81253861900055</v>
+        <v>81344046800045</v>
       </c>
       <c r="B712" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C712" s="2" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="D712" s="2" t="s">
-        <v>1690</v>
+        <v>534</v>
       </c>
       <c r="E712" s="2" t="s">
         <v>1691</v>
       </c>
       <c r="F712" s="2" t="s">
-        <v>1692</v>
+        <v>505</v>
       </c>
       <c r="G712" s="2"/>
       <c r="H712" s="2" t="s">
-        <v>172</v>
+        <v>27</v>
       </c>
       <c r="I712" s="3">
-        <v>75640401864</v>
+        <v>44510175851</v>
       </c>
       <c r="J712" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K712" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L712" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M712" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="713" spans="1:13">
       <c r="A713" s="1">
-        <v>81253861900071</v>
+        <v>81344521000020</v>
       </c>
       <c r="B713" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C713" s="2" t="s">
-        <v>1687</v>
-[...3 lines deleted...]
-      </c>
+        <v>1692</v>
+      </c>
+      <c r="D713" s="2"/>
       <c r="E713" s="2" t="s">
         <v>1693</v>
       </c>
       <c r="F713" s="2" t="s">
-        <v>641</v>
+        <v>1694</v>
       </c>
       <c r="G713" s="2"/>
       <c r="H713" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I713" s="3">
-        <v>75640401864</v>
+        <v>32620277962</v>
       </c>
       <c r="J713" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K713" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L713" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M713" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="714" spans="1:13">
       <c r="A714" s="1">
-        <v>81253861900089</v>
+        <v>81363207200019</v>
       </c>
       <c r="B714" s="2" t="s">
-        <v>13</v>
+        <v>426</v>
       </c>
       <c r="C714" s="2" t="s">
-        <v>1687</v>
-[...3 lines deleted...]
-      </c>
+        <v>1695</v>
+      </c>
+      <c r="D714" s="2"/>
       <c r="E714" s="2" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="F714" s="2" t="s">
-        <v>1695</v>
-[...1 lines deleted...]
-      <c r="G714" s="2"/>
+        <v>1697</v>
+      </c>
+      <c r="G714" s="2" t="s">
+        <v>1698</v>
+      </c>
       <c r="H714" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I714" s="3">
-        <v>75640401864</v>
+        <v>41880129688</v>
       </c>
       <c r="J714" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K714" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L714" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M714" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="715" spans="1:13">
       <c r="A715" s="1">
-        <v>81333401800013</v>
+        <v>81436288500034</v>
       </c>
       <c r="B715" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C715" s="2" t="s">
-        <v>1696</v>
-[...3 lines deleted...]
-      </c>
+        <v>1699</v>
+      </c>
+      <c r="D715" s="2"/>
       <c r="E715" s="2" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="F715" s="2" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="G715" s="2"/>
       <c r="H715" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I715" s="3">
-        <v>42670565767</v>
+        <v>11950595695</v>
       </c>
       <c r="J715" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K715" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L715" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M715" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="716" spans="1:13">
       <c r="A716" s="1">
-        <v>81344046800029</v>
+        <v>81448261800018</v>
       </c>
       <c r="B716" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C716" s="2" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="D716" s="2"/>
       <c r="E716" s="2" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="F716" s="2" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="G716" s="2"/>
       <c r="H716" s="2" t="s">
-        <v>157</v>
+        <v>489</v>
       </c>
       <c r="I716" s="3">
-        <v>44510175851</v>
+        <v>27710294371</v>
       </c>
       <c r="J716" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K716" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L716" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M716" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="717" spans="1:13">
       <c r="A717" s="1">
-        <v>81344046800045</v>
+        <v>81508190600043</v>
       </c>
       <c r="B717" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C717" s="2" t="s">
-        <v>1700</v>
-[...3 lines deleted...]
-      </c>
+        <v>1705</v>
+      </c>
+      <c r="D717" s="2"/>
       <c r="E717" s="2" t="s">
-        <v>1703</v>
+        <v>1706</v>
       </c>
       <c r="F717" s="2" t="s">
-        <v>168</v>
+        <v>1707</v>
       </c>
       <c r="G717" s="2"/>
       <c r="H717" s="2" t="s">
-        <v>27</v>
+        <v>489</v>
       </c>
       <c r="I717" s="3">
-        <v>44510175851</v>
+        <v>82740314374</v>
       </c>
       <c r="J717" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K717" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L717" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M717" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="718" spans="1:13">
       <c r="A718" s="1">
-        <v>81344521000020</v>
+        <v>81508190600050</v>
       </c>
       <c r="B718" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C718" s="2" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="D718" s="2"/>
       <c r="E718" s="2" t="s">
-        <v>1705</v>
+        <v>1708</v>
       </c>
       <c r="F718" s="2" t="s">
-        <v>1706</v>
+        <v>1709</v>
       </c>
       <c r="G718" s="2"/>
       <c r="H718" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I718" s="3">
-        <v>32620277962</v>
+        <v>82740314374</v>
       </c>
       <c r="J718" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K718" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L718" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M718" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="719" spans="1:13">
       <c r="A719" s="1">
-        <v>81363207200019</v>
+        <v>81508190600068</v>
       </c>
       <c r="B719" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C719" s="2" t="s">
-        <v>1707</v>
+        <v>1705</v>
       </c>
       <c r="D719" s="2"/>
       <c r="E719" s="2" t="s">
-        <v>1708</v>
+        <v>1710</v>
       </c>
       <c r="F719" s="2" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
       <c r="G719" s="2"/>
       <c r="H719" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I719" s="3">
-        <v>41880129688</v>
+        <v>82740314374</v>
       </c>
       <c r="J719" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K719" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L719" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M719" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="720" spans="1:13">
       <c r="A720" s="1">
-        <v>81436288500034</v>
+        <v>81513709600021</v>
       </c>
       <c r="B720" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C720" s="2" t="s">
-        <v>1710</v>
+        <v>1712</v>
       </c>
       <c r="D720" s="2"/>
       <c r="E720" s="2" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
       <c r="F720" s="2" t="s">
-        <v>1712</v>
+        <v>703</v>
       </c>
       <c r="G720" s="2"/>
       <c r="H720" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I720" s="3">
-        <v>11950595695</v>
+        <v>98973064297</v>
       </c>
       <c r="J720" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K720" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L720" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M720" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="721" spans="1:13">
       <c r="A721" s="1">
-        <v>81448261800018</v>
+        <v>81515200400017</v>
       </c>
       <c r="B721" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C721" s="2" t="s">
-        <v>1713</v>
-[...1 lines deleted...]
-      <c r="D721" s="2"/>
+        <v>1714</v>
+      </c>
+      <c r="D721" s="2" t="s">
+        <v>1714</v>
+      </c>
       <c r="E721" s="2" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="F721" s="2" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="G721" s="2"/>
       <c r="H721" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I721" s="3">
-        <v>27710294371</v>
+        <v>93131600913</v>
       </c>
       <c r="J721" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K721" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L721" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M721" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="722" spans="1:13">
       <c r="A722" s="1">
-        <v>81508190600043</v>
+        <v>81527468300037</v>
       </c>
       <c r="B722" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C722" s="2" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="D722" s="2"/>
       <c r="E722" s="2" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="F722" s="2" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="G722" s="2"/>
       <c r="H722" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I722" s="3">
-        <v>82740314374</v>
+        <v>76310879331</v>
       </c>
       <c r="J722" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K722" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L722" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M722" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="723" spans="1:13">
       <c r="A723" s="1">
-        <v>81508190600050</v>
+        <v>81790615900014</v>
       </c>
       <c r="B723" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C723" s="2" t="s">
-        <v>1716</v>
-[...1 lines deleted...]
-      <c r="D723" s="2"/>
+        <v>1720</v>
+      </c>
+      <c r="D723" s="2" t="s">
+        <v>1721</v>
+      </c>
       <c r="E723" s="2" t="s">
-        <v>1719</v>
+        <v>1722</v>
       </c>
       <c r="F723" s="2" t="s">
-        <v>1720</v>
+        <v>1723</v>
       </c>
       <c r="G723" s="2"/>
       <c r="H723" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I723" s="3">
-        <v>82740314374</v>
+        <v>76300389030</v>
       </c>
       <c r="J723" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K723" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L723" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M723" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="724" spans="1:13">
       <c r="A724" s="1">
-        <v>81508190600068</v>
+        <v>81800433500035</v>
       </c>
       <c r="B724" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C724" s="2" t="s">
-        <v>1716</v>
-[...1 lines deleted...]
-      <c r="D724" s="2"/>
+        <v>1724</v>
+      </c>
+      <c r="D724" s="2" t="s">
+        <v>1725</v>
+      </c>
       <c r="E724" s="2" t="s">
-        <v>1721</v>
+        <v>1169</v>
       </c>
       <c r="F724" s="2" t="s">
-        <v>1722</v>
+        <v>1726</v>
       </c>
       <c r="G724" s="2"/>
       <c r="H724" s="2" t="s">
-        <v>150</v>
+        <v>489</v>
       </c>
       <c r="I724" s="3">
-        <v>82740314374</v>
+        <v>52530085153</v>
       </c>
       <c r="J724" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K724" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L724" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M724" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="725" spans="1:13">
       <c r="A725" s="1">
-        <v>81513709600021</v>
+        <v>81800433500043</v>
       </c>
       <c r="B725" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C725" s="2" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="D725" s="2"/>
       <c r="E725" s="2" t="s">
-        <v>1724</v>
+        <v>1171</v>
       </c>
       <c r="F725" s="2" t="s">
-        <v>649</v>
+        <v>1172</v>
       </c>
       <c r="G725" s="2"/>
       <c r="H725" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I725" s="3">
-        <v>98973064297</v>
+        <v>52530085153</v>
       </c>
       <c r="J725" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K725" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L725" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M725" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="726" spans="1:13">
       <c r="A726" s="1">
-        <v>81515200400017</v>
+        <v>81813610300053</v>
       </c>
       <c r="B726" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C726" s="2" t="s">
-        <v>1725</v>
-[...3 lines deleted...]
-      </c>
+        <v>1727</v>
+      </c>
+      <c r="D726" s="2"/>
       <c r="E726" s="2" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="F726" s="2" t="s">
-        <v>1727</v>
+        <v>703</v>
       </c>
       <c r="G726" s="2"/>
       <c r="H726" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I726" s="3">
-        <v>93131600913</v>
+        <v>11930726993</v>
       </c>
       <c r="J726" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K726" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L726" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M726" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="727" spans="1:13">
       <c r="A727" s="1">
-        <v>81800433500035</v>
+        <v>81814467700015</v>
       </c>
       <c r="B727" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C727" s="2" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="D727" s="2" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="E727" s="2" t="s">
-        <v>1357</v>
+        <v>1731</v>
       </c>
       <c r="F727" s="2" t="s">
-        <v>1730</v>
+        <v>245</v>
       </c>
       <c r="G727" s="2"/>
       <c r="H727" s="2" t="s">
-        <v>150</v>
+        <v>520</v>
       </c>
       <c r="I727" s="3">
-        <v>52530085153</v>
+        <v>11788303178</v>
       </c>
       <c r="J727" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K727" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L727" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M727" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="728" spans="1:13">
       <c r="A728" s="1">
-        <v>81800433500043</v>
+        <v>81946434800039</v>
       </c>
       <c r="B728" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C728" s="2" t="s">
-        <v>1728</v>
+        <v>1732</v>
       </c>
       <c r="D728" s="2"/>
       <c r="E728" s="2" t="s">
-        <v>1359</v>
+        <v>1733</v>
       </c>
       <c r="F728" s="2" t="s">
-        <v>1314</v>
+        <v>1734</v>
       </c>
       <c r="G728" s="2"/>
       <c r="H728" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I728" s="3">
-        <v>52530085153</v>
+        <v>76090078309</v>
       </c>
       <c r="J728" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K728" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L728" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M728" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="729" spans="1:13">
       <c r="A729" s="1">
-        <v>81813610300053</v>
+        <v>81946434800062</v>
       </c>
       <c r="B729" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C729" s="2" t="s">
-        <v>1731</v>
-[...1 lines deleted...]
-      <c r="D729" s="2"/>
+        <v>1732</v>
+      </c>
+      <c r="D729" s="2" t="s">
+        <v>333</v>
+      </c>
       <c r="E729" s="2" t="s">
-        <v>1732</v>
+        <v>1735</v>
       </c>
       <c r="F729" s="2" t="s">
-        <v>649</v>
+        <v>1736</v>
       </c>
       <c r="G729" s="2"/>
       <c r="H729" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I729" s="3">
-        <v>11930726993</v>
+        <v>76090078309</v>
       </c>
       <c r="J729" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K729" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L729" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M729" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="730" spans="1:13">
       <c r="A730" s="1">
-        <v>81814467700015</v>
+        <v>82019636800014</v>
       </c>
       <c r="B730" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C730" s="2" t="s">
-        <v>1733</v>
-[...3 lines deleted...]
-      </c>
+        <v>1737</v>
+      </c>
+      <c r="D730" s="2"/>
       <c r="E730" s="2" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="F730" s="2" t="s">
-        <v>293</v>
+        <v>245</v>
       </c>
       <c r="G730" s="2"/>
       <c r="H730" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>11788303178</v>
+        <v>31</v>
+      </c>
+      <c r="I730" s="3" t="s">
+        <v>1739</v>
       </c>
       <c r="J730" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K730" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L730" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M730" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="731" spans="1:13">
       <c r="A731" s="1">
-        <v>81946434800039</v>
+        <v>82033029800028</v>
       </c>
       <c r="B731" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C731" s="2" t="s">
-        <v>1736</v>
+        <v>1740</v>
       </c>
       <c r="D731" s="2"/>
       <c r="E731" s="2" t="s">
-        <v>1737</v>
+        <v>1741</v>
       </c>
       <c r="F731" s="2" t="s">
-        <v>1738</v>
+        <v>1267</v>
       </c>
       <c r="G731" s="2"/>
       <c r="H731" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I731" s="3">
-        <v>76090078309</v>
+        <v>76300392230</v>
       </c>
       <c r="J731" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K731" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L731" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M731" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="732" spans="1:13">
       <c r="A732" s="1">
-        <v>81946434800062</v>
+        <v>82034783900046</v>
       </c>
       <c r="B732" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C732" s="2" t="s">
-        <v>1736</v>
-[...3 lines deleted...]
-      </c>
+        <v>1742</v>
+      </c>
+      <c r="D732" s="2"/>
       <c r="E732" s="2" t="s">
-        <v>1739</v>
+        <v>1743</v>
       </c>
       <c r="F732" s="2" t="s">
-        <v>1740</v>
+        <v>1744</v>
       </c>
       <c r="G732" s="2"/>
       <c r="H732" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I732" s="3">
-        <v>76090078309</v>
+        <v>76810132781</v>
       </c>
       <c r="J732" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K732" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L732" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M732" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="733" spans="1:13">
       <c r="A733" s="1">
-        <v>82019636800014</v>
+        <v>82066006600045</v>
       </c>
       <c r="B733" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C733" s="2" t="s">
-        <v>1741</v>
+        <v>1745</v>
       </c>
       <c r="D733" s="2"/>
       <c r="E733" s="2" t="s">
-        <v>1742</v>
+        <v>1746</v>
       </c>
       <c r="F733" s="2" t="s">
-        <v>293</v>
+        <v>1747</v>
       </c>
       <c r="G733" s="2"/>
       <c r="H733" s="2" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1743</v>
+        <v>1246</v>
+      </c>
+      <c r="I733" s="3">
+        <v>93131625913</v>
       </c>
       <c r="J733" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K733" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L733" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M733" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="734" spans="1:13">
       <c r="A734" s="1">
-        <v>82033029800028</v>
+        <v>82081797100022</v>
       </c>
       <c r="B734" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C734" s="2" t="s">
-        <v>1744</v>
+        <v>1748</v>
       </c>
       <c r="D734" s="2"/>
       <c r="E734" s="2" t="s">
-        <v>1745</v>
+        <v>1749</v>
       </c>
       <c r="F734" s="2" t="s">
-        <v>1452</v>
+        <v>790</v>
       </c>
       <c r="G734" s="2"/>
       <c r="H734" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I734" s="3">
-        <v>76300392230</v>
+        <v>76340901434</v>
       </c>
       <c r="J734" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K734" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L734" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M734" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="735" spans="1:13">
       <c r="A735" s="1">
-        <v>82034783900046</v>
+        <v>82119708400014</v>
       </c>
       <c r="B735" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C735" s="2" t="s">
-        <v>1746</v>
-[...1 lines deleted...]
-      <c r="D735" s="2"/>
+        <v>1750</v>
+      </c>
+      <c r="D735" s="2" t="s">
+        <v>1751</v>
+      </c>
       <c r="E735" s="2" t="s">
-        <v>1747</v>
+        <v>1102</v>
       </c>
       <c r="F735" s="2" t="s">
-        <v>1748</v>
+        <v>922</v>
       </c>
       <c r="G735" s="2"/>
       <c r="H735" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I735" s="3">
-        <v>76810132781</v>
+        <v>44510179051</v>
       </c>
       <c r="J735" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K735" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L735" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M735" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="736" spans="1:13">
       <c r="A736" s="1">
-        <v>82066006600045</v>
+        <v>82119708400022</v>
       </c>
       <c r="B736" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C736" s="2" t="s">
-        <v>1749</v>
-[...1 lines deleted...]
-      <c r="D736" s="2"/>
+        <v>1750</v>
+      </c>
+      <c r="D736" s="2" t="s">
+        <v>1752</v>
+      </c>
       <c r="E736" s="2" t="s">
-        <v>1750</v>
+        <v>1753</v>
       </c>
       <c r="F736" s="2" t="s">
-        <v>1751</v>
+        <v>695</v>
       </c>
       <c r="G736" s="2"/>
       <c r="H736" s="2" t="s">
-        <v>1432</v>
+        <v>331</v>
       </c>
       <c r="I736" s="3">
-        <v>93131625913</v>
+        <v>44510179051</v>
       </c>
       <c r="J736" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K736" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L736" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M736" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="737" spans="1:13">
       <c r="A737" s="1">
-        <v>82081797100022</v>
+        <v>82119708400030</v>
       </c>
       <c r="B737" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C737" s="2" t="s">
-        <v>1752</v>
+        <v>1750</v>
       </c>
       <c r="D737" s="2"/>
       <c r="E737" s="2" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="F737" s="2" t="s">
-        <v>463</v>
+        <v>1755</v>
       </c>
       <c r="G737" s="2"/>
       <c r="H737" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I737" s="3">
-        <v>76340901434</v>
+        <v>44510179051</v>
       </c>
       <c r="J737" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K737" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L737" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M737" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="738" spans="1:13">
       <c r="A738" s="1">
-        <v>82098038100033</v>
+        <v>82155681800010</v>
       </c>
       <c r="B738" s="2" t="s">
-        <v>1023</v>
+        <v>13</v>
       </c>
       <c r="C738" s="2" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="D738" s="2"/>
       <c r="E738" s="2" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="F738" s="2" t="s">
-        <v>928</v>
-[...3 lines deleted...]
-      </c>
+        <v>1758</v>
+      </c>
+      <c r="G738" s="2"/>
       <c r="H738" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I738" s="3">
-        <v>76310834431</v>
+        <v>52850198585</v>
       </c>
       <c r="J738" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K738" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L738" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M738" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="739" spans="1:13">
       <c r="A739" s="1">
-        <v>82119708400014</v>
+        <v>82218267100013</v>
       </c>
       <c r="B739" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C739" s="2" t="s">
-        <v>1757</v>
-[...3 lines deleted...]
-      </c>
+        <v>1759</v>
+      </c>
+      <c r="D739" s="2"/>
       <c r="E739" s="2" t="s">
-        <v>572</v>
+        <v>1760</v>
       </c>
       <c r="F739" s="2" t="s">
-        <v>1073</v>
+        <v>1761</v>
       </c>
       <c r="G739" s="2"/>
       <c r="H739" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I739" s="3">
-        <v>44510179051</v>
+        <v>44570364157</v>
       </c>
       <c r="J739" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K739" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L739" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M739" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="740" spans="1:13">
       <c r="A740" s="1">
-        <v>82119708400022</v>
+        <v>82272934900040</v>
       </c>
       <c r="B740" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C740" s="2" t="s">
-        <v>1757</v>
-[...3 lines deleted...]
-      </c>
+        <v>1762</v>
+      </c>
+      <c r="D740" s="2"/>
       <c r="E740" s="2" t="s">
-        <v>1760</v>
+        <v>1763</v>
       </c>
       <c r="F740" s="2" t="s">
-        <v>641</v>
+        <v>1021</v>
       </c>
       <c r="G740" s="2"/>
       <c r="H740" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I740" s="3">
-        <v>44510179051</v>
+        <v>93840384684</v>
       </c>
       <c r="J740" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K740" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L740" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M740" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="741" spans="1:13">
       <c r="A741" s="1">
-        <v>82119708400030</v>
+        <v>82284753900019</v>
       </c>
       <c r="B741" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C741" s="2" t="s">
-        <v>1757</v>
+        <v>1764</v>
       </c>
       <c r="D741" s="2"/>
       <c r="E741" s="2" t="s">
-        <v>1761</v>
+        <v>1765</v>
       </c>
       <c r="F741" s="2" t="s">
-        <v>1762</v>
+        <v>1766</v>
       </c>
       <c r="G741" s="2"/>
       <c r="H741" s="2" t="s">
-        <v>157</v>
-[...3 lines deleted...]
-      </c>
+        <v>1767</v>
+      </c>
+      <c r="I741" s="3"/>
       <c r="J741" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K741" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L741" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M741" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="742" spans="1:13">
       <c r="A742" s="1">
-        <v>82155681800010</v>
+        <v>82296009200036</v>
       </c>
       <c r="B742" s="2" t="s">
-        <v>13</v>
+        <v>426</v>
       </c>
       <c r="C742" s="2" t="s">
-        <v>1763</v>
+        <v>1768</v>
       </c>
       <c r="D742" s="2"/>
       <c r="E742" s="2" t="s">
-        <v>1764</v>
+        <v>1769</v>
       </c>
       <c r="F742" s="2" t="s">
-        <v>1765</v>
-[...1 lines deleted...]
-      <c r="G742" s="2"/>
+        <v>1770</v>
+      </c>
+      <c r="G742" s="2" t="s">
+        <v>1771</v>
+      </c>
       <c r="H742" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I742" s="3">
-        <v>52850198585</v>
+        <v>27710261771</v>
       </c>
       <c r="J742" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K742" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L742" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M742" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="743" spans="1:13">
       <c r="A743" s="1">
-        <v>82218267100013</v>
+        <v>82296009200044</v>
       </c>
       <c r="B743" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C743" s="2" t="s">
-        <v>1766</v>
-[...1 lines deleted...]
-      <c r="D743" s="2"/>
+        <v>1768</v>
+      </c>
+      <c r="D743" s="2" t="s">
+        <v>1772</v>
+      </c>
       <c r="E743" s="2" t="s">
-        <v>1767</v>
+        <v>1773</v>
       </c>
       <c r="F743" s="2" t="s">
-        <v>1768</v>
+        <v>974</v>
       </c>
       <c r="G743" s="2"/>
       <c r="H743" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I743" s="3">
-        <v>44570364157</v>
+        <v>27710261771</v>
       </c>
       <c r="J743" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K743" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L743" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M743" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="744" spans="1:13">
       <c r="A744" s="1">
-        <v>82272934900040</v>
+        <v>82312910100031</v>
       </c>
       <c r="B744" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C744" s="2" t="s">
-        <v>1769</v>
+        <v>1774</v>
       </c>
       <c r="D744" s="2"/>
       <c r="E744" s="2" t="s">
-        <v>1770</v>
+        <v>1775</v>
       </c>
       <c r="F744" s="2" t="s">
-        <v>486</v>
+        <v>652</v>
       </c>
       <c r="G744" s="2"/>
       <c r="H744" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I744" s="3">
-        <v>93840384684</v>
+        <v>52440807344</v>
       </c>
       <c r="J744" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K744" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L744" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M744" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="745" spans="1:13">
       <c r="A745" s="1">
-        <v>82284753900019</v>
+        <v>82312910100056</v>
       </c>
       <c r="B745" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C745" s="2" t="s">
-        <v>1771</v>
+        <v>1774</v>
       </c>
       <c r="D745" s="2"/>
       <c r="E745" s="2" t="s">
-        <v>1772</v>
+        <v>1776</v>
       </c>
       <c r="F745" s="2" t="s">
-        <v>1773</v>
+        <v>1683</v>
       </c>
       <c r="G745" s="2"/>
       <c r="H745" s="2" t="s">
-        <v>1774</v>
-[...1 lines deleted...]
-      <c r="I745" s="3"/>
+        <v>31</v>
+      </c>
+      <c r="I745" s="3">
+        <v>52440807344</v>
+      </c>
       <c r="J745" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K745" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L745" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M745" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="746" spans="1:13">
       <c r="A746" s="1">
-        <v>82296009200036</v>
+        <v>82339514000028</v>
       </c>
       <c r="B746" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C746" s="2" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="D746" s="2"/>
       <c r="E746" s="2" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
       <c r="F746" s="2" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
       <c r="G746" s="2"/>
       <c r="H746" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I746" s="3">
-        <v>27710261771</v>
+        <v>75400125940</v>
       </c>
       <c r="J746" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K746" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L746" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M746" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="747" spans="1:13">
       <c r="A747" s="1">
-        <v>82296009200044</v>
+        <v>82350957500010</v>
       </c>
       <c r="B747" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C747" s="2" t="s">
-        <v>1775</v>
-[...3 lines deleted...]
-      </c>
+        <v>1780</v>
+      </c>
+      <c r="D747" s="2"/>
       <c r="E747" s="2" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="F747" s="2" t="s">
-        <v>434</v>
+        <v>906</v>
       </c>
       <c r="G747" s="2"/>
       <c r="H747" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I747" s="3">
-        <v>27710261771</v>
+        <v>32620303062</v>
       </c>
       <c r="J747" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K747" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L747" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M747" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="748" spans="1:13">
       <c r="A748" s="1">
-        <v>82312910100031</v>
+        <v>82350957500028</v>
       </c>
       <c r="B748" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C748" s="2" t="s">
         <v>1780</v>
       </c>
       <c r="D748" s="2"/>
       <c r="E748" s="2" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="F748" s="2" t="s">
-        <v>324</v>
+        <v>743</v>
       </c>
       <c r="G748" s="2"/>
       <c r="H748" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I748" s="3">
-        <v>52440807344</v>
+        <v>32620303062</v>
       </c>
       <c r="J748" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K748" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L748" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M748" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="749" spans="1:13">
       <c r="A749" s="1">
-        <v>82312910100056</v>
+        <v>82409268800053</v>
       </c>
       <c r="B749" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C749" s="2" t="s">
-        <v>1780</v>
+        <v>1783</v>
       </c>
       <c r="D749" s="2"/>
       <c r="E749" s="2" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="F749" s="2" t="s">
-        <v>1695</v>
+        <v>23</v>
       </c>
       <c r="G749" s="2"/>
       <c r="H749" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I749" s="3">
-        <v>52440807344</v>
+        <v>11930762893</v>
       </c>
       <c r="J749" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K749" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L749" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M749" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="750" spans="1:13">
       <c r="A750" s="1">
-        <v>82339514000028</v>
+        <v>82409268800095</v>
       </c>
       <c r="B750" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C750" s="2" t="s">
         <v>1783</v>
       </c>
       <c r="D750" s="2"/>
       <c r="E750" s="2" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="F750" s="2" t="s">
-        <v>1785</v>
+        <v>23</v>
       </c>
       <c r="G750" s="2"/>
       <c r="H750" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I750" s="3">
-        <v>75400125940</v>
+        <v>11930762893</v>
       </c>
       <c r="J750" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K750" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L750" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M750" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="751" spans="1:13">
       <c r="A751" s="1">
-        <v>82350957500010</v>
+        <v>82409268800137</v>
       </c>
       <c r="B751" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C751" s="2" t="s">
-        <v>1786</v>
+        <v>1783</v>
       </c>
       <c r="D751" s="2"/>
       <c r="E751" s="2" t="s">
-        <v>1787</v>
+        <v>1786</v>
       </c>
       <c r="F751" s="2" t="s">
-        <v>1239</v>
+        <v>23</v>
       </c>
       <c r="G751" s="2"/>
       <c r="H751" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I751" s="3">
-        <v>32620303062</v>
+        <v>11930762893</v>
       </c>
       <c r="J751" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K751" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L751" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M751" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="752" spans="1:13">
       <c r="A752" s="1">
-        <v>82350957500028</v>
+        <v>82409268800160</v>
       </c>
       <c r="B752" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C752" s="2" t="s">
-        <v>1786</v>
+        <v>1783</v>
       </c>
       <c r="D752" s="2"/>
       <c r="E752" s="2" t="s">
-        <v>1788</v>
+        <v>1787</v>
       </c>
       <c r="F752" s="2" t="s">
-        <v>691</v>
+        <v>23</v>
       </c>
       <c r="G752" s="2"/>
       <c r="H752" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I752" s="3">
-        <v>32620303062</v>
+        <v>11930762893</v>
       </c>
       <c r="J752" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K752" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L752" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M752" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="753" spans="1:13">
       <c r="A753" s="1">
-        <v>82409268800053</v>
+        <v>82409268800178</v>
       </c>
       <c r="B753" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C753" s="2" t="s">
-        <v>1789</v>
+        <v>1783</v>
       </c>
       <c r="D753" s="2"/>
       <c r="E753" s="2" t="s">
-        <v>1790</v>
+        <v>1788</v>
       </c>
       <c r="F753" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G753" s="2"/>
       <c r="H753" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I753" s="3">
         <v>11930762893</v>
       </c>
       <c r="J753" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K753" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L753" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M753" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="754" spans="1:13">
       <c r="A754" s="1">
-        <v>82409268800095</v>
+        <v>82409268800186</v>
       </c>
       <c r="B754" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C754" s="2" t="s">
-        <v>1789</v>
+        <v>1783</v>
       </c>
       <c r="D754" s="2"/>
       <c r="E754" s="2" t="s">
-        <v>1791</v>
+        <v>1789</v>
       </c>
       <c r="F754" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G754" s="2"/>
       <c r="H754" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I754" s="3">
         <v>11930762893</v>
       </c>
       <c r="J754" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K754" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L754" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M754" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="755" spans="1:13">
       <c r="A755" s="1">
-        <v>82409268800137</v>
+        <v>82409268800244</v>
       </c>
       <c r="B755" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C755" s="2" t="s">
-        <v>1789</v>
+        <v>1783</v>
       </c>
       <c r="D755" s="2"/>
       <c r="E755" s="2" t="s">
-        <v>1792</v>
+        <v>1790</v>
       </c>
       <c r="F755" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G755" s="2"/>
       <c r="H755" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I755" s="3">
         <v>11930762893</v>
       </c>
       <c r="J755" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K755" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L755" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M755" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="756" spans="1:13">
       <c r="A756" s="1">
-        <v>82409268800160</v>
+        <v>82422814200017</v>
       </c>
       <c r="B756" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C756" s="2" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="D756" s="2"/>
       <c r="E756" s="2" t="s">
-        <v>1793</v>
+        <v>1792</v>
       </c>
       <c r="F756" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G756" s="2"/>
       <c r="H756" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I756" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J756" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K756" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L756" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M756" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="757" spans="1:13">
       <c r="A757" s="1">
-        <v>82409268800178</v>
+        <v>82422814200249</v>
       </c>
       <c r="B757" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C757" s="2" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="D757" s="2"/>
       <c r="E757" s="2" t="s">
-        <v>1794</v>
+        <v>1793</v>
       </c>
       <c r="F757" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G757" s="2"/>
       <c r="H757" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I757" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J757" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K757" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L757" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M757" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="758" spans="1:13">
       <c r="A758" s="1">
-        <v>82409268800186</v>
+        <v>82422814200629</v>
       </c>
       <c r="B758" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C758" s="2" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="D758" s="2"/>
       <c r="E758" s="2" t="s">
-        <v>1795</v>
+        <v>1794</v>
       </c>
       <c r="F758" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G758" s="2"/>
       <c r="H758" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I758" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J758" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K758" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L758" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M758" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="759" spans="1:13">
       <c r="A759" s="1">
-        <v>82409268800244</v>
+        <v>82422814200686</v>
       </c>
       <c r="B759" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C759" s="2" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="D759" s="2"/>
       <c r="E759" s="2" t="s">
-        <v>1796</v>
+        <v>1795</v>
       </c>
       <c r="F759" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G759" s="2"/>
       <c r="H759" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I759" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J759" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K759" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L759" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M759" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="760" spans="1:13">
       <c r="A760" s="1">
-        <v>82422814200017</v>
+        <v>82422814200694</v>
       </c>
       <c r="B760" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C760" s="2" t="s">
-        <v>1797</v>
+        <v>1791</v>
       </c>
       <c r="D760" s="2"/>
       <c r="E760" s="2" t="s">
-        <v>1798</v>
+        <v>1796</v>
       </c>
       <c r="F760" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G760" s="2"/>
       <c r="H760" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I760" s="3">
         <v>11930743393</v>
       </c>
       <c r="J760" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K760" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L760" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M760" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="761" spans="1:13">
       <c r="A761" s="1">
-        <v>82422814200249</v>
+        <v>82422814200868</v>
       </c>
       <c r="B761" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C761" s="2" t="s">
-        <v>1797</v>
+        <v>1791</v>
       </c>
       <c r="D761" s="2"/>
       <c r="E761" s="2" t="s">
-        <v>1799</v>
+        <v>1785</v>
       </c>
       <c r="F761" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G761" s="2"/>
       <c r="H761" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I761" s="3">
         <v>11930743393</v>
       </c>
       <c r="J761" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K761" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L761" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M761" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="762" spans="1:13">
       <c r="A762" s="1">
-        <v>82422814200629</v>
+        <v>82422814201056</v>
       </c>
       <c r="B762" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C762" s="2" t="s">
-        <v>1797</v>
+        <v>1791</v>
       </c>
       <c r="D762" s="2"/>
       <c r="E762" s="2" t="s">
-        <v>1800</v>
+        <v>1797</v>
       </c>
       <c r="F762" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G762" s="2"/>
       <c r="H762" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I762" s="3">
         <v>11930743393</v>
       </c>
       <c r="J762" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K762" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L762" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M762" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="763" spans="1:13">
       <c r="A763" s="1">
-        <v>82422814200686</v>
+        <v>82422814201171</v>
       </c>
       <c r="B763" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C763" s="2" t="s">
-        <v>1797</v>
+        <v>1791</v>
       </c>
       <c r="D763" s="2"/>
       <c r="E763" s="2" t="s">
-        <v>1801</v>
+        <v>1798</v>
       </c>
       <c r="F763" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G763" s="2"/>
       <c r="H763" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I763" s="3">
         <v>11930743393</v>
       </c>
       <c r="J763" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K763" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L763" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M763" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="764" spans="1:13">
       <c r="A764" s="1">
-        <v>82422814200694</v>
+        <v>82422814201338</v>
       </c>
       <c r="B764" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C764" s="2" t="s">
-        <v>1797</v>
+        <v>1791</v>
       </c>
       <c r="D764" s="2"/>
       <c r="E764" s="2" t="s">
-        <v>1802</v>
+        <v>1799</v>
       </c>
       <c r="F764" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G764" s="2"/>
       <c r="H764" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I764" s="3">
         <v>11930743393</v>
       </c>
       <c r="J764" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K764" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L764" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M764" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="765" spans="1:13">
       <c r="A765" s="1">
-        <v>82422814200868</v>
+        <v>82422814201510</v>
       </c>
       <c r="B765" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C765" s="2" t="s">
-        <v>1797</v>
+        <v>1791</v>
       </c>
       <c r="D765" s="2"/>
       <c r="E765" s="2" t="s">
-        <v>1791</v>
+        <v>1800</v>
       </c>
       <c r="F765" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G765" s="2"/>
       <c r="H765" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I765" s="3">
         <v>11930743393</v>
       </c>
       <c r="J765" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K765" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L765" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M765" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="766" spans="1:13">
       <c r="A766" s="1">
-        <v>82422814201056</v>
+        <v>82422814201833</v>
       </c>
       <c r="B766" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C766" s="2" t="s">
-        <v>1797</v>
+        <v>1791</v>
       </c>
       <c r="D766" s="2"/>
       <c r="E766" s="2" t="s">
-        <v>1803</v>
+        <v>1801</v>
       </c>
       <c r="F766" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G766" s="2"/>
       <c r="H766" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I766" s="3">
         <v>11930743393</v>
       </c>
       <c r="J766" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K766" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L766" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M766" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="767" spans="1:13">
       <c r="A767" s="1">
-        <v>82422814201171</v>
+        <v>82422814201841</v>
       </c>
       <c r="B767" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C767" s="2" t="s">
-        <v>1797</v>
+        <v>1791</v>
       </c>
       <c r="D767" s="2"/>
       <c r="E767" s="2" t="s">
-        <v>1804</v>
+        <v>1802</v>
       </c>
       <c r="F767" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G767" s="2"/>
       <c r="H767" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I767" s="3">
         <v>11930743393</v>
       </c>
       <c r="J767" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K767" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L767" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M767" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="768" spans="1:13">
       <c r="A768" s="1">
-        <v>82422814201338</v>
+        <v>82422814201858</v>
       </c>
       <c r="B768" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C768" s="2" t="s">
-        <v>1797</v>
+        <v>1791</v>
       </c>
       <c r="D768" s="2"/>
       <c r="E768" s="2" t="s">
-        <v>1805</v>
+        <v>1803</v>
       </c>
       <c r="F768" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G768" s="2"/>
       <c r="H768" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I768" s="3">
         <v>11930743393</v>
       </c>
       <c r="J768" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K768" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L768" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M768" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="769" spans="1:13">
       <c r="A769" s="1">
-        <v>82422814201510</v>
+        <v>82422814201890</v>
       </c>
       <c r="B769" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C769" s="2" t="s">
-        <v>1797</v>
+        <v>1791</v>
       </c>
       <c r="D769" s="2"/>
       <c r="E769" s="2" t="s">
-        <v>1806</v>
+        <v>1804</v>
       </c>
       <c r="F769" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G769" s="2"/>
       <c r="H769" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I769" s="3">
         <v>11930743393</v>
       </c>
       <c r="J769" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K769" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L769" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M769" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="770" spans="1:13">
       <c r="A770" s="1">
-        <v>82422814201833</v>
+        <v>82436343600240</v>
       </c>
       <c r="B770" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C770" s="2" t="s">
-        <v>1797</v>
+        <v>1805</v>
       </c>
       <c r="D770" s="2"/>
       <c r="E770" s="2" t="s">
-        <v>1807</v>
+        <v>1786</v>
       </c>
       <c r="F770" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G770" s="2"/>
       <c r="H770" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I770" s="3">
-        <v>11930743393</v>
+        <v>11930762993</v>
       </c>
       <c r="J770" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K770" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L770" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M770" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="771" spans="1:13">
       <c r="A771" s="1">
-        <v>82422814201841</v>
+        <v>82436343600273</v>
       </c>
       <c r="B771" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C771" s="2" t="s">
-        <v>1797</v>
+        <v>1805</v>
       </c>
       <c r="D771" s="2"/>
       <c r="E771" s="2" t="s">
-        <v>1808</v>
+        <v>1785</v>
       </c>
       <c r="F771" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G771" s="2"/>
       <c r="H771" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I771" s="3">
-        <v>11930743393</v>
+        <v>11930762993</v>
       </c>
       <c r="J771" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K771" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L771" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M771" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="772" spans="1:13">
       <c r="A772" s="1">
-        <v>82422814201858</v>
+        <v>82436343600331</v>
       </c>
       <c r="B772" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C772" s="2" t="s">
-        <v>1797</v>
+        <v>1805</v>
       </c>
       <c r="D772" s="2"/>
       <c r="E772" s="2" t="s">
-        <v>1809</v>
+        <v>1784</v>
       </c>
       <c r="F772" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G772" s="2"/>
       <c r="H772" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I772" s="3">
-        <v>11930743393</v>
+        <v>11930762993</v>
       </c>
       <c r="J772" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K772" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L772" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M772" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="773" spans="1:13">
       <c r="A773" s="1">
-        <v>82422814201890</v>
+        <v>82436343600653</v>
       </c>
       <c r="B773" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C773" s="2" t="s">
-        <v>1797</v>
+        <v>1805</v>
       </c>
       <c r="D773" s="2"/>
       <c r="E773" s="2" t="s">
-        <v>1810</v>
+        <v>1787</v>
       </c>
       <c r="F773" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G773" s="2"/>
       <c r="H773" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I773" s="3">
-        <v>11930743393</v>
+        <v>11930762993</v>
       </c>
       <c r="J773" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K773" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L773" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M773" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="774" spans="1:13">
       <c r="A774" s="1">
-        <v>82436343600240</v>
+        <v>82436343600901</v>
       </c>
       <c r="B774" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C774" s="2" t="s">
-        <v>1811</v>
+        <v>1805</v>
       </c>
       <c r="D774" s="2"/>
       <c r="E774" s="2" t="s">
-        <v>1792</v>
+        <v>1789</v>
       </c>
       <c r="F774" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G774" s="2"/>
       <c r="H774" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I774" s="3">
         <v>11930762993</v>
       </c>
       <c r="J774" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K774" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L774" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M774" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="775" spans="1:13">
       <c r="A775" s="1">
-        <v>82436343600273</v>
+        <v>82436343601214</v>
       </c>
       <c r="B775" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C775" s="2" t="s">
-        <v>1811</v>
+        <v>1805</v>
       </c>
       <c r="D775" s="2"/>
       <c r="E775" s="2" t="s">
-        <v>1791</v>
+        <v>1788</v>
       </c>
       <c r="F775" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G775" s="2"/>
       <c r="H775" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I775" s="3">
         <v>11930762993</v>
       </c>
       <c r="J775" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K775" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L775" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M775" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="776" spans="1:13">
       <c r="A776" s="1">
-        <v>82436343600331</v>
+        <v>82436343601230</v>
       </c>
       <c r="B776" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C776" s="2" t="s">
-        <v>1811</v>
+        <v>1805</v>
       </c>
       <c r="D776" s="2"/>
       <c r="E776" s="2" t="s">
         <v>1790</v>
       </c>
       <c r="F776" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G776" s="2"/>
       <c r="H776" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I776" s="3">
         <v>11930762993</v>
       </c>
       <c r="J776" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K776" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L776" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M776" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="777" spans="1:13">
       <c r="A777" s="1">
-        <v>82436343600653</v>
+        <v>82502126400015</v>
       </c>
       <c r="B777" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C777" s="2" t="s">
-        <v>1811</v>
+        <v>1806</v>
       </c>
       <c r="D777" s="2"/>
       <c r="E777" s="2" t="s">
-        <v>1793</v>
+        <v>1807</v>
       </c>
       <c r="F777" s="2" t="s">
-        <v>23</v>
+        <v>1808</v>
       </c>
       <c r="G777" s="2"/>
       <c r="H777" s="2" t="s">
-        <v>31</v>
+        <v>1809</v>
       </c>
       <c r="I777" s="3">
-        <v>11930762993</v>
+        <v>11940977594</v>
       </c>
       <c r="J777" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K777" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L777" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M777" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="778" spans="1:13">
       <c r="A778" s="1">
-        <v>82436343600901</v>
+        <v>82502126400023</v>
       </c>
       <c r="B778" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C778" s="2" t="s">
-        <v>1811</v>
+        <v>1806</v>
       </c>
       <c r="D778" s="2"/>
       <c r="E778" s="2" t="s">
-        <v>1795</v>
+        <v>1810</v>
       </c>
       <c r="F778" s="2" t="s">
-        <v>23</v>
+        <v>1672</v>
       </c>
       <c r="G778" s="2"/>
       <c r="H778" s="2" t="s">
-        <v>31</v>
+        <v>1809</v>
       </c>
       <c r="I778" s="3">
-        <v>11930762993</v>
+        <v>11940977594</v>
       </c>
       <c r="J778" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K778" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L778" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M778" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="779" spans="1:13">
       <c r="A779" s="1">
-        <v>82436343601214</v>
+        <v>82523307500019</v>
       </c>
       <c r="B779" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C779" s="2" t="s">
         <v>1811</v>
       </c>
       <c r="D779" s="2"/>
       <c r="E779" s="2" t="s">
-        <v>1794</v>
+        <v>1812</v>
       </c>
       <c r="F779" s="2" t="s">
-        <v>23</v>
+        <v>1813</v>
       </c>
       <c r="G779" s="2"/>
       <c r="H779" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I779" s="3">
-        <v>11930762993</v>
+        <v>52850202085</v>
       </c>
       <c r="J779" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K779" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L779" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M779" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="780" spans="1:13">
       <c r="A780" s="1">
-        <v>82436343601230</v>
+        <v>82848709000023</v>
       </c>
       <c r="B780" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C780" s="2" t="s">
-        <v>1811</v>
+        <v>1814</v>
       </c>
       <c r="D780" s="2"/>
       <c r="E780" s="2" t="s">
-        <v>1796</v>
+        <v>1815</v>
       </c>
       <c r="F780" s="2" t="s">
-        <v>23</v>
+        <v>1816</v>
       </c>
       <c r="G780" s="2"/>
       <c r="H780" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I780" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I780" s="3"/>
       <c r="J780" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K780" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L780" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M780" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="781" spans="1:13">
       <c r="A781" s="1">
-        <v>82502126400015</v>
+        <v>82897968200014</v>
       </c>
       <c r="B781" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C781" s="2" t="s">
-        <v>1812</v>
+        <v>1817</v>
       </c>
       <c r="D781" s="2"/>
       <c r="E781" s="2" t="s">
-        <v>1813</v>
+        <v>1818</v>
       </c>
       <c r="F781" s="2" t="s">
-        <v>1814</v>
+        <v>961</v>
       </c>
       <c r="G781" s="2"/>
       <c r="H781" s="2" t="s">
-        <v>1815</v>
+        <v>31</v>
       </c>
       <c r="I781" s="3">
-        <v>11940977594</v>
+        <v>44670594867</v>
       </c>
       <c r="J781" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K781" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L781" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M781" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="782" spans="1:13">
       <c r="A782" s="1">
-        <v>82502126400023</v>
+        <v>82921122600024</v>
       </c>
       <c r="B782" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C782" s="2" t="s">
-        <v>1812</v>
+        <v>1819</v>
       </c>
       <c r="D782" s="2"/>
       <c r="E782" s="2" t="s">
-        <v>1816</v>
+        <v>1820</v>
       </c>
       <c r="F782" s="2" t="s">
-        <v>1684</v>
+        <v>1821</v>
       </c>
       <c r="G782" s="2"/>
       <c r="H782" s="2" t="s">
-        <v>1815</v>
+        <v>520</v>
       </c>
       <c r="I782" s="3">
-        <v>11940977594</v>
+        <v>75640462364</v>
       </c>
       <c r="J782" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K782" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L782" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M782" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="783" spans="1:13">
       <c r="A783" s="1">
-        <v>82523307500019</v>
+        <v>82935906600026</v>
       </c>
       <c r="B783" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C783" s="2" t="s">
-        <v>1817</v>
+        <v>1822</v>
       </c>
       <c r="D783" s="2"/>
       <c r="E783" s="2" t="s">
-        <v>1818</v>
+        <v>1823</v>
       </c>
       <c r="F783" s="2" t="s">
-        <v>1819</v>
+        <v>1824</v>
       </c>
       <c r="G783" s="2"/>
       <c r="H783" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I783" s="3">
-        <v>52850202085</v>
+        <v>28270204327</v>
       </c>
       <c r="J783" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K783" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L783" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M783" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="784" spans="1:13">
       <c r="A784" s="1">
-        <v>82848709000023</v>
+        <v>82971137300011</v>
       </c>
       <c r="B784" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C784" s="2" t="s">
-        <v>1820</v>
+        <v>1825</v>
       </c>
       <c r="D784" s="2"/>
       <c r="E784" s="2" t="s">
-        <v>1821</v>
+        <v>1826</v>
       </c>
       <c r="F784" s="2" t="s">
-        <v>1822</v>
+        <v>1827</v>
       </c>
       <c r="G784" s="2"/>
       <c r="H784" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I784" s="3"/>
+      <c r="I784" s="3">
+        <v>75470132347</v>
+      </c>
       <c r="J784" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K784" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L784" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M784" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="785" spans="1:13">
       <c r="A785" s="1">
-        <v>82897968200014</v>
+        <v>82971137300029</v>
       </c>
       <c r="B785" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C785" s="2" t="s">
-        <v>1823</v>
-[...1 lines deleted...]
-      <c r="D785" s="2"/>
+        <v>1825</v>
+      </c>
+      <c r="D785" s="2" t="s">
+        <v>1825</v>
+      </c>
       <c r="E785" s="2" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="F785" s="2" t="s">
-        <v>1573</v>
+        <v>1168</v>
       </c>
       <c r="G785" s="2"/>
       <c r="H785" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I785" s="3">
-        <v>44670594867</v>
+        <v>75470132347</v>
       </c>
       <c r="J785" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K785" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L785" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M785" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="786" spans="1:13">
       <c r="A786" s="1">
-        <v>82921122600024</v>
+        <v>82983688100021</v>
       </c>
       <c r="B786" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C786" s="2" t="s">
-        <v>1825</v>
+        <v>1829</v>
       </c>
       <c r="D786" s="2"/>
       <c r="E786" s="2" t="s">
-        <v>1826</v>
+        <v>1830</v>
       </c>
       <c r="F786" s="2" t="s">
-        <v>1827</v>
+        <v>1831</v>
       </c>
       <c r="G786" s="2"/>
       <c r="H786" s="2" t="s">
-        <v>183</v>
+        <v>31</v>
       </c>
       <c r="I786" s="3">
-        <v>75640462364</v>
+        <v>27890155089</v>
       </c>
       <c r="J786" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K786" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L786" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M786" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="787" spans="1:13">
       <c r="A787" s="1">
-        <v>82935906600026</v>
+        <v>82983688100047</v>
       </c>
       <c r="B787" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C787" s="2" t="s">
-        <v>1828</v>
-[...1 lines deleted...]
-      <c r="D787" s="2"/>
+        <v>1829</v>
+      </c>
+      <c r="D787" s="2" t="s">
+        <v>1832</v>
+      </c>
       <c r="E787" s="2" t="s">
-        <v>1829</v>
+        <v>1833</v>
       </c>
       <c r="F787" s="2" t="s">
-        <v>1830</v>
+        <v>1834</v>
       </c>
       <c r="G787" s="2"/>
       <c r="H787" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I787" s="3">
-        <v>28270204327</v>
+        <v>27890155089</v>
       </c>
       <c r="J787" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K787" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L787" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M787" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="788" spans="1:13">
       <c r="A788" s="1">
-        <v>82971137300011</v>
+        <v>83017750700076</v>
       </c>
       <c r="B788" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C788" s="2" t="s">
-        <v>1831</v>
+        <v>1835</v>
       </c>
       <c r="D788" s="2"/>
       <c r="E788" s="2" t="s">
-        <v>1832</v>
+        <v>1836</v>
       </c>
       <c r="F788" s="2" t="s">
-        <v>1833</v>
+        <v>1837</v>
       </c>
       <c r="G788" s="2"/>
       <c r="H788" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I788" s="3">
-        <v>75470132347</v>
+        <v>75400131340</v>
       </c>
       <c r="J788" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K788" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L788" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M788" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="789" spans="1:13">
       <c r="A789" s="1">
-        <v>82971137300029</v>
+        <v>83029224900018</v>
       </c>
       <c r="B789" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C789" s="2" t="s">
-        <v>1831</v>
-[...3 lines deleted...]
-      </c>
+        <v>1838</v>
+      </c>
+      <c r="D789" s="2"/>
       <c r="E789" s="2" t="s">
-        <v>1834</v>
+        <v>1839</v>
       </c>
       <c r="F789" s="2" t="s">
-        <v>1356</v>
+        <v>1840</v>
       </c>
       <c r="G789" s="2"/>
       <c r="H789" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I789" s="3">
-        <v>75470132347</v>
+        <v>84380725038</v>
       </c>
       <c r="J789" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K789" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L789" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M789" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="790" spans="1:13">
       <c r="A790" s="1">
-        <v>82983688100021</v>
+        <v>83040750800027</v>
       </c>
       <c r="B790" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C790" s="2" t="s">
-        <v>1835</v>
+        <v>1841</v>
       </c>
       <c r="D790" s="2"/>
       <c r="E790" s="2" t="s">
-        <v>1836</v>
+        <v>1842</v>
       </c>
       <c r="F790" s="2" t="s">
-        <v>1837</v>
+        <v>277</v>
       </c>
       <c r="G790" s="2"/>
       <c r="H790" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I790" s="3">
-        <v>27890155089</v>
+        <v>76660208266</v>
       </c>
       <c r="J790" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K790" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L790" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M790" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="791" spans="1:13">
       <c r="A791" s="1">
-        <v>82983688100047</v>
+        <v>83049777200012</v>
       </c>
       <c r="B791" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C791" s="2" t="s">
-        <v>1835</v>
-[...3 lines deleted...]
-      </c>
+        <v>1843</v>
+      </c>
+      <c r="D791" s="2"/>
       <c r="E791" s="2" t="s">
-        <v>1839</v>
+        <v>1844</v>
       </c>
       <c r="F791" s="2" t="s">
-        <v>1840</v>
+        <v>1845</v>
       </c>
       <c r="G791" s="2"/>
       <c r="H791" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I791" s="3">
-        <v>27890155089</v>
+        <v>11922182092</v>
       </c>
       <c r="J791" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K791" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L791" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M791" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="792" spans="1:13">
       <c r="A792" s="1">
-        <v>83017750700076</v>
+        <v>83093639900013</v>
       </c>
       <c r="B792" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C792" s="2" t="s">
-        <v>1841</v>
+        <v>1846</v>
       </c>
       <c r="D792" s="2"/>
       <c r="E792" s="2" t="s">
-        <v>1842</v>
+        <v>1847</v>
       </c>
       <c r="F792" s="2" t="s">
-        <v>1843</v>
+        <v>1848</v>
       </c>
       <c r="G792" s="2"/>
       <c r="H792" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I792" s="3">
-        <v>75400131340</v>
+        <v>84420304242</v>
       </c>
       <c r="J792" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K792" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L792" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M792" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="793" spans="1:13">
       <c r="A793" s="1">
-        <v>83029224900018</v>
+        <v>83118422100016</v>
       </c>
       <c r="B793" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C793" s="2" t="s">
-        <v>1844</v>
+        <v>1849</v>
       </c>
       <c r="D793" s="2"/>
       <c r="E793" s="2" t="s">
-        <v>1845</v>
+        <v>1850</v>
       </c>
       <c r="F793" s="2" t="s">
-        <v>1846</v>
+        <v>1851</v>
       </c>
       <c r="G793" s="2"/>
       <c r="H793" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I793" s="3">
-        <v>84380725038</v>
+        <v>75790120579</v>
       </c>
       <c r="J793" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K793" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L793" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M793" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="794" spans="1:13">
       <c r="A794" s="1">
-        <v>83040750800027</v>
+        <v>83156972800031</v>
       </c>
       <c r="B794" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C794" s="2" t="s">
-        <v>1847</v>
+        <v>1852</v>
       </c>
       <c r="D794" s="2"/>
       <c r="E794" s="2" t="s">
-        <v>1848</v>
+        <v>1167</v>
       </c>
       <c r="F794" s="2" t="s">
-        <v>896</v>
+        <v>1262</v>
       </c>
       <c r="G794" s="2"/>
       <c r="H794" s="2" t="s">
-        <v>31</v>
+        <v>509</v>
       </c>
       <c r="I794" s="3">
-        <v>76660208266</v>
+        <v>11770730077</v>
       </c>
       <c r="J794" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K794" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L794" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M794" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="795" spans="1:13">
       <c r="A795" s="1">
-        <v>83049777200012</v>
+        <v>83247981000026</v>
       </c>
       <c r="B795" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C795" s="2" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
       <c r="D795" s="2"/>
       <c r="E795" s="2" t="s">
-        <v>1850</v>
+        <v>1854</v>
       </c>
       <c r="F795" s="2" t="s">
-        <v>1851</v>
+        <v>17</v>
       </c>
       <c r="G795" s="2"/>
       <c r="H795" s="2" t="s">
-        <v>27</v>
+        <v>520</v>
       </c>
       <c r="I795" s="3">
-        <v>11922182092</v>
+        <v>32800191080</v>
       </c>
       <c r="J795" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K795" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L795" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M795" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="796" spans="1:13">
       <c r="A796" s="1">
-        <v>83093639900013</v>
+        <v>83334677800016</v>
       </c>
       <c r="B796" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C796" s="2" t="s">
-        <v>1852</v>
+        <v>1855</v>
       </c>
       <c r="D796" s="2"/>
       <c r="E796" s="2" t="s">
-        <v>1853</v>
+        <v>1856</v>
       </c>
       <c r="F796" s="2" t="s">
-        <v>1854</v>
+        <v>1747</v>
       </c>
       <c r="G796" s="2"/>
       <c r="H796" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I796" s="3">
-        <v>84420304242</v>
+        <v>44670628467</v>
       </c>
       <c r="J796" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K796" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L796" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M796" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="797" spans="1:13">
       <c r="A797" s="1">
-        <v>83118422100016</v>
+        <v>83409674500031</v>
       </c>
       <c r="B797" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C797" s="2" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="D797" s="2"/>
       <c r="E797" s="2" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="F797" s="2" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="G797" s="2"/>
       <c r="H797" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I797" s="3">
-        <v>75790120579</v>
+        <v>11788376778</v>
       </c>
       <c r="J797" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K797" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L797" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M797" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="798" spans="1:13">
       <c r="A798" s="1">
-        <v>83156972800031</v>
+        <v>83409674500049</v>
       </c>
       <c r="B798" s="2" t="s">
-        <v>13</v>
+        <v>426</v>
       </c>
       <c r="C798" s="2" t="s">
-        <v>1858</v>
+        <v>1857</v>
       </c>
       <c r="D798" s="2"/>
       <c r="E798" s="2" t="s">
-        <v>1355</v>
+        <v>1860</v>
       </c>
       <c r="F798" s="2" t="s">
-        <v>1151</v>
-[...1 lines deleted...]
-      <c r="G798" s="2"/>
+        <v>1859</v>
+      </c>
+      <c r="G798" s="2" t="s">
+        <v>318</v>
+      </c>
       <c r="H798" s="2" t="s">
-        <v>172</v>
+        <v>31</v>
       </c>
       <c r="I798" s="3">
-        <v>11770730077</v>
+        <v>11788376778</v>
       </c>
       <c r="J798" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K798" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L798" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M798" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="799" spans="1:13">
       <c r="A799" s="1">
-        <v>83247981000026</v>
+        <v>83409674500056</v>
       </c>
       <c r="B799" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C799" s="2" t="s">
-        <v>1859</v>
+        <v>1857</v>
       </c>
       <c r="D799" s="2"/>
       <c r="E799" s="2" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
       <c r="F799" s="2" t="s">
-        <v>17</v>
+        <v>1859</v>
       </c>
       <c r="G799" s="2"/>
       <c r="H799" s="2" t="s">
-        <v>183</v>
+        <v>31</v>
       </c>
       <c r="I799" s="3">
-        <v>32800191080</v>
+        <v>11788376778</v>
       </c>
       <c r="J799" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K799" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L799" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M799" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="800" spans="1:13">
       <c r="A800" s="1">
-        <v>83334677800016</v>
+        <v>83409674500080</v>
       </c>
       <c r="B800" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C800" s="2" t="s">
-        <v>1861</v>
+        <v>1857</v>
       </c>
       <c r="D800" s="2"/>
       <c r="E800" s="2" t="s">
         <v>1862</v>
       </c>
       <c r="F800" s="2" t="s">
-        <v>1751</v>
+        <v>1859</v>
       </c>
       <c r="G800" s="2"/>
       <c r="H800" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I800" s="3">
-        <v>44670628467</v>
+        <v>11788376778</v>
       </c>
       <c r="J800" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K800" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L800" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M800" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="801" spans="1:13">
       <c r="A801" s="1">
-        <v>83409674500031</v>
+        <v>83409674500106</v>
       </c>
       <c r="B801" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C801" s="2" t="s">
-        <v>1863</v>
+        <v>1857</v>
       </c>
       <c r="D801" s="2"/>
       <c r="E801" s="2" t="s">
-        <v>1864</v>
+        <v>1863</v>
       </c>
       <c r="F801" s="2" t="s">
-        <v>1865</v>
+        <v>1859</v>
       </c>
       <c r="G801" s="2"/>
       <c r="H801" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I801" s="3">
         <v>11788376778</v>
       </c>
       <c r="J801" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K801" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L801" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M801" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="802" spans="1:13">
       <c r="A802" s="1">
-        <v>83409674500049</v>
+        <v>83409674500122</v>
       </c>
       <c r="B802" s="2" t="s">
-        <v>1023</v>
+        <v>13</v>
       </c>
       <c r="C802" s="2" t="s">
-        <v>1863</v>
+        <v>1857</v>
       </c>
       <c r="D802" s="2"/>
       <c r="E802" s="2" t="s">
-        <v>1866</v>
+        <v>1864</v>
       </c>
       <c r="F802" s="2" t="s">
-        <v>1865</v>
-[...3 lines deleted...]
-      </c>
+        <v>1859</v>
+      </c>
+      <c r="G802" s="2"/>
       <c r="H802" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I802" s="3">
         <v>11788376778</v>
       </c>
       <c r="J802" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K802" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L802" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M802" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="803" spans="1:13">
       <c r="A803" s="1">
-        <v>83409674500056</v>
+        <v>83409674500148</v>
       </c>
       <c r="B803" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C803" s="2" t="s">
-        <v>1863</v>
+        <v>1857</v>
       </c>
       <c r="D803" s="2"/>
       <c r="E803" s="2" t="s">
-        <v>1868</v>
+        <v>1865</v>
       </c>
       <c r="F803" s="2" t="s">
-        <v>1865</v>
+        <v>1859</v>
       </c>
       <c r="G803" s="2"/>
       <c r="H803" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I803" s="3">
         <v>11788376778</v>
       </c>
       <c r="J803" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K803" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L803" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M803" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="804" spans="1:13">
       <c r="A804" s="1">
-        <v>83409674500080</v>
+        <v>83409674500171</v>
       </c>
       <c r="B804" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C804" s="2" t="s">
-        <v>1863</v>
+        <v>1857</v>
       </c>
       <c r="D804" s="2"/>
       <c r="E804" s="2" t="s">
-        <v>1869</v>
+        <v>1866</v>
       </c>
       <c r="F804" s="2" t="s">
-        <v>1865</v>
+        <v>1859</v>
       </c>
       <c r="G804" s="2"/>
       <c r="H804" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I804" s="3">
         <v>11788376778</v>
       </c>
       <c r="J804" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K804" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L804" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M804" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="805" spans="1:13">
       <c r="A805" s="1">
-        <v>83409674500106</v>
+        <v>83409674500189</v>
       </c>
       <c r="B805" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C805" s="2" t="s">
-        <v>1863</v>
+        <v>1857</v>
       </c>
       <c r="D805" s="2"/>
       <c r="E805" s="2" t="s">
-        <v>1870</v>
+        <v>1867</v>
       </c>
       <c r="F805" s="2" t="s">
-        <v>1865</v>
+        <v>1859</v>
       </c>
       <c r="G805" s="2"/>
       <c r="H805" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I805" s="3">
         <v>11788376778</v>
       </c>
       <c r="J805" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K805" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L805" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M805" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="806" spans="1:13">
       <c r="A806" s="1">
-        <v>83409674500122</v>
+        <v>83409674500197</v>
       </c>
       <c r="B806" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C806" s="2" t="s">
-        <v>1863</v>
+        <v>1857</v>
       </c>
       <c r="D806" s="2"/>
       <c r="E806" s="2" t="s">
-        <v>1871</v>
+        <v>1868</v>
       </c>
       <c r="F806" s="2" t="s">
-        <v>1865</v>
+        <v>1869</v>
       </c>
       <c r="G806" s="2"/>
       <c r="H806" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I806" s="3">
         <v>11788376778</v>
       </c>
       <c r="J806" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K806" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L806" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M806" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="807" spans="1:13">
       <c r="A807" s="1">
-        <v>83409674500148</v>
+        <v>83409674500213</v>
       </c>
       <c r="B807" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C807" s="2" t="s">
-        <v>1863</v>
-[...1 lines deleted...]
-      <c r="D807" s="2"/>
+        <v>1857</v>
+      </c>
+      <c r="D807" s="2" t="s">
+        <v>1857</v>
+      </c>
       <c r="E807" s="2" t="s">
-        <v>1872</v>
+        <v>1870</v>
       </c>
       <c r="F807" s="2" t="s">
-        <v>1865</v>
+        <v>1871</v>
       </c>
       <c r="G807" s="2"/>
       <c r="H807" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I807" s="3">
         <v>11788376778</v>
       </c>
       <c r="J807" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K807" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L807" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M807" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="808" spans="1:13">
       <c r="A808" s="1">
-        <v>83409674500171</v>
+        <v>83409674500247</v>
       </c>
       <c r="B808" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C808" s="2" t="s">
-        <v>1863</v>
+        <v>1857</v>
       </c>
       <c r="D808" s="2"/>
       <c r="E808" s="2" t="s">
-        <v>1873</v>
+        <v>1872</v>
       </c>
       <c r="F808" s="2" t="s">
-        <v>1865</v>
+        <v>442</v>
       </c>
       <c r="G808" s="2"/>
       <c r="H808" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I808" s="3">
         <v>11788376778</v>
       </c>
       <c r="J808" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K808" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L808" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M808" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="809" spans="1:13">
       <c r="A809" s="1">
-        <v>83409674500189</v>
+        <v>83409674500254</v>
       </c>
       <c r="B809" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C809" s="2" t="s">
-        <v>1863</v>
+        <v>1857</v>
       </c>
       <c r="D809" s="2"/>
       <c r="E809" s="2" t="s">
+        <v>1873</v>
+      </c>
+      <c r="F809" s="2" t="s">
         <v>1874</v>
-      </c>
-[...1 lines deleted...]
-        <v>1865</v>
       </c>
       <c r="G809" s="2"/>
       <c r="H809" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I809" s="3">
         <v>11788376778</v>
       </c>
       <c r="J809" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K809" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L809" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M809" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="810" spans="1:13">
       <c r="A810" s="1">
-        <v>83409674500197</v>
+        <v>83420427300017</v>
       </c>
       <c r="B810" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C810" s="2" t="s">
-        <v>1863</v>
-[...1 lines deleted...]
-      <c r="D810" s="2"/>
+        <v>1875</v>
+      </c>
+      <c r="D810" s="2" t="s">
+        <v>1875</v>
+      </c>
       <c r="E810" s="2" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="F810" s="2" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="G810" s="2"/>
       <c r="H810" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I810" s="3">
-        <v>11788376778</v>
+        <v>76310897031</v>
       </c>
       <c r="J810" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K810" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L810" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M810" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="811" spans="1:13">
       <c r="A811" s="1">
-        <v>83409674500213</v>
+        <v>83420427300041</v>
       </c>
       <c r="B811" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C811" s="2" t="s">
-        <v>1863</v>
+        <v>1875</v>
       </c>
       <c r="D811" s="2" t="s">
-        <v>1863</v>
+        <v>1875</v>
       </c>
       <c r="E811" s="2" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="F811" s="2" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="G811" s="2"/>
       <c r="H811" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I811" s="3">
-        <v>11788376778</v>
+        <v>76310897031</v>
       </c>
       <c r="J811" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K811" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L811" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M811" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="812" spans="1:13">
       <c r="A812" s="1">
-        <v>83409674500247</v>
+        <v>83420427300074</v>
       </c>
       <c r="B812" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C812" s="2" t="s">
-        <v>1863</v>
+        <v>1875</v>
       </c>
       <c r="D812" s="2"/>
       <c r="E812" s="2" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="F812" s="2" t="s">
-        <v>1036</v>
+        <v>1881</v>
       </c>
       <c r="G812" s="2"/>
       <c r="H812" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I812" s="3">
-        <v>11788376778</v>
+        <v>76310897031</v>
       </c>
       <c r="J812" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K812" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L812" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M812" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="813" spans="1:13">
       <c r="A813" s="1">
-        <v>83409674500254</v>
+        <v>83420427300090</v>
       </c>
       <c r="B813" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C813" s="2" t="s">
-        <v>1863</v>
+        <v>1875</v>
       </c>
       <c r="D813" s="2"/>
       <c r="E813" s="2" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
       <c r="F813" s="2" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
       <c r="G813" s="2"/>
       <c r="H813" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I813" s="3">
-        <v>11788376778</v>
+        <v>76310897031</v>
       </c>
       <c r="J813" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K813" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L813" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M813" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="814" spans="1:13">
       <c r="A814" s="1">
-        <v>83420427300017</v>
+        <v>83420427300108</v>
       </c>
       <c r="B814" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C814" s="2" t="s">
-        <v>1882</v>
-[...3 lines deleted...]
-      </c>
+        <v>1875</v>
+      </c>
+      <c r="D814" s="2"/>
       <c r="E814" s="2" t="s">
+        <v>1884</v>
+      </c>
+      <c r="F814" s="2" t="s">
         <v>1883</v>
-      </c>
-[...1 lines deleted...]
-        <v>1884</v>
       </c>
       <c r="G814" s="2"/>
       <c r="H814" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I814" s="3">
         <v>76310897031</v>
       </c>
       <c r="J814" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K814" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L814" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M814" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="815" spans="1:13">
       <c r="A815" s="1">
-        <v>83420427300041</v>
+        <v>83494006600014</v>
       </c>
       <c r="B815" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C815" s="2" t="s">
-        <v>1882</v>
-[...3 lines deleted...]
-      </c>
+        <v>1885</v>
+      </c>
+      <c r="D815" s="2"/>
       <c r="E815" s="2" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="F815" s="2" t="s">
-        <v>1886</v>
+        <v>1460</v>
       </c>
       <c r="G815" s="2"/>
       <c r="H815" s="2" t="s">
-        <v>31</v>
+        <v>520</v>
       </c>
       <c r="I815" s="3">
-        <v>76310897031</v>
+        <v>84010202101</v>
       </c>
       <c r="J815" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K815" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L815" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M815" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="816" spans="1:13">
       <c r="A816" s="1">
-        <v>83420427300074</v>
+        <v>83763987100016</v>
       </c>
       <c r="B816" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C816" s="2" t="s">
-        <v>1882</v>
+        <v>1887</v>
       </c>
       <c r="D816" s="2"/>
       <c r="E816" s="2" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="F816" s="2" t="s">
-        <v>1888</v>
+        <v>867</v>
       </c>
       <c r="G816" s="2"/>
       <c r="H816" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I816" s="3">
-        <v>76310897031</v>
+        <v>52490378449</v>
       </c>
       <c r="J816" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K816" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L816" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M816" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="817" spans="1:13">
       <c r="A817" s="1">
-        <v>83420427300090</v>
+        <v>83787738000027</v>
       </c>
       <c r="B817" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C817" s="2" t="s">
-        <v>1882</v>
+        <v>1889</v>
       </c>
       <c r="D817" s="2"/>
       <c r="E817" s="2" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="F817" s="2" t="s">
-        <v>1890</v>
+        <v>1318</v>
       </c>
       <c r="G817" s="2"/>
       <c r="H817" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I817" s="3">
-        <v>76310897031</v>
+        <v>84430344843</v>
       </c>
       <c r="J817" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K817" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L817" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M817" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="818" spans="1:13">
       <c r="A818" s="1">
-        <v>83420427300108</v>
+        <v>83815518200010</v>
       </c>
       <c r="B818" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C818" s="2" t="s">
-        <v>1882</v>
+        <v>1891</v>
       </c>
       <c r="D818" s="2"/>
       <c r="E818" s="2" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="F818" s="2" t="s">
-        <v>1890</v>
+        <v>1893</v>
       </c>
       <c r="G818" s="2"/>
       <c r="H818" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I818" s="3">
-        <v>76310897031</v>
+        <v>52490344149</v>
       </c>
       <c r="J818" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K818" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L818" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M818" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="819" spans="1:13">
       <c r="A819" s="1">
-        <v>83494006600014</v>
+        <v>83815518200036</v>
       </c>
       <c r="B819" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C819" s="2" t="s">
-        <v>1892</v>
+        <v>1891</v>
       </c>
       <c r="D819" s="2"/>
       <c r="E819" s="2" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="F819" s="2" t="s">
-        <v>1302</v>
+        <v>1003</v>
       </c>
       <c r="G819" s="2"/>
       <c r="H819" s="2" t="s">
-        <v>183</v>
+        <v>489</v>
       </c>
       <c r="I819" s="3">
-        <v>84010202101</v>
+        <v>52490344149</v>
       </c>
       <c r="J819" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K819" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L819" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M819" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="820" spans="1:13">
       <c r="A820" s="1">
-        <v>83763987100016</v>
+        <v>83815518200044</v>
       </c>
       <c r="B820" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C820" s="2" t="s">
-        <v>1894</v>
+        <v>1891</v>
       </c>
       <c r="D820" s="2"/>
       <c r="E820" s="2" t="s">
         <v>1895</v>
       </c>
       <c r="F820" s="2" t="s">
-        <v>1204</v>
+        <v>1896</v>
       </c>
       <c r="G820" s="2"/>
       <c r="H820" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I820" s="3">
-        <v>52490378449</v>
+        <v>52490344149</v>
       </c>
       <c r="J820" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K820" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L820" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M820" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="821" spans="1:13">
       <c r="A821" s="1">
-        <v>83787738000027</v>
+        <v>83910957600018</v>
       </c>
       <c r="B821" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C821" s="2" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="D821" s="2"/>
       <c r="E821" s="2" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="F821" s="2" t="s">
-        <v>1503</v>
+        <v>1537</v>
       </c>
       <c r="G821" s="2"/>
       <c r="H821" s="2" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>1899</v>
+      </c>
+      <c r="I821" s="3"/>
       <c r="J821" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K821" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L821" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M821" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="822" spans="1:13">
       <c r="A822" s="1">
-        <v>83815518200010</v>
+        <v>83953129000014</v>
       </c>
       <c r="B822" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C822" s="2" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="D822" s="2"/>
       <c r="E822" s="2" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="F822" s="2" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
       <c r="G822" s="2"/>
       <c r="H822" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I822" s="3">
-        <v>52490344149</v>
+        <v>27710276471</v>
       </c>
       <c r="J822" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K822" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L822" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M822" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="823" spans="1:13">
       <c r="A823" s="1">
-        <v>83815518200036</v>
+        <v>84144790700038</v>
       </c>
       <c r="B823" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C823" s="2" t="s">
-        <v>1898</v>
-[...1 lines deleted...]
-      <c r="D823" s="2"/>
+        <v>1903</v>
+      </c>
+      <c r="D823" s="2" t="s">
+        <v>1904</v>
+      </c>
       <c r="E823" s="2" t="s">
-        <v>1901</v>
+        <v>1905</v>
       </c>
       <c r="F823" s="2" t="s">
-        <v>466</v>
+        <v>1906</v>
       </c>
       <c r="G823" s="2"/>
       <c r="H823" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I823" s="3">
-        <v>52490344149</v>
+        <v>11910830491</v>
       </c>
       <c r="J823" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K823" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L823" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M823" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="824" spans="1:13">
       <c r="A824" s="1">
-        <v>83815518200044</v>
+        <v>84209575400029</v>
       </c>
       <c r="B824" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C824" s="2" t="s">
-        <v>1898</v>
+        <v>1907</v>
       </c>
       <c r="D824" s="2"/>
       <c r="E824" s="2" t="s">
-        <v>1902</v>
+        <v>1908</v>
       </c>
       <c r="F824" s="2" t="s">
-        <v>1903</v>
+        <v>270</v>
       </c>
       <c r="G824" s="2"/>
       <c r="H824" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I824" s="3">
-        <v>52490344149</v>
+        <v>84010199801</v>
       </c>
       <c r="J824" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K824" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L824" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M824" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="825" spans="1:13">
       <c r="A825" s="1">
-        <v>83910957600018</v>
+        <v>84240712400010</v>
       </c>
       <c r="B825" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C825" s="2" t="s">
-        <v>1904</v>
-[...1 lines deleted...]
-      <c r="D825" s="2"/>
+        <v>1909</v>
+      </c>
+      <c r="D825" s="2" t="s">
+        <v>1909</v>
+      </c>
       <c r="E825" s="2" t="s">
-        <v>1905</v>
+        <v>1910</v>
       </c>
       <c r="F825" s="2" t="s">
-        <v>386</v>
+        <v>1911</v>
       </c>
       <c r="G825" s="2"/>
       <c r="H825" s="2" t="s">
-        <v>1906</v>
-[...1 lines deleted...]
-      <c r="I825" s="3"/>
+        <v>489</v>
+      </c>
+      <c r="I825" s="3">
+        <v>52850214385</v>
+      </c>
       <c r="J825" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K825" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L825" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M825" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="826" spans="1:13">
       <c r="A826" s="1">
-        <v>83953129000014</v>
+        <v>84294694900018</v>
       </c>
       <c r="B826" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C826" s="2" t="s">
-        <v>1907</v>
+        <v>1912</v>
       </c>
       <c r="D826" s="2"/>
       <c r="E826" s="2" t="s">
-        <v>1908</v>
+        <v>1913</v>
       </c>
       <c r="F826" s="2" t="s">
-        <v>1909</v>
+        <v>1914</v>
       </c>
       <c r="G826" s="2"/>
       <c r="H826" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I826" s="3">
-        <v>27710276471</v>
+        <v>32620299662</v>
       </c>
       <c r="J826" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K826" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L826" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M826" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="827" spans="1:13">
       <c r="A827" s="1">
-        <v>84144790700038</v>
+        <v>84421160700016</v>
       </c>
       <c r="B827" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C827" s="2" t="s">
-        <v>1910</v>
-[...3 lines deleted...]
-      </c>
+        <v>1915</v>
+      </c>
+      <c r="D827" s="2"/>
       <c r="E827" s="2" t="s">
-        <v>1912</v>
+        <v>1916</v>
       </c>
       <c r="F827" s="2" t="s">
-        <v>1913</v>
+        <v>1672</v>
       </c>
       <c r="G827" s="2"/>
       <c r="H827" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I827" s="3">
-        <v>11910830491</v>
+        <v>11930790093</v>
       </c>
       <c r="J827" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K827" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L827" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M827" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="828" spans="1:13">
       <c r="A828" s="1">
-        <v>84209575400029</v>
+        <v>84463328900021</v>
       </c>
       <c r="B828" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C828" s="2" t="s">
-        <v>1914</v>
+        <v>1917</v>
       </c>
       <c r="D828" s="2"/>
       <c r="E828" s="2" t="s">
-        <v>1915</v>
+        <v>1918</v>
       </c>
       <c r="F828" s="2" t="s">
-        <v>454</v>
+        <v>17</v>
       </c>
       <c r="G828" s="2"/>
       <c r="H828" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I828" s="3">
-        <v>84010199801</v>
+      <c r="I828" s="3" t="s">
+        <v>1919</v>
       </c>
       <c r="J828" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K828" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L828" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M828" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="829" spans="1:13">
       <c r="A829" s="1">
-        <v>84240712400010</v>
+        <v>84480042500028</v>
       </c>
       <c r="B829" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C829" s="2" t="s">
-        <v>1916</v>
+        <v>1920</v>
       </c>
       <c r="D829" s="2" t="s">
-        <v>1916</v>
+        <v>1921</v>
       </c>
       <c r="E829" s="2" t="s">
-        <v>1917</v>
+        <v>1922</v>
       </c>
       <c r="F829" s="2" t="s">
-        <v>1918</v>
+        <v>137</v>
       </c>
       <c r="G829" s="2"/>
       <c r="H829" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I829" s="3">
-        <v>52850214385</v>
+        <v>75790128579</v>
       </c>
       <c r="J829" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K829" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L829" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M829" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="830" spans="1:13">
       <c r="A830" s="1">
-        <v>84294694900018</v>
+        <v>84768319000015</v>
       </c>
       <c r="B830" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C830" s="2" t="s">
-        <v>1919</v>
+        <v>1923</v>
       </c>
       <c r="D830" s="2"/>
       <c r="E830" s="2" t="s">
-        <v>1920</v>
+        <v>1924</v>
       </c>
       <c r="F830" s="2" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
       <c r="G830" s="2"/>
       <c r="H830" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I830" s="3">
-        <v>32620299662</v>
+        <v>84010204601</v>
       </c>
       <c r="J830" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K830" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L830" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M830" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="831" spans="1:13">
       <c r="A831" s="1">
-        <v>84421160700016</v>
+        <v>84785263900016</v>
       </c>
       <c r="B831" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C831" s="2" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="D831" s="2"/>
       <c r="E831" s="2" t="s">
-        <v>1923</v>
+        <v>1927</v>
       </c>
       <c r="F831" s="2" t="s">
-        <v>1684</v>
+        <v>1928</v>
       </c>
       <c r="G831" s="2"/>
       <c r="H831" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I831" s="3">
-        <v>11930790093</v>
+        <v>52720179972</v>
       </c>
       <c r="J831" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K831" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L831" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M831" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="832" spans="1:13">
       <c r="A832" s="1">
-        <v>84463328900021</v>
+        <v>85039682100017</v>
       </c>
       <c r="B832" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C832" s="2" t="s">
-        <v>1924</v>
+        <v>1929</v>
       </c>
       <c r="D832" s="2"/>
       <c r="E832" s="2" t="s">
-        <v>1925</v>
+        <v>1930</v>
       </c>
       <c r="F832" s="2" t="s">
-        <v>17</v>
+        <v>1931</v>
       </c>
       <c r="G832" s="2"/>
       <c r="H832" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I832" s="3" t="s">
-        <v>1926</v>
+      <c r="I832" s="3">
+        <v>32020140402</v>
       </c>
       <c r="J832" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K832" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L832" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M832" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="833" spans="1:13">
       <c r="A833" s="1">
-        <v>84480042500028</v>
+        <v>85080773600010</v>
       </c>
       <c r="B833" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C833" s="2" t="s">
-        <v>1927</v>
-[...3 lines deleted...]
-      </c>
+        <v>1932</v>
+      </c>
+      <c r="D833" s="2"/>
       <c r="E833" s="2" t="s">
-        <v>1929</v>
+        <v>1933</v>
       </c>
       <c r="F833" s="2" t="s">
-        <v>346</v>
+        <v>1586</v>
       </c>
       <c r="G833" s="2"/>
       <c r="H833" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I833" s="3">
-        <v>75790128579</v>
+        <v>28760593776</v>
       </c>
       <c r="J833" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K833" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L833" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M833" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="834" spans="1:13">
       <c r="A834" s="1">
-        <v>85039682100017</v>
+        <v>87938446900018</v>
       </c>
       <c r="B834" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C834" s="2" t="s">
-        <v>1930</v>
+        <v>1934</v>
       </c>
       <c r="D834" s="2"/>
       <c r="E834" s="2" t="s">
-        <v>1931</v>
+        <v>1935</v>
       </c>
       <c r="F834" s="2" t="s">
-        <v>1932</v>
+        <v>1936</v>
       </c>
       <c r="G834" s="2"/>
       <c r="H834" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I834" s="3">
-        <v>32020140402</v>
+      <c r="I834" s="3" t="s">
+        <v>1937</v>
       </c>
       <c r="J834" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K834" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L834" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M834" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="835" spans="1:13">
       <c r="A835" s="1">
-        <v>85080773600010</v>
+        <v>87961234900016</v>
       </c>
       <c r="B835" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C835" s="2" t="s">
-        <v>1933</v>
+        <v>1938</v>
       </c>
       <c r="D835" s="2"/>
       <c r="E835" s="2" t="s">
-        <v>1934</v>
+        <v>1939</v>
       </c>
       <c r="F835" s="2" t="s">
-        <v>1600</v>
+        <v>270</v>
       </c>
       <c r="G835" s="2"/>
       <c r="H835" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I835" s="3">
-        <v>28760593776</v>
+        <v>27710288871</v>
       </c>
       <c r="J835" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K835" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L835" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M835" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="836" spans="1:13">
       <c r="A836" s="1">
-        <v>87938446900018</v>
+        <v>87966517200026</v>
       </c>
       <c r="B836" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C836" s="2" t="s">
-        <v>1935</v>
+        <v>1940</v>
       </c>
       <c r="D836" s="2"/>
       <c r="E836" s="2" t="s">
-        <v>1936</v>
+        <v>1941</v>
       </c>
       <c r="F836" s="2" t="s">
-        <v>1937</v>
+        <v>1942</v>
       </c>
       <c r="G836" s="2"/>
       <c r="H836" s="2" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1938</v>
+        <v>489</v>
+      </c>
+      <c r="I836" s="3">
+        <v>75240203224</v>
       </c>
       <c r="J836" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K836" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L836" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M836" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="837" spans="1:13">
       <c r="A837" s="1">
-        <v>87961234900016</v>
+        <v>88070475400022</v>
       </c>
       <c r="B837" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C837" s="2" t="s">
-        <v>1939</v>
+        <v>1943</v>
       </c>
       <c r="D837" s="2"/>
       <c r="E837" s="2" t="s">
-        <v>1940</v>
+        <v>1944</v>
       </c>
       <c r="F837" s="2" t="s">
-        <v>454</v>
+        <v>746</v>
       </c>
       <c r="G837" s="2"/>
       <c r="H837" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I837" s="3">
-        <v>27710288871</v>
+        <v>32600442160</v>
       </c>
       <c r="J837" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K837" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L837" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M837" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="838" spans="1:13">
       <c r="A838" s="1">
-        <v>87966517200026</v>
+        <v>88763727000018</v>
       </c>
       <c r="B838" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C838" s="2" t="s">
-        <v>1941</v>
+        <v>1945</v>
       </c>
       <c r="D838" s="2"/>
       <c r="E838" s="2" t="s">
-        <v>1942</v>
+        <v>1946</v>
       </c>
       <c r="F838" s="2" t="s">
-        <v>1943</v>
+        <v>746</v>
       </c>
       <c r="G838" s="2"/>
       <c r="H838" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I838" s="3">
-        <v>75240203224</v>
+        <v>53220901022</v>
       </c>
       <c r="J838" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K838" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L838" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M838" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="839" spans="1:13">
       <c r="A839" s="1">
-        <v>88070475400022</v>
+        <v>88818738200013</v>
       </c>
       <c r="B839" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C839" s="2" t="s">
-        <v>1944</v>
+        <v>1947</v>
       </c>
       <c r="D839" s="2"/>
       <c r="E839" s="2" t="s">
-        <v>1945</v>
+        <v>1948</v>
       </c>
       <c r="F839" s="2" t="s">
-        <v>694</v>
+        <v>1949</v>
       </c>
       <c r="G839" s="2"/>
       <c r="H839" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I839" s="3">
-        <v>32600442160</v>
+        <v>32800208780</v>
       </c>
       <c r="J839" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K839" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L839" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M839" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="840" spans="1:13">
       <c r="A840" s="1">
-        <v>88818738200013</v>
+        <v>88976984000014</v>
       </c>
       <c r="B840" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C840" s="2" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="D840" s="2"/>
       <c r="E840" s="2" t="s">
-        <v>1947</v>
+        <v>1951</v>
       </c>
       <c r="F840" s="2" t="s">
-        <v>1948</v>
+        <v>693</v>
       </c>
       <c r="G840" s="2"/>
       <c r="H840" s="2" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="I840" s="3">
-        <v>32800208780</v>
+        <v>93830615483</v>
       </c>
       <c r="J840" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K840" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L840" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M840" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="841" spans="1:13">
       <c r="A841" s="1">
-        <v>88976984000014</v>
+        <v>89049728200024</v>
       </c>
       <c r="B841" s="2" t="s">
-        <v>13</v>
+        <v>426</v>
       </c>
       <c r="C841" s="2" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
       <c r="D841" s="2"/>
       <c r="E841" s="2" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="F841" s="2" t="s">
-        <v>639</v>
-[...1 lines deleted...]
-      <c r="G841" s="2"/>
+        <v>1207</v>
+      </c>
+      <c r="G841" s="2" t="s">
+        <v>1954</v>
+      </c>
       <c r="H841" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I841" s="3">
-        <v>93830615483</v>
+        <v>27250341125</v>
       </c>
       <c r="J841" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K841" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L841" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M841" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="842" spans="1:13">
       <c r="A842" s="1">
-        <v>89049728200024</v>
+        <v>89116017800028</v>
       </c>
       <c r="B842" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C842" s="2" t="s">
-        <v>1951</v>
+        <v>1955</v>
       </c>
       <c r="D842" s="2"/>
       <c r="E842" s="2" t="s">
-        <v>1952</v>
+        <v>1956</v>
       </c>
       <c r="F842" s="2" t="s">
-        <v>425</v>
+        <v>1957</v>
       </c>
       <c r="G842" s="2"/>
       <c r="H842" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I842" s="3">
-        <v>27250341125</v>
+        <v>11950690695</v>
       </c>
       <c r="J842" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K842" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L842" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M842" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="843" spans="1:13">
       <c r="A843" s="1">
-        <v>89116017800028</v>
+        <v>89201985200011</v>
       </c>
       <c r="B843" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C843" s="2" t="s">
-        <v>1953</v>
+        <v>1958</v>
       </c>
       <c r="D843" s="2"/>
       <c r="E843" s="2" t="s">
-        <v>1954</v>
+        <v>1959</v>
       </c>
       <c r="F843" s="2" t="s">
-        <v>1955</v>
+        <v>1193</v>
       </c>
       <c r="G843" s="2"/>
       <c r="H843" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I843" s="3">
-        <v>11950690695</v>
+        <v>27210417921</v>
       </c>
       <c r="J843" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K843" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L843" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M843" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="844" spans="1:13">
       <c r="A844" s="1">
-        <v>89201985200011</v>
+        <v>89322696900028</v>
       </c>
       <c r="B844" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C844" s="2" t="s">
-        <v>1956</v>
-[...1 lines deleted...]
-      <c r="D844" s="2"/>
+        <v>1960</v>
+      </c>
+      <c r="D844" s="2" t="s">
+        <v>1960</v>
+      </c>
       <c r="E844" s="2" t="s">
-        <v>1957</v>
+        <v>1961</v>
       </c>
       <c r="F844" s="2" t="s">
-        <v>1380</v>
+        <v>1962</v>
       </c>
       <c r="G844" s="2"/>
       <c r="H844" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I844" s="3">
-        <v>27210417921</v>
+        <v>53351090135</v>
       </c>
       <c r="J844" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K844" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L844" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M844" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="845" spans="1:13">
       <c r="A845" s="1">
-        <v>89322696900028</v>
+        <v>89357687600021</v>
       </c>
       <c r="B845" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C845" s="2" t="s">
-        <v>1958</v>
+        <v>1963</v>
       </c>
       <c r="D845" s="2" t="s">
-        <v>1958</v>
+        <v>1964</v>
       </c>
       <c r="E845" s="2" t="s">
-        <v>1959</v>
+        <v>1965</v>
       </c>
       <c r="F845" s="2" t="s">
-        <v>1960</v>
+        <v>287</v>
       </c>
       <c r="G845" s="2"/>
       <c r="H845" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I845" s="3">
-        <v>53351090135</v>
+        <v>11910889891</v>
       </c>
       <c r="J845" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K845" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L845" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M845" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="846" spans="1:13">
       <c r="A846" s="1">
-        <v>89357687600021</v>
+        <v>89357687600054</v>
       </c>
       <c r="B846" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C846" s="2" t="s">
-        <v>1961</v>
-[...3 lines deleted...]
-      </c>
+        <v>1963</v>
+      </c>
+      <c r="D846" s="2"/>
       <c r="E846" s="2" t="s">
-        <v>1963</v>
+        <v>1966</v>
       </c>
       <c r="F846" s="2" t="s">
-        <v>905</v>
+        <v>1967</v>
       </c>
       <c r="G846" s="2"/>
       <c r="H846" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I846" s="3">
         <v>11910889891</v>
       </c>
       <c r="J846" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K846" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L846" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M846" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="847" spans="1:13">
       <c r="A847" s="1">
-        <v>89357687600054</v>
+        <v>89357687600062</v>
       </c>
       <c r="B847" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C847" s="2" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
       <c r="D847" s="2"/>
       <c r="E847" s="2" t="s">
-        <v>1964</v>
+        <v>1968</v>
       </c>
       <c r="F847" s="2" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
       <c r="G847" s="2"/>
       <c r="H847" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I847" s="3">
         <v>11910889891</v>
       </c>
       <c r="J847" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K847" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L847" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M847" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="848" spans="1:13">
       <c r="A848" s="1">
-        <v>89357687600062</v>
+        <v>89451637600023</v>
       </c>
       <c r="B848" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C848" s="2" t="s">
-        <v>1961</v>
+        <v>1969</v>
       </c>
       <c r="D848" s="2"/>
       <c r="E848" s="2" t="s">
-        <v>1966</v>
+        <v>1970</v>
       </c>
       <c r="F848" s="2" t="s">
-        <v>1965</v>
+        <v>1971</v>
       </c>
       <c r="G848" s="2"/>
       <c r="H848" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I848" s="3">
-        <v>11910889891</v>
+        <v>93830632483</v>
       </c>
       <c r="J848" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K848" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L848" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M848" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="849" spans="1:13">
       <c r="A849" s="1">
-        <v>89451637600023</v>
+        <v>89467521400015</v>
       </c>
       <c r="B849" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C849" s="2" t="s">
-        <v>1967</v>
+        <v>1972</v>
       </c>
       <c r="D849" s="2"/>
       <c r="E849" s="2" t="s">
-        <v>1968</v>
+        <v>1973</v>
       </c>
       <c r="F849" s="2" t="s">
-        <v>1969</v>
+        <v>590</v>
       </c>
       <c r="G849" s="2"/>
       <c r="H849" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I849" s="3">
-        <v>93830632483</v>
+        <v>75170257117</v>
       </c>
       <c r="J849" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K849" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L849" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M849" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="850" spans="1:13">
       <c r="A850" s="1">
-        <v>89467521400015</v>
+        <v>89481194200016</v>
       </c>
       <c r="B850" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C850" s="2" t="s">
-        <v>1970</v>
-[...1 lines deleted...]
-      <c r="D850" s="2"/>
+        <v>1974</v>
+      </c>
+      <c r="D850" s="2" t="s">
+        <v>1974</v>
+      </c>
       <c r="E850" s="2" t="s">
-        <v>1971</v>
+        <v>1975</v>
       </c>
       <c r="F850" s="2" t="s">
-        <v>258</v>
+        <v>1976</v>
       </c>
       <c r="G850" s="2"/>
       <c r="H850" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I850" s="3">
-        <v>75170257117</v>
+        <v>53351094535</v>
       </c>
       <c r="J850" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K850" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L850" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M850" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="851" spans="1:13">
       <c r="A851" s="1">
-        <v>89481194200016</v>
+        <v>89491376300013</v>
       </c>
       <c r="B851" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C851" s="2" t="s">
-        <v>1972</v>
-[...3 lines deleted...]
-      </c>
+        <v>1977</v>
+      </c>
+      <c r="D851" s="2"/>
       <c r="E851" s="2" t="s">
-        <v>1973</v>
+        <v>1978</v>
       </c>
       <c r="F851" s="2" t="s">
-        <v>1974</v>
+        <v>590</v>
       </c>
       <c r="G851" s="2"/>
       <c r="H851" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I851" s="3">
-        <v>53351094535</v>
+        <v>75860186086</v>
       </c>
       <c r="J851" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K851" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L851" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M851" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="852" spans="1:13">
       <c r="A852" s="1">
-        <v>89491376300013</v>
+        <v>89524038000017</v>
       </c>
       <c r="B852" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C852" s="2" t="s">
-        <v>1975</v>
+        <v>1979</v>
       </c>
       <c r="D852" s="2"/>
       <c r="E852" s="2" t="s">
-        <v>1976</v>
+        <v>1980</v>
       </c>
       <c r="F852" s="2" t="s">
-        <v>258</v>
+        <v>1981</v>
       </c>
       <c r="G852" s="2"/>
       <c r="H852" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I852" s="3">
-        <v>75860186086</v>
+        <v>11910892891</v>
       </c>
       <c r="J852" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K852" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L852" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M852" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="853" spans="1:13">
       <c r="A853" s="1">
-        <v>89524038000017</v>
+        <v>89808790300016</v>
       </c>
       <c r="B853" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C853" s="2" t="s">
-        <v>1977</v>
+        <v>1982</v>
       </c>
       <c r="D853" s="2"/>
       <c r="E853" s="2" t="s">
-        <v>1978</v>
+        <v>1983</v>
       </c>
       <c r="F853" s="2" t="s">
-        <v>1979</v>
+        <v>1984</v>
       </c>
       <c r="G853" s="2"/>
       <c r="H853" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I853" s="3">
-        <v>11910892891</v>
+        <v>32600365660</v>
       </c>
       <c r="J853" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K853" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L853" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M853" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="854" spans="1:13">
       <c r="A854" s="1">
-        <v>89808790300016</v>
+        <v>89808790300024</v>
       </c>
       <c r="B854" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C854" s="2" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
       <c r="D854" s="2"/>
       <c r="E854" s="2" t="s">
-        <v>1981</v>
+        <v>1985</v>
       </c>
       <c r="F854" s="2" t="s">
-        <v>1982</v>
+        <v>289</v>
       </c>
       <c r="G854" s="2"/>
       <c r="H854" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I854" s="3">
         <v>32600365660</v>
       </c>
       <c r="J854" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K854" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L854" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M854" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="855" spans="1:13">
       <c r="A855" s="1">
-        <v>89808790300024</v>
+        <v>90003816700012</v>
       </c>
       <c r="B855" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C855" s="2" t="s">
-        <v>1980</v>
+        <v>1986</v>
       </c>
       <c r="D855" s="2"/>
       <c r="E855" s="2" t="s">
-        <v>1983</v>
+        <v>1987</v>
       </c>
       <c r="F855" s="2" t="s">
-        <v>304</v>
+        <v>1441</v>
       </c>
       <c r="G855" s="2"/>
       <c r="H855" s="2" t="s">
-        <v>157</v>
+        <v>18</v>
       </c>
       <c r="I855" s="3">
-        <v>32600365660</v>
+        <v>76120101012</v>
       </c>
       <c r="J855" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K855" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L855" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M855" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="856" spans="1:13">
       <c r="A856" s="1">
-        <v>90003816700012</v>
+        <v>90185994200038</v>
       </c>
       <c r="B856" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C856" s="2" t="s">
-        <v>1984</v>
-[...1 lines deleted...]
-      <c r="D856" s="2"/>
+        <v>1988</v>
+      </c>
+      <c r="D856" s="2" t="s">
+        <v>1989</v>
+      </c>
       <c r="E856" s="2" t="s">
-        <v>1985</v>
+        <v>1990</v>
       </c>
       <c r="F856" s="2" t="s">
-        <v>1283</v>
+        <v>291</v>
       </c>
       <c r="G856" s="2"/>
       <c r="H856" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="I856" s="3">
-        <v>76120101012</v>
+        <v>53220908022</v>
       </c>
       <c r="J856" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K856" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L856" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M856" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="857" spans="1:13">
       <c r="A857" s="1">
-        <v>90185994200038</v>
+        <v>90254506000011</v>
       </c>
       <c r="B857" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C857" s="2" t="s">
-        <v>1986</v>
-[...3 lines deleted...]
-      </c>
+        <v>1991</v>
+      </c>
+      <c r="D857" s="2"/>
       <c r="E857" s="2" t="s">
-        <v>1988</v>
+        <v>1992</v>
       </c>
       <c r="F857" s="2" t="s">
-        <v>908</v>
+        <v>1993</v>
       </c>
       <c r="G857" s="2"/>
       <c r="H857" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I857" s="3">
-        <v>53220908022</v>
+        <v>44510219451</v>
       </c>
       <c r="J857" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K857" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L857" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M857" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="858" spans="1:13">
       <c r="A858" s="1">
-        <v>90254506000011</v>
+        <v>90283883800016</v>
       </c>
       <c r="B858" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C858" s="2" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="D858" s="2"/>
       <c r="E858" s="2" t="s">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="F858" s="2" t="s">
-        <v>1991</v>
+        <v>1996</v>
       </c>
       <c r="G858" s="2"/>
       <c r="H858" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I858" s="3">
-        <v>44510219451</v>
+        <v>75870186487</v>
       </c>
       <c r="J858" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K858" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L858" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M858" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="859" spans="1:13">
       <c r="A859" s="1">
-        <v>90283883800016</v>
+        <v>90386961800012</v>
       </c>
       <c r="B859" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C859" s="2" t="s">
-        <v>1992</v>
+        <v>1997</v>
       </c>
       <c r="D859" s="2"/>
       <c r="E859" s="2" t="s">
-        <v>1993</v>
+        <v>1998</v>
       </c>
       <c r="F859" s="2" t="s">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="G859" s="2"/>
       <c r="H859" s="2" t="s">
-        <v>31</v>
+        <v>509</v>
       </c>
       <c r="I859" s="3">
-        <v>75870186487</v>
+        <v>11922496392</v>
       </c>
       <c r="J859" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K859" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L859" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M859" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="860" spans="1:13">
       <c r="A860" s="1">
-        <v>90386961800012</v>
+        <v>90386961800061</v>
       </c>
       <c r="B860" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C860" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D860" s="2"/>
       <c r="E860" s="2" t="s">
-        <v>1996</v>
+        <v>2000</v>
       </c>
       <c r="F860" s="2" t="s">
-        <v>1997</v>
+        <v>2001</v>
       </c>
       <c r="G860" s="2"/>
       <c r="H860" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I860" s="3">
         <v>11922496392</v>
       </c>
       <c r="J860" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K860" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L860" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M860" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="861" spans="1:13">
       <c r="A861" s="1">
-        <v>90386961800061</v>
+        <v>90386961800103</v>
       </c>
       <c r="B861" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C861" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D861" s="2"/>
       <c r="E861" s="2" t="s">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="F861" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G861" s="2"/>
       <c r="H861" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I861" s="3">
         <v>11922496392</v>
       </c>
       <c r="J861" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K861" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L861" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M861" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="862" spans="1:13">
       <c r="A862" s="1">
-        <v>90386961800103</v>
+        <v>90386961800137</v>
       </c>
       <c r="B862" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C862" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D862" s="2"/>
       <c r="E862" s="2" t="s">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="F862" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G862" s="2"/>
       <c r="H862" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I862" s="3">
         <v>11922496392</v>
       </c>
       <c r="J862" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K862" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L862" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M862" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="863" spans="1:13">
       <c r="A863" s="1">
-        <v>90386961800137</v>
+        <v>90386961800210</v>
       </c>
       <c r="B863" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C863" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D863" s="2"/>
       <c r="E863" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="F863" s="2" t="s">
         <v>2001</v>
-      </c>
-[...1 lines deleted...]
-        <v>1999</v>
       </c>
       <c r="G863" s="2"/>
       <c r="H863" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I863" s="3">
         <v>11922496392</v>
       </c>
       <c r="J863" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K863" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L863" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M863" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="864" spans="1:13">
       <c r="A864" s="1">
-        <v>90386961800210</v>
+        <v>90386961800277</v>
       </c>
       <c r="B864" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C864" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D864" s="2"/>
       <c r="E864" s="2" t="s">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="F864" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G864" s="2"/>
       <c r="H864" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I864" s="3">
         <v>11922496392</v>
       </c>
       <c r="J864" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K864" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L864" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M864" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="865" spans="1:13">
       <c r="A865" s="1">
-        <v>90386961800277</v>
+        <v>90386961800376</v>
       </c>
       <c r="B865" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C865" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D865" s="2"/>
       <c r="E865" s="2" t="s">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="F865" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G865" s="2"/>
       <c r="H865" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I865" s="3">
         <v>11922496392</v>
       </c>
       <c r="J865" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K865" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L865" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M865" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="866" spans="1:13">
       <c r="A866" s="1">
-        <v>90386961800376</v>
+        <v>90386961800392</v>
       </c>
       <c r="B866" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C866" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D866" s="2"/>
       <c r="E866" s="2" t="s">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="F866" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G866" s="2"/>
       <c r="H866" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I866" s="3">
         <v>11922496392</v>
       </c>
       <c r="J866" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K866" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L866" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M866" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="867" spans="1:13">
       <c r="A867" s="1">
-        <v>90386961800392</v>
+        <v>90386961800418</v>
       </c>
       <c r="B867" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C867" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D867" s="2"/>
       <c r="E867" s="2" t="s">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="F867" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G867" s="2"/>
       <c r="H867" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I867" s="3">
         <v>11922496392</v>
       </c>
       <c r="J867" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K867" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L867" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M867" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="868" spans="1:13">
       <c r="A868" s="1">
-        <v>90386961800418</v>
+        <v>90386961800467</v>
       </c>
       <c r="B868" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C868" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D868" s="2"/>
       <c r="E868" s="2" t="s">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="F868" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G868" s="2"/>
       <c r="H868" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I868" s="3">
         <v>11922496392</v>
       </c>
       <c r="J868" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K868" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L868" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M868" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="869" spans="1:13">
       <c r="A869" s="1">
-        <v>90386961800467</v>
+        <v>90386961800491</v>
       </c>
       <c r="B869" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C869" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D869" s="2"/>
       <c r="E869" s="2" t="s">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="F869" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G869" s="2"/>
       <c r="H869" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I869" s="3">
         <v>11922496392</v>
       </c>
       <c r="J869" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K869" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L869" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M869" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="870" spans="1:13">
       <c r="A870" s="1">
-        <v>90386961800491</v>
+        <v>90386961800525</v>
       </c>
       <c r="B870" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C870" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D870" s="2"/>
       <c r="E870" s="2" t="s">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="F870" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G870" s="2"/>
       <c r="H870" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I870" s="3">
         <v>11922496392</v>
       </c>
       <c r="J870" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K870" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L870" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M870" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="871" spans="1:13">
       <c r="A871" s="1">
-        <v>90386961800525</v>
+        <v>90386961800541</v>
       </c>
       <c r="B871" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C871" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D871" s="2"/>
       <c r="E871" s="2" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="F871" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G871" s="2"/>
       <c r="H871" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I871" s="3">
         <v>11922496392</v>
       </c>
       <c r="J871" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K871" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L871" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M871" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="872" spans="1:13">
       <c r="A872" s="1">
-        <v>90386961800541</v>
+        <v>90386961800582</v>
       </c>
       <c r="B872" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C872" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D872" s="2"/>
       <c r="E872" s="2" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="F872" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G872" s="2"/>
       <c r="H872" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I872" s="3">
         <v>11922496392</v>
       </c>
       <c r="J872" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K872" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L872" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M872" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="873" spans="1:13">
       <c r="A873" s="1">
-        <v>90386961800582</v>
+        <v>90386961800657</v>
       </c>
       <c r="B873" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C873" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D873" s="2"/>
       <c r="E873" s="2" t="s">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="F873" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G873" s="2"/>
       <c r="H873" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I873" s="3">
         <v>11922496392</v>
       </c>
       <c r="J873" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K873" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L873" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M873" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="874" spans="1:13">
       <c r="A874" s="1">
-        <v>90386961800657</v>
+        <v>90386961800673</v>
       </c>
       <c r="B874" s="2" t="s">
-        <v>13</v>
+        <v>426</v>
       </c>
       <c r="C874" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D874" s="2"/>
       <c r="E874" s="2" t="s">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="F874" s="2" t="s">
-        <v>1999</v>
-[...1 lines deleted...]
-      <c r="G874" s="2"/>
+        <v>2001</v>
+      </c>
+      <c r="G874" s="2" t="s">
+        <v>410</v>
+      </c>
       <c r="H874" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I874" s="3">
         <v>11922496392</v>
       </c>
       <c r="J874" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K874" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L874" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M874" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="875" spans="1:13">
       <c r="A875" s="1">
-        <v>90386961800673</v>
+        <v>90386961800681</v>
       </c>
       <c r="B875" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C875" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D875" s="2"/>
       <c r="E875" s="2" t="s">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="F875" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G875" s="2"/>
       <c r="H875" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I875" s="3">
         <v>11922496392</v>
       </c>
       <c r="J875" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K875" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L875" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M875" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="876" spans="1:13">
       <c r="A876" s="1">
-        <v>90386961800681</v>
+        <v>90386961800715</v>
       </c>
       <c r="B876" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C876" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D876" s="2"/>
       <c r="E876" s="2" t="s">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="F876" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G876" s="2"/>
       <c r="H876" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I876" s="3">
         <v>11922496392</v>
       </c>
       <c r="J876" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K876" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L876" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M876" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="877" spans="1:13">
       <c r="A877" s="1">
-        <v>90386961800715</v>
+        <v>90386961800731</v>
       </c>
       <c r="B877" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C877" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D877" s="2"/>
       <c r="E877" s="2" t="s">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="F877" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G877" s="2"/>
       <c r="H877" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I877" s="3">
         <v>11922496392</v>
       </c>
       <c r="J877" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K877" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L877" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M877" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="878" spans="1:13">
       <c r="A878" s="1">
-        <v>90386961800731</v>
+        <v>90386961800749</v>
       </c>
       <c r="B878" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C878" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D878" s="2"/>
       <c r="E878" s="2" t="s">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="F878" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G878" s="2"/>
       <c r="H878" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I878" s="3">
         <v>11922496392</v>
       </c>
       <c r="J878" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K878" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L878" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M878" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="879" spans="1:13">
       <c r="A879" s="1">
-        <v>90386961800749</v>
+        <v>90386961800756</v>
       </c>
       <c r="B879" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C879" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D879" s="2"/>
       <c r="E879" s="2" t="s">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="F879" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G879" s="2"/>
       <c r="H879" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I879" s="3">
         <v>11922496392</v>
       </c>
       <c r="J879" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K879" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L879" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M879" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="880" spans="1:13">
       <c r="A880" s="1">
-        <v>90386961800756</v>
+        <v>90386961800780</v>
       </c>
       <c r="B880" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C880" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D880" s="2"/>
       <c r="E880" s="2" t="s">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="F880" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G880" s="2"/>
       <c r="H880" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I880" s="3">
         <v>11922496392</v>
       </c>
       <c r="J880" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K880" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L880" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M880" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="881" spans="1:13">
       <c r="A881" s="1">
-        <v>90386961800780</v>
+        <v>90386961800814</v>
       </c>
       <c r="B881" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C881" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D881" s="2"/>
       <c r="E881" s="2" t="s">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="F881" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G881" s="2"/>
       <c r="H881" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I881" s="3">
         <v>11922496392</v>
       </c>
       <c r="J881" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K881" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L881" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M881" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="882" spans="1:13">
       <c r="A882" s="1">
-        <v>90386961800814</v>
+        <v>90386961800889</v>
       </c>
       <c r="B882" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C882" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D882" s="2"/>
       <c r="E882" s="2" t="s">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="F882" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G882" s="2"/>
       <c r="H882" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I882" s="3">
         <v>11922496392</v>
       </c>
       <c r="J882" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K882" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L882" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M882" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="883" spans="1:13">
       <c r="A883" s="1">
-        <v>90386961800889</v>
+        <v>90386961800970</v>
       </c>
       <c r="B883" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C883" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D883" s="2"/>
       <c r="E883" s="2" t="s">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="F883" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G883" s="2"/>
       <c r="H883" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I883" s="3">
         <v>11922496392</v>
       </c>
       <c r="J883" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K883" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L883" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M883" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="884" spans="1:13">
       <c r="A884" s="1">
-        <v>90386961800970</v>
+        <v>90386961801002</v>
       </c>
       <c r="B884" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C884" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D884" s="2"/>
       <c r="E884" s="2" t="s">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="F884" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G884" s="2"/>
       <c r="H884" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I884" s="3">
         <v>11922496392</v>
       </c>
       <c r="J884" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K884" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L884" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M884" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="885" spans="1:13">
       <c r="A885" s="1">
-        <v>90386961801002</v>
+        <v>90386961801093</v>
       </c>
       <c r="B885" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C885" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D885" s="2"/>
       <c r="E885" s="2" t="s">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="F885" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G885" s="2"/>
       <c r="H885" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I885" s="3">
         <v>11922496392</v>
       </c>
       <c r="J885" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K885" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L885" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M885" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="886" spans="1:13">
       <c r="A886" s="1">
-        <v>90386961801093</v>
+        <v>90386961801101</v>
       </c>
       <c r="B886" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C886" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D886" s="2"/>
       <c r="E886" s="2" t="s">
-        <v>2024</v>
+        <v>2027</v>
       </c>
       <c r="F886" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G886" s="2"/>
       <c r="H886" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I886" s="3">
         <v>11922496392</v>
       </c>
       <c r="J886" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K886" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L886" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M886" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="887" spans="1:13">
       <c r="A887" s="1">
-        <v>90386961801101</v>
+        <v>90386961801119</v>
       </c>
       <c r="B887" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C887" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D887" s="2"/>
       <c r="E887" s="2" t="s">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="F887" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G887" s="2"/>
       <c r="H887" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I887" s="3">
         <v>11922496392</v>
       </c>
       <c r="J887" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K887" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L887" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M887" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="888" spans="1:13">
       <c r="A888" s="1">
-        <v>90386961801119</v>
+        <v>90386961801127</v>
       </c>
       <c r="B888" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C888" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D888" s="2"/>
       <c r="E888" s="2" t="s">
-        <v>2026</v>
+        <v>2029</v>
       </c>
       <c r="F888" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G888" s="2"/>
       <c r="H888" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I888" s="3">
         <v>11922496392</v>
       </c>
       <c r="J888" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K888" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L888" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M888" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="889" spans="1:13">
       <c r="A889" s="1">
-        <v>90386961801127</v>
+        <v>90386961801143</v>
       </c>
       <c r="B889" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C889" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D889" s="2"/>
       <c r="E889" s="2" t="s">
-        <v>2027</v>
+        <v>2030</v>
       </c>
       <c r="F889" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G889" s="2"/>
       <c r="H889" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I889" s="3">
         <v>11922496392</v>
       </c>
       <c r="J889" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K889" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L889" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M889" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="890" spans="1:13">
       <c r="A890" s="1">
-        <v>90386961801143</v>
+        <v>90386961801200</v>
       </c>
       <c r="B890" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C890" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D890" s="2"/>
       <c r="E890" s="2" t="s">
-        <v>2028</v>
+        <v>2031</v>
       </c>
       <c r="F890" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G890" s="2"/>
       <c r="H890" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I890" s="3">
         <v>11922496392</v>
       </c>
       <c r="J890" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K890" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L890" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M890" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="891" spans="1:13">
       <c r="A891" s="1">
-        <v>90386961801200</v>
+        <v>90386961801218</v>
       </c>
       <c r="B891" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C891" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D891" s="2"/>
       <c r="E891" s="2" t="s">
-        <v>2029</v>
+        <v>2032</v>
       </c>
       <c r="F891" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G891" s="2"/>
       <c r="H891" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I891" s="3">
         <v>11922496392</v>
       </c>
       <c r="J891" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K891" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L891" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M891" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="892" spans="1:13">
       <c r="A892" s="1">
-        <v>90386961801218</v>
+        <v>90386961801242</v>
       </c>
       <c r="B892" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C892" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D892" s="2"/>
       <c r="E892" s="2" t="s">
-        <v>2030</v>
+        <v>2033</v>
       </c>
       <c r="F892" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G892" s="2"/>
       <c r="H892" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I892" s="3">
         <v>11922496392</v>
       </c>
       <c r="J892" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K892" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L892" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M892" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="893" spans="1:13">
       <c r="A893" s="1">
-        <v>90386961801242</v>
+        <v>90386961801259</v>
       </c>
       <c r="B893" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C893" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D893" s="2"/>
       <c r="E893" s="2" t="s">
-        <v>2031</v>
+        <v>2034</v>
       </c>
       <c r="F893" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G893" s="2"/>
       <c r="H893" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I893" s="3">
         <v>11922496392</v>
       </c>
       <c r="J893" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K893" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L893" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M893" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="894" spans="1:13">
       <c r="A894" s="1">
-        <v>90386961801259</v>
+        <v>90386961801267</v>
       </c>
       <c r="B894" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C894" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D894" s="2"/>
       <c r="E894" s="2" t="s">
-        <v>2032</v>
+        <v>2035</v>
       </c>
       <c r="F894" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G894" s="2"/>
       <c r="H894" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I894" s="3">
         <v>11922496392</v>
       </c>
       <c r="J894" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K894" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L894" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M894" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="895" spans="1:13">
       <c r="A895" s="1">
-        <v>90386961801267</v>
+        <v>90386961801291</v>
       </c>
       <c r="B895" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C895" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D895" s="2"/>
       <c r="E895" s="2" t="s">
-        <v>2033</v>
+        <v>2036</v>
       </c>
       <c r="F895" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G895" s="2"/>
       <c r="H895" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I895" s="3">
         <v>11922496392</v>
       </c>
       <c r="J895" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K895" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L895" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M895" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="896" spans="1:13">
       <c r="A896" s="1">
-        <v>90386961801291</v>
+        <v>90386961801333</v>
       </c>
       <c r="B896" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C896" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D896" s="2"/>
       <c r="E896" s="2" t="s">
-        <v>2034</v>
+        <v>2037</v>
       </c>
       <c r="F896" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G896" s="2"/>
       <c r="H896" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I896" s="3">
         <v>11922496392</v>
       </c>
       <c r="J896" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K896" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L896" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M896" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="897" spans="1:13">
       <c r="A897" s="1">
-        <v>90386961801333</v>
+        <v>90386961801358</v>
       </c>
       <c r="B897" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C897" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D897" s="2"/>
       <c r="E897" s="2" t="s">
-        <v>2035</v>
+        <v>2038</v>
       </c>
       <c r="F897" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G897" s="2"/>
       <c r="H897" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I897" s="3">
         <v>11922496392</v>
       </c>
       <c r="J897" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K897" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L897" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M897" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="898" spans="1:13">
       <c r="A898" s="1">
-        <v>90386961801358</v>
+        <v>90386961801382</v>
       </c>
       <c r="B898" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C898" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D898" s="2"/>
       <c r="E898" s="2" t="s">
-        <v>2036</v>
+        <v>2039</v>
       </c>
       <c r="F898" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G898" s="2"/>
       <c r="H898" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I898" s="3">
         <v>11922496392</v>
       </c>
       <c r="J898" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K898" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L898" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M898" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="899" spans="1:13">
       <c r="A899" s="1">
-        <v>90386961801382</v>
+        <v>90386961801440</v>
       </c>
       <c r="B899" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C899" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D899" s="2"/>
       <c r="E899" s="2" t="s">
-        <v>2037</v>
+        <v>2040</v>
       </c>
       <c r="F899" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G899" s="2"/>
       <c r="H899" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I899" s="3">
         <v>11922496392</v>
       </c>
       <c r="J899" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K899" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L899" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M899" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="900" spans="1:13">
       <c r="A900" s="1">
-        <v>90386961801440</v>
+        <v>90386961801457</v>
       </c>
       <c r="B900" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C900" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D900" s="2"/>
       <c r="E900" s="2" t="s">
-        <v>2038</v>
+        <v>2041</v>
       </c>
       <c r="F900" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G900" s="2"/>
       <c r="H900" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I900" s="3">
         <v>11922496392</v>
       </c>
       <c r="J900" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K900" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L900" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M900" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="901" spans="1:13">
       <c r="A901" s="1">
-        <v>90386961801457</v>
+        <v>90386961801556</v>
       </c>
       <c r="B901" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C901" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D901" s="2"/>
       <c r="E901" s="2" t="s">
-        <v>2039</v>
+        <v>2042</v>
       </c>
       <c r="F901" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G901" s="2"/>
       <c r="H901" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I901" s="3">
         <v>11922496392</v>
       </c>
       <c r="J901" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K901" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L901" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M901" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="902" spans="1:13">
       <c r="A902" s="1">
-        <v>90386961801556</v>
+        <v>90386961801580</v>
       </c>
       <c r="B902" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C902" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D902" s="2"/>
       <c r="E902" s="2" t="s">
-        <v>2040</v>
+        <v>2043</v>
       </c>
       <c r="F902" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G902" s="2"/>
       <c r="H902" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I902" s="3">
         <v>11922496392</v>
       </c>
       <c r="J902" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K902" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L902" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M902" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="903" spans="1:13">
       <c r="A903" s="1">
-        <v>90386961801580</v>
+        <v>90386961801614</v>
       </c>
       <c r="B903" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C903" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D903" s="2"/>
       <c r="E903" s="2" t="s">
-        <v>2041</v>
+        <v>2044</v>
       </c>
       <c r="F903" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G903" s="2"/>
       <c r="H903" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I903" s="3">
         <v>11922496392</v>
       </c>
       <c r="J903" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K903" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L903" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M903" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="904" spans="1:13">
       <c r="A904" s="1">
-        <v>90386961801614</v>
+        <v>90386961801622</v>
       </c>
       <c r="B904" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C904" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D904" s="2"/>
       <c r="E904" s="2" t="s">
-        <v>2042</v>
+        <v>2045</v>
       </c>
       <c r="F904" s="2" t="s">
-        <v>1999</v>
+        <v>2046</v>
       </c>
       <c r="G904" s="2"/>
       <c r="H904" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I904" s="3">
         <v>11922496392</v>
       </c>
       <c r="J904" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K904" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L904" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M904" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="905" spans="1:13">
       <c r="A905" s="1">
-        <v>90386961801622</v>
+        <v>90386961801648</v>
       </c>
       <c r="B905" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C905" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D905" s="2"/>
       <c r="E905" s="2" t="s">
-        <v>2043</v>
+        <v>2047</v>
       </c>
       <c r="F905" s="2" t="s">
-        <v>2044</v>
+        <v>2048</v>
       </c>
       <c r="G905" s="2"/>
       <c r="H905" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I905" s="3">
         <v>11922496392</v>
       </c>
       <c r="J905" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K905" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L905" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M905" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="906" spans="1:13">
       <c r="A906" s="1">
-        <v>90386961801648</v>
+        <v>90386961801671</v>
       </c>
       <c r="B906" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C906" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D906" s="2"/>
       <c r="E906" s="2" t="s">
-        <v>2045</v>
+        <v>2049</v>
       </c>
       <c r="F906" s="2" t="s">
-        <v>2046</v>
+        <v>2001</v>
       </c>
       <c r="G906" s="2"/>
       <c r="H906" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I906" s="3">
         <v>11922496392</v>
       </c>
       <c r="J906" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K906" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L906" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M906" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="907" spans="1:13">
       <c r="A907" s="1">
-        <v>90386961801671</v>
+        <v>90386961801705</v>
       </c>
       <c r="B907" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C907" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D907" s="2"/>
       <c r="E907" s="2" t="s">
-        <v>2047</v>
+        <v>2050</v>
       </c>
       <c r="F907" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G907" s="2"/>
       <c r="H907" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I907" s="3">
         <v>11922496392</v>
       </c>
       <c r="J907" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K907" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L907" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M907" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="908" spans="1:13">
       <c r="A908" s="1">
-        <v>90386961801705</v>
+        <v>90386961801762</v>
       </c>
       <c r="B908" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C908" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D908" s="2"/>
       <c r="E908" s="2" t="s">
-        <v>2048</v>
+        <v>2051</v>
       </c>
       <c r="F908" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G908" s="2"/>
       <c r="H908" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I908" s="3">
         <v>11922496392</v>
       </c>
       <c r="J908" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K908" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L908" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M908" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="909" spans="1:13">
       <c r="A909" s="1">
-        <v>90386961801762</v>
+        <v>90386961801796</v>
       </c>
       <c r="B909" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C909" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D909" s="2"/>
       <c r="E909" s="2" t="s">
-        <v>2049</v>
+        <v>2052</v>
       </c>
       <c r="F909" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G909" s="2"/>
       <c r="H909" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I909" s="3">
         <v>11922496392</v>
       </c>
       <c r="J909" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K909" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L909" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M909" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="910" spans="1:13">
       <c r="A910" s="1">
-        <v>90386961801796</v>
+        <v>90386961801838</v>
       </c>
       <c r="B910" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C910" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D910" s="2"/>
       <c r="E910" s="2" t="s">
-        <v>2050</v>
+        <v>2053</v>
       </c>
       <c r="F910" s="2" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="G910" s="2"/>
       <c r="H910" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I910" s="3">
         <v>11922496392</v>
       </c>
       <c r="J910" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K910" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L910" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M910" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="911" spans="1:13">
       <c r="A911" s="1">
-        <v>90386961801838</v>
+        <v>90386961801861</v>
       </c>
       <c r="B911" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C911" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D911" s="2"/>
       <c r="E911" s="2" t="s">
-        <v>2051</v>
+        <v>2054</v>
       </c>
       <c r="F911" s="2" t="s">
-        <v>1999</v>
+        <v>2055</v>
       </c>
       <c r="G911" s="2"/>
       <c r="H911" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I911" s="3">
         <v>11922496392</v>
       </c>
       <c r="J911" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K911" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L911" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M911" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="912" spans="1:13">
       <c r="A912" s="1">
-        <v>90386961801861</v>
+        <v>90386961801879</v>
       </c>
       <c r="B912" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C912" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D912" s="2"/>
       <c r="E912" s="2" t="s">
-        <v>2052</v>
+        <v>2056</v>
       </c>
       <c r="F912" s="2" t="s">
-        <v>2053</v>
+        <v>1683</v>
       </c>
       <c r="G912" s="2"/>
       <c r="H912" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I912" s="3">
         <v>11922496392</v>
       </c>
       <c r="J912" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K912" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L912" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M912" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="913" spans="1:13">
       <c r="A913" s="1">
-        <v>90386961801879</v>
+        <v>90386961801903</v>
       </c>
       <c r="B913" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C913" s="2" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="D913" s="2"/>
       <c r="E913" s="2" t="s">
-        <v>2054</v>
+        <v>2057</v>
       </c>
       <c r="F913" s="2" t="s">
-        <v>1695</v>
+        <v>2058</v>
       </c>
       <c r="G913" s="2"/>
       <c r="H913" s="2" t="s">
-        <v>172</v>
+        <v>509</v>
       </c>
       <c r="I913" s="3">
         <v>11922496392</v>
       </c>
       <c r="J913" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K913" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L913" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M913" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="914" spans="1:13">
       <c r="A914" s="1">
-        <v>90386961801903</v>
+        <v>91352318900011</v>
       </c>
       <c r="B914" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C914" s="2" t="s">
-        <v>1995</v>
+        <v>2059</v>
       </c>
       <c r="D914" s="2"/>
       <c r="E914" s="2" t="s">
-        <v>2055</v>
+        <v>2060</v>
       </c>
       <c r="F914" s="2" t="s">
-        <v>2056</v>
+        <v>2061</v>
       </c>
       <c r="G914" s="2"/>
       <c r="H914" s="2" t="s">
-        <v>172</v>
+        <v>31</v>
       </c>
       <c r="I914" s="3">
-        <v>11922496392</v>
+        <v>44680329868</v>
       </c>
       <c r="J914" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K914" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L914" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M914" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="915" spans="1:13">
       <c r="A915" s="1">
-        <v>91352318900011</v>
+        <v>91387230500010</v>
       </c>
       <c r="B915" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C915" s="2" t="s">
-        <v>2057</v>
+        <v>2062</v>
       </c>
       <c r="D915" s="2"/>
       <c r="E915" s="2" t="s">
-        <v>2058</v>
+        <v>2063</v>
       </c>
       <c r="F915" s="2" t="s">
-        <v>2059</v>
+        <v>2064</v>
       </c>
       <c r="G915" s="2"/>
       <c r="H915" s="2" t="s">
-        <v>31</v>
+        <v>489</v>
       </c>
       <c r="I915" s="3">
-        <v>44680329868</v>
+        <v>75640534164</v>
       </c>
       <c r="J915" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K915" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L915" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M915" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="916" spans="1:13">
       <c r="A916" s="1">
-        <v>91387230500010</v>
+        <v>91824670300022</v>
       </c>
       <c r="B916" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C916" s="2" t="s">
-        <v>2060</v>
+        <v>2065</v>
       </c>
       <c r="D916" s="2"/>
       <c r="E916" s="2" t="s">
-        <v>2061</v>
+        <v>2066</v>
       </c>
       <c r="F916" s="2" t="s">
-        <v>2062</v>
+        <v>1522</v>
       </c>
       <c r="G916" s="2"/>
       <c r="H916" s="2" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="I916" s="3">
-        <v>75640534164</v>
+        <v>84420386942</v>
       </c>
       <c r="J916" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K916" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L916" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M916" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="917" spans="1:13">
       <c r="A917" s="1">
-        <v>91824670300022</v>
+        <v>91878715100011</v>
       </c>
       <c r="B917" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C917" s="2" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="D917" s="2"/>
       <c r="E917" s="2" t="s">
-        <v>2064</v>
+        <v>2068</v>
       </c>
       <c r="F917" s="2" t="s">
-        <v>370</v>
+        <v>1522</v>
       </c>
       <c r="G917" s="2"/>
       <c r="H917" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I917" s="3">
-        <v>84420386942</v>
+      <c r="I917" s="3" t="s">
+        <v>2069</v>
       </c>
       <c r="J917" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K917" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L917" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M917" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="918" spans="1:13">
       <c r="A918" s="1">
-        <v>91878715100011</v>
+        <v>92161953200010</v>
       </c>
       <c r="B918" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C918" s="2" t="s">
-        <v>2065</v>
+        <v>2070</v>
       </c>
       <c r="D918" s="2"/>
       <c r="E918" s="2" t="s">
-        <v>2066</v>
+        <v>2071</v>
       </c>
       <c r="F918" s="2" t="s">
-        <v>370</v>
+        <v>2072</v>
       </c>
       <c r="G918" s="2"/>
       <c r="H918" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I918" s="3" t="s">
-        <v>2067</v>
+      <c r="I918" s="3">
+        <v>11770813077</v>
       </c>
       <c r="J918" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K918" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L918" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M918" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="919" spans="1:13">
       <c r="A919" s="1">
-        <v>92161953200010</v>
+        <v>92757294100023</v>
       </c>
       <c r="B919" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C919" s="2" t="s">
-        <v>2068</v>
+        <v>2073</v>
       </c>
       <c r="D919" s="2"/>
       <c r="E919" s="2" t="s">
-        <v>2069</v>
+        <v>2074</v>
       </c>
       <c r="F919" s="2" t="s">
-        <v>2070</v>
+        <v>2075</v>
       </c>
       <c r="G919" s="2"/>
       <c r="H919" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I919" s="3">
-        <v>11770813077</v>
+        <v>75230038023</v>
       </c>
       <c r="J919" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K919" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L919" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M919" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="920" spans="1:13">
       <c r="A920" s="1">
-        <v>92757294100023</v>
+        <v>92838471800039</v>
       </c>
       <c r="B920" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C920" s="2" t="s">
-        <v>2071</v>
+        <v>2076</v>
       </c>
       <c r="D920" s="2"/>
       <c r="E920" s="2" t="s">
-        <v>2072</v>
+        <v>2077</v>
       </c>
       <c r="F920" s="2" t="s">
-        <v>2073</v>
+        <v>2078</v>
       </c>
       <c r="G920" s="2"/>
       <c r="H920" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I920" s="3">
-        <v>75230038023</v>
+        <v>11931090793</v>
       </c>
       <c r="J920" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K920" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L920" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M920" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="921" spans="1:13">
       <c r="A921" s="1">
-        <v>92838471800013</v>
+        <v>92929457700028</v>
       </c>
       <c r="B921" s="2" t="s">
-        <v>1023</v>
+        <v>13</v>
       </c>
       <c r="C921" s="2" t="s">
-        <v>2074</v>
+        <v>2079</v>
       </c>
       <c r="D921" s="2"/>
       <c r="E921" s="2" t="s">
-        <v>2075</v>
+        <v>1474</v>
       </c>
       <c r="F921" s="2" t="s">
-        <v>2076</v>
-[...3 lines deleted...]
-      </c>
+        <v>1060</v>
+      </c>
+      <c r="G921" s="2"/>
       <c r="H921" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I921" s="3">
-        <v>11931090793</v>
+        <v>32600456260</v>
       </c>
       <c r="J921" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K921" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L921" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M921" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="922" spans="1:13">
       <c r="A922" s="1">
-        <v>92929457700028</v>
+        <v>93081293800015</v>
       </c>
       <c r="B922" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C922" s="2" t="s">
-        <v>2078</v>
+        <v>2080</v>
       </c>
       <c r="D922" s="2"/>
       <c r="E922" s="2" t="s">
-        <v>1317</v>
+        <v>2081</v>
       </c>
       <c r="F922" s="2" t="s">
-        <v>528</v>
+        <v>2082</v>
       </c>
       <c r="G922" s="2"/>
       <c r="H922" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I922" s="3">
-        <v>32600456260</v>
+        <v>93830783583</v>
       </c>
       <c r="J922" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K922" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L922" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M922" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="923" spans="1:13">
       <c r="A923" s="1">
-        <v>93081293800015</v>
+        <v>93169487100019</v>
       </c>
       <c r="B923" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C923" s="2" t="s">
-        <v>2079</v>
+        <v>2083</v>
       </c>
       <c r="D923" s="2"/>
       <c r="E923" s="2" t="s">
-        <v>2080</v>
+        <v>2084</v>
       </c>
       <c r="F923" s="2" t="s">
-        <v>2081</v>
+        <v>314</v>
       </c>
       <c r="G923" s="2"/>
       <c r="H923" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I923" s="3">
-        <v>93830783583</v>
+        <v>52720226472</v>
       </c>
       <c r="J923" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K923" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L923" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M923" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="924" spans="1:13">
       <c r="A924" s="1">
-        <v>93169487100019</v>
+        <v>93231632600010</v>
       </c>
       <c r="B924" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C924" s="2" t="s">
-        <v>2082</v>
+        <v>2085</v>
       </c>
       <c r="D924" s="2"/>
       <c r="E924" s="2" t="s">
-        <v>2083</v>
+        <v>2086</v>
       </c>
       <c r="F924" s="2" t="s">
-        <v>928</v>
+        <v>2087</v>
       </c>
       <c r="G924" s="2"/>
       <c r="H924" s="2" t="s">
-        <v>31</v>
+        <v>1246</v>
       </c>
       <c r="I924" s="3">
-        <v>52720226472</v>
+        <v>11931106793</v>
       </c>
       <c r="J924" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K924" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L924" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M924" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="925" spans="1:13">
       <c r="A925" s="1">
-        <v>93231632600010</v>
+        <v>93273533500014</v>
       </c>
       <c r="B925" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C925" s="2" t="s">
-        <v>2084</v>
-[...1 lines deleted...]
-      <c r="D925" s="2"/>
+        <v>2088</v>
+      </c>
+      <c r="D925" s="2" t="s">
+        <v>2088</v>
+      </c>
       <c r="E925" s="2" t="s">
-        <v>2085</v>
+        <v>2089</v>
       </c>
       <c r="F925" s="2" t="s">
-        <v>2086</v>
+        <v>2090</v>
       </c>
       <c r="G925" s="2"/>
       <c r="H925" s="2" t="s">
-        <v>1432</v>
+        <v>31</v>
       </c>
       <c r="I925" s="3">
-        <v>11931106793</v>
+        <v>53561044156</v>
       </c>
       <c r="J925" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K925" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L925" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M925" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="926" spans="1:13">
       <c r="A926" s="1">
-        <v>93273533500014</v>
+        <v>93698024200080</v>
       </c>
       <c r="B926" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C926" s="2" t="s">
-        <v>2087</v>
-[...3 lines deleted...]
-      </c>
+        <v>2091</v>
+      </c>
+      <c r="D926" s="2"/>
       <c r="E926" s="2" t="s">
-        <v>2088</v>
+        <v>2092</v>
       </c>
       <c r="F926" s="2" t="s">
-        <v>2089</v>
+        <v>2093</v>
       </c>
       <c r="G926" s="2"/>
       <c r="H926" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I926" s="3">
-        <v>53561044156</v>
+        <v>73090000609</v>
       </c>
       <c r="J926" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K926" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L926" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M926" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="927" spans="1:13">
       <c r="A927" s="1">
-        <v>93698024200080</v>
+        <v>93800705100015</v>
       </c>
       <c r="B927" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C927" s="2" t="s">
-        <v>2090</v>
+        <v>2094</v>
       </c>
       <c r="D927" s="2"/>
       <c r="E927" s="2" t="s">
-        <v>2091</v>
+        <v>2095</v>
       </c>
       <c r="F927" s="2" t="s">
-        <v>2092</v>
+        <v>2096</v>
       </c>
       <c r="G927" s="2"/>
       <c r="H927" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I927" s="3">
-        <v>73090000609</v>
+        <v>11911077391</v>
       </c>
       <c r="J927" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K927" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L927" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M927" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="928" spans="1:13">
       <c r="A928" s="1">
-        <v>93800705100015</v>
+        <v>94297711700012</v>
       </c>
       <c r="B928" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C928" s="2" t="s">
-        <v>2093</v>
+        <v>2097</v>
       </c>
       <c r="D928" s="2"/>
       <c r="E928" s="2" t="s">
-        <v>2094</v>
+        <v>2098</v>
       </c>
       <c r="F928" s="2" t="s">
-        <v>2095</v>
+        <v>2099</v>
       </c>
       <c r="G928" s="2"/>
       <c r="H928" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I928" s="3">
-        <v>11911077391</v>
+        <v>53291023129</v>
       </c>
       <c r="J928" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K928" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L928" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M928" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="929" spans="1:13">
       <c r="A929" s="1">
-        <v>94297711700012</v>
+        <v>94833292900025</v>
       </c>
       <c r="B929" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C929" s="2" t="s">
-        <v>2096</v>
-[...1 lines deleted...]
-      <c r="D929" s="2"/>
+        <v>2100</v>
+      </c>
+      <c r="D929" s="2" t="s">
+        <v>2101</v>
+      </c>
       <c r="E929" s="2" t="s">
-        <v>2097</v>
+        <v>2102</v>
       </c>
       <c r="F929" s="2" t="s">
-        <v>2098</v>
+        <v>2103</v>
       </c>
       <c r="G929" s="2"/>
       <c r="H929" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I929" s="3">
-        <v>53291023129</v>
+        <v>32620380962</v>
       </c>
       <c r="J929" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K929" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L929" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M929" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="930" spans="1:13">
       <c r="A930" s="1">
-        <v>94833292900025</v>
+        <v>94833292900033</v>
       </c>
       <c r="B930" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C930" s="2" t="s">
-        <v>2099</v>
+        <v>2100</v>
       </c>
       <c r="D930" s="2" t="s">
-        <v>2100</v>
+        <v>2101</v>
       </c>
       <c r="E930" s="2" t="s">
-        <v>2101</v>
+        <v>2104</v>
       </c>
       <c r="F930" s="2" t="s">
-        <v>2102</v>
+        <v>2105</v>
       </c>
       <c r="G930" s="2"/>
       <c r="H930" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I930" s="3">
         <v>32620380962</v>
       </c>
       <c r="J930" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K930" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L930" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M930" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="931" spans="1:13">
       <c r="A931" s="1">
-        <v>94833292900033</v>
+        <v>94833292900041</v>
       </c>
       <c r="B931" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C931" s="2" t="s">
-        <v>2099</v>
+        <v>2100</v>
       </c>
       <c r="D931" s="2" t="s">
-        <v>2100</v>
+        <v>2101</v>
       </c>
       <c r="E931" s="2" t="s">
-        <v>2103</v>
+        <v>2106</v>
       </c>
       <c r="F931" s="2" t="s">
-        <v>2104</v>
+        <v>2105</v>
       </c>
       <c r="G931" s="2"/>
       <c r="H931" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I931" s="3">
         <v>32620380962</v>
       </c>
       <c r="J931" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K931" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L931" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M931" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="932" spans="1:13">
       <c r="A932" s="1">
-        <v>94833292900041</v>
+        <v>94833292900066</v>
       </c>
       <c r="B932" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C932" s="2" t="s">
-        <v>2099</v>
+        <v>2100</v>
       </c>
       <c r="D932" s="2" t="s">
-        <v>2100</v>
+        <v>2101</v>
       </c>
       <c r="E932" s="2" t="s">
+        <v>2107</v>
+      </c>
+      <c r="F932" s="2" t="s">
         <v>2105</v>
-      </c>
-[...1 lines deleted...]
-        <v>2104</v>
       </c>
       <c r="G932" s="2"/>
       <c r="H932" s="2" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="I932" s="3">
         <v>32620380962</v>
       </c>
       <c r="J932" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K932" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L932" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M932" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="933" spans="1:13">
       <c r="A933" s="1">
-        <v>94833292900066</v>
+        <v>95001321900031</v>
       </c>
       <c r="B933" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C933" s="2" t="s">
-        <v>2099</v>
-[...3 lines deleted...]
-      </c>
+        <v>2108</v>
+      </c>
+      <c r="D933" s="2"/>
       <c r="E933" s="2" t="s">
-        <v>2106</v>
+        <v>2109</v>
       </c>
       <c r="F933" s="2" t="s">
-        <v>2104</v>
+        <v>2110</v>
       </c>
       <c r="G933" s="2"/>
       <c r="H933" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I933" s="3">
-        <v>32620380962</v>
+        <v>93840005084</v>
       </c>
       <c r="J933" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K933" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L933" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M933" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="934" spans="1:13">
       <c r="A934" s="1">
-        <v>95001321900031</v>
+        <v>95074204900022</v>
       </c>
       <c r="B934" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C934" s="2" t="s">
-        <v>2107</v>
+        <v>2111</v>
       </c>
       <c r="D934" s="2"/>
       <c r="E934" s="2" t="s">
-        <v>2108</v>
+        <v>2112</v>
       </c>
       <c r="F934" s="2" t="s">
-        <v>2109</v>
+        <v>2113</v>
       </c>
       <c r="G934" s="2"/>
       <c r="H934" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I934" s="3">
-        <v>93840005084</v>
+        <v>75470172247</v>
       </c>
       <c r="J934" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K934" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L934" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M934" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="935" spans="1:13">
       <c r="A935" s="1">
-        <v>95074204900022</v>
+        <v>95101380400020</v>
       </c>
       <c r="B935" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C935" s="2" t="s">
-        <v>2110</v>
+        <v>2114</v>
       </c>
       <c r="D935" s="2"/>
       <c r="E935" s="2" t="s">
-        <v>2111</v>
+        <v>2115</v>
       </c>
       <c r="F935" s="2" t="s">
-        <v>2112</v>
+        <v>2116</v>
       </c>
       <c r="G935" s="2"/>
       <c r="H935" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I935" s="3">
-        <v>75470172247</v>
+        <v>32620395662</v>
       </c>
       <c r="J935" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K935" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L935" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M935" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="936" spans="1:13">
       <c r="A936" s="1">
-        <v>95101380400020</v>
+        <v>95365314400014</v>
       </c>
       <c r="B936" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C936" s="2" t="s">
-        <v>2113</v>
+        <v>2117</v>
       </c>
       <c r="D936" s="2"/>
       <c r="E936" s="2" t="s">
-        <v>2114</v>
+        <v>2118</v>
       </c>
       <c r="F936" s="2" t="s">
-        <v>2115</v>
+        <v>898</v>
       </c>
       <c r="G936" s="2"/>
       <c r="H936" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I936" s="3">
-        <v>32620395662</v>
+        <v>84070147307</v>
       </c>
       <c r="J936" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K936" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L936" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M936" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="937" spans="1:13">
       <c r="A937" s="1">
-        <v>95365314400014</v>
+        <v>98107826400018</v>
       </c>
       <c r="B937" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C937" s="2" t="s">
-        <v>2116</v>
-[...1 lines deleted...]
-      <c r="D937" s="2"/>
+        <v>2119</v>
+      </c>
+      <c r="D937" s="2" t="s">
+        <v>2119</v>
+      </c>
       <c r="E937" s="2" t="s">
-        <v>2117</v>
+        <v>2120</v>
       </c>
       <c r="F937" s="2" t="s">
-        <v>1114</v>
+        <v>2121</v>
       </c>
       <c r="G937" s="2"/>
       <c r="H937" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I937" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I937" s="3"/>
       <c r="J937" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K937" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L937" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M937" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="938" spans="1:13">
       <c r="A938" s="1">
-        <v>98107826400018</v>
+        <v>98315116800017</v>
       </c>
       <c r="B938" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C938" s="2" t="s">
-        <v>2118</v>
-[...3 lines deleted...]
-      </c>
+        <v>2122</v>
+      </c>
+      <c r="D938" s="2"/>
       <c r="E938" s="2" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="F938" s="2" t="s">
-        <v>2120</v>
+        <v>1834</v>
       </c>
       <c r="G938" s="2"/>
       <c r="H938" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I938" s="3"/>
+      <c r="I938" s="3">
+        <v>84010287801</v>
+      </c>
       <c r="J938" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K938" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L938" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M938" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="939" spans="1:13">
       <c r="A939" s="1">
-        <v>98315116800017</v>
+        <v>98333340200011</v>
       </c>
       <c r="B939" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C939" s="2" t="s">
-        <v>2121</v>
-[...1 lines deleted...]
-      <c r="D939" s="2"/>
+        <v>2124</v>
+      </c>
+      <c r="D939" s="2" t="s">
+        <v>2125</v>
+      </c>
       <c r="E939" s="2" t="s">
-        <v>2122</v>
+        <v>2126</v>
       </c>
       <c r="F939" s="2" t="s">
-        <v>1840</v>
+        <v>2127</v>
       </c>
       <c r="G939" s="2"/>
       <c r="H939" s="2" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="I939" s="3">
-        <v>84010287801</v>
+        <v>75240244224</v>
       </c>
       <c r="J939" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K939" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L939" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M939" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="940" spans="1:13">
       <c r="A940" s="1">
-        <v>98333340200011</v>
+        <v>98535099000018</v>
       </c>
       <c r="B940" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C940" s="2" t="s">
-        <v>2123</v>
-[...3 lines deleted...]
-      </c>
+        <v>2128</v>
+      </c>
+      <c r="D940" s="2"/>
       <c r="E940" s="2" t="s">
-        <v>2125</v>
+        <v>2129</v>
       </c>
       <c r="F940" s="2" t="s">
-        <v>2126</v>
+        <v>2130</v>
       </c>
       <c r="G940" s="2"/>
       <c r="H940" s="2" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="I940" s="3">
-        <v>75240244224</v>
+        <v>11756932075</v>
       </c>
       <c r="J940" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K940" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L940" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M940" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="941" spans="1:13">
       <c r="A941" s="1">
-        <v>98535099000018</v>
+        <v>98736208400012</v>
       </c>
       <c r="B941" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C941" s="2" t="s">
-        <v>2127</v>
+        <v>2131</v>
       </c>
       <c r="D941" s="2"/>
       <c r="E941" s="2" t="s">
-        <v>2128</v>
+        <v>2132</v>
       </c>
       <c r="F941" s="2" t="s">
-        <v>2129</v>
+        <v>2133</v>
       </c>
       <c r="G941" s="2"/>
       <c r="H941" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I941" s="3">
-        <v>11756932075</v>
+        <v>24450431445</v>
       </c>
       <c r="J941" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K941" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L941" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M941" s="2" t="s">
-        <v>20</v>
-[...35 lines deleted...]
-      <c r="M942" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -42064,31 +42036,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/05/2025 03:58:55</dc:description>
+  <dc:description>Export en date du 02/01/2026 19:02:06</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>