--- v2 (2026-02-01)
+++ v3 (2026-03-23)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2115">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -76,65 +76,65 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE CORSE</t>
   </si>
   <si>
     <t>CCI FORMATION CORSICA</t>
   </si>
   <si>
     <t>VALROSE 726 STRADA VECCHIA 20290 BORGO</t>
   </si>
   <si>
     <t>01/01/2020</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE REGION HAUTS-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>299 BOULEVARD DE LEEDS 59777 LILLE</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
     <t>VRAI</t>
   </si>
   <si>
-    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE REGION HAUTS-DE-FRANCE</t>
-[...10 lines deleted...]
-  <si>
     <t>LAHO ARTOIS-DOUAISIS</t>
   </si>
   <si>
     <t>19 RUE MARCEL SEMBAT 62300 LENS</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>LAHO LITTORAL-AUDOMAROIS</t>
   </si>
   <si>
     <t>1 RUE MAURICE CLABAUT 62500 LEULINGHEM</t>
   </si>
   <si>
     <t>01/07/2021</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>LAHO BLANGY SUR BRESLE</t>
   </si>
   <si>
     <t>ZI DES MARAIS 112 IMPASSE DE LA BRESLE 76340 BLANGY-SUR-BRESLE</t>
@@ -463,68 +463,71 @@
   <si>
     <t>33.12Z</t>
   </si>
   <si>
     <t>COMITE REGIONAL FORMAT PROMOTION SOCIAL</t>
   </si>
   <si>
     <t>RUE LEON PATOUX 51100 REIMS</t>
   </si>
   <si>
     <t>AFTRAL</t>
   </si>
   <si>
     <t>46 AVENUE DE VILLIERS 75017 PARIS</t>
   </si>
   <si>
     <t>CHATEAU DE RENEMONT AVENUE DU GENERAL DE GAULLE 54140 JARVILLE-LA-MALGRANGE</t>
   </si>
   <si>
     <t>368 BOULEVARD HENRI BARNIER 13016 MARSEILLE</t>
   </si>
   <si>
     <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
   </si>
   <si>
+    <t>RUE REPUBLIQUE 60290 MONCHY-SAINT-ELOI</t>
+  </si>
+  <si>
+    <t>01/01/1981</t>
+  </si>
+  <si>
     <t>94 RUE DU PORTEAU 86000 POITIERS</t>
   </si>
   <si>
     <t>01/03/1985</t>
   </si>
   <si>
     <t>4 AVENUE DE L'ENERGIE 67800 BISCHHEIM</t>
   </si>
   <si>
     <t>20/08/1986</t>
   </si>
   <si>
     <t>ZONE INDUSTRIELLE 10440 TORVILLIERS</t>
   </si>
   <si>
-    <t>01/01/1981</t>
-[...1 lines deleted...]
-  <si>
     <t>11 PLACE D'AQUITAINE MIN 94550 CHEVILLY-LARUE</t>
   </si>
   <si>
     <t>01/01/1990</t>
   </si>
   <si>
     <t>ZONE INDUSTRIELLE RUE HANS GEIGER 62000 ARRAS</t>
   </si>
   <si>
     <t>16/04/1993</t>
   </si>
   <si>
     <t>AUTOPORT DES PYRENEES BOULEVARD DU PRESIDENT KENNEDY 65000 TARBES</t>
   </si>
   <si>
     <t>01/12/1988</t>
   </si>
   <si>
     <t>AFT-FC TOULOUSE</t>
   </si>
   <si>
     <t>72 RUE EDMOND ROSTAND 31200 TOULOUSE</t>
   </si>
   <si>
     <t>25/12/1995</t>
@@ -586,56 +589,50 @@
   <si>
     <t>AFT-FC</t>
   </si>
   <si>
     <t>D ACTIVITES MEDITERRANNEE 34470 PEROLS</t>
   </si>
   <si>
     <t>01/03/2002</t>
   </si>
   <si>
     <t>273 RUE DE L'ARTISANAT 14500 VIRE NORMANDIE</t>
   </si>
   <si>
     <t>01/04/2002</t>
   </si>
   <si>
     <t>619 RUE DENIS PAPIN 73290 LA MOTTE-SERVOLEX</t>
   </si>
   <si>
     <t>11 ROUTE PRINCIPALE DU PORT 92230 GENNEVILLIERS</t>
   </si>
   <si>
     <t>ZAE DU PONT DU CERF MAISON DU TRANSPORT 24380 SANILHAC</t>
   </si>
   <si>
-    <t>LA BERGERIE 60290 MONCHY-SAINT-ELOI</t>
-[...4 lines deleted...]
-  <si>
     <t>RN 7 PRC LOGISTIQUE ALLIER 03400 TOULON-SUR-ALLIER</t>
   </si>
   <si>
     <t>01/01/2003</t>
   </si>
   <si>
     <t>ZAC EURESPACES 7 RUE DES GRANDES PIECES 25770 SERRE-LES-SAPINS</t>
   </si>
   <si>
     <t>AVENUE JEAN GIRAUDOUX 87410 LE PALAIS-SUR-VIENNE</t>
   </si>
   <si>
     <t>01/04/2003</t>
   </si>
   <si>
     <t>ZAE AERODROME EST 2 RUE COLI 59121 PROUVY</t>
   </si>
   <si>
     <t>01/09/2004</t>
   </si>
   <si>
     <t>RUE DU ZINC 77176 SAVIGNY-LE-TEMPLE</t>
   </si>
   <si>
     <t>08/10/2004</t>
@@ -961,62 +958,116 @@
   <si>
     <t>181 RUE D'ARGENTAN 61000 ALENCON</t>
   </si>
   <si>
     <t>01/01/2023</t>
   </si>
   <si>
     <t>RUE DE LA GRAVIERE 40230 SAINT-GEOURS-DE-MAREMNE</t>
   </si>
   <si>
     <t>01/06/2023</t>
   </si>
   <si>
     <t>747 AVENUE DE LA FLEURIDE 13400 AUBAGNE</t>
   </si>
   <si>
     <t>01/02/2024</t>
   </si>
   <si>
     <t>QUARTIER SAINT AGNES 60 IMPASSE DES JONCS 26780 MALATAVERNE</t>
   </si>
   <si>
     <t>01/08/2024</t>
   </si>
   <si>
+    <t>466 ROUTE DES CONTAMINES 74130 AYSE</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
+  </si>
+  <si>
     <t>72 RUE DU PONT AU CHAT 53000 LAVAL</t>
   </si>
   <si>
     <t>01/05/2025</t>
   </si>
   <si>
-    <t>ZA LA MARQUETTE 1397 ROUTE DE CARPENTRAS 84700 SORGUES</t>
+    <t>2017 ROUTE DE CARPENTRAS 84700 SORGUES</t>
   </si>
   <si>
     <t>01/08/2025</t>
   </si>
   <si>
+    <t>36 AVENUE DE LA GARE 39100 CHAMPVANS</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>11 RUE DU DANEMARK 56400 AURAY</t>
+  </si>
+  <si>
+    <t>8 RUE EUGENE HENAFF 69200 VENISSIEUX</t>
+  </si>
+  <si>
+    <t>RUE DES CARRIERES MORILLON 94290 VILLENEUVE-LE-ROI</t>
+  </si>
+  <si>
+    <t>420 RUE ARISTIDE BRIAND 50100 CHERBOURG-EN-COTENTIN</t>
+  </si>
+  <si>
+    <t>1293 AVENUE DE L'EPINETTE 59113 SECLIN</t>
+  </si>
+  <si>
+    <t>122 RUE EMILE COMBES 33270 FLOIRAC</t>
+  </si>
+  <si>
+    <t>2 ZONE DES PORTES D'ESTILLAC 47310 ESTILLAC</t>
+  </si>
+  <si>
+    <t>21 RUE DE PASQUIS 03100 MONTLUCON</t>
+  </si>
+  <si>
+    <t>18 RUE LE CORBUSIER 63800 COURNON-D'AUVERGNE</t>
+  </si>
+  <si>
+    <t>21 RUE DE LA BLANCHARDIERE 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>ZI DE CAMPREAL RUE GUSTAVE EIFFEL 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>ROUTE DE BOUGUES 40090 SAINT-AVIT</t>
+  </si>
+  <si>
+    <t>57 RUE D'EPINAL 88390 UXEGNEY</t>
+  </si>
+  <si>
+    <t>01/11/2025</t>
+  </si>
+  <si>
     <t>CTRE FORMATION TECHNIQUE INDUS CONTINUE</t>
   </si>
   <si>
     <t>41 AV PAUL SABATIER LES MALALONNES 26700 PIERRELATTE</t>
   </si>
   <si>
     <t>10/12/2004</t>
   </si>
   <si>
     <t>AFPI BRETAGNE</t>
   </si>
   <si>
     <t>RUE DE LA PRUNELLE 22190 PLERIN</t>
   </si>
   <si>
     <t>CAMPUS KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
   </si>
   <si>
     <t>07/10/2002</t>
   </si>
   <si>
     <t>10 RUE PIERRE ET MARIE CURIE 35500 VITRE</t>
   </si>
   <si>
     <t>17/09/2018</t>
@@ -1108,53 +1159,50 @@
   <si>
     <t>01/06/2018</t>
   </si>
   <si>
     <t>11 RUE DES ORFEVRES 44840 LES SORINIERES</t>
   </si>
   <si>
     <t>01/07/2018</t>
   </si>
   <si>
     <t>26 ROUTE DE LA BRESSANDIERE 79200 CHATILLON-SUR-THOUET</t>
   </si>
   <si>
     <t>02/10/2022</t>
   </si>
   <si>
     <t>385 RUE DE LA RIVIERE 19270 DONZENAC</t>
   </si>
   <si>
     <t>24/04/2023</t>
   </si>
   <si>
     <t>ZONE NORD 45 RUE PHILIPPE LEBON 87280 LIMOGES</t>
   </si>
   <si>
-    <t>01/10/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>SECURITE ACCOMPAGNEMENT FORMATION EXTINCT'FEU</t>
   </si>
   <si>
     <t>PARC D'ACTIVITES DE LA MONGIE RUE DE L'AREE 85140 ESSARTS-EN-BOCAGE</t>
   </si>
   <si>
     <t>46.69B</t>
   </si>
   <si>
     <t>LEGON FORMATION</t>
   </si>
   <si>
     <t>954 RTE ZI DU CHATELET 74800 CORNIER</t>
   </si>
   <si>
     <t>01/01/1994</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION ROUTIERE MARIONNEAU</t>
   </si>
   <si>
     <t>BELLEVILLE SUR VIE 13 LA POIRIERE 85170 BELLEVIGNY</t>
   </si>
   <si>
     <t>04/01/1990</t>
@@ -1789,50 +1837,56 @@
   <si>
     <t>01/04/2015</t>
   </si>
   <si>
     <t>IMMEUBLE ARENICE 455 PROMENADE DES ANGLAIS 06000 NICE</t>
   </si>
   <si>
     <t>01/01/2016</t>
   </si>
   <si>
     <t>ECF SPS</t>
   </si>
   <si>
     <t>135 AVENUE PIERRE SEMARD 84000 AVIGNON</t>
   </si>
   <si>
     <t>01/04/2016</t>
   </si>
   <si>
     <t>ROUTE DEPARTEMENTALE 79 83170 BRIGNOLES</t>
   </si>
   <si>
     <t>01/03/2021</t>
   </si>
   <si>
+    <t>83 RUE JACQUARD 30100 ALES</t>
+  </si>
+  <si>
+    <t>27/11/2024</t>
+  </si>
+  <si>
     <t>CENTRE D'EDUCATION ROUTIERE</t>
   </si>
   <si>
     <t>14 RUE DU HUIT MAI 1945 75010 PARIS</t>
   </si>
   <si>
     <t>11/10/2022</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>BIGOT FORMATION</t>
   </si>
   <si>
     <t>CFBL</t>
   </si>
   <si>
     <t>RUE RENE PRIEUR 61100 FLERS</t>
   </si>
   <si>
     <t>01/10/2015</t>
   </si>
   <si>
     <t>PILOCAP MIDI-PYRENEES</t>
@@ -1945,62 +1999,68 @@
   <si>
     <t>RUE LOUIS BECHEREAU 18000 BOURGES</t>
   </si>
   <si>
     <t>02/02/2009</t>
   </si>
   <si>
     <t>MALUS FORMATION</t>
   </si>
   <si>
     <t>740 RUE LOUIS MALBETE 36130 DEOLS</t>
   </si>
   <si>
     <t>01/12/2011</t>
   </si>
   <si>
     <t>35 ALL DES PIERRELETS 45380 CHAINGY</t>
   </si>
   <si>
     <t>13/04/2015</t>
   </si>
   <si>
     <t>CESR FP</t>
   </si>
   <si>
-    <t>1 RUE THIERRY SABINE 33700 MERIGNAC</t>
-[...4 lines deleted...]
-  <si>
     <t>RD 4 LE PERIER D AURIERE 24380 SANILHAC</t>
   </si>
   <si>
     <t>03/08/2018</t>
   </si>
   <si>
+    <t>DOMAINE DU PINSAN 33320 EYSINES</t>
+  </si>
+  <si>
+    <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>9 RUE DUMONT D'URVILLE 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>02/10/2025</t>
+  </si>
+  <si>
     <t>UHLEN CONSEILS FORMATIONS ENVIRONNEMENT</t>
   </si>
   <si>
     <t>ESPACE EUROPORT 57500 SAINT-AVOLD</t>
   </si>
   <si>
     <t>26/03/2003</t>
   </si>
   <si>
     <t>INTERFORMAT</t>
   </si>
   <si>
     <t>20 RUE HIPPOLYTE FOUCAULT 72000 LE MANS</t>
   </si>
   <si>
     <t>01/04/2017</t>
   </si>
   <si>
     <t>2 RUE DES MARTINIERES 53960 BONCHAMP-LES-LAVAL</t>
   </si>
   <si>
     <t>01/11/2022</t>
   </si>
   <si>
     <t>ASSOCIATION FORMATION POUR L INSERTION</t>
@@ -2206,54 +2266,57 @@
   <si>
     <t>145- 145 B RUE MARIUS ET ARY LEBLOND 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>CFPC GH</t>
   </si>
   <si>
     <t>39 RUE DE LA PEPINIERE 97438 SAINTE-MARIE</t>
   </si>
   <si>
     <t>01/11/2019</t>
   </si>
   <si>
     <t>RAVINE CREUSE 613 CHEMIN CANAL MOREAU 97440 SAINT-ANDRE</t>
   </si>
   <si>
     <t>PIERREFONDS 1 CHEMIN BEAU RIVAGE 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>88 ROUTE DE CAMBAIE 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>17/02/2025</t>
   </si>
   <si>
+    <t>GO ! FORM'ACTION BRETAGNE</t>
+  </si>
+  <si>
     <t>CIFAC</t>
   </si>
   <si>
-    <t>ZAC LES LANDES FLEURIES 22100 QUEVERT</t>
+    <t>ZAC LES LANDES FLEURIES QUEVERT 22100 QUEVERT</t>
   </si>
   <si>
     <t>15/10/1997</t>
   </si>
   <si>
     <t>E.L.R.M</t>
   </si>
   <si>
     <t>RN 10 L AGIOT 78320 VERRIERE (LA)</t>
   </si>
   <si>
     <t>01/04/1997</t>
   </si>
   <si>
     <t>GAILLARD FORMATION</t>
   </si>
   <si>
     <t>RUE DES FRERES LUMIERE 15000 AURILLAC</t>
   </si>
   <si>
     <t>01/04/2005</t>
   </si>
   <si>
     <t>LA PETITE GARENNE 7 IMPASSE DU CIMETIERE 58600 FOURCHAMBAULT</t>
   </si>
@@ -2842,50 +2905,59 @@
   <si>
     <t>ATOUT CONSEIL</t>
   </si>
   <si>
     <t>ZA LAVALDUC 110 ALLEE PAUL LANGEVIN 13270 FOS-SUR-MER</t>
   </si>
   <si>
     <t>VIVALIANS</t>
   </si>
   <si>
     <t>ZA LE PONT ROUGE 22440 TREMUSON</t>
   </si>
   <si>
     <t>RICHARD FORMATION</t>
   </si>
   <si>
     <t>RN 97 LA PIERRE RONDE 83130 LA GARDE</t>
   </si>
   <si>
     <t>GOUPIL FORMATION</t>
   </si>
   <si>
     <t>ZONE ARTISANALE 4 RUE DU HAUT BOIS 28400 SAINT-JEAN-PIERRE-FIXTE</t>
   </si>
   <si>
+    <t>INSTITUT AERO FORMATIONS</t>
+  </si>
+  <si>
+    <t>IMPASSE NICEPHORE NIEPCE 93290 TREMBLAY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>18/09/2007</t>
+  </si>
+  <si>
     <t>AUDIT CONSEIL FORMATION PREVENTION</t>
   </si>
   <si>
     <t>CAMPUS FORMATION</t>
   </si>
   <si>
     <t>2 RUE DES FRERES LUMIERE 14120 MONDEVILLE</t>
   </si>
   <si>
     <t>15/11/2010</t>
   </si>
   <si>
     <t>ODF</t>
   </si>
   <si>
     <t>6 IMPASSE DU LASER 67800 BISCHHEIM</t>
   </si>
   <si>
     <t>01/07/2013</t>
   </si>
   <si>
     <t>271 AVENUE HELIE DENOIX DE SAINT-MARC 84100 ORANGE</t>
   </si>
   <si>
     <t>ROISSY FORMATION</t>
@@ -2932,50 +3004,62 @@
   <si>
     <t>SECURITE MANUTENTION SARL</t>
   </si>
   <si>
     <t>ZONE ARTISANALE LES PEUPLI LOT N 9 13670 VERQUIERES</t>
   </si>
   <si>
     <t xml:space="preserve">VOGELGESANG DIDIER   </t>
   </si>
   <si>
     <t>9 RUE DE LA MONTAGNE 57200 SARREGUEMINES</t>
   </si>
   <si>
     <t>COFHYS</t>
   </si>
   <si>
     <t>2 RUE DU ROUGE BOUTON 59113 SECLIN</t>
   </si>
   <si>
     <t>CERTIGO TRYAD</t>
   </si>
   <si>
     <t>8 RUE DE L'INDUSTRIE 67114 ESCHAU</t>
   </si>
   <si>
+    <t>18 RUE DE LA RIVIERE 72230 ARNAGE</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>11 RUE DANIEL DOUAY 02880 CROUY</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES DES AJEUX RUE PIERRE GILLES DE GENNES 72400 LA FERTE-BERNARD</t>
+  </si>
+  <si>
     <t>MAGER PRO</t>
   </si>
   <si>
     <t>1 IMPASSE DU MARRAUD 10600 BARBEREY-SAINT-SULPICE</t>
   </si>
   <si>
     <t>31/12/2020</t>
   </si>
   <si>
     <t>VINCENT GARCIA FORMATION</t>
   </si>
   <si>
     <t>VINCENT GARCIA FORMATION VGF</t>
   </si>
   <si>
     <t>766 ROUTE DE SAINT - JEAN 38500 COUBLEVIE</t>
   </si>
   <si>
     <t>05/04/2019</t>
   </si>
   <si>
     <t>MENDIBOURE FORMATION</t>
   </si>
   <si>
     <t>ZI DE SAINT ETIENNE CHEMIN DE CAZENAVE 64100 BAYONNE</t>
@@ -3016,50 +3100,53 @@
   <si>
     <t>ZI DES TROIS FONTAINES 1 RUE MALGRAS 52100 SAINT-DIZIER</t>
   </si>
   <si>
     <t>JMG FORMATION</t>
   </si>
   <si>
     <t>LIEU DIT LE HAUT KEM ROUTE DE VITRY SUR ORNE 57270 UCKANGE</t>
   </si>
   <si>
     <t>01/04/2014</t>
   </si>
   <si>
     <t>ADEQUATION CONTROLE CONSEIL FORMATION</t>
   </si>
   <si>
     <t>A2CF</t>
   </si>
   <si>
     <t>680 ALLEE DU VIVARAIS 26300 BOURG-DE-PEAGE</t>
   </si>
   <si>
     <t>01/03/2005</t>
   </si>
   <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
     <t>ZA DE L'ETANG 321 RUE JOSEPH CUGNOT 26780 CHATEAUNEUF-DU-RHONE</t>
   </si>
   <si>
     <t>GEORGES FORMATION</t>
   </si>
   <si>
     <t>20 CHEMIN DU FAING DE LA MAIX 88120 SAINT-AME</t>
   </si>
   <si>
     <t>01/03/2019</t>
   </si>
   <si>
     <t>ATSI RHONE ALPES</t>
   </si>
   <si>
     <t>ZAC DE CHESNES OUEST 99 BOUCLE DE LA RAMEE 38070 SAINT-QUENTIN-FALLAVIER</t>
   </si>
   <si>
     <t>28/08/2013</t>
   </si>
   <si>
     <t>DCF FORMATION</t>
   </si>
   <si>
     <t>10 RUE GUSTAVE EIFFEL 02430 GAUCHY</t>
@@ -3217,50 +3304,56 @@
   <si>
     <t>9 AVENUE DE CONSTANTINE 38100 GRENOBLE</t>
   </si>
   <si>
     <t>02/01/2025</t>
   </si>
   <si>
     <t>ACF</t>
   </si>
   <si>
     <t>PARC INNOLIN 3 RUE DU GOLF 33700 MERIGNAC</t>
   </si>
   <si>
     <t>08/08/2022</t>
   </si>
   <si>
     <t>FLOBEL</t>
   </si>
   <si>
     <t>2-4 2 RUE DES CEVENNES 94150 RUNGIS</t>
   </si>
   <si>
     <t>16/06/2016</t>
   </si>
   <si>
+    <t>FORMATION TRANSPORT ET GESTION DU RISQUE 46</t>
+  </si>
+  <si>
+    <t>01/07/2010</t>
+  </si>
+  <si>
     <t>EI GROUPE</t>
   </si>
   <si>
     <t>ZA LES MOLIERES 4 AVENUE DU LUXEMBOURG 13140 MIRAMAS</t>
   </si>
   <si>
     <t>437 AVENUE DES APOTHICAIRES 34090 MONTPELLIER</t>
   </si>
   <si>
     <t>26/04/2016</t>
   </si>
   <si>
     <t>ACCES'TUDES</t>
   </si>
   <si>
     <t>AI FORMATION</t>
   </si>
   <si>
     <t>ZONE D'ACTIVITES 14 AVENUE PAUL SERAMY 77870 VULAINES-SUR-SEINE</t>
   </si>
   <si>
     <t>BMDC</t>
   </si>
   <si>
     <t>446 ROUTE DE ROUJOL 97170 PETIT-BOURG</t>
@@ -3307,50 +3400,56 @@
   <si>
     <t>FTL</t>
   </si>
   <si>
     <t>3285 ROUTE DE VILLEFRANCHE SUR CHER 41320 LANGON-SUR-CHER</t>
   </si>
   <si>
     <t>21/03/2022</t>
   </si>
   <si>
     <t>PROCONTROL</t>
   </si>
   <si>
     <t>9 RUE LAGARRIGUE 31380 GARIDECH</t>
   </si>
   <si>
     <t>CERTIGO JB</t>
   </si>
   <si>
     <t>ZAC DE LA CRAY RUE AU FOL 25420 VOUJEAUCOURT</t>
   </si>
   <si>
     <t>01/01/2009</t>
   </si>
   <si>
+    <t>6 RUE ROBERT SCHUMAN 25410 SAINT-VIT</t>
+  </si>
+  <si>
+    <t>17/10/2025</t>
+  </si>
+  <si>
     <t>GO! FORM'ACTION</t>
   </si>
   <si>
     <t>GO FORM ACTION 54</t>
   </si>
   <si>
     <t>POLE INDUSTRIEL TOUL EUROPE - SE 430 RUE MARIE MARVINGT 54200 TOUL</t>
   </si>
   <si>
     <t>01/11/2006</t>
   </si>
   <si>
     <t>GO FORM'ACTION 51</t>
   </si>
   <si>
     <t>22 RUE DU VAL CLAIR 51100 REIMS</t>
   </si>
   <si>
     <t>13/12/2017</t>
   </si>
   <si>
     <t>GO ! FORM'ACTION 57</t>
   </si>
   <si>
     <t>4 RUE DU LONGUENOT 57140 WOIPPY</t>
@@ -3697,1595 +3796,1457 @@
   <si>
     <t>MEALET FORMATION</t>
   </si>
   <si>
     <t>C.E.R. FRANCK MEALET</t>
   </si>
   <si>
     <t>4-6 4 AVENUE DE BESSERETTE 15100 SAINT-FLOUR</t>
   </si>
   <si>
     <t>17/11/2008</t>
   </si>
   <si>
     <t>QUALI-FORME</t>
   </si>
   <si>
     <t>3 AVENUE AMPERE 51000 CHALONS-EN-CHAMPAGNE</t>
   </si>
   <si>
     <t>29/08/2011</t>
   </si>
   <si>
     <t>H2S FORMATION</t>
   </si>
   <si>
-    <t>29 HAMEAU BELLE CROIX 50630 CRASVILLE</t>
-[...53 lines deleted...]
-    <t>17/06/2025</t>
+    <t>4 RUE JULIEN TRAVERS 50700 VALOGNES</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION TRANSPORT LOGISTIQUE TRAVAUX PUBLICS</t>
+  </si>
+  <si>
+    <t>23 RUE MARIUS COURTEIX 03150 VARENNES-SUR-ALLIER</t>
+  </si>
+  <si>
+    <t>18/09/2020</t>
+  </si>
+  <si>
+    <t>AUTO ECOLE NOTRE DAME II</t>
+  </si>
+  <si>
+    <t>AUTO ECOLE NOTRE DAME</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA PREFECTURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>30/06/2017</t>
+  </si>
+  <si>
+    <t>GFC</t>
+  </si>
+  <si>
+    <t>3A 3 RUE DE LA SYNAGOGUE 68720 FRŒNINGEN</t>
+  </si>
+  <si>
+    <t>10/10/2025</t>
+  </si>
+  <si>
+    <t>CONTROLE TECHNIQUE DELINSELLE</t>
+  </si>
+  <si>
+    <t>ZA RUE NICEPHORE NIEPCE 59710 PONT-A-MARCQ</t>
+  </si>
+  <si>
+    <t>10/09/2012</t>
+  </si>
+  <si>
+    <t>ACUITE</t>
+  </si>
+  <si>
+    <t>7 RUE ERNEST DAUDET 30000 NIMES</t>
+  </si>
+  <si>
+    <t>18/06/2008</t>
+  </si>
+  <si>
+    <t>ALPES FORMATION</t>
+  </si>
+  <si>
+    <t>322 RUE LOUIS ARMAND 73390 BOURGNEUF</t>
+  </si>
+  <si>
+    <t>03/01/2025</t>
+  </si>
+  <si>
+    <t>A2S CONSEIL</t>
+  </si>
+  <si>
+    <t>6 T RUE DU DOCTEUR ROUSSEAU 59660 MERVILLE</t>
+  </si>
+  <si>
+    <t>18/03/2021</t>
+  </si>
+  <si>
+    <t>ACERFS FORMATION</t>
+  </si>
+  <si>
+    <t>ROUTE NATIONALE 113 30670 AIGUES-VIVES</t>
+  </si>
+  <si>
+    <t>04/01/2016</t>
+  </si>
+  <si>
+    <t>PHENIX FORMATION</t>
+  </si>
+  <si>
+    <t>CRAU FORMATION</t>
+  </si>
+  <si>
+    <t>584 ROUTE DE LA GARE 13200 ARLES</t>
+  </si>
+  <si>
+    <t>05/03/2012</t>
+  </si>
+  <si>
+    <t>CIPECMA FORMATION COLLECTIVITES</t>
+  </si>
+  <si>
+    <t>17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>26/03/2009</t>
+  </si>
+  <si>
+    <t>LES CLES DE LA FORMATION</t>
+  </si>
+  <si>
+    <t>CHEMIN DES NEGADOUX 83140 SIX-FOURS-LES-PLAGES</t>
+  </si>
+  <si>
+    <t>27/11/2014</t>
+  </si>
+  <si>
+    <t>214 AVENUE CALENDAL 13600 LA CIOTAT</t>
+  </si>
+  <si>
+    <t>30/11/2021</t>
+  </si>
+  <si>
+    <t>PREVENTHYS</t>
+  </si>
+  <si>
+    <t>ZAC DE L'ERMITAGE 6 RUE JACQUELINE AURIOL 59552 LAMBRES-LEZ-DOUAI</t>
+  </si>
+  <si>
+    <t>01/04/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEBBER YANNICK   </t>
+  </si>
+  <si>
+    <t>EIRL WEBBER</t>
+  </si>
+  <si>
+    <t>ZAC DE PLAGUE 3 RUE DE LA HAIE ROBERT 35500 VITRE</t>
+  </si>
+  <si>
+    <t>18/04/2014</t>
+  </si>
+  <si>
+    <t>LS FORMATION</t>
+  </si>
+  <si>
+    <t>ACTO FORMATION</t>
+  </si>
+  <si>
+    <t>ZA LE MAX 9 RUE JEAN BONNICHON 03630 DESERTINES</t>
+  </si>
+  <si>
+    <t>ARTOIS FORMATION</t>
+  </si>
+  <si>
+    <t>ZA PILASTRES  CTRE CESAME RUE PIERRE MENDES FRANCE 62232 VENDIN-LES-BETHUNE</t>
+  </si>
+  <si>
+    <t>01/07/2009</t>
+  </si>
+  <si>
+    <t>ACTIVA FORMATION</t>
+  </si>
+  <si>
+    <t>19 RUE DE PASSEE A BALANCE 45140 ORMES</t>
+  </si>
+  <si>
+    <t>01/08/2017</t>
+  </si>
+  <si>
+    <t>FO SEC</t>
+  </si>
+  <si>
+    <t>201 LE ROCHER 44480 DONGES</t>
+  </si>
+  <si>
+    <t>PARC DES ETANGS LOT 12 13920 SAINT-MITRE-LES-REMPARTS</t>
+  </si>
+  <si>
+    <t>NFD CONTROLE</t>
+  </si>
+  <si>
+    <t>ZA ACTIVA 2000 267 RUE DE L’EUROPE 76510 SAINT-NICOLAS-D'ALIERMONT</t>
+  </si>
+  <si>
+    <t>ELEV'UP FORMATION</t>
+  </si>
+  <si>
+    <t>98 AVENUE D'AMSTERDAM 59910 BONDUES</t>
+  </si>
+  <si>
+    <t>06/11/2017</t>
+  </si>
+  <si>
+    <t>ANTILLES FORMATIONS CONTROLES</t>
+  </si>
+  <si>
+    <t>CROISEE MANIOC 97212 SAINT-JOSEPH</t>
+  </si>
+  <si>
+    <t>01/02/2023</t>
+  </si>
+  <si>
+    <t>AUTO ECOLE NOURBY FREDDY   GABRIEL</t>
+  </si>
+  <si>
+    <t>AUTO ECOLE NOURBY FREDDY / GABRIEL</t>
+  </si>
+  <si>
+    <t>1518 AVENUE DE BOURBON 97440 SAINT-ANDRE</t>
+  </si>
+  <si>
+    <t>01/05/2010</t>
+  </si>
+  <si>
+    <t>04973673597</t>
+  </si>
+  <si>
+    <t>AFPMA FORMATION</t>
+  </si>
+  <si>
+    <t>1 ALLEE DES TYRANDES 01960 PERONNAS</t>
+  </si>
+  <si>
+    <t>AILLIOT RENE FORMATIONS</t>
+  </si>
+  <si>
+    <t>RENE ALLIOT FORMATIONS</t>
+  </si>
+  <si>
+    <t>13 RUE DES GUENSSES 62147 GRAINCOURT-LES-HAVRINCOURT</t>
+  </si>
+  <si>
+    <t>01/09/2016</t>
+  </si>
+  <si>
+    <t>MACHADO</t>
+  </si>
+  <si>
+    <t>CFR MACHADO</t>
+  </si>
+  <si>
+    <t>22 B BOULEVARD ALEXANDRE CLAIR 43000 LE PUY-EN-VELAY</t>
+  </si>
+  <si>
+    <t>ZA TAULHAC 189 RUE DU BESSON 43000 LE PUY-EN-VELAY</t>
+  </si>
+  <si>
+    <t>ARNIAUD CONSULT'EAM</t>
+  </si>
+  <si>
+    <t>CENTRE AFF OPTIMUM ZAC MILLONNE 2 RTE DE LA SEYNE 83140 SIX FOURS LES PLAGES</t>
+  </si>
+  <si>
+    <t>08/04/2013</t>
+  </si>
+  <si>
+    <t>FORMATEC</t>
+  </si>
+  <si>
+    <t>LD LE MOULIN 257 RUE DU BEAUJOLAIS 69830 SAINT-GEORGES-DE-RENEINS</t>
+  </si>
+  <si>
+    <t>01/11/2010</t>
+  </si>
+  <si>
+    <t>ATHES</t>
+  </si>
+  <si>
+    <t>456 AVENUE DE LA POMME DE PIN 45590 SAINT-CYR-EN-VAL</t>
+  </si>
+  <si>
+    <t>25/01/2024</t>
+  </si>
+  <si>
+    <t>ALTER EGO PRP</t>
+  </si>
+  <si>
+    <t>22 - 24 22 RUE DU PRE DES AULNES 77340 PONTAULT-COMBAULT</t>
+  </si>
+  <si>
+    <t>15/03/2014</t>
+  </si>
+  <si>
+    <t>ALTA PREVENTION</t>
+  </si>
+  <si>
+    <t>12 RUE DU MOULIN 88510 ELOYES</t>
+  </si>
+  <si>
+    <t>30/06/2018</t>
+  </si>
+  <si>
+    <t>SUD PREVENTION SECURITE ENTREPRISES</t>
+  </si>
+  <si>
+    <t>SPS ENTREPRISES</t>
+  </si>
+  <si>
+    <t>MARCHE D'INTERET NATIONAL BATIMENT U2 135 AVENUE PIERRE SEMARD 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>31/12/2015</t>
+  </si>
+  <si>
+    <t>21/05/2024</t>
+  </si>
+  <si>
+    <t>ATSI-NORD</t>
+  </si>
+  <si>
+    <t>2 B RUE JACQUES LECOEUR 62880 VENDIN-LE-VIEIL</t>
+  </si>
+  <si>
+    <t>16/08/2010</t>
+  </si>
+  <si>
+    <t>101 B RUE DES 80 FUSILLES 62590 OIGNIES</t>
+  </si>
+  <si>
+    <t>SOCIETE DE FORMATIONS TECHNIQUES ET LOGISTIQUES</t>
+  </si>
+  <si>
+    <t>SFTL</t>
+  </si>
+  <si>
+    <t>10 RUE DE COCHEREL 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>04/10/2018</t>
+  </si>
+  <si>
+    <t>FORMASECO</t>
+  </si>
+  <si>
+    <t>KERVIDANNOU 2 ZI DE LA MADELEINE 29300 MELLAC</t>
+  </si>
+  <si>
+    <t>06/09/2010</t>
+  </si>
+  <si>
+    <t>MUST FORMATION</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE ROUTE DE VITRY SUR ORNE 57270 UCKANGE</t>
+  </si>
+  <si>
+    <t>PEPCI</t>
+  </si>
+  <si>
+    <t>TOUR ARIANE 5 PLACE DE LA PYRAMIDE 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>01/02/2013</t>
+  </si>
+  <si>
+    <t>66.19B</t>
+  </si>
+  <si>
+    <t>PEPCI FORMATION</t>
+  </si>
+  <si>
+    <t>266 BOULEVARD VOLTAIRE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>ASSISTANCE A LA FORMATION NUCLEAIRE</t>
+  </si>
+  <si>
+    <t>50 RUE DU CAPITAINE MAILLARD 57220 BOULAY-MOSELLE</t>
+  </si>
+  <si>
+    <t>IDEALLIS</t>
+  </si>
+  <si>
+    <t>(ACCES 2 RUE JEAN BERTIN) 79 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>28/12/2013</t>
+  </si>
+  <si>
+    <t>C.E.P.M.G</t>
+  </si>
+  <si>
+    <t>34 ROUTE DE PIQUESSEGUE 33350 MOULIETS-ET-VILLEMARTIN</t>
+  </si>
+  <si>
+    <t>22/11/2010</t>
+  </si>
+  <si>
+    <t>A+CONSEILS</t>
+  </si>
+  <si>
+    <t>BELLE PLACE LA ROCHE SUR YON 116 RUE PIERRE-GILLES DE GENNES 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>13/03/2020</t>
+  </si>
+  <si>
+    <t>NO RISK FORMATION</t>
+  </si>
+  <si>
+    <t>PILOCAP MONTPELLIER</t>
+  </si>
+  <si>
+    <t>ZA LA BISTE 50 RUE CHARLES GIDE 34670 BAILLARGUES</t>
+  </si>
+  <si>
+    <t>RIS FORMATION</t>
+  </si>
+  <si>
+    <t>74 AVENUE DU PRESIDENT KENNEDY 91170 VIRY-CHATILLON</t>
+  </si>
+  <si>
+    <t>05/03/2018</t>
+  </si>
+  <si>
+    <t>HIGHLANDERS PARK 29 RUE ELSA TRIOLET 77176 SAVIGNY-LE-TEMPLE</t>
+  </si>
+  <si>
+    <t>09/09/2024</t>
+  </si>
+  <si>
+    <t>AJB FORMATION</t>
+  </si>
+  <si>
+    <t>204 AVENUE DE COLMAR 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>07/11/2010</t>
+  </si>
+  <si>
+    <t>4 RUE ALBERT SCHWEITZER 67230 OBENHEIM</t>
+  </si>
+  <si>
+    <t>82.19Z</t>
+  </si>
+  <si>
+    <t>CESR'PRO</t>
+  </si>
+  <si>
+    <t>731 ROUTE DE FALAISE 14123 IFS</t>
+  </si>
+  <si>
+    <t>24/02/2011</t>
+  </si>
+  <si>
+    <t>RUE ZAC DE LA CROIX CARREE 50180 AGNEAUX</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>ZA DE L'ESPERANCE ROUTE DE PARIS 14100 LISIEUX</t>
+  </si>
+  <si>
+    <t>CESR CITY PRO</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA PLAINE 76700 GONFREVILLE-L'ORCHER</t>
+  </si>
+  <si>
+    <t>01/12/2012</t>
+  </si>
+  <si>
+    <t>EQUEURDREVILLE HAINNEVILLE RUE VAUBAN 50100 CHERBOURG-EN-COTENTIN</t>
+  </si>
+  <si>
+    <t>24/05/2022</t>
+  </si>
+  <si>
+    <t>RUE JACQUES TATI 61200 ARGENTAN</t>
+  </si>
+  <si>
+    <t>01/05/2022</t>
+  </si>
+  <si>
+    <t>FORMA-PROTEC</t>
+  </si>
+  <si>
+    <t>ZAE LES DIX MUIDS CHEMIN DES POSTES 59770 MARLY</t>
+  </si>
+  <si>
+    <t>02/09/2019</t>
+  </si>
+  <si>
+    <t>1 ROUTE DE VENDEVILLE 59175 TEMPLEMARS</t>
+  </si>
+  <si>
+    <t>FORMATECHNIK</t>
+  </si>
+  <si>
+    <t>PARC ENTREPRISES EUROCAP RUE DU CAP D’AGDE 62231 COQUELLES</t>
+  </si>
+  <si>
+    <t>13/09/2018</t>
+  </si>
+  <si>
+    <t>C.E.P.M.</t>
+  </si>
+  <si>
+    <t>31/03/2011</t>
+  </si>
+  <si>
+    <t>CEPIM RENNES</t>
+  </si>
+  <si>
+    <t>ZAC LE HIL 10 RUE LOUIS DELOURMEL 35230 NOYAL-CHATILLON-SUR-SEICHE</t>
+  </si>
+  <si>
+    <t>CV SECURITE</t>
+  </si>
+  <si>
+    <t>254 RUE DES FOURNELS 34400 LUNEL</t>
+  </si>
+  <si>
+    <t>74.90B</t>
+  </si>
+  <si>
+    <t>AFIS FORMATION</t>
+  </si>
+  <si>
+    <t>7 AVENUE DU VERT-GALANT 64230 LESCAR</t>
+  </si>
+  <si>
+    <t>20/01/2021</t>
+  </si>
+  <si>
+    <t>JEAN-CHRISTOPHE GENIN - ECOLE DE CONDUITE VESULIENNE (ECV)</t>
+  </si>
+  <si>
+    <t>ZAC TECHNOLOGIA RUE MAX DEVAUX 70000 VESOUL</t>
+  </si>
+  <si>
+    <t>GO ! FORMATIONS 57</t>
+  </si>
+  <si>
+    <t>GO ! FORMATIONS 57 NORD</t>
+  </si>
+  <si>
+    <t>28 RUE DES METIERS 57970 YUTZ</t>
+  </si>
+  <si>
+    <t>SECURIT'UP</t>
+  </si>
+  <si>
+    <t>4 RUE BLAISE PASCAL 69680 CHASSIEU</t>
+  </si>
+  <si>
+    <t>26/10/2018</t>
+  </si>
+  <si>
+    <t>STELLANTIS AUTO SAS</t>
+  </si>
+  <si>
+    <t>24 RUE D'ECHENOZ 70000 VESOUL</t>
+  </si>
+  <si>
+    <t>31/12/1998</t>
+  </si>
+  <si>
+    <t>29.10Z</t>
+  </si>
+  <si>
+    <t>2-10 2 BOULEVARD DE L’EUROPE 78300 POISSY</t>
+  </si>
+  <si>
+    <t>03/06/2002</t>
+  </si>
+  <si>
+    <t>VERIN FORMATION</t>
+  </si>
+  <si>
+    <t>282 RUE DE L'ALBECK 59640 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>ACQ FORM NORD</t>
+  </si>
+  <si>
+    <t>27 RUE ANTOINE WATTEAU 59140 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>26/01/2018</t>
+  </si>
+  <si>
+    <t>SMF</t>
+  </si>
+  <si>
+    <t>21 RUE DES ARBELLES 01000 BOURG-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>16/03/2021</t>
+  </si>
+  <si>
+    <t>EPSILON FORMATION</t>
+  </si>
+  <si>
+    <t>3 PARC D'ACTIVITES LA VALLEE 59554 NEUVILLE-SAINT-REMY</t>
+  </si>
+  <si>
+    <t>08/07/2021</t>
+  </si>
+  <si>
+    <t>EUROPE FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>107 AVENUE JEAN MAUBERT 06130 GRASSE</t>
+  </si>
+  <si>
+    <t>14/01/2019</t>
+  </si>
+  <si>
+    <t>FORMATION DOM</t>
+  </si>
+  <si>
+    <t>VILLAGE MAHURY 4 RUE DE LA REUSSITE 97354 REMIRE-MONTJOLY</t>
+  </si>
+  <si>
+    <t>CACEF</t>
+  </si>
+  <si>
+    <t>ZAC DE LA GRERIE 533 ZAC DE LA GRERIE 60170 RIBECOURT-DRESLINCOURT</t>
+  </si>
+  <si>
+    <t>294 ZAC DE LA GRERIE 60170 RIBECOURT-DRESLINCOURT</t>
+  </si>
+  <si>
+    <t>82.11Z</t>
+  </si>
+  <si>
+    <t>SARL CUSSAC FORMATIONS</t>
+  </si>
+  <si>
+    <t>12 RUE DU DOCTEUR LIONNET 15100 SAINT-FLOUR</t>
+  </si>
+  <si>
+    <t>25/06/2012</t>
+  </si>
+  <si>
+    <t>ENCARNA FORMATION</t>
+  </si>
+  <si>
+    <t>ZI TETRAPOLE 1 112 ALLEE DE LA HAUTE COMBE DE SAVOIE 73460 TOURNON</t>
+  </si>
+  <si>
+    <t>ATSI PACA</t>
+  </si>
+  <si>
+    <t>C.F.C.R. 2</t>
+  </si>
+  <si>
+    <t>ZA DE L'AUPRETIN ALLEE PIERRE ET MARIE CURIE 71500 LOUHANS</t>
+  </si>
+  <si>
+    <t>01/08/2012</t>
+  </si>
+  <si>
+    <t>330 RUE DU LEVANT 39000 LONS-LE-SAUNIER</t>
+  </si>
+  <si>
+    <t>30/10/2012</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL RECHERCHE SECURITE</t>
+  </si>
+  <si>
+    <t>65 BOULEVARD RICHARD LENOIR 75011 PARIS</t>
+  </si>
+  <si>
+    <t>29/10/2012</t>
+  </si>
+  <si>
+    <t>72.19Z</t>
+  </si>
+  <si>
+    <t>ASFO DEVELOPPEMENT LIMOUSIN</t>
+  </si>
+  <si>
+    <t>ZI DE BEAUREGARD 12 AVENUE ROGER RONCIER 19100 BRIVE-LA-GAILLARDE</t>
+  </si>
+  <si>
+    <t>GROUPEMENT ENTREPRISES DEDIEES A LA FORMATION</t>
+  </si>
+  <si>
+    <t>POLE 2000 RUE DES ENTREPRENANTS 07130 SAINT-PERAY</t>
+  </si>
+  <si>
+    <t>03/10/1994</t>
+  </si>
+  <si>
+    <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
+  </si>
+  <si>
+    <t>1 AVENUE EUGENE GAZEAU 60300 SENLIS</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>CIPECMA</t>
+  </si>
+  <si>
+    <t>MAISON DE LA FORMATION 17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L INDUSTRIE DU POITOU CHARENTES</t>
+  </si>
+  <si>
+    <t>3 RUE ALFONSE DE SAINTONGE 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION ET LE PERFECTIONNEMENT PROFESSIONNEL DES PAYS DE L'ADOUR</t>
+  </si>
+  <si>
+    <t>ESPACE ENTREPRISE 1052 RUE DE LA FERME DU CARBOUE 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>01/11/1996</t>
+  </si>
+  <si>
+    <t>VILLAGE D'ENTREPRISES 352 RUE DENIS PAPIN 40990 SAINT-PAUL-LES-DAX</t>
+  </si>
+  <si>
+    <t>ASS FORMATION PROFESSIONN DE L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>ZAC DU PONT LOBY RUE DE ROME 59640 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>16/06/2022</t>
+  </si>
+  <si>
+    <t>GO ! FORMATIONS ALSACE</t>
+  </si>
+  <si>
+    <t>GO ! FORMATIONS 67 SUD</t>
+  </si>
+  <si>
+    <t>ZA DU THAL 51 RUE DU GENERAL LECLERC 67210 OBERNAI</t>
+  </si>
+  <si>
+    <t>GO ! FORMATIONS 67 NORD</t>
+  </si>
+  <si>
+    <t>ZI DE L'EMBRANCHEMENT RUE DU RAIL 67116 REICHSTETT</t>
+  </si>
+  <si>
+    <t>DAMOUR FORMATION</t>
+  </si>
+  <si>
+    <t>203 ROUTE DE JEAN PETIT 97480 SAINT-JOSEPH</t>
+  </si>
+  <si>
+    <t>FC. PRO</t>
+  </si>
+  <si>
+    <t>4 RUE DES GRUES 85240 RIVES-D'AUTISE</t>
+  </si>
+  <si>
+    <t>01/09/2022</t>
+  </si>
+  <si>
+    <t>1 RUE BEAUX VALLONS 17540 SAINT-SAUVEUR-D'AUNIS</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>ATSI NORMANDIE</t>
+  </si>
+  <si>
+    <t>ZA SONOPA ROUTE DE JOHANNE 76650 PETIT-COURONNE</t>
+  </si>
+  <si>
+    <t>GRP FORMATIONS</t>
+  </si>
+  <si>
+    <t>200 RUE DE RICHWILLER 68260 KINGERSHEIM</t>
+  </si>
+  <si>
+    <t>15/09/2021</t>
+  </si>
+  <si>
+    <t>6 RUE SIRVEN 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>SAS AGOSTINI FORMATION</t>
+  </si>
+  <si>
+    <t>LIEUDIT FOSSI 20170 SAN-GAVINO-DI-CARBINI</t>
+  </si>
+  <si>
+    <t>01/03/2013</t>
+  </si>
+  <si>
+    <t>DRT FORMATION</t>
+  </si>
+  <si>
+    <t>34 RUE DU TORPILLEUR SIROCCO 63300 THIERS</t>
+  </si>
+  <si>
+    <t>01/03/2018</t>
+  </si>
+  <si>
+    <t>TERRAZZONI ALEXANDRE CONSEIL FORMATION</t>
+  </si>
+  <si>
+    <t>TAC FORMATION</t>
+  </si>
+  <si>
+    <t>PARC D ACTIVITES CAPI DI PADOLU ROUTE DE BONIFACIO 20137 PORTO-VECCHIO</t>
+  </si>
+  <si>
+    <t>18/09/2021</t>
+  </si>
+  <si>
+    <t>MANCHE FORMATIONS</t>
+  </si>
+  <si>
+    <t>M FORMATIONS</t>
+  </si>
+  <si>
+    <t>ZA LA PETITE LANDE 194 RUE AMPERE 50380 SAINT-PAIR-SUR-MER</t>
+  </si>
+  <si>
+    <t>AAA CENTRE DE FORMATION GARIBALDI</t>
+  </si>
+  <si>
+    <t>6 RUE DES COMBATTANTS EN A F N 03000 MOULINS</t>
+  </si>
+  <si>
+    <t>01/10/2014</t>
+  </si>
+  <si>
+    <t>HAFORCAS FORMATION</t>
+  </si>
+  <si>
+    <t>157 AVENUE YVES FARGES 37700 SAINT-PIERRE-DES-CORPS</t>
+  </si>
+  <si>
+    <t>01/05/2013</t>
+  </si>
+  <si>
+    <t>GO ! FORMATIONS BRETAGNE</t>
+  </si>
+  <si>
+    <t>FORMATION BOUQUINET</t>
+  </si>
+  <si>
+    <t>50 RUE DU MANOIR DE SERVIGNE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>30/09/2015</t>
+  </si>
+  <si>
+    <t>RENNES 42 RUE DU MANOIR DE SERVIGNE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>BMA FORMATION</t>
+  </si>
+  <si>
+    <t>329 RUE DU DOCTEUR CALMETTE 83210 LA FARLEDE</t>
+  </si>
+  <si>
+    <t>B.F.S.</t>
+  </si>
+  <si>
+    <t>SAINT MICHEL MONT MERCURE ZONE ECONOMIQUE DE L EPAUD 85700 SEVREMONT</t>
+  </si>
+  <si>
+    <t>01/02/2021</t>
+  </si>
+  <si>
+    <t>PROMELOG</t>
+  </si>
+  <si>
+    <t>34 RUE FRANCOIS BAUCOURT 62880 ANNAY</t>
+  </si>
+  <si>
+    <t>15/11/2019</t>
+  </si>
+  <si>
+    <t>SEFC</t>
+  </si>
+  <si>
+    <t>PARC D ACTIVITES DES FOURCHES 75 RUE DES VINDITS 50100 CHERBOURG-EN-COTENTIN</t>
+  </si>
+  <si>
+    <t>26/05/2016</t>
+  </si>
+  <si>
+    <t>219 AVENUE DE L'HERMITAGE 30200 BAGNOLS-SUR-CEZE</t>
+  </si>
+  <si>
+    <t>25/07/2024</t>
+  </si>
+  <si>
+    <t>PREVENTALIS</t>
+  </si>
+  <si>
+    <t>16 IMPASSE DE L’ARBIGNY 21490 VAROIS-ET-CHAIGNOT</t>
+  </si>
+  <si>
+    <t>24/04/2020</t>
+  </si>
+  <si>
+    <t>IFP</t>
+  </si>
+  <si>
+    <t>CHAMBON 63500 ISSOIRE</t>
+  </si>
+  <si>
+    <t>START EVOLUTION</t>
+  </si>
+  <si>
+    <t>142 RUE DES PAPETERIES 88650 ANOULD</t>
+  </si>
+  <si>
+    <t>A2L FORMATION</t>
+  </si>
+  <si>
+    <t>10 RUE TREVISE 82370 LABASTIDE-SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>01/02/2018</t>
+  </si>
+  <si>
+    <t>EFF FORMATION</t>
+  </si>
+  <si>
+    <t>50 AV DE LA PAIX 08210 MOUZON</t>
+  </si>
+  <si>
+    <t>01/02/2014</t>
+  </si>
+  <si>
+    <t>CONSEILS SERVICES FORMATIONS</t>
+  </si>
+  <si>
+    <t>334 ROUTE DE BOURDIOU 40190 SAINT-CRICQ-VILLENEUVE</t>
+  </si>
+  <si>
+    <t>28/02/2014</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
-    <t>ZI ANGERS BEAUCOUZE 3 RUE DE L'EBEAUPIN 49070 BEAUCOUZE</t>
-[...56 lines deleted...]
-    <t>LE BOIS GROLIN 16590 BRIE</t>
+    <t>CAPEYRON NORD</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES VERT CASTEL 3 RUE VERT CASTEL 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>15/05/2019</t>
+  </si>
+  <si>
+    <t>AUTO ECOLE DOS SANTOS ET FILS</t>
+  </si>
+  <si>
+    <t>108 AVENUE DE LA REPUBLIQUE 46130 BIARS-SUR-CERE</t>
+  </si>
+  <si>
+    <t>HAUTEUR ET SECURITE</t>
+  </si>
+  <si>
+    <t>PLACE DU BAOUMAS 12100 CREISSELS</t>
+  </si>
+  <si>
+    <t>13/04/2016</t>
+  </si>
+  <si>
+    <t>GOREZ FORMATION ET CONTROLE</t>
+  </si>
+  <si>
+    <t>CHEMIN DE CERNAY 51450 BETHENY</t>
+  </si>
+  <si>
+    <t>31/10/2016</t>
+  </si>
+  <si>
+    <t>CYPASS FORMATIONS</t>
+  </si>
+  <si>
+    <t>ZAE DE LA SOURCE 4 RUE DE L'ORB 34450 VIAS</t>
+  </si>
+  <si>
+    <t>25/05/2016</t>
+  </si>
+  <si>
+    <t>RECRUTEMENT CONSEIL INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>ZI DE L'ABBAYE 1 RUE GUSTAVE EIFFEL 44160 PONTCHATEAU</t>
+  </si>
+  <si>
+    <t>05/12/2018</t>
+  </si>
+  <si>
+    <t>FORMA-LOC</t>
+  </si>
+  <si>
+    <t>ZAC LES VERGERS 13670 SAINT-ANDIOL</t>
+  </si>
+  <si>
+    <t>S2 CONSULTING</t>
+  </si>
+  <si>
+    <t>323 ROUTE DE SOULE 40390 SAINT-MARTIN-DE-HINX</t>
+  </si>
+  <si>
+    <t>05/09/2014</t>
+  </si>
+  <si>
+    <t>FCS POUR TOUS</t>
+  </si>
+  <si>
+    <t>48 RUE JEAN JAURES 78130 LES MUREAUX</t>
+  </si>
+  <si>
+    <t>15/03/2021</t>
+  </si>
+  <si>
+    <t>FORSECO</t>
+  </si>
+  <si>
+    <t>MISSION FORMATION - FORSECO</t>
+  </si>
+  <si>
+    <t>400 RUE LOUIS BLERIOT 37210 PARCAY-MESLAY</t>
+  </si>
+  <si>
+    <t>14/05/2019</t>
+  </si>
+  <si>
+    <t>NJ FORMATIONS</t>
+  </si>
+  <si>
+    <t>16 RUE DU CASSE 31240 SAINT-JEAN</t>
+  </si>
+  <si>
+    <t>CFM - CONSEIL FORMATION MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>74 CHEMIN DE PATAFLOUX 13220 CHATEAUNEUF-LES-MARTIGUES</t>
+  </si>
+  <si>
+    <t>05/01/2015</t>
+  </si>
+  <si>
+    <t>ECF G. SACAREAU</t>
+  </si>
+  <si>
+    <t>ZI EN JACCA 8 CHEMIN DE L'ECHUT 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>13/03/2017</t>
+  </si>
+  <si>
+    <t>PROMOTRANS FORMATION PROFESSIONNELLE CONTINUE</t>
+  </si>
+  <si>
+    <t>9-11 ALLEE DU BOIS DE L'ORME 41100 SAINT-OUEN</t>
+  </si>
+  <si>
+    <t>ZA DE L'ECLUSE 22120 YFFINIAC</t>
+  </si>
+  <si>
+    <t>ZAC LA VALLEE RUE MARCEL PAUL 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>14 RUE DE LA CESIERE 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>31 RUE DU VAL CLAIR 51100 REIMS</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE RUE NICEPHORE NIEPCE 14120 MONDEVILLE</t>
+  </si>
+  <si>
+    <t>ZI DE BORDEAUX FRET RUE DE STRASBOURG 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>18 RUE PASCAL 77100 MEAUX</t>
+  </si>
+  <si>
+    <t>PLATEFORME LOGISTIQUE DU GRAND LYON RPT BERNARD VOS 69780 MIONS</t>
+  </si>
+  <si>
+    <t>1000 RUE DE LA CASTELLE 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>RUE DE LA GRANDE EPINE 76800 SAINT-ETIENNE-DU-ROUVRAY</t>
+  </si>
+  <si>
+    <t>208 RUE CLEMENT ADER 13340 ROGNAC</t>
+  </si>
+  <si>
+    <t>RUE DE LA CHOCOLATERIE 26290 DONZERE</t>
+  </si>
+  <si>
+    <t>20 RUE DU BEL AIR 94400 VITRY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>RUE JOHN HADLEY 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>BOULEVARD SALVADOR ALLENDE 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>ZAC LE VALLON 3 RUE CLAUDE CHAPPE 35230 NOYAL-CHATILLON-SUR-SEICHE</t>
+  </si>
+  <si>
+    <t>ZAC DU PARC DES TULIPES SUD 1 AVENUE DU XXIEME SIECLE 95500 GONESSE</t>
+  </si>
+  <si>
+    <t>01/08/2016</t>
+  </si>
+  <si>
+    <t>PROMOTRANS FPC</t>
+  </si>
+  <si>
+    <t>ZI DE THIBAUD - BAT B2 8 RUE COLOMIES 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>ZI ACTINORD LES SAUGES LE BAS PALLUAU 72650 LA CHAPELLE-SAINT-AUBIN</t>
+  </si>
+  <si>
+    <t>3 RUE GEORGES MAHIEU 76290 MONTIVILLIERS</t>
+  </si>
+  <si>
+    <t>PROMOTRANS</t>
+  </si>
+  <si>
+    <t>AVENUE JULES CESAR 62223 SAINT-LAURENT-BLANGY</t>
+  </si>
+  <si>
+    <t>55 RUE RASPAIL 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>15/11/2021</t>
+  </si>
+  <si>
+    <t>5 RUE GASTON RAMON 57050 METZ</t>
+  </si>
+  <si>
+    <t>RUE DES FRERES PEUGEOT 68127 SAINTE-CROIX-EN-PLAINE</t>
+  </si>
+  <si>
+    <t>02/09/2024</t>
+  </si>
+  <si>
+    <t>8 RUE LAVOISIER 45140 INGRE</t>
+  </si>
+  <si>
+    <t>02/06/2025</t>
+  </si>
+  <si>
+    <t>SASU AUDIT CONSEIL FORMATION</t>
+  </si>
+  <si>
+    <t>223 RUE DE LA FOSSE BONNEL 59167 LALLAING</t>
+  </si>
+  <si>
+    <t>26/02/2018</t>
+  </si>
+  <si>
+    <t>GANAEC FORMATION</t>
+  </si>
+  <si>
+    <t>35 ZA DE BIEZE 38110 SAINT-CLAIR-DE-LA-TOUR</t>
+  </si>
+  <si>
+    <t>SAS PHOENIX CONTROLE INGENIERIE</t>
+  </si>
+  <si>
+    <t>617 AVENUE JACQUES CHABAN DELMAS 13300 SALON-DE-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/06/2024</t>
+  </si>
+  <si>
+    <t>CAPL FORMATION</t>
+  </si>
+  <si>
+    <t>RUE DU LEY 64121 SERRES-CASTET</t>
+  </si>
+  <si>
+    <t>01/05/2015</t>
+  </si>
+  <si>
+    <t>CF LIVRY CONDUITE</t>
+  </si>
+  <si>
+    <t>5 AVENUE JEAN JACQUES ROUSSEAU 93190 LIVRY-GARGAN</t>
+  </si>
+  <si>
+    <t>07/05/2015</t>
+  </si>
+  <si>
+    <t>CAB FORMATIONS</t>
+  </si>
+  <si>
+    <t>151 AVENUE GALLIENI 93170 BAGNOLET</t>
+  </si>
+  <si>
+    <t>20/11/2017</t>
+  </si>
+  <si>
+    <t>J ET D AQUITAINE</t>
+  </si>
+  <si>
+    <t>97 IMPASSE DE BERNES 47160 SAINT-PIERRE-DE-BUZET</t>
+  </si>
+  <si>
+    <t>01/12/2018</t>
+  </si>
+  <si>
+    <t>FORMAPHENIX</t>
+  </si>
+  <si>
+    <t>ALLEE C 20 CHEMIN LOUIS CHIRPAZ 69130 ECULLY</t>
+  </si>
+  <si>
+    <t>CONTROL</t>
+  </si>
+  <si>
+    <t>31/07/2018</t>
+  </si>
+  <si>
+    <t>ZONE D ACTIVITES DU BEDAT 33650 SAINT MEDARD D'EYRANS</t>
+  </si>
+  <si>
+    <t>CONTROL FORMATION</t>
+  </si>
+  <si>
+    <t>121 CHEMIN DES PIGNADAS 64240 HASPARREN</t>
+  </si>
+  <si>
+    <t>21/09/2020</t>
+  </si>
+  <si>
+    <t>52 ROUTE DE RIVESALTES 66240 SAINT-ESTEVE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ADAMANTIS - BATIMENT A 3 AVENUE DE L'INDUSTRIE 31150 BRUGUIERES</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>GO ! FORM'ACTION ALSACE</t>
+  </si>
+  <si>
+    <t>GO ! FORM'ACTION 67 SUD</t>
+  </si>
+  <si>
+    <t>51 RUE DU GENERAL LECLERC 67210 OBERNAI</t>
+  </si>
+  <si>
+    <t>19/06/2015</t>
+  </si>
+  <si>
+    <t>RESEAU PRO EST</t>
+  </si>
+  <si>
+    <t>82 RUE AMBROISE PARE 69800 SAINT-PRIEST</t>
+  </si>
+  <si>
+    <t>12/10/2017</t>
+  </si>
+  <si>
+    <t>2 AVENUE DES CRAYERES 51520 LA VEUVE</t>
+  </si>
+  <si>
+    <t>ADVITAM PREVENTION</t>
+  </si>
+  <si>
+    <t>ZAC ARTOIPOLE 1 60 ALLEE D'IRLANDE 62223 FEUCHY</t>
+  </si>
+  <si>
+    <t>09/01/2018</t>
+  </si>
+  <si>
+    <t>CAT R FORMATION</t>
+  </si>
+  <si>
+    <t>5 RUE EDOUARD BRANLY 77290 MITRY-MORY</t>
+  </si>
+  <si>
+    <t>04/03/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GAUTRET PHILIPPE   </t>
+  </si>
+  <si>
+    <t>12 RUE DE LA GRANDE CORVEE 71370 SAINT-GERMAIN-DU-PLAIN</t>
+  </si>
+  <si>
+    <t>15/11/2015</t>
+  </si>
+  <si>
+    <t>PROTECT'UP</t>
+  </si>
+  <si>
+    <t>ZA DE PIERRE LONGUE 423 RUE DE PIERRE-LONGUE 74800 AMANCY</t>
+  </si>
+  <si>
+    <t>15/01/2018</t>
+  </si>
+  <si>
+    <t>PARC DES GLAISINS - ANNECY LE VIEUX 10 AV DU PRE DE CHALLES 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>29/11/2018</t>
+  </si>
+  <si>
+    <t>120 AVENUE DES JOURDIES 74800 SAINT-PIERRE-EN-FAUCIGNY</t>
+  </si>
+  <si>
+    <t>14/10/2021</t>
+  </si>
+  <si>
+    <t>AUSTRAL FORMATION</t>
+  </si>
+  <si>
+    <t>9 RUE DES AGAVES 97411 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>NEW'S FORMATIONS</t>
+  </si>
+  <si>
+    <t>ZI LA BOULE NOIRE 666 CHEMIN DE CALAMEAU 13140 MIRAMAS</t>
+  </si>
+  <si>
+    <t>02/12/2015</t>
+  </si>
+  <si>
+    <t>2T FORMATION</t>
+  </si>
+  <si>
+    <t>ZI THIBAUD 12 RUE HENRI TURNER 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>15/03/2022</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION PREVENTION SECURITE ET PRESTATION</t>
+  </si>
+  <si>
+    <t>IFPS</t>
+  </si>
+  <si>
+    <t>498 ANCIENNE ROUTE ROYALE 30130 PONT-SAINT-ESPRIT</t>
+  </si>
+  <si>
+    <t>19/01/2016</t>
+  </si>
+  <si>
+    <t>SELECT FORMATION</t>
+  </si>
+  <si>
+    <t>MANUTEO</t>
+  </si>
+  <si>
+    <t>15/02/2022</t>
+  </si>
+  <si>
+    <t>ATSI IDF</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITE DES PETITS CARREAUX 6 AVENUE DES COQUELICOTS 94380 BONNEUIL-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>S&amp;F CONSULTING</t>
+  </si>
+  <si>
+    <t>S&amp;F</t>
+  </si>
+  <si>
+    <t>30 B RUE DU VIEIL ABREUVOIR 78100 SAINT-GERMAIN-EN-LAYE</t>
+  </si>
+  <si>
+    <t>ACC FORMATIONS</t>
+  </si>
+  <si>
+    <t>531 AVENUE ANDRE BOUERY 31800 SAINT-GAUDENS</t>
+  </si>
+  <si>
+    <t>02/01/2018</t>
+  </si>
+  <si>
+    <t>D7 ROUTE DE JUILLAN 65420 IBOS</t>
+  </si>
+  <si>
+    <t>02/01/2023</t>
+  </si>
+  <si>
+    <t>CFP972</t>
+  </si>
+  <si>
+    <t>35 BOULEVARD FERNAND GUILLON 97232 LE LAMENTIN</t>
+  </si>
+  <si>
+    <t>02973096897</t>
+  </si>
+  <si>
+    <t>DELTA FORMATIONS GARDOISES</t>
+  </si>
+  <si>
+    <t>850 RUE ETIENNE LENOIR 30900 NIMES</t>
   </si>
   <si>
     <t>03/07/2023</t>
   </si>
   <si>
-    <t>122 RUE EMILE COMBES 33270 FLOIRAC</t>
-[...1420 lines deleted...]
-  <si>
     <t>FOR'MISSION</t>
   </si>
   <si>
     <t>ROUTE DE GALINREY 81200 AIGUEFONDE</t>
   </si>
   <si>
     <t>01/09/2024</t>
   </si>
   <si>
     <t>LUBERON ECOLE DE CONDUITE</t>
   </si>
   <si>
     <t>RN 96 CHE DU CONCASSEUR 13860 PEYROLLES-EN-PROVENCE</t>
   </si>
   <si>
     <t>01/12/2017</t>
   </si>
   <si>
     <t>FORMASEVEN</t>
   </si>
   <si>
     <t>32 RUE BASSE 34770 GIGEAN</t>
   </si>
   <si>
     <t>GO ! FORMATIONS CHAMPAGNE</t>
@@ -5338,50 +5299,53 @@
   <si>
     <t>26/09/2016</t>
   </si>
   <si>
     <t>77.12Z</t>
   </si>
   <si>
     <t>EFCO</t>
   </si>
   <si>
     <t>CAMPUS INDUSTRIEL GRD CHALON BOURGOGNE 11 RUE GABRIEL LIPPMANN 71100 CHALON-SUR-SAONE</t>
   </si>
   <si>
     <t>01/05/2020</t>
   </si>
   <si>
     <t>16/12/2025</t>
   </si>
   <si>
     <t>EFCO FORMATION</t>
   </si>
   <si>
     <t>25 RUE LE TINTORET 80080 AMIENS</t>
   </si>
   <si>
+    <t>14 RUE DE L'ARGENTIQUE 71530 FRAGNES-LA LOYERE</t>
+  </si>
+  <si>
     <t>ATSI CENTRE OUEST</t>
   </si>
   <si>
     <t>LES SIX CROIX 44480 DONGES</t>
   </si>
   <si>
     <t>8 RUE LAMINEUR 44800 SAINT-HERBLAIN</t>
   </si>
   <si>
     <t>CONSEILS FORMATIONS AVENIR SECURITE</t>
   </si>
   <si>
     <t>ROUTE DU ROTCHE 40090 SAINT-PERDON</t>
   </si>
   <si>
     <t>27/07/2020</t>
   </si>
   <si>
     <t>B ROGER SERVICES</t>
   </si>
   <si>
     <t>29 RUE DE FONTAINE 62134 PREDEFIN</t>
   </si>
   <si>
     <t>470 RUE DE LA VALLEE 62130 GAUCHIN-VERLOINGT</t>
@@ -5458,122 +5422,101 @@
   <si>
     <t>MAN-MAT</t>
   </si>
   <si>
     <t>BOITE 68 58 AVENUE GEORGES CLEMENCEAU 94700 MAISONS-ALFORT</t>
   </si>
   <si>
     <t>14/11/2016</t>
   </si>
   <si>
     <t>47.52A</t>
   </si>
   <si>
     <t>73 B AVENUE MARECHAL LECLERC 10120 SAINT-ANDRE-LES-VERGERS</t>
   </si>
   <si>
     <t>TURPEAU FORMATION</t>
   </si>
   <si>
     <t>CENTRE COMMERCIAL DU PORTEAU RUE TIRAQUEAU 85200 FONTENAY LE COMTE</t>
   </si>
   <si>
     <t>20/01/2017</t>
   </si>
   <si>
-    <t>JMD FORMATION</t>
-[...13 lines deleted...]
-  <si>
     <t>CERTITESTS</t>
   </si>
   <si>
     <t>9 ALLEE DE MOULEREAU 33450 IZON</t>
   </si>
   <si>
     <t>01/07/2024</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION BLANCHARD LOUVIERS</t>
   </si>
   <si>
     <t>297 RUE DES VIVES TERRES 27400 VIRONVAY</t>
   </si>
   <si>
     <t>02/10/2023</t>
   </si>
   <si>
     <t>DEPHIPRO</t>
   </si>
   <si>
     <t>206 RUE DES TOURTERELLES 47340 HAUTEFAGE-LA-TOUR</t>
   </si>
   <si>
     <t>10/05/2017</t>
   </si>
   <si>
     <t>ZI JEAN MALEZE 4 RUE LOUIS ARMAND 47240 BON-ENCONTRE</t>
   </si>
   <si>
-    <t>FORQA FORMATION 89</t>
+    <t>GO ! FORMATIONS 89</t>
+  </si>
+  <si>
+    <t>GO ! FORMATIONS 89 MONETEAU</t>
   </si>
   <si>
     <t>10 RUE DES ISLES 89470 MONETEAU</t>
   </si>
   <si>
     <t>13/07/2020</t>
   </si>
   <si>
-    <t>FORQA FORMATION SENS</t>
+    <t>GO ! FORMATIONS 89 SENS</t>
   </si>
   <si>
     <t>16 ROUTE DE VOULX 89100 SENS</t>
   </si>
   <si>
     <t>02/01/2024</t>
   </si>
   <si>
-    <t>DUCOS FABIEN FORMATION</t>
-[...7 lines deleted...]
-  <si>
     <t>CENTRE DE FORMATION 3D</t>
   </si>
   <si>
     <t>1698 ROUTE DE SAINT GENIX 38490 AOSTE</t>
   </si>
   <si>
     <t>05/06/2017</t>
   </si>
   <si>
     <t>FORMA SUD CONSEIL</t>
   </si>
   <si>
     <t>4 RUE PAUL MASSOT 66000 PERPIGNAN</t>
   </si>
   <si>
     <t>SAG &amp; LOG</t>
   </si>
   <si>
     <t>50-54 50 AV VIEUX CHE DE ST DENIS 92390 VILLENEUVE LA GARENNE</t>
   </si>
   <si>
     <t>14/06/2017</t>
   </si>
   <si>
     <t>FACES</t>
@@ -5875,66 +5818,63 @@
   <si>
     <t>CFMA</t>
   </si>
   <si>
     <t>ZONE INDUSTRIELLE 7 RUE DE LA JEANNAIE 22400 LAMBALLE-ARMOR</t>
   </si>
   <si>
     <t>C.A.F.C.E.S - FORMA - PRO - PREVENTION - SECURITE</t>
   </si>
   <si>
     <t>10 RUE DU MAITRE DU MONDE 80440 GLISY</t>
   </si>
   <si>
     <t>17/08/2020</t>
   </si>
   <si>
     <t>BTP FRANCE FORMATION</t>
   </si>
   <si>
     <t>245 AVENUE DE L'UNIVERSITE 83160 LA VALETTE-DU-VAR</t>
   </si>
   <si>
     <t>JB FORMATION BESANCON</t>
   </si>
   <si>
-    <t>6 RUE ROBERT SCHUMAN 25410 SAINT-VIT</t>
-[...1 lines deleted...]
-  <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>METAFOR</t>
   </si>
   <si>
     <t>3 AVENUE DU MARECHAL JUIN 95500 GONESSE</t>
   </si>
   <si>
     <t>07/04/2021</t>
   </si>
   <si>
-    <t>FORQA FORMATION 21</t>
+    <t>GO ! FORMATIONS 21</t>
   </si>
   <si>
     <t>18 RUE COLBERT 21600 LONGVIC</t>
   </si>
   <si>
     <t>MAESTRIAS</t>
   </si>
   <si>
     <t>RUE DES COMBATTANTS D'AFRIQUE 35300 FOUGERES</t>
   </si>
   <si>
     <t>29/08/2023</t>
   </si>
   <si>
     <t>SAS PROMOTRANS DEVELOPPEMENT</t>
   </si>
   <si>
     <t>EFPR</t>
   </si>
   <si>
     <t>ZI 35 AVENUE DE LA COMMUNE DE PARIS 91220 BRETIGNY-SUR-ORGE</t>
   </si>
   <si>
     <t>10 AVENUE DU VAL 78520 LIMAY</t>
   </si>
@@ -6244,57 +6184,60 @@
   <si>
     <t>IMM SYNERGIE - CHEZ. PREVENTIS AG CR NO 2 DE CALIFORNIE 97232 LE LAMENTIN</t>
   </si>
   <si>
     <t>02973405297</t>
   </si>
   <si>
     <t>REVO</t>
   </si>
   <si>
     <t>LIEUDIT LA PETITE PLN. 6 ROUTE DE LA FERTE SOUS JOUARRE 77440 MARY-SUR-MARNE</t>
   </si>
   <si>
     <t>17/11/2022</t>
   </si>
   <si>
     <t>POLE FORMEZ VOUS</t>
   </si>
   <si>
     <t>35 RUE DE LA LIBERTE 23100 LA COURTINE</t>
   </si>
   <si>
     <t>23/05/2024</t>
   </si>
   <si>
+    <t>DT FORMATION</t>
+  </si>
+  <si>
+    <t>8 RUE MICHEL COLLE 54120 BACCARAT</t>
+  </si>
+  <si>
     <t>COMEXIA</t>
   </si>
   <si>
     <t>150 RUE DE LA BELLE ETOILE 95700 ROISSY-EN-FRANCE</t>
-  </si>
-[...1 lines deleted...]
-    <t>10/10/2025</t>
   </si>
   <si>
     <t>CACEF TP</t>
   </si>
   <si>
     <t>AFFORMA</t>
   </si>
   <si>
     <t>222 RUE DES FORCES FRANCAISES LIBRES 83600 FREJUS</t>
   </si>
   <si>
     <t>08/07/2024</t>
   </si>
   <si>
     <t>SAVARE FORMATION</t>
   </si>
   <si>
     <t>61 RUE ERNEST SYLVAIN BOLLEE 72230 ARNAGE</t>
   </si>
   <si>
     <t>CAMPUS DROPPER</t>
   </si>
   <si>
     <t>BATIMENTS 4C ET 4D 157 AVENUE CHARLES FLOQUET 93150 LE BLANC-MESNIL</t>
   </si>
@@ -6798,51 +6741,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M941"/>
+  <dimension ref="A1:M928"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -6892,519 +6835,519 @@
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3">
         <v>94202111120</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>13002271800014</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I3" s="3">
         <v>32590928359</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>13002271800212</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I4" s="3">
         <v>32590928359</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>13002271800642</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3">
         <v>32590928359</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>13002271800725</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="3">
         <v>32590928359</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>13002293200011</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I7" s="3">
         <v>53290897729</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>13002374000439</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I8" s="3">
         <v>32590946759</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>18542213600019</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="3">
         <v>41540306154</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>18974211700014</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I10" s="3">
         <v>98970017797</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>53</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>19133206300020</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>58</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>19210018800031</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>60</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3">
         <v>26210247721</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>19211217500034</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>64</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>19290022300012</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
@@ -7425,99 +7368,99 @@
         <v>19330023300031</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>73</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>76</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>19340042100023</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>78</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>81</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>19340043900025</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
@@ -7574,96 +7517,96 @@
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>89</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>19540042900021</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>91</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>94</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>19560016800015</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
@@ -7687,96 +7630,96 @@
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>98</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>101</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>19630021400042</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>103</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>106</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>19631480100016</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I25" s="3"/>
       <c r="J25" s="2" t="s">
@@ -7806,34224 +7749,33717 @@
         <v>110</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>111</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3">
         <v>11770634177</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>19800049900048</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>114</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>115</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>116</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>117</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>119</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>121</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3">
         <v>54860142086</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>19880153200047</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>123</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3">
         <v>44880137688</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>19890005200020</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>127</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>130</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>19972532600045</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>132</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>133</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>134</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>30286824500010</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>137</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I32" s="3">
         <v>21510123251</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>30340961900226</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>138</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>139</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>140</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>141</v>
       </c>
       <c r="I33" s="3">
         <v>11770458077</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>30438251800013</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>142</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>143</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>137</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3">
         <v>21510003551</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>30540504500017</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>145</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>137</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3">
         <v>11750091675</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>30540504500025</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>146</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>137</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3">
         <v>11750091675</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>30540504500041</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>147</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>137</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3">
         <v>11750091675</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>30540504500066</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>148</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>137</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3">
         <v>11750091675</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>30540504500132</v>
+        <v>30540504500116</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>149</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>150</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3">
         <v>11750091675</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>30540504500223</v>
+        <v>30540504500132</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>151</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>152</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3">
         <v>11750091675</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>30540504500249</v>
+        <v>30540504500223</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>153</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>154</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3">
         <v>11750091675</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>30540504500363</v>
+        <v>30540504500249</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>155</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3">
         <v>11750091675</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>30540504500371</v>
+        <v>30540504500363</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3">
         <v>11750091675</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>30540504500397</v>
+        <v>30540504500371</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="F44" s="2" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="3">
         <v>11750091675</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>30540504500421</v>
+        <v>30540504500397</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="D45" s="2" t="s">
+      <c r="D45" s="2"/>
+      <c r="E45" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="3">
         <v>11750091675</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>30540504500504</v>
+        <v>30540504500421</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D46" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="E46" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="3">
         <v>11750091675</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>30540504500512</v>
+        <v>30540504500504</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="D47" s="2"/>
+      <c r="D47" s="2" t="s">
+        <v>165</v>
+      </c>
       <c r="E47" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="F47" s="2" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="3">
         <v>11750091675</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>30540504500520</v>
+        <v>30540504500512</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="I48" s="3">
         <v>11750091675</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>30540504500579</v>
+        <v>30540504500520</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>169</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I49" s="3">
         <v>11750091675</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>30540504500587</v>
+        <v>30540504500579</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>170</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I50" s="3">
         <v>11750091675</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>30540504500595</v>
+        <v>30540504500587</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I51" s="3">
         <v>11750091675</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>30540504500603</v>
+        <v>30540504500595</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
         <v>173</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I52" s="3">
         <v>11750091675</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>30540504500637</v>
+        <v>30540504500603</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="D53" s="2" t="s">
+      <c r="D53" s="2"/>
+      <c r="E53" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="E53" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" s="2" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I53" s="3">
         <v>11750091675</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>30540504500652</v>
+        <v>30540504500637</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="D54" s="2"/>
+      <c r="D54" s="2" t="s">
+        <v>175</v>
+      </c>
       <c r="E54" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F54" s="2" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I54" s="3">
         <v>11750091675</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>30540504500660</v>
+        <v>30540504500652</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="D55" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>178</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I55" s="3">
         <v>11750091675</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>30540504500694</v>
+        <v>30540504500660</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="D56" s="2"/>
+      <c r="D56" s="2" t="s">
+        <v>175</v>
+      </c>
       <c r="E56" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="F56" s="2" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I56" s="3">
         <v>11750091675</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>30540504500702</v>
+        <v>30540504500694</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="D57" s="2" t="s">
+      <c r="D57" s="2"/>
+      <c r="E57" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="F57" s="2" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>184</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="3">
         <v>11750091675</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>30540504500744</v>
+        <v>30540504500702</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E58" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="F58" s="2" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I58" s="3">
         <v>11750091675</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>30540504500777</v>
+        <v>30540504500744</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="D59" s="2"/>
+      <c r="D59" s="2" t="s">
+        <v>183</v>
+      </c>
       <c r="E59" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="F59" s="2" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="3">
         <v>11750091675</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>30540504500785</v>
+        <v>30540504500777</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="D60" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
         <v>188</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I60" s="3">
         <v>11750091675</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>30540504500868</v>
+        <v>30540504500785</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="D61" s="2"/>
+      <c r="D61" s="2" t="s">
+        <v>183</v>
+      </c>
       <c r="E61" s="2" t="s">
         <v>189</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I61" s="3">
         <v>11750091675</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>30540504500884</v>
+        <v>30540504500868</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I62" s="3">
         <v>11750091675</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>30540504500991</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="F63" s="2" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I63" s="3">
         <v>11750091675</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I64" s="3">
         <v>11750091675</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>30540504501031</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="F65" s="2" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I65" s="3">
         <v>11750091675</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>30540504501080</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="F66" s="2" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I66" s="3">
         <v>11750091675</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
         <v>30540504501130</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="F67" s="2" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I67" s="3">
         <v>11750091675</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
         <v>30540504501171</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="F68" s="2" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I68" s="3">
         <v>11750091675</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>30540504501213</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="F69" s="2" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I69" s="3">
         <v>11750091675</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>30540504501221</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="F70" s="2" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I70" s="3">
         <v>11750091675</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
         <v>30540504501262</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I71" s="3">
         <v>11750091675</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
         <v>30540504501338</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="F72" s="2" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I72" s="3">
         <v>11750091675</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
         <v>30540504501346</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="F73" s="2" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I73" s="3">
         <v>11750091675</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
         <v>30540504501387</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="F74" s="2" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I74" s="3">
         <v>11750091675</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
         <v>30540504501403</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="F75" s="2" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I75" s="3">
         <v>11750091675</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
         <v>30540504501429</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I76" s="3">
         <v>11750091675</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
         <v>30540504501452</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I77" s="3">
         <v>11750091675</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
         <v>30540504501478</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="F78" s="2" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I78" s="3">
         <v>11750091675</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
         <v>30540504501510</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="F79" s="2" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I79" s="3">
         <v>11750091675</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
         <v>30540504501528</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I80" s="3">
         <v>11750091675</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
         <v>30540504501536</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I81" s="3">
         <v>11750091675</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
         <v>30540504501577</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="F82" s="2" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I82" s="3">
         <v>11750091675</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
         <v>30540504501601</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="F83" s="2" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I83" s="3">
         <v>11750091675</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
         <v>30540504501619</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I84" s="3">
         <v>11750091675</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
         <v>30540504501668</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F85" s="2" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I85" s="3">
         <v>11750091675</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
         <v>30540504501692</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="F86" s="2" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I86" s="3">
         <v>11750091675</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
         <v>30540504501700</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I87" s="3">
         <v>11750091675</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
         <v>30540504501718</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I88" s="3">
         <v>11750091675</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
         <v>30540504501759</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="F89" s="2" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I89" s="3">
         <v>11750091675</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
         <v>30540504501775</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="F90" s="2" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I90" s="3">
         <v>11750091675</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
         <v>30540504501783</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="F91" s="2" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I91" s="3">
         <v>11750091675</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
         <v>30540504501809</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
+        <v>241</v>
+      </c>
+      <c r="F92" s="2" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I92" s="3">
         <v>11750091675</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
         <v>30540504501866</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="F93" s="2" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I93" s="3">
         <v>11750091675</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
         <v>30540504501874</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="F94" s="2" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I94" s="3">
         <v>11750091675</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
         <v>30540504501882</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="F95" s="2" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I95" s="3">
         <v>11750091675</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
         <v>30540504501908</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I96" s="3">
         <v>11750091675</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M96" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
         <v>30540504501940</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="F97" s="2" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I97" s="3">
         <v>11750091675</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M97" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
         <v>30540504501957</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="F98" s="2" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I98" s="3">
         <v>11750091675</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M98" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
         <v>30540504501965</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
+        <v>254</v>
+      </c>
+      <c r="F99" s="2" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I99" s="3">
         <v>11750091675</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M99" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
         <v>30540504501999</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="F100" s="2" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I100" s="3">
         <v>11750091675</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M100" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
         <v>30540504502005</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="F101" s="2" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I101" s="3">
         <v>11750091675</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
         <v>30540504502013</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="F102" s="2" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I102" s="3">
         <v>11750091675</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M102" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
         <v>30540504502021</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="F103" s="2" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I103" s="3">
         <v>11750091675</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M103" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
         <v>30540504502039</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="F104" s="2" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I104" s="3">
         <v>11750091675</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M104" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
         <v>30540504502054</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="F105" s="2" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I105" s="3">
         <v>11750091675</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
         <v>30540504502138</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="F106" s="2" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I106" s="3">
         <v>11750091675</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
         <v>30540504502161</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I107" s="3">
         <v>11750091675</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
         <v>30540504502195</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I108" s="3">
         <v>11750091675</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M108" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
         <v>30540504502211</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I109" s="3">
         <v>11750091675</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M109" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
         <v>30540504502245</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="F110" s="2" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I110" s="3">
         <v>11750091675</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M110" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
         <v>30540504502286</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="F111" s="2" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I111" s="3">
         <v>11750091675</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M111" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
         <v>30540504502302</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="F112" s="2" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I112" s="3">
         <v>11750091675</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M112" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
         <v>30540504502310</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="F113" s="2" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I113" s="3">
         <v>11750091675</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L113" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M113" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
         <v>30540504502328</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I114" s="3">
         <v>11750091675</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M114" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
         <v>30540504502336</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I115" s="3">
         <v>11750091675</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L115" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M115" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
         <v>30540504502377</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="F116" s="2" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I116" s="3">
         <v>11750091675</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M116" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
         <v>30540504502393</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="F117" s="2" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I117" s="3">
         <v>11750091675</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M117" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
         <v>30540504502450</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="F118" s="2" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I118" s="3">
         <v>11750091675</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K118" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M118" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
         <v>30540504502476</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="F119" s="2" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I119" s="3">
         <v>11750091675</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L119" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M119" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
         <v>30540504502526</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I120" s="3">
         <v>11750091675</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M120" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
         <v>30540504502534</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I121" s="3">
         <v>11750091675</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L121" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
         <v>30540504502559</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="F122" s="2" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I122" s="3">
         <v>11750091675</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M122" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
         <v>30540504502617</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="F123" s="2" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I123" s="3">
         <v>11750091675</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
         <v>30540504502625</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I124" s="3">
         <v>11750091675</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M124" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
         <v>30540504502633</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="F125" s="2" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I125" s="3">
         <v>11750091675</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M125" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
         <v>30540504502641</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="F126" s="2" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I126" s="3">
         <v>11750091675</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M126" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
         <v>30540504502658</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="F127" s="2" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I127" s="3">
         <v>11750091675</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M127" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
         <v>30540504502716</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="F128" s="2" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I128" s="3">
         <v>11750091675</v>
       </c>
       <c r="J128" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M128" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
         <v>30540504502732</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="F129" s="2" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I129" s="3">
         <v>11750091675</v>
       </c>
       <c r="J129" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K129" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M129" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
         <v>30540504502781</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="F130" s="2" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I130" s="3">
         <v>11750091675</v>
       </c>
       <c r="J130" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M130" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
         <v>30540504502856</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="F131" s="2" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I131" s="3">
         <v>11750091675</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M131" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
         <v>30540504502906</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
+        <v>312</v>
+      </c>
+      <c r="F132" s="2" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I132" s="3">
         <v>11750091675</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K132" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L132" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M132" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>30540504502997</v>
+        <v>30540504502930</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
+        <v>314</v>
+      </c>
+      <c r="F133" s="2" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I133" s="3">
         <v>11750091675</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L133" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M133" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>30540504503011</v>
+        <v>30540504502997</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="F134" s="2" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I134" s="3">
         <v>11750091675</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L134" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M134" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>30722150700055</v>
+        <v>30540504503011</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>319</v>
+        <v>144</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I135" s="3">
-        <v>82260125326</v>
+        <v>11750091675</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K135" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L135" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M135" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>30824995200059</v>
+        <v>30540504503078</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>322</v>
+        <v>144</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>45</v>
+        <v>321</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I136" s="3">
-        <v>53350007835</v>
+        <v>11750091675</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K136" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L136" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M136" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>30824995200083</v>
+        <v>30540504503086</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>322</v>
+        <v>144</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I137" s="3">
-        <v>53350007835</v>
+        <v>11750091675</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L137" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M137" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>30824995200133</v>
+        <v>30540504503110</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>322</v>
+        <v>144</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I138" s="3">
-        <v>53350007835</v>
+        <v>11750091675</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L138" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M138" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>31227281800195</v>
+        <v>30540504503151</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>328</v>
+        <v>144</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>330</v>
+        <v>321</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I139" s="3">
-        <v>82690043469</v>
+        <v>11750091675</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L139" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M139" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>31237926601205</v>
+        <v>30540504503169</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>332</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>334</v>
+        <v>325</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>335</v>
+        <v>321</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I140" s="3">
-        <v>54790001979</v>
+        <v>11750091675</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L140" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M140" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>31237926601221</v>
+        <v>30540504503201</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>332</v>
+        <v>144</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>336</v>
+        <v>326</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>337</v>
+        <v>321</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I141" s="3">
-        <v>54790001979</v>
+        <v>11750091675</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L141" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M141" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>31237926601270</v>
+        <v>30540504503227</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>332</v>
+        <v>144</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>338</v>
+        <v>327</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>339</v>
+        <v>321</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I142" s="3">
-        <v>54790001979</v>
+        <v>11750091675</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L142" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M142" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>31237926601288</v>
+        <v>30540504503235</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>332</v>
+        <v>144</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>340</v>
+        <v>328</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>341</v>
+        <v>321</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I143" s="3">
-        <v>54790001979</v>
+        <v>11750091675</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L143" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M143" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>31237926601411</v>
+        <v>30540504503243</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>332</v>
+        <v>144</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>342</v>
+        <v>329</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>343</v>
+        <v>321</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I144" s="3">
-        <v>54790001979</v>
+        <v>11750091675</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K144" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L144" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M144" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>31237926601619</v>
+        <v>30540504503250</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>332</v>
+        <v>144</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>344</v>
+        <v>330</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>345</v>
+        <v>321</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I145" s="3">
-        <v>54790001979</v>
+        <v>11750091675</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K145" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L145" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M145" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>31237926601684</v>
+        <v>30540504503276</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>332</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>346</v>
+        <v>331</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>347</v>
+        <v>321</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I146" s="3">
-        <v>54790001979</v>
+        <v>11750091675</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M146" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>31237926601742</v>
+        <v>30540504503334</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="D147" s="2"/>
+      <c r="E147" s="2" t="s">
         <v>332</v>
       </c>
-      <c r="D147" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F147" s="2" t="s">
-        <v>349</v>
+        <v>321</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I147" s="3">
-        <v>54790001979</v>
+        <v>11750091675</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K147" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L147" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M147" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>31237926601775</v>
+        <v>30540504503359</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>332</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>351</v>
+        <v>333</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>352</v>
+        <v>321</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I148" s="3">
-        <v>54790001979</v>
+        <v>11750091675</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K148" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L148" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M148" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>31237926601791</v>
+        <v>30540504503458</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>332</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>353</v>
+        <v>334</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>354</v>
+        <v>335</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I149" s="3">
-        <v>54790001979</v>
+        <v>11750091675</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K149" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L149" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M149" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>31237926601817</v>
+        <v>30722150700055</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>355</v>
+        <v>337</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>356</v>
+        <v>338</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I150" s="3">
-        <v>54790001979</v>
+        <v>82260125326</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K150" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M150" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>31237926601825</v>
+        <v>30824995200059</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>357</v>
+        <v>340</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>358</v>
+        <v>45</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I151" s="3">
-        <v>54790001979</v>
+        <v>53350007835</v>
       </c>
       <c r="J151" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L151" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M151" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>31237926601957</v>
+        <v>30824995200083</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>359</v>
+        <v>341</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>360</v>
+        <v>342</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I152" s="3">
-        <v>54790001979</v>
+        <v>53350007835</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K152" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L152" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M152" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>31237926601973</v>
+        <v>30824995200133</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>361</v>
+        <v>343</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>362</v>
+        <v>344</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I153" s="3">
-        <v>54790001979</v>
+        <v>53350007835</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L153" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M153" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>31237926602039</v>
+        <v>31227281800195</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>332</v>
+        <v>345</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
-        <v>363</v>
+        <v>346</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>364</v>
+        <v>347</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I154" s="3">
-        <v>54790001979</v>
+        <v>82690043469</v>
       </c>
       <c r="J154" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K154" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L154" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M154" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>31238178300066</v>
+        <v>31237926601205</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="D155" s="2"/>
+        <v>349</v>
+      </c>
+      <c r="D155" s="2" t="s">
+        <v>350</v>
+      </c>
       <c r="E155" s="2" t="s">
-        <v>366</v>
+        <v>351</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>23</v>
+        <v>352</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
-        <v>367</v>
+        <v>348</v>
       </c>
       <c r="I155" s="3">
-        <v>52850152785</v>
+        <v>54790001979</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K155" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L155" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M155" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>31472073100053</v>
+        <v>31237926601221</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>368</v>
+        <v>349</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>369</v>
+        <v>353</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>370</v>
+        <v>354</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I156" s="3">
-        <v>82740008674</v>
+        <v>54790001979</v>
       </c>
       <c r="J156" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K156" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L156" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M156" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>31584483700056</v>
+        <v>31237926601270</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>371</v>
+        <v>349</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
-        <v>372</v>
+        <v>355</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>373</v>
+        <v>356</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I157" s="3">
-        <v>52750001685</v>
+        <v>54790001979</v>
       </c>
       <c r="J157" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K157" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L157" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M157" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>31584483700072</v>
+        <v>31237926601288</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>371</v>
+        <v>349</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>374</v>
+        <v>357</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>198</v>
+        <v>358</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I158" s="3">
-        <v>52750001685</v>
+        <v>54790001979</v>
       </c>
       <c r="J158" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K158" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L158" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M158" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>31584483700155</v>
+        <v>31237926601411</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>371</v>
+        <v>349</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>375</v>
+        <v>359</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>376</v>
+        <v>360</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I159" s="3">
-        <v>52750001685</v>
+        <v>54790001979</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K159" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L159" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M159" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>31641831800077</v>
+        <v>31237926601619</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>377</v>
+        <v>349</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>378</v>
+        <v>361</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>379</v>
+        <v>362</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I160" s="3">
-        <v>42680004468</v>
+        <v>54790001979</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K160" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L160" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M160" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>31683181700028</v>
+        <v>31237926601684</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="D161" s="2"/>
+        <v>349</v>
+      </c>
+      <c r="D161" s="2" t="s">
+        <v>350</v>
+      </c>
       <c r="E161" s="2" t="s">
-        <v>381</v>
+        <v>363</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>382</v>
+        <v>364</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I161" s="3">
-        <v>41880059988</v>
+        <v>54790001979</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K161" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L161" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M161" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>31768606100027</v>
+        <v>31237926601742</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>383</v>
-[...1 lines deleted...]
-      <c r="D162" s="2"/>
+        <v>349</v>
+      </c>
+      <c r="D162" s="2" t="s">
+        <v>350</v>
+      </c>
       <c r="E162" s="2" t="s">
-        <v>384</v>
+        <v>365</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>137</v>
+        <v>366</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>385</v>
+        <v>348</v>
       </c>
       <c r="I162" s="3">
-        <v>31590766659</v>
+        <v>54790001979</v>
       </c>
       <c r="J162" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L162" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M162" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>31768606100258</v>
+        <v>31237926601775</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>383</v>
-[...1 lines deleted...]
-      <c r="D163" s="2"/>
+        <v>349</v>
+      </c>
+      <c r="D163" s="2" t="s">
+        <v>367</v>
+      </c>
       <c r="E163" s="2" t="s">
-        <v>386</v>
+        <v>368</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>387</v>
+        <v>369</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
-        <v>385</v>
+        <v>348</v>
       </c>
       <c r="I163" s="3">
-        <v>31590766659</v>
+        <v>54790001979</v>
       </c>
       <c r="J163" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K163" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L163" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M163" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>31768606104011</v>
+        <v>31237926601791</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>383</v>
+        <v>349</v>
       </c>
       <c r="D164" s="2" t="s">
-        <v>383</v>
+        <v>350</v>
       </c>
       <c r="E164" s="2" t="s">
-        <v>388</v>
+        <v>370</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>389</v>
+        <v>371</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
-        <v>385</v>
+        <v>348</v>
       </c>
       <c r="I164" s="3">
-        <v>31590766659</v>
+        <v>54790001979</v>
       </c>
       <c r="J164" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K164" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L164" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M164" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>31768606105042</v>
+        <v>31237926601817</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>383</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
-        <v>390</v>
+        <v>372</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>391</v>
+        <v>373</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
-        <v>385</v>
+        <v>348</v>
       </c>
       <c r="I165" s="3">
-        <v>31590766659</v>
+        <v>54790001979</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K165" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L165" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M165" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>31768606105166</v>
+        <v>31237926601825</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>383</v>
+        <v>349</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
-        <v>392</v>
+        <v>374</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>393</v>
+        <v>375</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
-        <v>385</v>
+        <v>348</v>
       </c>
       <c r="I166" s="3">
-        <v>31590766659</v>
+        <v>54790001979</v>
       </c>
       <c r="J166" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K166" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L166" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M166" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>31768606105463</v>
+        <v>31237926601957</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>383</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
-        <v>394</v>
+        <v>376</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>395</v>
+        <v>377</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>396</v>
+        <v>348</v>
       </c>
       <c r="I167" s="3">
-        <v>31590766659</v>
+        <v>54790001979</v>
       </c>
       <c r="J167" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K167" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L167" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M167" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>31768606105935</v>
+        <v>31237926601973</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>383</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>397</v>
+        <v>378</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>398</v>
+        <v>379</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
-        <v>385</v>
+        <v>348</v>
       </c>
       <c r="I168" s="3">
-        <v>31590766659</v>
+        <v>54790001979</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K168" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L168" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M168" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>31768606105950</v>
+        <v>31237926602039</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>383</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="D169" s="2"/>
       <c r="E169" s="2" t="s">
-        <v>399</v>
+        <v>380</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>400</v>
+        <v>315</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>385</v>
+        <v>348</v>
       </c>
       <c r="I169" s="3">
-        <v>31590766659</v>
+        <v>54790001979</v>
       </c>
       <c r="J169" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K169" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L169" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M169" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>31768606105984</v>
+        <v>31238178300066</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>383</v>
-[...3 lines deleted...]
-      </c>
+        <v>381</v>
+      </c>
+      <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
-        <v>401</v>
+        <v>382</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>402</v>
+        <v>22</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="I170" s="3">
-        <v>31590766659</v>
+        <v>52850152785</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K170" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L170" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M170" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>31788665300029</v>
+        <v>31472073100053</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>403</v>
+        <v>384</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="s">
-        <v>404</v>
+        <v>385</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>405</v>
+        <v>386</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I171" s="3">
-        <v>31620012262</v>
+        <v>82740008674</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K171" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L171" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M171" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>31788665300086</v>
+        <v>31584483700056</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>403</v>
+        <v>387</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
-        <v>406</v>
+        <v>388</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>407</v>
+        <v>389</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I172" s="3">
-        <v>31620012262</v>
+        <v>52750001685</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K172" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L172" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M172" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>31839329501062</v>
+        <v>31584483700072</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>408</v>
+        <v>387</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
-        <v>409</v>
+        <v>390</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>410</v>
+        <v>197</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I173" s="3">
-        <v>11930048093</v>
+        <v>52750001685</v>
       </c>
       <c r="J173" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K173" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L173" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M173" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
-        <v>32159235400021</v>
+        <v>31584483700155</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>411</v>
+        <v>387</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>412</v>
+        <v>391</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>413</v>
+        <v>392</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I174" s="3">
-        <v>42670009767</v>
+        <v>52750001685</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K174" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L174" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M174" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
-        <v>32159235400047</v>
+        <v>31641831800077</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>411</v>
-[...3 lines deleted...]
-      </c>
+        <v>393</v>
+      </c>
+      <c r="D175" s="2"/>
       <c r="E175" s="2" t="s">
-        <v>415</v>
+        <v>394</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>416</v>
+        <v>395</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I175" s="3">
-        <v>42670009767</v>
+        <v>42680004468</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K175" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L175" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M175" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
-        <v>32159235400070</v>
+        <v>31683181700028</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>411</v>
+        <v>396</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
-        <v>417</v>
+        <v>397</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>418</v>
+        <v>398</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I176" s="3">
-        <v>42670009767</v>
+        <v>41880059988</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K176" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L176" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M176" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
-        <v>32159235400088</v>
+        <v>31768606100027</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>419</v>
+        <v>400</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>176</v>
+        <v>137</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
-        <v>331</v>
+        <v>401</v>
       </c>
       <c r="I177" s="3">
-        <v>42670009767</v>
+        <v>31590766659</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K177" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L177" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M177" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
-        <v>32159235400096</v>
+        <v>31768606100258</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="s">
-        <v>420</v>
+        <v>402</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>421</v>
+        <v>403</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
-        <v>331</v>
+        <v>401</v>
       </c>
       <c r="I178" s="3">
-        <v>42670009767</v>
+        <v>31590766659</v>
       </c>
       <c r="J178" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K178" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L178" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M178" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
-        <v>32159235400104</v>
+        <v>31768606104011</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>411</v>
-[...1 lines deleted...]
-      <c r="D179" s="2"/>
+        <v>399</v>
+      </c>
+      <c r="D179" s="2" t="s">
+        <v>399</v>
+      </c>
       <c r="E179" s="2" t="s">
-        <v>422</v>
+        <v>404</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>62</v>
+        <v>405</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
-        <v>331</v>
+        <v>401</v>
       </c>
       <c r="I179" s="3">
-        <v>42670009767</v>
+        <v>31590766659</v>
       </c>
       <c r="J179" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K179" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L179" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M179" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
-        <v>32159235400112</v>
+        <v>31768606105042</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="D180" s="2" t="s">
-        <v>423</v>
+        <v>399</v>
       </c>
       <c r="E180" s="2" t="s">
-        <v>424</v>
+        <v>406</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>425</v>
+        <v>407</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
-        <v>331</v>
+        <v>401</v>
       </c>
       <c r="I180" s="3">
-        <v>42670009767</v>
+        <v>31590766659</v>
       </c>
       <c r="J180" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K180" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L180" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M180" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
-        <v>32159235400138</v>
+        <v>31768606105166</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>426</v>
+        <v>13</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
-        <v>427</v>
+        <v>408</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>428</v>
-[...3 lines deleted...]
-      </c>
+        <v>409</v>
+      </c>
+      <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
-        <v>331</v>
+        <v>401</v>
       </c>
       <c r="I181" s="3">
-        <v>42670009767</v>
+        <v>31590766659</v>
       </c>
       <c r="J181" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K181" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L181" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M181" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
-        <v>32159235400161</v>
+        <v>31768606105463</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="D182" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="E182" s="2" t="s">
+        <v>410</v>
+      </c>
+      <c r="F182" s="2" t="s">
         <v>411</v>
-      </c>
-[...5 lines deleted...]
-        <v>431</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
-        <v>331</v>
+        <v>412</v>
       </c>
       <c r="I182" s="3">
-        <v>42670009767</v>
+        <v>31590766659</v>
       </c>
       <c r="J182" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K182" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L182" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M182" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
-        <v>32359078600055</v>
+        <v>31768606105935</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>432</v>
-[...1 lines deleted...]
-      <c r="D183" s="2"/>
+        <v>399</v>
+      </c>
+      <c r="D183" s="2" t="s">
+        <v>399</v>
+      </c>
       <c r="E183" s="2" t="s">
-        <v>433</v>
+        <v>413</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>434</v>
+        <v>414</v>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2" t="s">
-        <v>331</v>
+        <v>401</v>
       </c>
       <c r="I183" s="3">
-        <v>31620002462</v>
+        <v>31590766659</v>
       </c>
       <c r="J183" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K183" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L183" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M183" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
-        <v>32359078600071</v>
+        <v>31768606105950</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>432</v>
-[...1 lines deleted...]
-      <c r="D184" s="2"/>
+        <v>399</v>
+      </c>
+      <c r="D184" s="2" t="s">
+        <v>399</v>
+      </c>
       <c r="E184" s="2" t="s">
-        <v>435</v>
+        <v>415</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>436</v>
+        <v>416</v>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2" t="s">
-        <v>331</v>
+        <v>401</v>
       </c>
       <c r="I184" s="3">
-        <v>31620002462</v>
+        <v>31590766659</v>
       </c>
       <c r="J184" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K184" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L184" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M184" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
-        <v>32359078600113</v>
+        <v>31768606105984</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>432</v>
-[...1 lines deleted...]
-      <c r="D185" s="2"/>
+        <v>399</v>
+      </c>
+      <c r="D185" s="2" t="s">
+        <v>399</v>
+      </c>
       <c r="E185" s="2" t="s">
-        <v>437</v>
+        <v>417</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>438</v>
+        <v>418</v>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
-        <v>331</v>
+        <v>401</v>
       </c>
       <c r="I185" s="3">
-        <v>31620002462</v>
+        <v>31590766659</v>
       </c>
       <c r="J185" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K185" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L185" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M185" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
-        <v>32359078600121</v>
+        <v>31788665300029</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>432</v>
+        <v>419</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
-        <v>439</v>
+        <v>420</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>440</v>
+        <v>421</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I186" s="3">
-        <v>31620002462</v>
+        <v>31620012262</v>
       </c>
       <c r="J186" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K186" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L186" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M186" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
-        <v>32359078600154</v>
+        <v>31788665300086</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>432</v>
+        <v>419</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>441</v>
+        <v>422</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>442</v>
+        <v>423</v>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I187" s="3">
-        <v>31620002462</v>
+        <v>31620012262</v>
       </c>
       <c r="J187" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K187" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L187" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M187" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
-        <v>32361187100043</v>
+        <v>31839329501062</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>443</v>
+        <v>424</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
-        <v>444</v>
+        <v>425</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>445</v>
+        <v>426</v>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I188" s="3">
-        <v>91660002766</v>
+        <v>11930048093</v>
       </c>
       <c r="J188" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K188" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L188" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M188" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
-        <v>32361187100084</v>
+        <v>32159235400021</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>443</v>
+        <v>427</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2" t="s">
-        <v>446</v>
+        <v>428</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>447</v>
+        <v>429</v>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I189" s="3">
-        <v>91660002766</v>
+        <v>42670009767</v>
       </c>
       <c r="J189" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K189" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L189" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M189" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
-        <v>32361187100092</v>
+        <v>32159235400047</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>443</v>
-[...1 lines deleted...]
-      <c r="D190" s="2"/>
+        <v>427</v>
+      </c>
+      <c r="D190" s="2" t="s">
+        <v>430</v>
+      </c>
       <c r="E190" s="2" t="s">
-        <v>448</v>
+        <v>431</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>449</v>
+        <v>432</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I190" s="3">
-        <v>91660002766</v>
+        <v>42670009767</v>
       </c>
       <c r="J190" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K190" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L190" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M190" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
-        <v>32361187100100</v>
+        <v>32159235400070</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>443</v>
+        <v>427</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="s">
-        <v>450</v>
+        <v>433</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>308</v>
+        <v>434</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I191" s="3">
-        <v>91660002766</v>
+        <v>42670009767</v>
       </c>
       <c r="J191" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K191" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L191" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M191" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="1">
-        <v>33163173900090</v>
+        <v>32159235400088</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>451</v>
+        <v>427</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="s">
-        <v>452</v>
+        <v>435</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>453</v>
+        <v>177</v>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I192" s="3">
-        <v>91340009634</v>
+        <v>42670009767</v>
       </c>
       <c r="J192" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K192" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L192" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M192" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="1">
-        <v>33232136300092</v>
+        <v>32159235400096</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>454</v>
+        <v>427</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="s">
-        <v>455</v>
+        <v>436</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>456</v>
+        <v>437</v>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2" t="s">
-        <v>367</v>
+        <v>348</v>
       </c>
       <c r="I193" s="3">
-        <v>22600188460</v>
+        <v>42670009767</v>
       </c>
       <c r="J193" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K193" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L193" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M193" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="1">
-        <v>33232136300134</v>
+        <v>32159235400104</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>454</v>
+        <v>427</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2" t="s">
-        <v>457</v>
+        <v>438</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>458</v>
+        <v>62</v>
       </c>
       <c r="G194" s="2"/>
       <c r="H194" s="2" t="s">
-        <v>367</v>
+        <v>348</v>
       </c>
       <c r="I194" s="3">
-        <v>22600188460</v>
+        <v>42670009767</v>
       </c>
       <c r="J194" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K194" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L194" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M194" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="1">
-        <v>33860928200029</v>
+        <v>32159235400112</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>459</v>
-[...1 lines deleted...]
-      <c r="D195" s="2"/>
+        <v>427</v>
+      </c>
+      <c r="D195" s="2" t="s">
+        <v>439</v>
+      </c>
       <c r="E195" s="2" t="s">
-        <v>460</v>
+        <v>440</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>461</v>
+        <v>441</v>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I195" s="3">
-        <v>91340237034</v>
+        <v>42670009767</v>
       </c>
       <c r="J195" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K195" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L195" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M195" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="1">
-        <v>34012780200015</v>
+        <v>32159235400138</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>13</v>
+        <v>442</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>462</v>
+        <v>427</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="s">
-        <v>463</v>
+        <v>443</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>464</v>
-[...1 lines deleted...]
-      <c r="G196" s="2"/>
+        <v>444</v>
+      </c>
+      <c r="G196" s="2" t="s">
+        <v>445</v>
+      </c>
       <c r="H196" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="I196" s="3"/>
       <c r="J196" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K196" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L196" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M196" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="1">
-        <v>34036524600016</v>
+        <v>32159235400161</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>465</v>
+        <v>427</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="s">
-        <v>466</v>
+        <v>446</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>467</v>
+        <v>447</v>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I197" s="3">
-        <v>42670188067</v>
+        <v>42670009767</v>
       </c>
       <c r="J197" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K197" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L197" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M197" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="1">
-        <v>34036524600107</v>
+        <v>32359078600055</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>465</v>
+        <v>448</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="s">
-        <v>468</v>
+        <v>449</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>469</v>
+        <v>450</v>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I198" s="3">
-        <v>42670188067</v>
+        <v>31620002462</v>
       </c>
       <c r="J198" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K198" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L198" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M198" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="1">
-        <v>34036524600164</v>
+        <v>32359078600071</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>465</v>
+        <v>448</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="s">
-        <v>470</v>
+        <v>451</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>471</v>
+        <v>452</v>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I199" s="3">
-        <v>42670188067</v>
+        <v>31620002462</v>
       </c>
       <c r="J199" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K199" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L199" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M199" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="1">
-        <v>34062331300012</v>
+        <v>32359078600113</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>472</v>
+        <v>448</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2" t="s">
-        <v>473</v>
+        <v>453</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>474</v>
+        <v>454</v>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2" t="s">
-        <v>71</v>
+        <v>348</v>
       </c>
       <c r="I200" s="3">
-        <v>32620351162</v>
+        <v>31620002462</v>
       </c>
       <c r="J200" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K200" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L200" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M200" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" s="1">
-        <v>34317059300101</v>
+        <v>32359078600121</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>475</v>
+        <v>448</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="s">
-        <v>476</v>
+        <v>455</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>181</v>
+        <v>456</v>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I201" s="3">
-        <v>41570051957</v>
+        <v>31620002462</v>
       </c>
       <c r="J201" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K201" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L201" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M201" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" s="1">
-        <v>34317059300127</v>
+        <v>32359078600154</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>475</v>
+        <v>448</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="s">
-        <v>477</v>
+        <v>457</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>478</v>
+        <v>458</v>
       </c>
       <c r="G202" s="2"/>
       <c r="H202" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I202" s="3">
-        <v>41570051957</v>
+        <v>31620002462</v>
       </c>
       <c r="J202" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K202" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L202" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M202" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" s="1">
-        <v>34317059300135</v>
+        <v>32361187100043</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>475</v>
+        <v>459</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="s">
-        <v>479</v>
+        <v>460</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>480</v>
+        <v>461</v>
       </c>
       <c r="G203" s="2"/>
       <c r="H203" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I203" s="3">
-        <v>41570051957</v>
+        <v>91660002766</v>
       </c>
       <c r="J203" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K203" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L203" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M203" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" s="1">
-        <v>34317059300150</v>
+        <v>32361187100084</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>475</v>
+        <v>459</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2" t="s">
-        <v>481</v>
+        <v>462</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>482</v>
+        <v>463</v>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I204" s="3">
-        <v>41570051957</v>
+        <v>91660002766</v>
       </c>
       <c r="J204" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K204" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L204" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M204" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" s="1">
-        <v>34746940500091</v>
+        <v>32361187100092</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>483</v>
+        <v>459</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2" t="s">
-        <v>484</v>
+        <v>464</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>485</v>
+        <v>465</v>
       </c>
       <c r="G205" s="2"/>
       <c r="H205" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I205" s="3">
-        <v>82260231626</v>
+        <v>91660002766</v>
       </c>
       <c r="J205" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K205" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L205" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M205" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" s="1">
-        <v>34801791400030</v>
+        <v>32361187100100</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>486</v>
+        <v>459</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2" t="s">
-        <v>487</v>
+        <v>466</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>488</v>
+        <v>307</v>
       </c>
       <c r="G206" s="2"/>
       <c r="H206" s="2" t="s">
-        <v>489</v>
+        <v>348</v>
       </c>
       <c r="I206" s="3">
-        <v>82070081807</v>
+        <v>91660002766</v>
       </c>
       <c r="J206" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K206" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L206" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M206" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" s="1">
-        <v>34808656200066</v>
+        <v>33163173900090</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>490</v>
+        <v>467</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="s">
-        <v>491</v>
+        <v>468</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>492</v>
+        <v>469</v>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="I207" s="3"/>
+        <v>348</v>
+      </c>
+      <c r="I207" s="3">
+        <v>91340009634</v>
+      </c>
       <c r="J207" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K207" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L207" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M207" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" s="1">
-        <v>34926669200061</v>
+        <v>33232136300092</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>493</v>
+        <v>470</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="s">
-        <v>494</v>
+        <v>471</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>495</v>
+        <v>472</v>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2" t="s">
-        <v>331</v>
+        <v>383</v>
       </c>
       <c r="I208" s="3">
-        <v>31620046062</v>
+        <v>22600188460</v>
       </c>
       <c r="J208" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K208" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L208" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M208" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" s="1">
-        <v>35067646600070</v>
+        <v>33232136300134</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>496</v>
+        <v>470</v>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="s">
-        <v>497</v>
+        <v>473</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>358</v>
+        <v>474</v>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2" t="s">
-        <v>331</v>
+        <v>383</v>
       </c>
       <c r="I209" s="3">
-        <v>53560644056</v>
+        <v>22600188460</v>
       </c>
       <c r="J209" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K209" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L209" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M209" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" s="1">
-        <v>35098901800014</v>
+        <v>33860928200029</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>498</v>
-[...3 lines deleted...]
-      </c>
+        <v>475</v>
+      </c>
+      <c r="D210" s="2"/>
       <c r="E210" s="2" t="s">
-        <v>500</v>
+        <v>476</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>501</v>
+        <v>477</v>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I210" s="3">
-        <v>73810017181</v>
+        <v>91340237034</v>
       </c>
       <c r="J210" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K210" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L210" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M210" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" s="1">
-        <v>35098901800071</v>
+        <v>34012780200015</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>498</v>
+        <v>478</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="s">
-        <v>502</v>
+        <v>479</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>503</v>
+        <v>480</v>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2" t="s">
-        <v>331</v>
+        <v>27</v>
       </c>
       <c r="I211" s="3">
-        <v>73810017181</v>
+        <v>31590068559</v>
       </c>
       <c r="J211" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K211" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L211" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M211" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" s="1">
-        <v>35098901800089</v>
+        <v>34036524600016</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>498</v>
+        <v>481</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="s">
-        <v>504</v>
+        <v>482</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>505</v>
+        <v>483</v>
       </c>
       <c r="G212" s="2"/>
       <c r="H212" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I212" s="3">
-        <v>73810017181</v>
+        <v>42670188067</v>
       </c>
       <c r="J212" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K212" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L212" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M212" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" s="1">
-        <v>35181269800600</v>
+        <v>34036524600107</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>506</v>
+        <v>481</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="s">
-        <v>507</v>
+        <v>484</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>508</v>
+        <v>485</v>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2" t="s">
-        <v>509</v>
+        <v>348</v>
       </c>
       <c r="I213" s="3">
-        <v>82740069374</v>
+        <v>42670188067</v>
       </c>
       <c r="J213" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K213" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L213" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M213" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" s="1">
-        <v>35181269800667</v>
+        <v>34036524600164</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>506</v>
+        <v>481</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="s">
-        <v>510</v>
+        <v>486</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>511</v>
+        <v>487</v>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="s">
-        <v>509</v>
+        <v>348</v>
       </c>
       <c r="I214" s="3">
-        <v>82740069374</v>
+        <v>42670188067</v>
       </c>
       <c r="J214" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K214" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L214" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M214" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" s="1">
-        <v>35181269800972</v>
+        <v>34062331300012</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>506</v>
+        <v>488</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="s">
-        <v>512</v>
+        <v>489</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>513</v>
+        <v>490</v>
       </c>
       <c r="G215" s="2"/>
       <c r="H215" s="2" t="s">
-        <v>509</v>
+        <v>71</v>
       </c>
       <c r="I215" s="3">
-        <v>82740069374</v>
+        <v>32620351162</v>
       </c>
       <c r="J215" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K215" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L215" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M215" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" s="1">
-        <v>35278742800163</v>
+        <v>34317059300101</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>514</v>
-[...3 lines deleted...]
-      </c>
+        <v>491</v>
+      </c>
+      <c r="D216" s="2"/>
       <c r="E216" s="2" t="s">
-        <v>515</v>
+        <v>492</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>516</v>
+        <v>182</v>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I216" s="3">
-        <v>72470003747</v>
+        <v>41570051957</v>
       </c>
       <c r="J216" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K216" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L216" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M216" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" s="1">
-        <v>37874468400044</v>
+        <v>34317059300127</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>517</v>
+        <v>491</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="s">
-        <v>518</v>
+        <v>493</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>519</v>
+        <v>494</v>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2" t="s">
-        <v>520</v>
+        <v>31</v>
       </c>
       <c r="I217" s="3">
-        <v>21510047251</v>
+        <v>41570051957</v>
       </c>
       <c r="J217" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K217" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L217" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M217" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" s="1">
-        <v>37874468400069</v>
+        <v>34317059300135</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>517</v>
+        <v>491</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="s">
-        <v>521</v>
+        <v>495</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>480</v>
+        <v>496</v>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2" t="s">
-        <v>520</v>
+        <v>31</v>
       </c>
       <c r="I218" s="3">
-        <v>21510047251</v>
+        <v>41570051957</v>
       </c>
       <c r="J218" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K218" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L218" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M218" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" s="1">
-        <v>37874468400077</v>
+        <v>34317059300150</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>517</v>
+        <v>491</v>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2" t="s">
-        <v>522</v>
+        <v>497</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>523</v>
+        <v>498</v>
       </c>
       <c r="G219" s="2"/>
       <c r="H219" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I219" s="3">
-        <v>21510047251</v>
+        <v>41570051957</v>
       </c>
       <c r="J219" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K219" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L219" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M219" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" s="1">
-        <v>37874468400085</v>
+        <v>34746940500091</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>517</v>
+        <v>499</v>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="s">
-        <v>524</v>
+        <v>500</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>308</v>
+        <v>501</v>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2" t="s">
-        <v>520</v>
+        <v>31</v>
       </c>
       <c r="I220" s="3">
-        <v>21510047251</v>
+        <v>82260231626</v>
       </c>
       <c r="J220" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K220" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L220" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M220" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" s="1">
-        <v>37948271400050</v>
+        <v>34801791400030</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>525</v>
-[...3 lines deleted...]
-      </c>
+        <v>502</v>
+      </c>
+      <c r="D221" s="2"/>
       <c r="E221" s="2" t="s">
-        <v>527</v>
+        <v>503</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>528</v>
+        <v>504</v>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2" t="s">
-        <v>331</v>
+        <v>505</v>
       </c>
       <c r="I221" s="3">
-        <v>93840085484</v>
+        <v>82070081807</v>
       </c>
       <c r="J221" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K221" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L221" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M221" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" s="1">
-        <v>37981229000052</v>
+        <v>34808656200066</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>529</v>
-[...3 lines deleted...]
-      </c>
+        <v>506</v>
+      </c>
+      <c r="D222" s="2"/>
       <c r="E222" s="2" t="s">
-        <v>531</v>
+        <v>507</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>532</v>
+        <v>508</v>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I222" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I222" s="3"/>
       <c r="J222" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K222" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L222" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M222" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" s="1">
-        <v>37986552000058</v>
+        <v>34926669200061</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>533</v>
-[...3 lines deleted...]
-      </c>
+        <v>509</v>
+      </c>
+      <c r="D223" s="2"/>
       <c r="E223" s="2" t="s">
-        <v>535</v>
+        <v>510</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>536</v>
+        <v>511</v>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I223" s="3">
-        <v>72330265333</v>
+        <v>31620046062</v>
       </c>
       <c r="J223" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K223" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L223" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M223" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" s="1">
-        <v>37986552000066</v>
+        <v>35067646600070</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>533</v>
-[...3 lines deleted...]
-      </c>
+        <v>512</v>
+      </c>
+      <c r="D224" s="2"/>
       <c r="E224" s="2" t="s">
-        <v>537</v>
+        <v>513</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>538</v>
+        <v>375</v>
       </c>
       <c r="G224" s="2"/>
       <c r="H224" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I224" s="3">
-        <v>72330265333</v>
+        <v>53560644056</v>
       </c>
       <c r="J224" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K224" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L224" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M224" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" s="1">
-        <v>38044044600025</v>
+        <v>35098901800014</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>539</v>
-[...1 lines deleted...]
-      <c r="D225" s="2"/>
+        <v>514</v>
+      </c>
+      <c r="D225" s="2" t="s">
+        <v>515</v>
+      </c>
       <c r="E225" s="2" t="s">
-        <v>540</v>
+        <v>516</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>541</v>
+        <v>517</v>
       </c>
       <c r="G225" s="2"/>
       <c r="H225" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I225" s="3">
-        <v>11770016877</v>
+        <v>73810017181</v>
       </c>
       <c r="J225" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K225" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L225" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M225" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" s="1">
-        <v>38123634800037</v>
+        <v>35098901800071</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>542</v>
+        <v>514</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="s">
-        <v>543</v>
+        <v>518</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>544</v>
+        <v>519</v>
       </c>
       <c r="G226" s="2"/>
       <c r="H226" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I226" s="3">
-        <v>83030171003</v>
+        <v>73810017181</v>
       </c>
       <c r="J226" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K226" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L226" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M226" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" s="1">
-        <v>38124453200036</v>
+        <v>35098901800089</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>545</v>
+        <v>514</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="s">
-        <v>546</v>
+        <v>520</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>75</v>
+        <v>521</v>
       </c>
       <c r="G227" s="2"/>
       <c r="H227" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I227" s="3">
-        <v>53290043029</v>
+        <v>73810017181</v>
       </c>
       <c r="J227" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K227" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L227" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M227" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" s="1">
-        <v>38124453200044</v>
+        <v>35181269800600</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>545</v>
+        <v>522</v>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2" t="s">
-        <v>547</v>
+        <v>523</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>548</v>
+        <v>524</v>
       </c>
       <c r="G228" s="2"/>
       <c r="H228" s="2" t="s">
-        <v>331</v>
+        <v>525</v>
       </c>
       <c r="I228" s="3">
-        <v>53290043029</v>
+        <v>82740069374</v>
       </c>
       <c r="J228" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K228" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L228" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M228" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" s="1">
-        <v>38124453200051</v>
+        <v>35181269800667</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>545</v>
+        <v>522</v>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2" t="s">
-        <v>549</v>
+        <v>526</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>62</v>
+        <v>527</v>
       </c>
       <c r="G229" s="2"/>
       <c r="H229" s="2" t="s">
-        <v>331</v>
+        <v>525</v>
       </c>
       <c r="I229" s="3">
-        <v>53290043029</v>
+        <v>82740069374</v>
       </c>
       <c r="J229" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K229" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L229" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M229" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" s="1">
-        <v>38124453200077</v>
+        <v>35181269800972</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>545</v>
+        <v>522</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="s">
-        <v>550</v>
+        <v>528</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>551</v>
+        <v>529</v>
       </c>
       <c r="G230" s="2"/>
       <c r="H230" s="2" t="s">
-        <v>331</v>
+        <v>525</v>
       </c>
       <c r="I230" s="3">
-        <v>53290043029</v>
+        <v>82740069374</v>
       </c>
       <c r="J230" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K230" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L230" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M230" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" s="1">
-        <v>38124453200085</v>
+        <v>35278742800163</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>545</v>
-[...1 lines deleted...]
-      <c r="D231" s="2"/>
+        <v>530</v>
+      </c>
+      <c r="D231" s="2" t="s">
+        <v>530</v>
+      </c>
       <c r="E231" s="2" t="s">
-        <v>552</v>
+        <v>531</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>553</v>
+        <v>532</v>
       </c>
       <c r="G231" s="2"/>
       <c r="H231" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I231" s="3">
-        <v>53290043029</v>
+        <v>72470003747</v>
       </c>
       <c r="J231" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K231" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L231" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M231" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" s="1">
-        <v>38211584800014</v>
+        <v>37874468400044</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>554</v>
+        <v>533</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2" t="s">
-        <v>555</v>
+        <v>534</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>556</v>
+        <v>535</v>
       </c>
       <c r="G232" s="2"/>
       <c r="H232" s="2" t="s">
-        <v>331</v>
+        <v>536</v>
       </c>
       <c r="I232" s="3">
-        <v>82690054169</v>
+        <v>21510047251</v>
       </c>
       <c r="J232" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K232" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L232" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M232" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" s="1">
-        <v>38211584800097</v>
+        <v>37874468400069</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>554</v>
+        <v>533</v>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="s">
-        <v>557</v>
+        <v>537</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>558</v>
+        <v>496</v>
       </c>
       <c r="G233" s="2"/>
       <c r="H233" s="2" t="s">
-        <v>331</v>
+        <v>536</v>
       </c>
       <c r="I233" s="3">
-        <v>82690054169</v>
+        <v>21510047251</v>
       </c>
       <c r="J233" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K233" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L233" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M233" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" s="1">
-        <v>38343530200021</v>
+        <v>37874468400077</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>559</v>
-[...3 lines deleted...]
-      </c>
+        <v>533</v>
+      </c>
+      <c r="D234" s="2"/>
       <c r="E234" s="2" t="s">
-        <v>561</v>
+        <v>538</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>562</v>
+        <v>539</v>
       </c>
       <c r="G234" s="2"/>
       <c r="H234" s="2" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="I234" s="3">
-        <v>52850045785</v>
+        <v>21510047251</v>
       </c>
       <c r="J234" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K234" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L234" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M234" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" s="1">
-        <v>38920840600055</v>
+        <v>37874468400085</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>563</v>
+        <v>533</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2" t="s">
-        <v>564</v>
+        <v>540</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>565</v>
+        <v>307</v>
       </c>
       <c r="G235" s="2"/>
       <c r="H235" s="2" t="s">
-        <v>31</v>
+        <v>536</v>
       </c>
       <c r="I235" s="3">
-        <v>82380154238</v>
+        <v>21510047251</v>
       </c>
       <c r="J235" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K235" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L235" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M235" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" s="1">
-        <v>38960270700017</v>
+        <v>37948271400050</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>566</v>
-[...1 lines deleted...]
-      <c r="D236" s="2"/>
+        <v>541</v>
+      </c>
+      <c r="D236" s="2" t="s">
+        <v>542</v>
+      </c>
       <c r="E236" s="2" t="s">
-        <v>567</v>
+        <v>543</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>407</v>
+        <v>544</v>
       </c>
       <c r="G236" s="2"/>
       <c r="H236" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I236" s="3">
-        <v>42680089068</v>
+        <v>93840085484</v>
       </c>
       <c r="J236" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K236" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L236" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M236" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" s="1">
-        <v>38980220800014</v>
+        <v>37981229000052</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>568</v>
-[...1 lines deleted...]
-      <c r="D237" s="2"/>
+        <v>545</v>
+      </c>
+      <c r="D237" s="2" t="s">
+        <v>546</v>
+      </c>
       <c r="E237" s="2" t="s">
-        <v>569</v>
+        <v>547</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>570</v>
+        <v>548</v>
       </c>
       <c r="G237" s="2"/>
       <c r="H237" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I237" s="3">
-        <v>72470033047</v>
+        <v>93060187806</v>
       </c>
       <c r="J237" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K237" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L237" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M237" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" s="1">
-        <v>38980220800030</v>
+        <v>37986552000058</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>568</v>
-[...1 lines deleted...]
-      <c r="D238" s="2"/>
+        <v>549</v>
+      </c>
+      <c r="D238" s="2" t="s">
+        <v>550</v>
+      </c>
       <c r="E238" s="2" t="s">
-        <v>571</v>
+        <v>551</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>572</v>
+        <v>552</v>
       </c>
       <c r="G238" s="2"/>
       <c r="H238" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I238" s="3">
-        <v>72470033047</v>
+        <v>72330265333</v>
       </c>
       <c r="J238" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K238" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L238" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M238" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" s="1">
-        <v>38980220800063</v>
+        <v>37986552000066</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>568</v>
-[...1 lines deleted...]
-      <c r="D239" s="2"/>
+        <v>549</v>
+      </c>
+      <c r="D239" s="2" t="s">
+        <v>550</v>
+      </c>
       <c r="E239" s="2" t="s">
-        <v>573</v>
+        <v>553</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>300</v>
+        <v>554</v>
       </c>
       <c r="G239" s="2"/>
       <c r="H239" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I239" s="3">
-        <v>72470033047</v>
+        <v>72330265333</v>
       </c>
       <c r="J239" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K239" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L239" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M239" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" s="1">
-        <v>38980220800071</v>
+        <v>38044044600025</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>568</v>
+        <v>555</v>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2" t="s">
-        <v>574</v>
+        <v>556</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>575</v>
+        <v>557</v>
       </c>
       <c r="G240" s="2"/>
       <c r="H240" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I240" s="3">
-        <v>72470033047</v>
+        <v>11770016877</v>
       </c>
       <c r="J240" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K240" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L240" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M240" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" s="1">
-        <v>39016543900022</v>
+        <v>38123634800037</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>576</v>
+        <v>558</v>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2" t="s">
-        <v>336</v>
+        <v>559</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>337</v>
+        <v>560</v>
       </c>
       <c r="G241" s="2"/>
       <c r="H241" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I241" s="3">
-        <v>54790035679</v>
+        <v>83030171003</v>
       </c>
       <c r="J241" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K241" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L241" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M241" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" s="1">
-        <v>39058913300086</v>
+        <v>38124453200036</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>577</v>
+        <v>561</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2" t="s">
-        <v>578</v>
+        <v>562</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>579</v>
+        <v>75</v>
       </c>
       <c r="G242" s="2"/>
       <c r="H242" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I242" s="3">
-        <v>93131039813</v>
+        <v>53290043029</v>
       </c>
       <c r="J242" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K242" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L242" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M242" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" s="1">
-        <v>39058913300094</v>
+        <v>38124453200044</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>577</v>
+        <v>561</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2" t="s">
-        <v>580</v>
+        <v>563</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>581</v>
+        <v>564</v>
       </c>
       <c r="G243" s="2"/>
       <c r="H243" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I243" s="3">
-        <v>93131039813</v>
+        <v>53290043029</v>
       </c>
       <c r="J243" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K243" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L243" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M243" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" s="1">
-        <v>39058913300128</v>
+        <v>38124453200051</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>577</v>
+        <v>561</v>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2" t="s">
-        <v>582</v>
+        <v>565</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>583</v>
+        <v>62</v>
       </c>
       <c r="G244" s="2"/>
       <c r="H244" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I244" s="3">
-        <v>93131039813</v>
+        <v>53290043029</v>
       </c>
       <c r="J244" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K244" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L244" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M244" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" s="1">
-        <v>39058913300144</v>
+        <v>38124453200077</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>577</v>
+        <v>561</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2" t="s">
-        <v>584</v>
+        <v>566</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>585</v>
+        <v>567</v>
       </c>
       <c r="G245" s="2"/>
       <c r="H245" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I245" s="3">
-        <v>93131039813</v>
+        <v>53290043029</v>
       </c>
       <c r="J245" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K245" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L245" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M245" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" s="1">
-        <v>39058913300151</v>
+        <v>38124453200085</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>577</v>
-[...3 lines deleted...]
-      </c>
+        <v>561</v>
+      </c>
+      <c r="D246" s="2"/>
       <c r="E246" s="2" t="s">
-        <v>587</v>
+        <v>568</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>588</v>
+        <v>569</v>
       </c>
       <c r="G246" s="2"/>
       <c r="H246" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I246" s="3">
-        <v>93131039813</v>
+        <v>53290043029</v>
       </c>
       <c r="J246" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K246" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L246" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M246" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" s="1">
-        <v>39058913300185</v>
+        <v>38211584800014</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>577</v>
+        <v>570</v>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2" t="s">
-        <v>589</v>
+        <v>571</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>590</v>
+        <v>572</v>
       </c>
       <c r="G247" s="2"/>
       <c r="H247" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I247" s="3">
-        <v>93131039813</v>
+        <v>82690054169</v>
       </c>
       <c r="J247" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K247" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L247" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M247" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" s="1">
-        <v>39135740700041</v>
+        <v>38211584800097</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>591</v>
+        <v>570</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="s">
-        <v>592</v>
+        <v>573</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>593</v>
+        <v>574</v>
       </c>
       <c r="G248" s="2"/>
       <c r="H248" s="2" t="s">
-        <v>594</v>
-[...1 lines deleted...]
-      <c r="I248" s="3"/>
+        <v>348</v>
+      </c>
+      <c r="I248" s="3">
+        <v>82690054169</v>
+      </c>
       <c r="J248" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K248" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L248" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M248" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" s="1">
-        <v>39215531300068</v>
+        <v>38343530200021</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>595</v>
+        <v>575</v>
       </c>
       <c r="D249" s="2" t="s">
-        <v>596</v>
+        <v>576</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>597</v>
+        <v>577</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>598</v>
+        <v>578</v>
       </c>
       <c r="G249" s="2"/>
       <c r="H249" s="2" t="s">
-        <v>331</v>
+        <v>71</v>
       </c>
       <c r="I249" s="3">
-        <v>25140062614</v>
+        <v>52850045785</v>
       </c>
       <c r="J249" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K249" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L249" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M249" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" s="1">
-        <v>39231438100022</v>
+        <v>38920840600055</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>599</v>
-[...3 lines deleted...]
-      </c>
+        <v>579</v>
+      </c>
+      <c r="D250" s="2"/>
       <c r="E250" s="2" t="s">
-        <v>600</v>
+        <v>580</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>601</v>
+        <v>581</v>
       </c>
       <c r="G250" s="2"/>
       <c r="H250" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I250" s="3">
-        <v>73310201631</v>
+        <v>82380154238</v>
       </c>
       <c r="J250" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K250" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L250" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M250" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" s="1">
-        <v>39234709200026</v>
+        <v>38960270700017</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>602</v>
+        <v>582</v>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2" t="s">
-        <v>603</v>
+        <v>583</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>604</v>
+        <v>423</v>
       </c>
       <c r="G251" s="2"/>
       <c r="H251" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I251" s="3">
-        <v>53560456756</v>
+        <v>42680089068</v>
       </c>
       <c r="J251" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K251" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L251" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M251" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" s="1">
-        <v>39259646600046</v>
+        <v>38980220800014</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>605</v>
+        <v>584</v>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2" t="s">
-        <v>606</v>
+        <v>585</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>607</v>
+        <v>586</v>
       </c>
       <c r="G252" s="2"/>
       <c r="H252" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I252" s="3">
-        <v>73810037781</v>
+        <v>72470033047</v>
       </c>
       <c r="J252" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K252" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L252" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M252" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" s="1">
-        <v>39381725900293</v>
+        <v>38980220800030</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>608</v>
+        <v>584</v>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2" t="s">
-        <v>430</v>
+        <v>587</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>431</v>
+        <v>588</v>
       </c>
       <c r="G253" s="2"/>
       <c r="H253" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I253" s="3">
-        <v>42670210667</v>
+        <v>72470033047</v>
       </c>
       <c r="J253" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K253" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L253" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M253" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" s="1">
-        <v>39400768600022</v>
+        <v>38980220800063</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>609</v>
+        <v>584</v>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="s">
-        <v>610</v>
+        <v>589</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>611</v>
+        <v>299</v>
       </c>
       <c r="G254" s="2"/>
       <c r="H254" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I254" s="3">
-        <v>31590308059</v>
+        <v>72470033047</v>
       </c>
       <c r="J254" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K254" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L254" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M254" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" s="1">
-        <v>39415842200037</v>
+        <v>38980220800071</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>612</v>
+        <v>584</v>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2" t="s">
-        <v>613</v>
+        <v>590</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>614</v>
+        <v>591</v>
       </c>
       <c r="G255" s="2"/>
       <c r="H255" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I255" s="3">
-        <v>31590311259</v>
+        <v>72470033047</v>
       </c>
       <c r="J255" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K255" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L255" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M255" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" s="1">
-        <v>39415842200052</v>
+        <v>39016543900022</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>612</v>
-[...3 lines deleted...]
-      </c>
+        <v>592</v>
+      </c>
+      <c r="D256" s="2"/>
       <c r="E256" s="2" t="s">
-        <v>615</v>
+        <v>353</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>616</v>
+        <v>354</v>
       </c>
       <c r="G256" s="2"/>
       <c r="H256" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I256" s="3">
-        <v>31590311259</v>
+        <v>54790035679</v>
       </c>
       <c r="J256" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K256" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L256" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M256" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" s="1">
-        <v>39433208400059</v>
+        <v>39058913300086</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>617</v>
+        <v>593</v>
       </c>
       <c r="D257" s="2"/>
       <c r="E257" s="2" t="s">
-        <v>618</v>
+        <v>594</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>619</v>
+        <v>595</v>
       </c>
       <c r="G257" s="2"/>
       <c r="H257" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I257" s="3">
-        <v>23760214476</v>
+        <v>93131039813</v>
       </c>
       <c r="J257" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K257" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L257" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M257" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" s="1">
-        <v>39433208400083</v>
+        <v>39058913300094</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>617</v>
+        <v>593</v>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2" t="s">
-        <v>620</v>
+        <v>596</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>621</v>
+        <v>597</v>
       </c>
       <c r="G258" s="2"/>
       <c r="H258" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I258" s="3">
-        <v>23760214476</v>
+        <v>93131039813</v>
       </c>
       <c r="J258" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K258" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L258" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M258" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" s="1">
-        <v>39433208400141</v>
+        <v>39058913300128</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>617</v>
+        <v>593</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2" t="s">
-        <v>622</v>
+        <v>598</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>245</v>
+        <v>599</v>
       </c>
       <c r="G259" s="2"/>
       <c r="H259" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I259" s="3">
-        <v>23760214476</v>
+        <v>93131039813</v>
       </c>
       <c r="J259" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K259" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L259" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M259" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" s="1">
-        <v>39433208400158</v>
+        <v>39058913300144</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>617</v>
-[...3 lines deleted...]
-      </c>
+        <v>593</v>
+      </c>
+      <c r="D260" s="2"/>
       <c r="E260" s="2" t="s">
-        <v>624</v>
+        <v>600</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>625</v>
+        <v>601</v>
       </c>
       <c r="G260" s="2"/>
       <c r="H260" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I260" s="3">
-        <v>23760214476</v>
+        <v>93131039813</v>
       </c>
       <c r="J260" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K260" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L260" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M260" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" s="1">
-        <v>39441880000048</v>
+        <v>39058913300151</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>626</v>
-[...1 lines deleted...]
-      <c r="D261" s="2"/>
+        <v>593</v>
+      </c>
+      <c r="D261" s="2" t="s">
+        <v>602</v>
+      </c>
       <c r="E261" s="2" t="s">
-        <v>627</v>
+        <v>603</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>628</v>
+        <v>604</v>
       </c>
       <c r="G261" s="2"/>
       <c r="H261" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I261" s="3">
-        <v>73820015682</v>
+        <v>93131039813</v>
       </c>
       <c r="J261" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K261" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L261" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M261" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" s="1">
-        <v>39490619200098</v>
+        <v>39058913300185</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>629</v>
+        <v>593</v>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2" t="s">
-        <v>630</v>
+        <v>605</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>631</v>
+        <v>606</v>
       </c>
       <c r="G262" s="2"/>
       <c r="H262" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I262" s="3">
-        <v>82690430569</v>
+        <v>93131039813</v>
       </c>
       <c r="J262" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K262" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L262" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M262" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" s="1">
-        <v>39490619200106</v>
+        <v>39058913300219</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>629</v>
+        <v>593</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2" t="s">
-        <v>632</v>
+        <v>607</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>289</v>
+        <v>608</v>
       </c>
       <c r="G263" s="2"/>
       <c r="H263" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I263" s="3">
-        <v>82690430569</v>
+        <v>93131039813</v>
       </c>
       <c r="J263" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K263" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L263" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M263" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" s="1">
-        <v>39785587500068</v>
+        <v>39135740700041</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>633</v>
-[...3 lines deleted...]
-      </c>
+        <v>609</v>
+      </c>
+      <c r="D264" s="2"/>
       <c r="E264" s="2" t="s">
-        <v>635</v>
+        <v>610</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>636</v>
+        <v>611</v>
       </c>
       <c r="G264" s="2"/>
       <c r="H264" s="2" t="s">
-        <v>331</v>
-[...3 lines deleted...]
-      </c>
+        <v>612</v>
+      </c>
+      <c r="I264" s="3"/>
       <c r="J264" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K264" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L264" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M264" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" s="1">
-        <v>39785587500134</v>
+        <v>39215531300068</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>633</v>
+        <v>613</v>
       </c>
       <c r="D265" s="2" t="s">
-        <v>637</v>
+        <v>614</v>
       </c>
       <c r="E265" s="2" t="s">
-        <v>638</v>
+        <v>615</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>639</v>
+        <v>616</v>
       </c>
       <c r="G265" s="2"/>
       <c r="H265" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I265" s="3">
-        <v>24180044018</v>
+        <v>25140062614</v>
       </c>
       <c r="J265" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K265" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L265" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M265" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" s="1">
-        <v>39785587500142</v>
+        <v>39231438100022</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>633</v>
-[...1 lines deleted...]
-      <c r="D266" s="2"/>
+        <v>617</v>
+      </c>
+      <c r="D266" s="2" t="s">
+        <v>617</v>
+      </c>
       <c r="E266" s="2" t="s">
-        <v>640</v>
+        <v>618</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>641</v>
+        <v>619</v>
       </c>
       <c r="G266" s="2"/>
       <c r="H266" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I266" s="3">
-        <v>24180044018</v>
+        <v>73310201631</v>
       </c>
       <c r="J266" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K266" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L266" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M266" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" s="1">
-        <v>39806026900022</v>
+        <v>39234709200026</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>642</v>
+        <v>620</v>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2" t="s">
-        <v>643</v>
+        <v>621</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>644</v>
+        <v>622</v>
       </c>
       <c r="G267" s="2"/>
       <c r="H267" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I267" s="3">
-        <v>72330325633</v>
+        <v>53560456756</v>
       </c>
       <c r="J267" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K267" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L267" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M267" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" s="1">
-        <v>39806026900154</v>
+        <v>39259646600046</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>642</v>
+        <v>623</v>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2" t="s">
-        <v>645</v>
+        <v>624</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>646</v>
+        <v>625</v>
       </c>
       <c r="G268" s="2"/>
       <c r="H268" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I268" s="3">
-        <v>72330325633</v>
+        <v>73810037781</v>
       </c>
       <c r="J268" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K268" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L268" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M268" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" s="1">
-        <v>39808507600030</v>
+        <v>39381725900293</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>647</v>
+        <v>626</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2" t="s">
-        <v>648</v>
+        <v>446</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>649</v>
+        <v>447</v>
       </c>
       <c r="G269" s="2"/>
       <c r="H269" s="2" t="s">
-        <v>520</v>
+        <v>348</v>
       </c>
       <c r="I269" s="3">
-        <v>41570282757</v>
+        <v>42670210667</v>
       </c>
       <c r="J269" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K269" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L269" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M269" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" s="1">
-        <v>39872563000063</v>
+        <v>39400768600022</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>650</v>
+        <v>627</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2" t="s">
-        <v>651</v>
+        <v>628</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>652</v>
+        <v>629</v>
       </c>
       <c r="G270" s="2"/>
       <c r="H270" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I270" s="3">
-        <v>52530079153</v>
+        <v>31590308059</v>
       </c>
       <c r="J270" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K270" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L270" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M270" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" s="1">
-        <v>39872563000071</v>
+        <v>39415842200037</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C271" s="2" t="s">
-        <v>650</v>
+        <v>630</v>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2" t="s">
-        <v>653</v>
+        <v>631</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>654</v>
+        <v>632</v>
       </c>
       <c r="G271" s="2"/>
       <c r="H271" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I271" s="3">
-        <v>52530079153</v>
+        <v>31590311259</v>
       </c>
       <c r="J271" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K271" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L271" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M271" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" s="1">
-        <v>39882957200062</v>
+        <v>39415842200052</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>655</v>
-[...1 lines deleted...]
-      <c r="D272" s="2"/>
+        <v>630</v>
+      </c>
+      <c r="D272" s="2" t="s">
+        <v>630</v>
+      </c>
       <c r="E272" s="2" t="s">
-        <v>656</v>
+        <v>633</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>553</v>
+        <v>634</v>
       </c>
       <c r="G272" s="2"/>
       <c r="H272" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I272" s="3">
-        <v>82420103742</v>
+        <v>31590311259</v>
       </c>
       <c r="J272" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K272" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L272" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M272" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" s="1">
-        <v>39890939000021</v>
+        <v>39433208400059</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>657</v>
+        <v>635</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="s">
-        <v>658</v>
+        <v>636</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>659</v>
+        <v>637</v>
       </c>
       <c r="G273" s="2"/>
       <c r="H273" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I273" s="3">
-        <v>41570044357</v>
+        <v>23760214476</v>
       </c>
       <c r="J273" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K273" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L273" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M273" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" s="1">
-        <v>39909999300020</v>
+        <v>39433208400083</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>660</v>
+        <v>635</v>
       </c>
       <c r="D274" s="2"/>
       <c r="E274" s="2" t="s">
-        <v>661</v>
+        <v>638</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>662</v>
+        <v>639</v>
       </c>
       <c r="G274" s="2"/>
       <c r="H274" s="2" t="s">
-        <v>509</v>
+        <v>348</v>
       </c>
       <c r="I274" s="3">
-        <v>28760672276</v>
+        <v>23760214476</v>
       </c>
       <c r="J274" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K274" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L274" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M274" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" s="1">
-        <v>39950747400027</v>
+        <v>39433208400141</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>663</v>
+        <v>635</v>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2" t="s">
-        <v>664</v>
+        <v>640</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>665</v>
+        <v>244</v>
       </c>
       <c r="G275" s="2"/>
       <c r="H275" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I275" s="3">
-        <v>11910431191</v>
+        <v>23760214476</v>
       </c>
       <c r="J275" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K275" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L275" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M275" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" s="1">
-        <v>40130997600025</v>
+        <v>39433208400158</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>666</v>
-[...1 lines deleted...]
-      <c r="D276" s="2"/>
+        <v>635</v>
+      </c>
+      <c r="D276" s="2" t="s">
+        <v>641</v>
+      </c>
       <c r="E276" s="2" t="s">
-        <v>667</v>
+        <v>642</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>668</v>
+        <v>643</v>
       </c>
       <c r="G276" s="2"/>
       <c r="H276" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I276" s="3">
-        <v>82690477569</v>
+        <v>23760214476</v>
       </c>
       <c r="J276" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K276" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L276" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M276" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" s="1">
-        <v>40144586100016</v>
+        <v>39441880000048</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>669</v>
+        <v>644</v>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2" t="s">
-        <v>670</v>
+        <v>645</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>339</v>
+        <v>646</v>
       </c>
       <c r="G277" s="2"/>
       <c r="H277" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I277" s="3">
-        <v>54860056686</v>
+        <v>73820015682</v>
       </c>
       <c r="J277" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K277" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L277" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M277" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" s="1">
-        <v>40151763600031</v>
+        <v>39490619200098</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>671</v>
-[...3 lines deleted...]
-      </c>
+        <v>647</v>
+      </c>
+      <c r="D278" s="2"/>
       <c r="E278" s="2" t="s">
-        <v>672</v>
+        <v>648</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>673</v>
+        <v>649</v>
       </c>
       <c r="G278" s="2"/>
       <c r="H278" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I278" s="3">
-        <v>24280171128</v>
+        <v>82690430569</v>
       </c>
       <c r="J278" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K278" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L278" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M278" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" s="1">
-        <v>40151763600072</v>
+        <v>39490619200106</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>671</v>
+        <v>647</v>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2" t="s">
-        <v>674</v>
+        <v>650</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>121</v>
+        <v>288</v>
       </c>
       <c r="G279" s="2"/>
       <c r="H279" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I279" s="3">
-        <v>24280171128</v>
+        <v>82690430569</v>
       </c>
       <c r="J279" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K279" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L279" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M279" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" s="1">
-        <v>40166550000062</v>
+        <v>39785587500068</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>675</v>
-[...1 lines deleted...]
-      <c r="D280" s="2"/>
+        <v>651</v>
+      </c>
+      <c r="D280" s="2" t="s">
+        <v>652</v>
+      </c>
       <c r="E280" s="2" t="s">
-        <v>676</v>
+        <v>653</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>677</v>
+        <v>654</v>
       </c>
       <c r="G280" s="2"/>
       <c r="H280" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I280" s="3">
-        <v>11950492895</v>
+        <v>24180044018</v>
       </c>
       <c r="J280" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K280" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L280" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M280" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" s="1">
-        <v>40332253000011</v>
+        <v>39785587500134</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>678</v>
-[...1 lines deleted...]
-      <c r="D281" s="2"/>
+        <v>651</v>
+      </c>
+      <c r="D281" s="2" t="s">
+        <v>655</v>
+      </c>
       <c r="E281" s="2" t="s">
-        <v>679</v>
+        <v>656</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>680</v>
+        <v>657</v>
       </c>
       <c r="G281" s="2"/>
       <c r="H281" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I281" s="3">
-        <v>24280081328</v>
+        <v>24180044018</v>
       </c>
       <c r="J281" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K281" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L281" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M281" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" s="1">
-        <v>40433789100042</v>
+        <v>39785587500142</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>681</v>
+        <v>651</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2" t="s">
-        <v>682</v>
+        <v>658</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>683</v>
+        <v>659</v>
       </c>
       <c r="G282" s="2"/>
       <c r="H282" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I282" s="3">
-        <v>41570151457</v>
+        <v>24180044018</v>
       </c>
       <c r="J282" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K282" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L282" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M282" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" s="1">
-        <v>40433789100075</v>
+        <v>39806026900154</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>681</v>
+        <v>660</v>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2" t="s">
-        <v>684</v>
+        <v>661</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>685</v>
+        <v>662</v>
       </c>
       <c r="G283" s="2"/>
       <c r="H283" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I283" s="3">
-        <v>41570151457</v>
+        <v>72330325633</v>
       </c>
       <c r="J283" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K283" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L283" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M283" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" s="1">
-        <v>40433789100091</v>
+        <v>39806026900196</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>681</v>
-[...3 lines deleted...]
-      </c>
+        <v>660</v>
+      </c>
+      <c r="D284" s="2"/>
       <c r="E284" s="2" t="s">
-        <v>687</v>
+        <v>663</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>121</v>
+        <v>664</v>
       </c>
       <c r="G284" s="2"/>
       <c r="H284" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I284" s="3">
-        <v>41570151457</v>
+        <v>72330325633</v>
       </c>
       <c r="J284" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K284" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L284" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M284" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" s="1">
-        <v>40433789100109</v>
+        <v>39806026900204</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>681</v>
+        <v>660</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2" t="s">
-        <v>688</v>
+        <v>665</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>689</v>
+        <v>666</v>
       </c>
       <c r="G285" s="2"/>
       <c r="H285" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I285" s="3">
-        <v>41570151457</v>
+        <v>72330325633</v>
       </c>
       <c r="J285" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K285" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L285" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M285" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" s="1">
-        <v>40433789100117</v>
+        <v>39808507600030</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>681</v>
-[...3 lines deleted...]
-      </c>
+        <v>667</v>
+      </c>
+      <c r="D286" s="2"/>
       <c r="E286" s="2" t="s">
-        <v>690</v>
+        <v>668</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>691</v>
+        <v>669</v>
       </c>
       <c r="G286" s="2"/>
       <c r="H286" s="2" t="s">
-        <v>31</v>
+        <v>536</v>
       </c>
       <c r="I286" s="3">
-        <v>41570151457</v>
+        <v>41570282757</v>
       </c>
       <c r="J286" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K286" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L286" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M286" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" s="1">
-        <v>40433789100125</v>
+        <v>39872563000063</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>681</v>
+        <v>670</v>
       </c>
       <c r="D287" s="2"/>
       <c r="E287" s="2" t="s">
-        <v>692</v>
+        <v>671</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>693</v>
+        <v>672</v>
       </c>
       <c r="G287" s="2"/>
       <c r="H287" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I287" s="3">
-        <v>41570151457</v>
+        <v>52530079153</v>
       </c>
       <c r="J287" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K287" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L287" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M287" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" s="1">
-        <v>40433789100133</v>
+        <v>39872563000071</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>681</v>
+        <v>670</v>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2" t="s">
-        <v>694</v>
+        <v>673</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>695</v>
+        <v>674</v>
       </c>
       <c r="G288" s="2"/>
       <c r="H288" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I288" s="3">
-        <v>41570151457</v>
+        <v>52530079153</v>
       </c>
       <c r="J288" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K288" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L288" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M288" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" s="1">
-        <v>40433789100141</v>
+        <v>39882957200062</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>681</v>
+        <v>675</v>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2" t="s">
-        <v>696</v>
+        <v>676</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>310</v>
+        <v>569</v>
       </c>
       <c r="G289" s="2"/>
       <c r="H289" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I289" s="3">
-        <v>41570151457</v>
+        <v>82420103742</v>
       </c>
       <c r="J289" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K289" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L289" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M289" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" s="1">
-        <v>40486684000071</v>
+        <v>39890939000021</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>697</v>
-[...3 lines deleted...]
-      </c>
+        <v>677</v>
+      </c>
+      <c r="D290" s="2"/>
       <c r="E290" s="2" t="s">
-        <v>699</v>
+        <v>678</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>700</v>
+        <v>679</v>
       </c>
       <c r="G290" s="2"/>
       <c r="H290" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I290" s="3">
-        <v>41540249654</v>
+        <v>41570044357</v>
       </c>
       <c r="J290" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K290" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L290" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M290" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" s="1">
-        <v>40486684000089</v>
+        <v>39909999300020</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>697</v>
-[...3 lines deleted...]
-      </c>
+        <v>680</v>
+      </c>
+      <c r="D291" s="2"/>
       <c r="E291" s="2" t="s">
-        <v>702</v>
+        <v>681</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>703</v>
+        <v>682</v>
       </c>
       <c r="G291" s="2"/>
       <c r="H291" s="2" t="s">
-        <v>331</v>
+        <v>525</v>
       </c>
       <c r="I291" s="3">
-        <v>41540249654</v>
+        <v>28760672276</v>
       </c>
       <c r="J291" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K291" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L291" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M291" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" s="1">
-        <v>40486684000097</v>
+        <v>39950747400027</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>697</v>
-[...3 lines deleted...]
-      </c>
+        <v>683</v>
+      </c>
+      <c r="D292" s="2"/>
       <c r="E292" s="2" t="s">
-        <v>705</v>
+        <v>684</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>706</v>
+        <v>685</v>
       </c>
       <c r="G292" s="2"/>
       <c r="H292" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I292" s="3">
-        <v>41540249654</v>
+        <v>11910431191</v>
       </c>
       <c r="J292" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K292" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L292" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M292" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" s="1">
-        <v>40849598400028</v>
+        <v>40130997600025</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>707</v>
+        <v>686</v>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2" t="s">
-        <v>708</v>
+        <v>687</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>709</v>
+        <v>688</v>
       </c>
       <c r="G293" s="2"/>
       <c r="H293" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I293" s="3">
-        <v>91300018930</v>
+        <v>82690477569</v>
       </c>
       <c r="J293" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K293" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L293" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M293" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" s="1">
-        <v>40975677200037</v>
+        <v>40144586100016</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>710</v>
-[...3 lines deleted...]
-      </c>
+        <v>689</v>
+      </c>
+      <c r="D294" s="2"/>
       <c r="E294" s="2" t="s">
-        <v>711</v>
+        <v>690</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>712</v>
+        <v>356</v>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I294" s="3">
-        <v>52440299444</v>
+        <v>54860056686</v>
       </c>
       <c r="J294" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K294" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L294" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M294" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" s="1">
-        <v>40997918400069</v>
+        <v>40151763600031</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>713</v>
-[...1 lines deleted...]
-      <c r="D295" s="2"/>
+        <v>691</v>
+      </c>
+      <c r="D295" s="2" t="s">
+        <v>691</v>
+      </c>
       <c r="E295" s="2" t="s">
-        <v>714</v>
+        <v>692</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>715</v>
+        <v>693</v>
       </c>
       <c r="G295" s="2"/>
       <c r="H295" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I295" s="3">
-        <v>82380222838</v>
+        <v>24280171128</v>
       </c>
       <c r="J295" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K295" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L295" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M295" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" s="1">
-        <v>41005566900031</v>
+        <v>40151763600072</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>716</v>
+        <v>691</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="s">
-        <v>717</v>
+        <v>694</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>718</v>
+        <v>121</v>
       </c>
       <c r="G296" s="2"/>
       <c r="H296" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I296" s="3">
-        <v>11940449594</v>
+        <v>24280171128</v>
       </c>
       <c r="J296" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K296" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L296" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M296" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297" s="1">
-        <v>41005566900056</v>
+        <v>40166550000062</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>716</v>
-[...3 lines deleted...]
-      </c>
+        <v>695</v>
+      </c>
+      <c r="D297" s="2"/>
       <c r="E297" s="2" t="s">
-        <v>719</v>
+        <v>696</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>720</v>
+        <v>697</v>
       </c>
       <c r="G297" s="2"/>
       <c r="H297" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I297" s="3">
-        <v>11940449594</v>
+        <v>11950492895</v>
       </c>
       <c r="J297" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K297" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L297" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M297" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298" s="1">
-        <v>41050563000013</v>
+        <v>40332253000011</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>721</v>
+        <v>698</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2" t="s">
-        <v>722</v>
+        <v>699</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>166</v>
+        <v>700</v>
       </c>
       <c r="G298" s="2"/>
       <c r="H298" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I298" s="3">
-        <v>98970205097</v>
+        <v>24280081328</v>
       </c>
       <c r="J298" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K298" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L298" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M298" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299" s="1">
-        <v>41050563000104</v>
+        <v>40433789100042</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>721</v>
-[...3 lines deleted...]
-      </c>
+        <v>701</v>
+      </c>
+      <c r="D299" s="2"/>
       <c r="E299" s="2" t="s">
-        <v>724</v>
+        <v>702</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>725</v>
+        <v>703</v>
       </c>
       <c r="G299" s="2"/>
       <c r="H299" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I299" s="3">
-        <v>98970205097</v>
+        <v>41570151457</v>
       </c>
       <c r="J299" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K299" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L299" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M299" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300" s="1">
-        <v>41050563000120</v>
+        <v>40433789100075</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>721</v>
-[...3 lines deleted...]
-      </c>
+        <v>701</v>
+      </c>
+      <c r="D300" s="2"/>
       <c r="E300" s="2" t="s">
-        <v>726</v>
+        <v>704</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>17</v>
+        <v>705</v>
       </c>
       <c r="G300" s="2"/>
       <c r="H300" s="2" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="I300" s="3">
-        <v>98970205097</v>
+        <v>41570151457</v>
       </c>
       <c r="J300" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K300" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L300" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M300" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301" s="1">
-        <v>41050563000153</v>
+        <v>40433789100091</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>721</v>
+        <v>701</v>
       </c>
       <c r="D301" s="2" t="s">
-        <v>723</v>
+        <v>706</v>
       </c>
       <c r="E301" s="2" t="s">
-        <v>727</v>
+        <v>707</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>289</v>
+        <v>121</v>
       </c>
       <c r="G301" s="2"/>
       <c r="H301" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I301" s="3">
-        <v>98970205097</v>
+        <v>41570151457</v>
       </c>
       <c r="J301" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K301" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L301" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M301" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302" s="1">
-        <v>41050563000179</v>
+        <v>40433789100109</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>721</v>
-[...3 lines deleted...]
-      </c>
+        <v>701</v>
+      </c>
+      <c r="D302" s="2"/>
       <c r="E302" s="2" t="s">
-        <v>728</v>
+        <v>708</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>729</v>
+        <v>709</v>
       </c>
       <c r="G302" s="2"/>
       <c r="H302" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I302" s="3">
-        <v>98970205097</v>
+        <v>41570151457</v>
       </c>
       <c r="J302" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K302" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L302" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M302" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303" s="1">
-        <v>41126867500021</v>
+        <v>40433789100117</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>730</v>
-[...1 lines deleted...]
-      <c r="D303" s="2"/>
+        <v>701</v>
+      </c>
+      <c r="D303" s="2" t="s">
+        <v>706</v>
+      </c>
       <c r="E303" s="2" t="s">
-        <v>731</v>
+        <v>710</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>732</v>
+        <v>711</v>
       </c>
       <c r="G303" s="2"/>
       <c r="H303" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I303" s="3">
-        <v>53220546222</v>
+        <v>41570151457</v>
       </c>
       <c r="J303" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K303" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L303" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M303" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304" s="1">
-        <v>41145316000011</v>
+        <v>40433789100125</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>733</v>
+        <v>701</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2" t="s">
-        <v>734</v>
+        <v>712</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>735</v>
+        <v>713</v>
       </c>
       <c r="G304" s="2"/>
       <c r="H304" s="2" t="s">
-        <v>396</v>
+        <v>31</v>
       </c>
       <c r="I304" s="3">
-        <v>11788392678</v>
+        <v>41570151457</v>
       </c>
       <c r="J304" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K304" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L304" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M304" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305" s="1">
-        <v>41173463500039</v>
+        <v>40433789100133</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>736</v>
+        <v>701</v>
       </c>
       <c r="D305" s="2"/>
       <c r="E305" s="2" t="s">
-        <v>737</v>
+        <v>714</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>738</v>
+        <v>715</v>
       </c>
       <c r="G305" s="2"/>
       <c r="H305" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I305" s="3">
-        <v>83150298315</v>
+        <v>41570151457</v>
       </c>
       <c r="J305" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K305" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L305" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M305" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306" s="1">
-        <v>41173463500054</v>
+        <v>40433789100141</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>736</v>
+        <v>701</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2" t="s">
-        <v>739</v>
+        <v>716</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>740</v>
+        <v>309</v>
       </c>
       <c r="G306" s="2"/>
       <c r="H306" s="2" t="s">
-        <v>331</v>
+        <v>505</v>
       </c>
       <c r="I306" s="3">
-        <v>83150298315</v>
+        <v>41570151457</v>
       </c>
       <c r="J306" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K306" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L306" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M306" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307" s="1">
-        <v>41173463500088</v>
+        <v>40486684000071</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>736</v>
-[...1 lines deleted...]
-      <c r="D307" s="2"/>
+        <v>717</v>
+      </c>
+      <c r="D307" s="2" t="s">
+        <v>718</v>
+      </c>
       <c r="E307" s="2" t="s">
-        <v>741</v>
+        <v>719</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>268</v>
+        <v>720</v>
       </c>
       <c r="G307" s="2"/>
       <c r="H307" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I307" s="3">
-        <v>83150298315</v>
+        <v>41540249654</v>
       </c>
       <c r="J307" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K307" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L307" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M307" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308" s="1">
-        <v>41173463500138</v>
+        <v>40486684000089</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>736</v>
-[...1 lines deleted...]
-      <c r="D308" s="2"/>
+        <v>717</v>
+      </c>
+      <c r="D308" s="2" t="s">
+        <v>721</v>
+      </c>
       <c r="E308" s="2" t="s">
-        <v>742</v>
+        <v>722</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>743</v>
+        <v>723</v>
       </c>
       <c r="G308" s="2"/>
       <c r="H308" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I308" s="3">
-        <v>83150298315</v>
+        <v>41540249654</v>
       </c>
       <c r="J308" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K308" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L308" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M308" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309" s="1">
-        <v>41176883100108</v>
+        <v>40486684000097</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>744</v>
-[...1 lines deleted...]
-      <c r="D309" s="2"/>
+        <v>717</v>
+      </c>
+      <c r="D309" s="2" t="s">
+        <v>724</v>
+      </c>
       <c r="E309" s="2" t="s">
-        <v>745</v>
+        <v>725</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>746</v>
+        <v>726</v>
       </c>
       <c r="G309" s="2"/>
       <c r="H309" s="2" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="I309" s="3"/>
+        <v>348</v>
+      </c>
+      <c r="I309" s="3">
+        <v>41540249654</v>
+      </c>
       <c r="J309" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K309" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L309" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M309" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310" s="1">
-        <v>41194833400023</v>
+        <v>40849598400028</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>748</v>
+        <v>727</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2" t="s">
-        <v>749</v>
+        <v>728</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>750</v>
+        <v>729</v>
       </c>
       <c r="G310" s="2"/>
       <c r="H310" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I310" s="3">
-        <v>52440719244</v>
+        <v>91300018930</v>
       </c>
       <c r="J310" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K310" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L310" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M310" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311" s="1">
-        <v>41197247400034</v>
+        <v>40975677200037</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>751</v>
+        <v>730</v>
       </c>
       <c r="D311" s="2" t="s">
-        <v>752</v>
+        <v>730</v>
       </c>
       <c r="E311" s="2" t="s">
-        <v>753</v>
+        <v>731</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>754</v>
+        <v>732</v>
       </c>
       <c r="G311" s="2"/>
       <c r="H311" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I311" s="3">
-        <v>93130758713</v>
+        <v>52440299444</v>
       </c>
       <c r="J311" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K311" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L311" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M311" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" s="1">
-        <v>41226820300038</v>
+        <v>40997918400069</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>755</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="D312" s="2"/>
       <c r="E312" s="2" t="s">
-        <v>756</v>
+        <v>734</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>202</v>
+        <v>735</v>
       </c>
       <c r="G312" s="2"/>
       <c r="H312" s="2" t="s">
-        <v>520</v>
+        <v>31</v>
       </c>
       <c r="I312" s="3">
-        <v>24360051536</v>
+        <v>82380222838</v>
       </c>
       <c r="J312" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K312" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L312" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M312" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" s="1">
-        <v>41272386800029</v>
+        <v>41005566900031</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>757</v>
+        <v>736</v>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2" t="s">
-        <v>758</v>
+        <v>737</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>226</v>
+        <v>738</v>
       </c>
       <c r="G313" s="2"/>
       <c r="H313" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I313" s="3">
-        <v>93830229683</v>
+        <v>11940449594</v>
       </c>
       <c r="J313" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K313" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L313" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M313" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" s="1">
-        <v>41282908700045</v>
+        <v>41005566900056</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>759</v>
-[...1 lines deleted...]
-      <c r="D314" s="2"/>
+        <v>736</v>
+      </c>
+      <c r="D314" s="2" t="s">
+        <v>350</v>
+      </c>
       <c r="E314" s="2" t="s">
-        <v>760</v>
+        <v>739</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>761</v>
+        <v>740</v>
       </c>
       <c r="G314" s="2"/>
       <c r="H314" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I314" s="3">
-        <v>41540159954</v>
+        <v>11940449594</v>
       </c>
       <c r="J314" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K314" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L314" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M314" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" s="1">
-        <v>41310403500014</v>
+        <v>41050563000013</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>762</v>
+        <v>741</v>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2" t="s">
-        <v>763</v>
+        <v>742</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>764</v>
+        <v>167</v>
       </c>
       <c r="G315" s="2"/>
       <c r="H315" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I315" s="3">
-        <v>82730063173</v>
+        <v>98970205097</v>
       </c>
       <c r="J315" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K315" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L315" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M315" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" s="1">
-        <v>41318959800050</v>
+        <v>41050563000104</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>765</v>
-[...1 lines deleted...]
-      <c r="D316" s="2"/>
+        <v>741</v>
+      </c>
+      <c r="D316" s="2" t="s">
+        <v>743</v>
+      </c>
       <c r="E316" s="2" t="s">
-        <v>766</v>
+        <v>744</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>767</v>
+        <v>745</v>
       </c>
       <c r="G316" s="2"/>
       <c r="H316" s="2" t="s">
-        <v>520</v>
+        <v>348</v>
       </c>
       <c r="I316" s="3">
-        <v>82690562469</v>
+        <v>98970205097</v>
       </c>
       <c r="J316" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K316" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L316" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M316" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" s="1">
-        <v>41458077900026</v>
+        <v>41050563000120</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>768</v>
-[...1 lines deleted...]
-      <c r="D317" s="2"/>
+        <v>741</v>
+      </c>
+      <c r="D317" s="2" t="s">
+        <v>743</v>
+      </c>
       <c r="E317" s="2" t="s">
-        <v>769</v>
+        <v>746</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>770</v>
+        <v>17</v>
       </c>
       <c r="G317" s="2"/>
       <c r="H317" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I317" s="3">
-        <v>31590433359</v>
+        <v>98970205097</v>
       </c>
       <c r="J317" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K317" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L317" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M317" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" s="1">
-        <v>41834980900032</v>
+        <v>41050563000153</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D318" s="2"/>
+        <v>741</v>
+      </c>
+      <c r="D318" s="2" t="s">
+        <v>743</v>
+      </c>
       <c r="E318" s="2" t="s">
-        <v>772</v>
+        <v>747</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>773</v>
+        <v>288</v>
       </c>
       <c r="G318" s="2"/>
       <c r="H318" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I318" s="3">
-        <v>98970215997</v>
+        <v>98970205097</v>
       </c>
       <c r="J318" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K318" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L318" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M318" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" s="1">
-        <v>41927630800048</v>
+        <v>41050563000179</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>774</v>
-[...1 lines deleted...]
-      <c r="D319" s="2"/>
+        <v>741</v>
+      </c>
+      <c r="D319" s="2" t="s">
+        <v>743</v>
+      </c>
       <c r="E319" s="2" t="s">
-        <v>775</v>
+        <v>748</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>389</v>
+        <v>749</v>
       </c>
       <c r="G319" s="2"/>
       <c r="H319" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I319" s="3">
-        <v>21100041810</v>
+        <v>98970205097</v>
       </c>
       <c r="J319" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K319" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L319" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M319" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" s="1">
-        <v>42109473100013</v>
+        <v>41126867500021</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>776</v>
-[...1 lines deleted...]
-      <c r="D320" s="2"/>
+        <v>750</v>
+      </c>
+      <c r="D320" s="2" t="s">
+        <v>751</v>
+      </c>
       <c r="E320" s="2" t="s">
-        <v>777</v>
+        <v>752</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>665</v>
+        <v>753</v>
       </c>
       <c r="G320" s="2"/>
       <c r="H320" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I320" s="3">
-        <v>31620136662</v>
+        <v>53220546222</v>
       </c>
       <c r="J320" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K320" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L320" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M320" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" s="1">
-        <v>42109473100047</v>
+        <v>41145316000011</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>776</v>
+        <v>754</v>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2" t="s">
-        <v>778</v>
+        <v>755</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>779</v>
+        <v>756</v>
       </c>
       <c r="G321" s="2"/>
       <c r="H321" s="2" t="s">
-        <v>31</v>
+        <v>412</v>
       </c>
       <c r="I321" s="3">
-        <v>31620136662</v>
+        <v>11788392678</v>
       </c>
       <c r="J321" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K321" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L321" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M321" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" s="1">
-        <v>42138928900024</v>
+        <v>41173463500039</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>780</v>
+        <v>757</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2" t="s">
-        <v>781</v>
+        <v>758</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>782</v>
+        <v>759</v>
       </c>
       <c r="G322" s="2"/>
       <c r="H322" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I322" s="3">
-        <v>82690744969</v>
+        <v>83150298315</v>
       </c>
       <c r="J322" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K322" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L322" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M322" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" s="1">
-        <v>42138928900040</v>
+        <v>41173463500054</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>780</v>
+        <v>757</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2" t="s">
-        <v>783</v>
+        <v>760</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>784</v>
+        <v>761</v>
       </c>
       <c r="G323" s="2"/>
       <c r="H323" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I323" s="3">
-        <v>82690744969</v>
+        <v>83150298315</v>
       </c>
       <c r="J323" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K323" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L323" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M323" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" s="1">
-        <v>42152046100359</v>
+        <v>41173463500088</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>785</v>
+        <v>757</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2" t="s">
-        <v>786</v>
+        <v>762</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>787</v>
+        <v>267</v>
       </c>
       <c r="G324" s="2"/>
       <c r="H324" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I324" s="3">
-        <v>82690622569</v>
+        <v>83150298315</v>
       </c>
       <c r="J324" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K324" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L324" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M324" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" s="1">
-        <v>42152046100367</v>
+        <v>41173463500138</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>785</v>
+        <v>757</v>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2" t="s">
-        <v>788</v>
+        <v>763</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>23</v>
+        <v>764</v>
       </c>
       <c r="G325" s="2"/>
       <c r="H325" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I325" s="3">
-        <v>82690622569</v>
+        <v>83150298315</v>
       </c>
       <c r="J325" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K325" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L325" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M325" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" s="1">
-        <v>42152046100383</v>
+        <v>41176883100108</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>785</v>
+        <v>765</v>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2" t="s">
-        <v>789</v>
+        <v>766</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>790</v>
+        <v>767</v>
       </c>
       <c r="G326" s="2"/>
       <c r="H326" s="2" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>768</v>
+      </c>
+      <c r="I326" s="3"/>
       <c r="J326" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K326" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L326" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M326" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327" s="1">
-        <v>42152046100391</v>
+        <v>41194833400023</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>785</v>
+        <v>769</v>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2" t="s">
-        <v>791</v>
+        <v>770</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>790</v>
+        <v>771</v>
       </c>
       <c r="G327" s="2"/>
       <c r="H327" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I327" s="3">
-        <v>82690622569</v>
+        <v>52440719244</v>
       </c>
       <c r="J327" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K327" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L327" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M327" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328" s="1">
-        <v>42152046100417</v>
+        <v>41197247400034</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>785</v>
-[...1 lines deleted...]
-      <c r="D328" s="2"/>
+        <v>772</v>
+      </c>
+      <c r="D328" s="2" t="s">
+        <v>773</v>
+      </c>
       <c r="E328" s="2" t="s">
-        <v>792</v>
+        <v>774</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>793</v>
+        <v>775</v>
       </c>
       <c r="G328" s="2"/>
       <c r="H328" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I328" s="3">
-        <v>82690622569</v>
+        <v>93130758713</v>
       </c>
       <c r="J328" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K328" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L328" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M328" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329" s="1">
-        <v>42156068100106</v>
+        <v>41226820300038</v>
       </c>
       <c r="B329" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C329" s="2" t="s">
-        <v>794</v>
-[...1 lines deleted...]
-      <c r="D329" s="2"/>
+        <v>776</v>
+      </c>
+      <c r="D329" s="2" t="s">
+        <v>776</v>
+      </c>
       <c r="E329" s="2" t="s">
-        <v>795</v>
+        <v>777</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>796</v>
+        <v>201</v>
       </c>
       <c r="G329" s="2"/>
       <c r="H329" s="2" t="s">
-        <v>31</v>
+        <v>536</v>
       </c>
       <c r="I329" s="3">
-        <v>43250224725</v>
+        <v>24360051536</v>
       </c>
       <c r="J329" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K329" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L329" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M329" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="330" spans="1:13">
       <c r="A330" s="1">
-        <v>42198997100047</v>
+        <v>41272386800029</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C330" s="2" t="s">
-        <v>797</v>
+        <v>778</v>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2" t="s">
-        <v>798</v>
+        <v>779</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>738</v>
+        <v>225</v>
       </c>
       <c r="G330" s="2"/>
       <c r="H330" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I330" s="3">
-        <v>23760299576</v>
+        <v>93830229683</v>
       </c>
       <c r="J330" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K330" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L330" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M330" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="331" spans="1:13">
       <c r="A331" s="1">
-        <v>42249090400022</v>
+        <v>41282908700045</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>799</v>
-[...3 lines deleted...]
-      </c>
+        <v>780</v>
+      </c>
+      <c r="D331" s="2"/>
       <c r="E331" s="2" t="s">
-        <v>801</v>
+        <v>781</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>802</v>
+        <v>782</v>
       </c>
       <c r="G331" s="2"/>
       <c r="H331" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I331" s="3">
-        <v>82260095626</v>
+        <v>41540159954</v>
       </c>
       <c r="J331" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K331" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L331" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M331" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="332" spans="1:13">
       <c r="A332" s="1">
-        <v>42270655600038</v>
+        <v>41310403500014</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>803</v>
+        <v>783</v>
       </c>
       <c r="D332" s="2"/>
       <c r="E332" s="2" t="s">
-        <v>804</v>
+        <v>784</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>805</v>
+        <v>785</v>
       </c>
       <c r="G332" s="2"/>
       <c r="H332" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I332" s="3">
-        <v>23270065227</v>
+        <v>82730063173</v>
       </c>
       <c r="J332" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K332" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L332" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M332" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="333" spans="1:13">
       <c r="A333" s="1">
-        <v>42380826000024</v>
+        <v>41318959800050</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>806</v>
+        <v>786</v>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2" t="s">
-        <v>807</v>
+        <v>787</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>808</v>
+        <v>788</v>
       </c>
       <c r="G333" s="2"/>
       <c r="H333" s="2" t="s">
-        <v>31</v>
+        <v>536</v>
       </c>
       <c r="I333" s="3">
-        <v>43900032790</v>
+        <v>82690562469</v>
       </c>
       <c r="J333" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K333" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L333" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M333" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="334" spans="1:13">
       <c r="A334" s="1">
-        <v>42505237000052</v>
+        <v>41458077900026</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>809</v>
+        <v>789</v>
       </c>
       <c r="D334" s="2"/>
       <c r="E334" s="2" t="s">
-        <v>810</v>
+        <v>790</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>811</v>
+        <v>791</v>
       </c>
       <c r="G334" s="2"/>
       <c r="H334" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I334" s="3">
-        <v>83630412963</v>
+        <v>31590433359</v>
       </c>
       <c r="J334" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K334" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L334" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M334" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="335" spans="1:13">
       <c r="A335" s="1">
-        <v>42891566400059</v>
+        <v>41834980900032</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>812</v>
+        <v>792</v>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2" t="s">
-        <v>813</v>
+        <v>793</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>814</v>
+        <v>794</v>
       </c>
       <c r="G335" s="2"/>
       <c r="H335" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I335" s="3">
-        <v>25500067950</v>
+        <v>98970215997</v>
       </c>
       <c r="J335" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K335" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L335" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M335" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="336" spans="1:13">
       <c r="A336" s="1">
-        <v>42975219900027</v>
+        <v>41927630800048</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>815</v>
-[...3 lines deleted...]
-      </c>
+        <v>795</v>
+      </c>
+      <c r="D336" s="2"/>
       <c r="E336" s="2" t="s">
-        <v>817</v>
+        <v>796</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>818</v>
+        <v>405</v>
       </c>
       <c r="G336" s="2"/>
       <c r="H336" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I336" s="3">
-        <v>73320023332</v>
+        <v>21100041810</v>
       </c>
       <c r="J336" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K336" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L336" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M336" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="337" spans="1:13">
       <c r="A337" s="1">
-        <v>43003223500011</v>
+        <v>42109473100013</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>819</v>
+        <v>797</v>
       </c>
       <c r="D337" s="2"/>
       <c r="E337" s="2" t="s">
-        <v>820</v>
+        <v>798</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>821</v>
+        <v>685</v>
       </c>
       <c r="G337" s="2"/>
       <c r="H337" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I337" s="3">
-        <v>96973027097</v>
+        <v>31620136662</v>
       </c>
       <c r="J337" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K337" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L337" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M337" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="338" spans="1:13">
       <c r="A338" s="1">
-        <v>43254720600180</v>
+        <v>42109473100047</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>822</v>
-[...3 lines deleted...]
-      </c>
+        <v>797</v>
+      </c>
+      <c r="D338" s="2"/>
       <c r="E338" s="2" t="s">
-        <v>823</v>
+        <v>799</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>824</v>
+        <v>800</v>
       </c>
       <c r="G338" s="2"/>
       <c r="H338" s="2" t="s">
-        <v>825</v>
+        <v>31</v>
       </c>
       <c r="I338" s="3">
-        <v>93132435013</v>
+        <v>31620136662</v>
       </c>
       <c r="J338" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K338" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L338" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M338" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="339" spans="1:13">
       <c r="A339" s="1">
-        <v>43266868900024</v>
+        <v>42138928900024</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>826</v>
+        <v>801</v>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2" t="s">
-        <v>827</v>
+        <v>802</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>828</v>
+        <v>803</v>
       </c>
       <c r="G339" s="2"/>
       <c r="H339" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I339" s="3">
-        <v>82730080673</v>
+        <v>82690744969</v>
       </c>
       <c r="J339" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K339" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L339" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M339" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="340" spans="1:13">
       <c r="A340" s="1">
-        <v>43325083400010</v>
+        <v>42138928900040</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>829</v>
+        <v>801</v>
       </c>
       <c r="D340" s="2"/>
       <c r="E340" s="2" t="s">
-        <v>830</v>
+        <v>804</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>831</v>
+        <v>805</v>
       </c>
       <c r="G340" s="2"/>
       <c r="H340" s="2" t="s">
-        <v>509</v>
+        <v>31</v>
       </c>
       <c r="I340" s="3">
-        <v>74870001787</v>
+        <v>82690744969</v>
       </c>
       <c r="J340" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K340" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L340" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M340" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="341" spans="1:13">
       <c r="A341" s="1">
-        <v>43325083401273</v>
+        <v>42152046100359</v>
       </c>
       <c r="B341" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>829</v>
+        <v>806</v>
       </c>
       <c r="D341" s="2"/>
       <c r="E341" s="2" t="s">
-        <v>832</v>
+        <v>807</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>833</v>
+        <v>808</v>
       </c>
       <c r="G341" s="2"/>
       <c r="H341" s="2" t="s">
-        <v>509</v>
+        <v>31</v>
       </c>
       <c r="I341" s="3">
-        <v>74870001787</v>
+        <v>82690622569</v>
       </c>
       <c r="J341" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K341" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L341" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M341" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="342" spans="1:13">
       <c r="A342" s="1">
-        <v>43325083401752</v>
+        <v>42152046100367</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>829</v>
+        <v>806</v>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2" t="s">
-        <v>834</v>
+        <v>809</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>835</v>
+        <v>22</v>
       </c>
       <c r="G342" s="2"/>
       <c r="H342" s="2" t="s">
-        <v>509</v>
+        <v>31</v>
       </c>
       <c r="I342" s="3">
-        <v>74870001787</v>
+        <v>82690622569</v>
       </c>
       <c r="J342" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K342" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L342" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M342" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="343" spans="1:13">
       <c r="A343" s="1">
-        <v>43378594600032</v>
+        <v>42152046100383</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>836</v>
+        <v>806</v>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2" t="s">
-        <v>837</v>
+        <v>810</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>838</v>
+        <v>811</v>
       </c>
       <c r="G343" s="2"/>
       <c r="H343" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I343" s="3">
-        <v>72640201664</v>
+        <v>82690622569</v>
       </c>
       <c r="J343" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K343" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L343" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M343" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="344" spans="1:13">
       <c r="A344" s="1">
-        <v>43498102300014</v>
+        <v>42152046100391</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>839</v>
+        <v>806</v>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2" t="s">
-        <v>840</v>
+        <v>812</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>841</v>
+        <v>811</v>
       </c>
       <c r="G344" s="2"/>
       <c r="H344" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I344" s="3">
-        <v>93130643413</v>
+        <v>82690622569</v>
       </c>
       <c r="J344" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K344" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L344" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M344" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="345" spans="1:13">
       <c r="A345" s="1">
-        <v>43537056400054</v>
+        <v>42152046100417</v>
       </c>
       <c r="B345" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>842</v>
+        <v>806</v>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2" t="s">
-        <v>843</v>
+        <v>813</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>216</v>
+        <v>814</v>
       </c>
       <c r="G345" s="2"/>
       <c r="H345" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I345" s="3">
-        <v>52490179949</v>
+        <v>82690622569</v>
       </c>
       <c r="J345" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K345" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L345" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M345" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="346" spans="1:13">
       <c r="A346" s="1">
-        <v>43761024900025</v>
+        <v>42156068100106</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>844</v>
+        <v>815</v>
       </c>
       <c r="D346" s="2"/>
       <c r="E346" s="2" t="s">
-        <v>845</v>
+        <v>816</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>588</v>
+        <v>817</v>
       </c>
       <c r="G346" s="2"/>
       <c r="H346" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I346" s="3">
-        <v>82420139142</v>
+        <v>43250224725</v>
       </c>
       <c r="J346" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K346" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L346" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M346" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="347" spans="1:13">
       <c r="A347" s="1">
-        <v>43869054700023</v>
+        <v>42198997100047</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>846</v>
+        <v>818</v>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2" t="s">
-        <v>847</v>
+        <v>819</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>848</v>
+        <v>759</v>
       </c>
       <c r="G347" s="2"/>
       <c r="H347" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I347" s="3">
-        <v>93132065813</v>
+        <v>23760299576</v>
       </c>
       <c r="J347" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K347" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L347" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M347" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="348" spans="1:13">
       <c r="A348" s="1">
-        <v>43870754900020</v>
+        <v>42249090400022</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C348" s="2" t="s">
-        <v>849</v>
-[...1 lines deleted...]
-      <c r="D348" s="2"/>
+        <v>820</v>
+      </c>
+      <c r="D348" s="2" t="s">
+        <v>821</v>
+      </c>
       <c r="E348" s="2" t="s">
-        <v>850</v>
+        <v>822</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>851</v>
+        <v>823</v>
       </c>
       <c r="G348" s="2"/>
       <c r="H348" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I348" s="3">
-        <v>83630352763</v>
+        <v>82260095626</v>
       </c>
       <c r="J348" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K348" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L348" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M348" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="349" spans="1:13">
       <c r="A349" s="1">
-        <v>43870754900046</v>
+        <v>42270655600038</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C349" s="2" t="s">
-        <v>849</v>
+        <v>824</v>
       </c>
       <c r="D349" s="2"/>
       <c r="E349" s="2" t="s">
-        <v>852</v>
+        <v>825</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>853</v>
+        <v>826</v>
       </c>
       <c r="G349" s="2"/>
       <c r="H349" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I349" s="3">
-        <v>83630352763</v>
+        <v>23270065227</v>
       </c>
       <c r="J349" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K349" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L349" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M349" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="350" spans="1:13">
       <c r="A350" s="1">
-        <v>43870754900061</v>
+        <v>42380826000024</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C350" s="2" t="s">
-        <v>849</v>
+        <v>827</v>
       </c>
       <c r="D350" s="2"/>
       <c r="E350" s="2" t="s">
-        <v>854</v>
+        <v>828</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>855</v>
+        <v>829</v>
       </c>
       <c r="G350" s="2"/>
       <c r="H350" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I350" s="3">
-        <v>83630352763</v>
+        <v>43900032790</v>
       </c>
       <c r="J350" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K350" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L350" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M350" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="351" spans="1:13">
       <c r="A351" s="1">
-        <v>43870754900079</v>
+        <v>42505237000052</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C351" s="2" t="s">
-        <v>849</v>
+        <v>830</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2" t="s">
-        <v>856</v>
+        <v>831</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>857</v>
+        <v>832</v>
       </c>
       <c r="G351" s="2"/>
       <c r="H351" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I351" s="3">
-        <v>83630352763</v>
+        <v>83630412963</v>
       </c>
       <c r="J351" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K351" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L351" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M351" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="352" spans="1:13">
       <c r="A352" s="1">
-        <v>43931497200076</v>
+        <v>42891566400059</v>
       </c>
       <c r="B352" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>858</v>
+        <v>833</v>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2" t="s">
-        <v>859</v>
+        <v>834</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>860</v>
+        <v>835</v>
       </c>
       <c r="G352" s="2"/>
       <c r="H352" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I352" s="3">
-        <v>24180070618</v>
+        <v>25500067950</v>
       </c>
       <c r="J352" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K352" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L352" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M352" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="353" spans="1:13">
       <c r="A353" s="1">
-        <v>43945646800016</v>
+        <v>42975219900027</v>
       </c>
       <c r="B353" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>861</v>
-[...1 lines deleted...]
-      <c r="D353" s="2"/>
+        <v>836</v>
+      </c>
+      <c r="D353" s="2" t="s">
+        <v>837</v>
+      </c>
       <c r="E353" s="2" t="s">
-        <v>862</v>
+        <v>838</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>863</v>
+        <v>839</v>
       </c>
       <c r="G353" s="2"/>
       <c r="H353" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I353" s="3">
-        <v>11910511291</v>
+        <v>73320023332</v>
       </c>
       <c r="J353" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K353" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L353" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M353" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="354" spans="1:13">
       <c r="A354" s="1">
-        <v>43994596500069</v>
+        <v>43003223500011</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>864</v>
+        <v>840</v>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2" t="s">
-        <v>865</v>
+        <v>841</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>379</v>
+        <v>842</v>
       </c>
       <c r="G354" s="2"/>
       <c r="H354" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I354" s="3">
-        <v>26710163471</v>
+        <v>96973027097</v>
       </c>
       <c r="J354" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K354" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L354" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M354" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="355" spans="1:13">
       <c r="A355" s="1">
-        <v>43994596500127</v>
+        <v>43254720600180</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>864</v>
-[...1 lines deleted...]
-      <c r="D355" s="2"/>
+        <v>843</v>
+      </c>
+      <c r="D355" s="2" t="s">
+        <v>843</v>
+      </c>
       <c r="E355" s="2" t="s">
-        <v>866</v>
+        <v>844</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="G355" s="2"/>
       <c r="H355" s="2" t="s">
-        <v>31</v>
+        <v>846</v>
       </c>
       <c r="I355" s="3">
-        <v>26710163471</v>
+        <v>93132435013</v>
       </c>
       <c r="J355" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K355" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L355" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M355" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="356" spans="1:13">
       <c r="A356" s="1">
-        <v>43994596500135</v>
+        <v>43266868900024</v>
       </c>
       <c r="B356" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>864</v>
+        <v>847</v>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2" t="s">
-        <v>868</v>
+        <v>848</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>869</v>
+        <v>849</v>
       </c>
       <c r="G356" s="2"/>
       <c r="H356" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I356" s="3">
-        <v>26710163471</v>
+        <v>82730080673</v>
       </c>
       <c r="J356" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K356" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L356" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M356" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="357" spans="1:13">
       <c r="A357" s="1">
-        <v>44026780500024</v>
+        <v>43325083400010</v>
       </c>
       <c r="B357" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>870</v>
+        <v>850</v>
       </c>
       <c r="D357" s="2"/>
       <c r="E357" s="2" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>184</v>
+        <v>852</v>
       </c>
       <c r="G357" s="2"/>
       <c r="H357" s="2" t="s">
-        <v>31</v>
+        <v>525</v>
       </c>
       <c r="I357" s="3">
-        <v>24280102528</v>
+        <v>74870001787</v>
       </c>
       <c r="J357" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K357" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L357" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M357" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="358" spans="1:13">
       <c r="A358" s="1">
-        <v>44032350900040</v>
+        <v>43325083401273</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2" t="s">
-        <v>873</v>
+        <v>853</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>874</v>
+        <v>854</v>
       </c>
       <c r="G358" s="2"/>
       <c r="H358" s="2" t="s">
-        <v>31</v>
+        <v>525</v>
       </c>
       <c r="I358" s="3">
-        <v>23760353576</v>
+        <v>74870001787</v>
       </c>
       <c r="J358" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K358" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L358" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M358" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="359" spans="1:13">
       <c r="A359" s="1">
-        <v>44065706200020</v>
+        <v>43325083401752</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>875</v>
+        <v>850</v>
       </c>
       <c r="D359" s="2"/>
       <c r="E359" s="2" t="s">
-        <v>876</v>
+        <v>855</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>877</v>
+        <v>856</v>
       </c>
       <c r="G359" s="2"/>
       <c r="H359" s="2" t="s">
-        <v>31</v>
+        <v>525</v>
       </c>
       <c r="I359" s="3">
-        <v>95970114297</v>
+        <v>74870001787</v>
       </c>
       <c r="J359" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K359" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L359" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M359" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="360" spans="1:13">
       <c r="A360" s="1">
-        <v>44119425500036</v>
+        <v>43378594600032</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>878</v>
+        <v>857</v>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2" t="s">
-        <v>879</v>
+        <v>858</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>880</v>
+        <v>859</v>
       </c>
       <c r="G360" s="2"/>
       <c r="H360" s="2" t="s">
-        <v>520</v>
+        <v>31</v>
       </c>
       <c r="I360" s="3">
-        <v>91340766034</v>
+        <v>72640201664</v>
       </c>
       <c r="J360" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K360" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L360" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M360" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="361" spans="1:13">
       <c r="A361" s="1">
-        <v>44140555200015</v>
+        <v>43498102300014</v>
       </c>
       <c r="B361" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>881</v>
+        <v>860</v>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2" t="s">
-        <v>882</v>
+        <v>861</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>883</v>
+        <v>862</v>
       </c>
       <c r="G361" s="2"/>
       <c r="H361" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I361" s="3">
-        <v>43700045770</v>
+        <v>93130643413</v>
       </c>
       <c r="J361" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K361" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L361" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M361" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="362" spans="1:13">
       <c r="A362" s="1">
-        <v>44215740000049</v>
+        <v>43537056400054</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C362" s="2" t="s">
-        <v>884</v>
-[...3 lines deleted...]
-      </c>
+        <v>863</v>
+      </c>
+      <c r="D362" s="2"/>
       <c r="E362" s="2" t="s">
-        <v>885</v>
+        <v>864</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>886</v>
+        <v>215</v>
       </c>
       <c r="G362" s="2"/>
       <c r="H362" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I362" s="3">
-        <v>91340519534</v>
+        <v>52490179949</v>
       </c>
       <c r="J362" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K362" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L362" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M362" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="363" spans="1:13">
       <c r="A363" s="1">
-        <v>44217923000044</v>
+        <v>43761024900025</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C363" s="2" t="s">
-        <v>887</v>
+        <v>865</v>
       </c>
       <c r="D363" s="2"/>
       <c r="E363" s="2" t="s">
-        <v>888</v>
+        <v>866</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>889</v>
+        <v>604</v>
       </c>
       <c r="G363" s="2"/>
       <c r="H363" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I363" s="3">
-        <v>74190040619</v>
+        <v>82420139142</v>
       </c>
       <c r="J363" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K363" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L363" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M363" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="364" spans="1:13">
       <c r="A364" s="1">
-        <v>44290309200033</v>
+        <v>43869054700023</v>
       </c>
       <c r="B364" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C364" s="2" t="s">
-        <v>890</v>
+        <v>867</v>
       </c>
       <c r="D364" s="2"/>
       <c r="E364" s="2" t="s">
-        <v>891</v>
+        <v>868</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>892</v>
+        <v>869</v>
       </c>
       <c r="G364" s="2"/>
       <c r="H364" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I364" s="3">
-        <v>53350673035</v>
+        <v>93132065813</v>
       </c>
       <c r="J364" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K364" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L364" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M364" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="365" spans="1:13">
       <c r="A365" s="1">
-        <v>44294985500013</v>
+        <v>43870754900020</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C365" s="2" t="s">
-        <v>893</v>
+        <v>870</v>
       </c>
       <c r="D365" s="2"/>
       <c r="E365" s="2" t="s">
-        <v>894</v>
+        <v>871</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>895</v>
+        <v>872</v>
       </c>
       <c r="G365" s="2"/>
       <c r="H365" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="I365" s="3"/>
+        <v>348</v>
+      </c>
+      <c r="I365" s="3">
+        <v>83630352763</v>
+      </c>
       <c r="J365" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K365" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L365" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M365" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="366" spans="1:13">
       <c r="A366" s="1">
-        <v>44374101200043</v>
+        <v>43870754900046</v>
       </c>
       <c r="B366" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>896</v>
+        <v>870</v>
       </c>
       <c r="D366" s="2"/>
       <c r="E366" s="2" t="s">
-        <v>897</v>
+        <v>873</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>898</v>
+        <v>874</v>
       </c>
       <c r="G366" s="2"/>
       <c r="H366" s="2" t="s">
-        <v>489</v>
+        <v>348</v>
       </c>
       <c r="I366" s="3">
-        <v>53220747422</v>
+        <v>83630352763</v>
       </c>
       <c r="J366" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K366" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L366" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M366" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="367" spans="1:13">
       <c r="A367" s="1">
-        <v>44403806100016</v>
+        <v>43870754900061</v>
       </c>
       <c r="B367" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C367" s="2" t="s">
-        <v>899</v>
+        <v>870</v>
       </c>
       <c r="D367" s="2"/>
       <c r="E367" s="2" t="s">
-        <v>900</v>
+        <v>875</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>901</v>
+        <v>876</v>
       </c>
       <c r="G367" s="2"/>
       <c r="H367" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I367" s="3">
-        <v>82380293838</v>
+        <v>83630352763</v>
       </c>
       <c r="J367" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K367" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L367" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M367" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="368" spans="1:13">
       <c r="A368" s="1">
-        <v>44432770400086</v>
+        <v>43870754900079</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C368" s="2" t="s">
-        <v>902</v>
+        <v>870</v>
       </c>
       <c r="D368" s="2"/>
       <c r="E368" s="2" t="s">
-        <v>903</v>
+        <v>877</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>904</v>
+        <v>878</v>
       </c>
       <c r="G368" s="2"/>
       <c r="H368" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I368" s="3">
-        <v>52490195549</v>
+        <v>83630352763</v>
       </c>
       <c r="J368" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K368" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L368" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M368" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="369" spans="1:13">
       <c r="A369" s="1">
-        <v>44432770400094</v>
+        <v>43931497200076</v>
       </c>
       <c r="B369" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>902</v>
+        <v>879</v>
       </c>
       <c r="D369" s="2"/>
       <c r="E369" s="2" t="s">
-        <v>905</v>
+        <v>880</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>906</v>
+        <v>881</v>
       </c>
       <c r="G369" s="2"/>
       <c r="H369" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I369" s="3">
-        <v>52490195549</v>
+        <v>24180070618</v>
       </c>
       <c r="J369" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K369" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L369" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M369" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="370" spans="1:13">
       <c r="A370" s="1">
-        <v>44452758400114</v>
+        <v>43945646800016</v>
       </c>
       <c r="B370" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>907</v>
-[...3 lines deleted...]
-      </c>
+        <v>882</v>
+      </c>
+      <c r="D370" s="2"/>
       <c r="E370" s="2" t="s">
-        <v>908</v>
+        <v>883</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>909</v>
+        <v>884</v>
       </c>
       <c r="G370" s="2"/>
       <c r="H370" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I370" s="3">
-        <v>53560789656</v>
+        <v>11910511291</v>
       </c>
       <c r="J370" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K370" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L370" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M370" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="371" spans="1:13">
       <c r="A371" s="1">
-        <v>44518667900012</v>
+        <v>43994596500069</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>910</v>
+        <v>885</v>
       </c>
       <c r="D371" s="2"/>
       <c r="E371" s="2" t="s">
-        <v>911</v>
+        <v>886</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>193</v>
+        <v>395</v>
       </c>
       <c r="G371" s="2"/>
       <c r="H371" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I371" s="3">
-        <v>82690781469</v>
+        <v>26710163471</v>
       </c>
       <c r="J371" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K371" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L371" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M371" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="372" spans="1:13">
       <c r="A372" s="1">
-        <v>44526494800040</v>
+        <v>43994596500127</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>912</v>
+        <v>885</v>
       </c>
       <c r="D372" s="2"/>
       <c r="E372" s="2" t="s">
-        <v>913</v>
+        <v>887</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>914</v>
+        <v>888</v>
       </c>
       <c r="G372" s="2"/>
       <c r="H372" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I372" s="3">
-        <v>24370209537</v>
+        <v>26710163471</v>
       </c>
       <c r="J372" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K372" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L372" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M372" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="373" spans="1:13">
       <c r="A373" s="1">
-        <v>44531243200021</v>
+        <v>43994596500135</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>915</v>
+        <v>885</v>
       </c>
       <c r="D373" s="2"/>
       <c r="E373" s="2" t="s">
-        <v>916</v>
+        <v>889</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>196</v>
+        <v>890</v>
       </c>
       <c r="G373" s="2"/>
       <c r="H373" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I373" s="3">
-        <v>31590578459</v>
+        <v>26710163471</v>
       </c>
       <c r="J373" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K373" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L373" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M373" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="374" spans="1:13">
       <c r="A374" s="1">
-        <v>44531243200104</v>
+        <v>44026780500024</v>
       </c>
       <c r="B374" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>915</v>
+        <v>891</v>
       </c>
       <c r="D374" s="2"/>
       <c r="E374" s="2" t="s">
-        <v>917</v>
+        <v>892</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>918</v>
+        <v>185</v>
       </c>
       <c r="G374" s="2"/>
       <c r="H374" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I374" s="3">
-        <v>31590578459</v>
+        <v>24280102528</v>
       </c>
       <c r="J374" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K374" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L374" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M374" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="375" spans="1:13">
       <c r="A375" s="1">
-        <v>44531243200112</v>
+        <v>44032350900040</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>915</v>
+        <v>893</v>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2" t="s">
-        <v>919</v>
+        <v>894</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
       <c r="G375" s="2"/>
       <c r="H375" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I375" s="3">
-        <v>31590578459</v>
+        <v>23760353576</v>
       </c>
       <c r="J375" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K375" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L375" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M375" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="376" spans="1:13">
       <c r="A376" s="1">
-        <v>44531243200120</v>
+        <v>44065706200020</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>915</v>
+        <v>896</v>
       </c>
       <c r="D376" s="2"/>
       <c r="E376" s="2" t="s">
-        <v>920</v>
+        <v>897</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>889</v>
+        <v>898</v>
       </c>
       <c r="G376" s="2"/>
       <c r="H376" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I376" s="3">
-        <v>31590578459</v>
+        <v>95970114297</v>
       </c>
       <c r="J376" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K376" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L376" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M376" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="377" spans="1:13">
       <c r="A377" s="1">
-        <v>44531243200138</v>
+        <v>44119425500036</v>
       </c>
       <c r="B377" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>915</v>
+        <v>899</v>
       </c>
       <c r="D377" s="2"/>
       <c r="E377" s="2" t="s">
-        <v>921</v>
+        <v>900</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>922</v>
+        <v>901</v>
       </c>
       <c r="G377" s="2"/>
       <c r="H377" s="2" t="s">
-        <v>31</v>
+        <v>536</v>
       </c>
       <c r="I377" s="3">
-        <v>31590578459</v>
+        <v>91340766034</v>
       </c>
       <c r="J377" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K377" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L377" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M377" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="378" spans="1:13">
       <c r="A378" s="1">
-        <v>44531243200146</v>
+        <v>44140555200015</v>
       </c>
       <c r="B378" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C378" s="2" t="s">
-        <v>915</v>
+        <v>902</v>
       </c>
       <c r="D378" s="2"/>
       <c r="E378" s="2" t="s">
-        <v>923</v>
+        <v>903</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>249</v>
+        <v>904</v>
       </c>
       <c r="G378" s="2"/>
       <c r="H378" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I378" s="3">
-        <v>31590578459</v>
+        <v>43700045770</v>
       </c>
       <c r="J378" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K378" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L378" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M378" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="379" spans="1:13">
       <c r="A379" s="1">
-        <v>44779577400028</v>
+        <v>44215740000049</v>
       </c>
       <c r="B379" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C379" s="2" t="s">
-        <v>924</v>
-[...1 lines deleted...]
-      <c r="D379" s="2"/>
+        <v>905</v>
+      </c>
+      <c r="D379" s="2" t="s">
+        <v>905</v>
+      </c>
       <c r="E379" s="2" t="s">
-        <v>925</v>
+        <v>906</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>926</v>
+        <v>907</v>
       </c>
       <c r="G379" s="2"/>
       <c r="H379" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I379" s="3">
-        <v>21100052610</v>
+        <v>91340519534</v>
       </c>
       <c r="J379" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K379" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L379" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M379" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="380" spans="1:13">
       <c r="A380" s="1">
-        <v>44807625700055</v>
+        <v>44217923000044</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C380" s="2" t="s">
-        <v>927</v>
+        <v>908</v>
       </c>
       <c r="D380" s="2"/>
       <c r="E380" s="2" t="s">
-        <v>928</v>
+        <v>909</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>929</v>
+        <v>910</v>
       </c>
       <c r="G380" s="2"/>
       <c r="H380" s="2" t="s">
-        <v>367</v>
+        <v>31</v>
       </c>
       <c r="I380" s="3">
-        <v>32591238359</v>
+        <v>74190040619</v>
       </c>
       <c r="J380" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K380" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L380" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M380" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="381" spans="1:13">
       <c r="A381" s="1">
-        <v>44851614600025</v>
+        <v>44290309200033</v>
       </c>
       <c r="B381" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C381" s="2" t="s">
-        <v>930</v>
-[...3 lines deleted...]
-      </c>
+        <v>911</v>
+      </c>
+      <c r="D381" s="2"/>
       <c r="E381" s="2" t="s">
-        <v>932</v>
+        <v>912</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>933</v>
+        <v>913</v>
       </c>
       <c r="G381" s="2"/>
       <c r="H381" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I381" s="3">
-        <v>11950402695</v>
+        <v>53350673035</v>
       </c>
       <c r="J381" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K381" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L381" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M381" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="382" spans="1:13">
       <c r="A382" s="1">
-        <v>44869656700024</v>
+        <v>44294985500013</v>
       </c>
       <c r="B382" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>934</v>
+        <v>914</v>
       </c>
       <c r="D382" s="2"/>
       <c r="E382" s="2" t="s">
-        <v>935</v>
+        <v>915</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>505</v>
+        <v>916</v>
       </c>
       <c r="G382" s="2"/>
       <c r="H382" s="2" t="s">
-        <v>520</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="I382" s="3"/>
       <c r="J382" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K382" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L382" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M382" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="383" spans="1:13">
       <c r="A383" s="1">
-        <v>45010303100099</v>
+        <v>44374101200043</v>
       </c>
       <c r="B383" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C383" s="2" t="s">
-        <v>936</v>
+        <v>917</v>
       </c>
       <c r="D383" s="2"/>
       <c r="E383" s="2" t="s">
-        <v>937</v>
+        <v>918</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>889</v>
+        <v>919</v>
       </c>
       <c r="G383" s="2"/>
       <c r="H383" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I383" s="3">
-        <v>11910546891</v>
+        <v>53220747422</v>
       </c>
       <c r="J383" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K383" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L383" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M383" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="384" spans="1:13">
       <c r="A384" s="1">
-        <v>45110209900038</v>
+        <v>44403806100016</v>
       </c>
       <c r="B384" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C384" s="2" t="s">
-        <v>938</v>
-[...3 lines deleted...]
-      </c>
+        <v>920</v>
+      </c>
+      <c r="D384" s="2"/>
       <c r="E384" s="2" t="s">
-        <v>939</v>
+        <v>921</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>214</v>
+        <v>922</v>
       </c>
       <c r="G384" s="2"/>
       <c r="H384" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I384" s="3">
-        <v>93830348283</v>
+        <v>82380293838</v>
       </c>
       <c r="J384" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K384" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L384" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M384" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="385" spans="1:13">
       <c r="A385" s="1">
-        <v>45170031400037</v>
+        <v>44432770400086</v>
       </c>
       <c r="B385" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C385" s="2" t="s">
-        <v>940</v>
+        <v>923</v>
       </c>
       <c r="D385" s="2"/>
       <c r="E385" s="2" t="s">
-        <v>941</v>
+        <v>924</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>621</v>
+        <v>925</v>
       </c>
       <c r="G385" s="2"/>
       <c r="H385" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I385" s="3">
-        <v>24280132328</v>
+        <v>52490195549</v>
       </c>
       <c r="J385" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K385" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L385" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M385" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="386" spans="1:13">
       <c r="A386" s="1">
-        <v>45228874900024</v>
+        <v>44432770400094</v>
       </c>
       <c r="B386" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C386" s="2" t="s">
-        <v>942</v>
+        <v>923</v>
       </c>
       <c r="D386" s="2"/>
       <c r="E386" s="2" t="s">
-        <v>932</v>
+        <v>926</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>933</v>
+        <v>927</v>
       </c>
       <c r="G386" s="2"/>
       <c r="H386" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I386" s="3">
-        <v>11950415895</v>
+        <v>52490195549</v>
       </c>
       <c r="J386" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K386" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L386" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M386" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="387" spans="1:13">
       <c r="A387" s="1">
-        <v>45300359200020</v>
+        <v>44452758400114</v>
       </c>
       <c r="B387" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>943</v>
-[...1 lines deleted...]
-      <c r="D387" s="2"/>
+        <v>928</v>
+      </c>
+      <c r="D387" s="2" t="s">
+        <v>928</v>
+      </c>
       <c r="E387" s="2" t="s">
-        <v>944</v>
+        <v>929</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>945</v>
+        <v>930</v>
       </c>
       <c r="G387" s="2"/>
       <c r="H387" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I387" s="3">
-        <v>25140157714</v>
+        <v>53560789656</v>
       </c>
       <c r="J387" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K387" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L387" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M387" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="388" spans="1:13">
       <c r="A388" s="1">
-        <v>45331683800052</v>
+        <v>44518667900012</v>
       </c>
       <c r="B388" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C388" s="2" t="s">
-        <v>946</v>
+        <v>931</v>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2" t="s">
-        <v>947</v>
+        <v>932</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>948</v>
+        <v>192</v>
       </c>
       <c r="G388" s="2"/>
       <c r="H388" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I388" s="3">
-        <v>93840265584</v>
+        <v>82690781469</v>
       </c>
       <c r="J388" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K388" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L388" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M388" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="389" spans="1:13">
       <c r="A389" s="1">
-        <v>45331683800078</v>
+        <v>44526494800040</v>
       </c>
       <c r="B389" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C389" s="2" t="s">
-        <v>946</v>
+        <v>933</v>
       </c>
       <c r="D389" s="2"/>
       <c r="E389" s="2" t="s">
-        <v>949</v>
+        <v>934</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>729</v>
+        <v>935</v>
       </c>
       <c r="G389" s="2"/>
       <c r="H389" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I389" s="3">
-        <v>93840265584</v>
+        <v>24370209537</v>
       </c>
       <c r="J389" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K389" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L389" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M389" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="390" spans="1:13">
       <c r="A390" s="1">
-        <v>45387794600047</v>
+        <v>44531243200021</v>
       </c>
       <c r="B390" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>950</v>
+        <v>936</v>
       </c>
       <c r="D390" s="2"/>
       <c r="E390" s="2" t="s">
-        <v>717</v>
+        <v>937</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>951</v>
+        <v>195</v>
       </c>
       <c r="G390" s="2"/>
       <c r="H390" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I390" s="3">
-        <v>11770410777</v>
+        <v>31590578459</v>
       </c>
       <c r="J390" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K390" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L390" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M390" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="391" spans="1:13">
       <c r="A391" s="1">
-        <v>45387794600054</v>
+        <v>44531243200104</v>
       </c>
       <c r="B391" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>950</v>
+        <v>936</v>
       </c>
       <c r="D391" s="2"/>
       <c r="E391" s="2" t="s">
-        <v>952</v>
+        <v>938</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>953</v>
+        <v>939</v>
       </c>
       <c r="G391" s="2"/>
       <c r="H391" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I391" s="3">
-        <v>11770410777</v>
+        <v>31590578459</v>
       </c>
       <c r="J391" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K391" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L391" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M391" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="392" spans="1:13">
       <c r="A392" s="1">
-        <v>45391242000016</v>
+        <v>44531243200112</v>
       </c>
       <c r="B392" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C392" s="2" t="s">
-        <v>954</v>
+        <v>936</v>
       </c>
       <c r="D392" s="2"/>
       <c r="E392" s="2" t="s">
-        <v>955</v>
+        <v>940</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>818</v>
+        <v>910</v>
       </c>
       <c r="G392" s="2"/>
       <c r="H392" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I392" s="3">
-        <v>73120046012</v>
+        <v>31590578459</v>
       </c>
       <c r="J392" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K392" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L392" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M392" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="393" spans="1:13">
       <c r="A393" s="1">
-        <v>45391242000065</v>
+        <v>44531243200120</v>
       </c>
       <c r="B393" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>954</v>
+        <v>936</v>
       </c>
       <c r="D393" s="2"/>
       <c r="E393" s="2" t="s">
-        <v>956</v>
+        <v>941</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>957</v>
+        <v>910</v>
       </c>
       <c r="G393" s="2"/>
       <c r="H393" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I393" s="3">
-        <v>73120046012</v>
+        <v>31590578459</v>
       </c>
       <c r="J393" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K393" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L393" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M393" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="394" spans="1:13">
       <c r="A394" s="1">
-        <v>45391242000099</v>
+        <v>44531243200138</v>
       </c>
       <c r="B394" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>954</v>
-[...3 lines deleted...]
-      </c>
+        <v>936</v>
+      </c>
+      <c r="D394" s="2"/>
       <c r="E394" s="2" t="s">
-        <v>958</v>
+        <v>942</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>959</v>
+        <v>943</v>
       </c>
       <c r="G394" s="2"/>
       <c r="H394" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I394" s="3">
-        <v>73120046012</v>
+        <v>31590578459</v>
       </c>
       <c r="J394" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K394" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L394" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M394" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="395" spans="1:13">
       <c r="A395" s="1">
-        <v>45391242000107</v>
+        <v>44531243200146</v>
       </c>
       <c r="B395" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C395" s="2" t="s">
-        <v>954</v>
-[...3 lines deleted...]
-      </c>
+        <v>936</v>
+      </c>
+      <c r="D395" s="2"/>
       <c r="E395" s="2" t="s">
-        <v>960</v>
+        <v>944</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>961</v>
+        <v>248</v>
       </c>
       <c r="G395" s="2"/>
       <c r="H395" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I395" s="3">
-        <v>73120046012</v>
+        <v>31590578459</v>
       </c>
       <c r="J395" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K395" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L395" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M395" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="396" spans="1:13">
       <c r="A396" s="1">
-        <v>45406806500027</v>
+        <v>44779577400028</v>
       </c>
       <c r="B396" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>962</v>
+        <v>945</v>
       </c>
       <c r="D396" s="2"/>
       <c r="E396" s="2" t="s">
-        <v>963</v>
+        <v>946</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>208</v>
+        <v>947</v>
       </c>
       <c r="G396" s="2"/>
       <c r="H396" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I396" s="3">
-        <v>11930513693</v>
+        <v>21100052610</v>
       </c>
       <c r="J396" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K396" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L396" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M396" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="397" spans="1:13">
       <c r="A397" s="1">
-        <v>47754376300015</v>
+        <v>44807625700055</v>
       </c>
       <c r="B397" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>964</v>
+        <v>948</v>
       </c>
       <c r="D397" s="2"/>
       <c r="E397" s="2" t="s">
-        <v>965</v>
+        <v>949</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>818</v>
+        <v>950</v>
       </c>
       <c r="G397" s="2"/>
       <c r="H397" s="2" t="s">
-        <v>31</v>
+        <v>383</v>
       </c>
       <c r="I397" s="3">
-        <v>93131147713</v>
+        <v>32591238359</v>
       </c>
       <c r="J397" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K397" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L397" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M397" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="398" spans="1:13">
       <c r="A398" s="1">
-        <v>47754825900019</v>
+        <v>44851614600025</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C398" s="2" t="s">
-        <v>966</v>
-[...1 lines deleted...]
-      <c r="D398" s="2"/>
+        <v>951</v>
+      </c>
+      <c r="D398" s="2" t="s">
+        <v>952</v>
+      </c>
       <c r="E398" s="2" t="s">
-        <v>967</v>
+        <v>953</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>818</v>
+        <v>954</v>
       </c>
       <c r="G398" s="2"/>
       <c r="H398" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I398" s="3">
-        <v>41570231057</v>
+        <v>11950402695</v>
       </c>
       <c r="J398" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K398" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L398" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M398" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="399" spans="1:13">
       <c r="A399" s="1">
-        <v>47785435000055</v>
+        <v>44869656700024</v>
       </c>
       <c r="B399" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>968</v>
+        <v>955</v>
       </c>
       <c r="D399" s="2"/>
       <c r="E399" s="2" t="s">
-        <v>969</v>
+        <v>956</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>867</v>
+        <v>521</v>
       </c>
       <c r="G399" s="2"/>
       <c r="H399" s="2" t="s">
-        <v>31</v>
+        <v>536</v>
       </c>
       <c r="I399" s="3">
-        <v>31590600259</v>
+        <v>93131115413</v>
       </c>
       <c r="J399" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K399" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L399" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M399" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="400" spans="1:13">
       <c r="A400" s="1">
-        <v>47796697200010</v>
+        <v>45010303100099</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>970</v>
+        <v>957</v>
       </c>
       <c r="D400" s="2"/>
       <c r="E400" s="2" t="s">
-        <v>971</v>
+        <v>958</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>818</v>
+        <v>910</v>
       </c>
       <c r="G400" s="2"/>
       <c r="H400" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I400" s="3">
-        <v>42670340967</v>
+        <v>28760807076</v>
       </c>
       <c r="J400" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K400" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L400" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M400" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="401" spans="1:13">
       <c r="A401" s="1">
-        <v>47838562800068</v>
+        <v>45110209900038</v>
       </c>
       <c r="B401" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>972</v>
-[...1 lines deleted...]
-      <c r="D401" s="2"/>
+        <v>959</v>
+      </c>
+      <c r="D401" s="2" t="s">
+        <v>550</v>
+      </c>
       <c r="E401" s="2" t="s">
-        <v>973</v>
+        <v>960</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>974</v>
+        <v>213</v>
       </c>
       <c r="G401" s="2"/>
       <c r="H401" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I401" s="3">
-        <v>21100055010</v>
+        <v>93830348283</v>
       </c>
       <c r="J401" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K401" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L401" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M401" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="402" spans="1:13">
       <c r="A402" s="1">
-        <v>47899493200042</v>
+        <v>45170031400037</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C402" s="2" t="s">
-        <v>975</v>
-[...3 lines deleted...]
-      </c>
+        <v>961</v>
+      </c>
+      <c r="D402" s="2"/>
       <c r="E402" s="2" t="s">
-        <v>977</v>
+        <v>962</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>978</v>
+        <v>639</v>
       </c>
       <c r="G402" s="2"/>
       <c r="H402" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I402" s="3">
-        <v>82380220038</v>
+        <v>24280132328</v>
       </c>
       <c r="J402" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K402" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L402" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M402" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="403" spans="1:13">
       <c r="A403" s="1">
-        <v>47991324600019</v>
+        <v>45211949800023</v>
       </c>
       <c r="B403" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C403" s="2" t="s">
-        <v>979</v>
+        <v>963</v>
       </c>
       <c r="D403" s="2"/>
       <c r="E403" s="2" t="s">
-        <v>980</v>
+        <v>964</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>981</v>
+        <v>965</v>
       </c>
       <c r="G403" s="2"/>
       <c r="H403" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I403" s="3">
-        <v>72640251364</v>
+        <v>11930518993</v>
       </c>
       <c r="J403" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K403" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L403" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M403" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="404" spans="1:13">
       <c r="A404" s="1">
-        <v>47991324600043</v>
+        <v>45228874900024</v>
       </c>
       <c r="B404" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>979</v>
-[...3 lines deleted...]
-      </c>
+        <v>966</v>
+      </c>
+      <c r="D404" s="2"/>
       <c r="E404" s="2" t="s">
-        <v>983</v>
+        <v>953</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>984</v>
+        <v>954</v>
       </c>
       <c r="G404" s="2"/>
       <c r="H404" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I404" s="3">
-        <v>72640251364</v>
+        <v>11950415895</v>
       </c>
       <c r="J404" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K404" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L404" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M404" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="405" spans="1:13">
       <c r="A405" s="1">
-        <v>47998853700011</v>
+        <v>45300359200020</v>
       </c>
       <c r="B405" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C405" s="2" t="s">
-        <v>985</v>
-[...3 lines deleted...]
-      </c>
+        <v>967</v>
+      </c>
+      <c r="D405" s="2"/>
       <c r="E405" s="2" t="s">
-        <v>986</v>
+        <v>968</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>321</v>
+        <v>969</v>
       </c>
       <c r="G405" s="2"/>
       <c r="H405" s="2" t="s">
-        <v>27</v>
+        <v>348</v>
       </c>
       <c r="I405" s="3">
-        <v>93040059904</v>
+        <v>25140157714</v>
       </c>
       <c r="J405" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K405" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L405" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M405" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="406" spans="1:13">
       <c r="A406" s="1">
-        <v>48021791800022</v>
+        <v>45331683800052</v>
       </c>
       <c r="B406" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C406" s="2" t="s">
-        <v>987</v>
+        <v>970</v>
       </c>
       <c r="D406" s="2"/>
       <c r="E406" s="2" t="s">
-        <v>988</v>
+        <v>971</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>989</v>
+        <v>972</v>
       </c>
       <c r="G406" s="2"/>
       <c r="H406" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I406" s="3">
-        <v>41880074588</v>
+        <v>93840265584</v>
       </c>
       <c r="J406" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K406" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L406" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M406" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="407" spans="1:13">
       <c r="A407" s="1">
-        <v>48071813900052</v>
+        <v>45331683800078</v>
       </c>
       <c r="B407" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C407" s="2" t="s">
-        <v>990</v>
-[...3 lines deleted...]
-      </c>
+        <v>970</v>
+      </c>
+      <c r="D407" s="2"/>
       <c r="E407" s="2" t="s">
-        <v>992</v>
+        <v>973</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>270</v>
+        <v>749</v>
       </c>
       <c r="G407" s="2"/>
       <c r="H407" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I407" s="3">
-        <v>21520022652</v>
+        <v>93840265584</v>
       </c>
       <c r="J407" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K407" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L407" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M407" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="408" spans="1:13">
       <c r="A408" s="1">
-        <v>48117310200023</v>
+        <v>45387794600047</v>
       </c>
       <c r="B408" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>993</v>
-[...3 lines deleted...]
-      </c>
+        <v>974</v>
+      </c>
+      <c r="D408" s="2"/>
       <c r="E408" s="2" t="s">
-        <v>994</v>
+        <v>737</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>995</v>
+        <v>975</v>
       </c>
       <c r="G408" s="2"/>
       <c r="H408" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I408" s="3">
-        <v>41570339957</v>
+        <v>11770410777</v>
       </c>
       <c r="J408" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K408" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L408" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M408" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="409" spans="1:13">
       <c r="A409" s="1">
-        <v>48142229300011</v>
+        <v>45387794600054</v>
       </c>
       <c r="B409" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>996</v>
-[...3 lines deleted...]
-      </c>
+        <v>974</v>
+      </c>
+      <c r="D409" s="2"/>
       <c r="E409" s="2" t="s">
-        <v>998</v>
+        <v>976</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>999</v>
+        <v>977</v>
       </c>
       <c r="G409" s="2"/>
       <c r="H409" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I409" s="3">
-        <v>82260144626</v>
+        <v>11770410777</v>
       </c>
       <c r="J409" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K409" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L409" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M409" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="410" spans="1:13">
       <c r="A410" s="1">
-        <v>48142229300029</v>
+        <v>45391242000016</v>
       </c>
       <c r="B410" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C410" s="2" t="s">
-        <v>996</v>
+        <v>978</v>
       </c>
       <c r="D410" s="2"/>
       <c r="E410" s="2" t="s">
-        <v>1000</v>
+        <v>979</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>790</v>
+        <v>839</v>
       </c>
       <c r="G410" s="2"/>
       <c r="H410" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I410" s="3">
-        <v>82260144626</v>
+        <v>73120046012</v>
       </c>
       <c r="J410" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K410" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L410" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M410" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="411" spans="1:13">
       <c r="A411" s="1">
-        <v>48156745100036</v>
+        <v>45391242000065</v>
       </c>
       <c r="B411" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C411" s="2" t="s">
-        <v>1001</v>
+        <v>978</v>
       </c>
       <c r="D411" s="2"/>
       <c r="E411" s="2" t="s">
-        <v>1002</v>
+        <v>980</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>1003</v>
+        <v>981</v>
       </c>
       <c r="G411" s="2"/>
       <c r="H411" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I411" s="3">
-        <v>41880088788</v>
+        <v>73120046012</v>
       </c>
       <c r="J411" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K411" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L411" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M411" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="412" spans="1:13">
       <c r="A412" s="1">
-        <v>48183466100037</v>
+        <v>45391242000099</v>
       </c>
       <c r="B412" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C412" s="2" t="s">
-        <v>1004</v>
-[...1 lines deleted...]
-      <c r="D412" s="2"/>
+        <v>978</v>
+      </c>
+      <c r="D412" s="2" t="s">
+        <v>350</v>
+      </c>
       <c r="E412" s="2" t="s">
-        <v>1005</v>
+        <v>982</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>1006</v>
+        <v>983</v>
       </c>
       <c r="G412" s="2"/>
       <c r="H412" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I412" s="3">
-        <v>82380446638</v>
+        <v>73120046012</v>
       </c>
       <c r="J412" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K412" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L412" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M412" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="413" spans="1:13">
       <c r="A413" s="1">
-        <v>48195911200030</v>
+        <v>45391242000107</v>
       </c>
       <c r="B413" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C413" s="2" t="s">
-        <v>1007</v>
-[...1 lines deleted...]
-      <c r="D413" s="2"/>
+        <v>978</v>
+      </c>
+      <c r="D413" s="2" t="s">
+        <v>350</v>
+      </c>
       <c r="E413" s="2" t="s">
-        <v>1008</v>
+        <v>984</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>1009</v>
+        <v>985</v>
       </c>
       <c r="G413" s="2"/>
       <c r="H413" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I413" s="3">
-        <v>22020089602</v>
+        <v>73120046012</v>
       </c>
       <c r="J413" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K413" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L413" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M413" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="414" spans="1:13">
       <c r="A414" s="1">
-        <v>48201278800030</v>
+        <v>45406806500027</v>
       </c>
       <c r="B414" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C414" s="2" t="s">
-        <v>1010</v>
+        <v>986</v>
       </c>
       <c r="D414" s="2"/>
       <c r="E414" s="2" t="s">
-        <v>1011</v>
+        <v>987</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>835</v>
+        <v>207</v>
       </c>
       <c r="G414" s="2"/>
       <c r="H414" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I414" s="3">
-        <v>41540242854</v>
+        <v>11930513693</v>
       </c>
       <c r="J414" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K414" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L414" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M414" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="415" spans="1:13">
       <c r="A415" s="1">
-        <v>48201278800048</v>
+        <v>47754376300015</v>
       </c>
       <c r="B415" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C415" s="2" t="s">
-        <v>1010</v>
+        <v>988</v>
       </c>
       <c r="D415" s="2"/>
       <c r="E415" s="2" t="s">
-        <v>1012</v>
+        <v>989</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>310</v>
+        <v>839</v>
       </c>
       <c r="G415" s="2"/>
       <c r="H415" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I415" s="3">
-        <v>41540242854</v>
+        <v>93131147713</v>
       </c>
       <c r="J415" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K415" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L415" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M415" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="416" spans="1:13">
       <c r="A416" s="1">
-        <v>48201278800055</v>
+        <v>47754825900019</v>
       </c>
       <c r="B416" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C416" s="2" t="s">
-        <v>1010</v>
+        <v>990</v>
       </c>
       <c r="D416" s="2"/>
       <c r="E416" s="2" t="s">
-        <v>1013</v>
+        <v>991</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>1014</v>
+        <v>839</v>
       </c>
       <c r="G416" s="2"/>
       <c r="H416" s="2" t="s">
-        <v>489</v>
+        <v>348</v>
       </c>
       <c r="I416" s="3">
-        <v>41540242854</v>
+        <v>41570231057</v>
       </c>
       <c r="J416" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K416" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L416" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M416" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="417" spans="1:13">
       <c r="A417" s="1">
-        <v>48209603900011</v>
+        <v>47785435000055</v>
       </c>
       <c r="B417" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C417" s="2" t="s">
-        <v>1015</v>
+        <v>992</v>
       </c>
       <c r="D417" s="2"/>
       <c r="E417" s="2" t="s">
-        <v>1016</v>
+        <v>993</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>1017</v>
+        <v>888</v>
       </c>
       <c r="G417" s="2"/>
       <c r="H417" s="2" t="s">
-        <v>1018</v>
+        <v>31</v>
       </c>
       <c r="I417" s="3">
-        <v>93131184013</v>
+        <v>31590600259</v>
       </c>
       <c r="J417" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K417" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L417" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M417" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="418" spans="1:13">
       <c r="A418" s="1">
-        <v>48366307600030</v>
+        <v>47796697200010</v>
       </c>
       <c r="B418" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C418" s="2" t="s">
-        <v>1019</v>
+        <v>994</v>
       </c>
       <c r="D418" s="2"/>
       <c r="E418" s="2" t="s">
-        <v>1020</v>
+        <v>995</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>1021</v>
+        <v>839</v>
       </c>
       <c r="G418" s="2"/>
       <c r="H418" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I418" s="3">
-        <v>43390075939</v>
+        <v>42670340967</v>
       </c>
       <c r="J418" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K418" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L418" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M418" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="419" spans="1:13">
       <c r="A419" s="1">
-        <v>48376534300031</v>
+        <v>47796697200028</v>
       </c>
       <c r="B419" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C419" s="2" t="s">
-        <v>1022</v>
+        <v>994</v>
       </c>
       <c r="D419" s="2"/>
       <c r="E419" s="2" t="s">
-        <v>1023</v>
+        <v>996</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>1024</v>
+        <v>997</v>
       </c>
       <c r="G419" s="2"/>
       <c r="H419" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I419" s="3">
-        <v>52440504644</v>
+        <v>42670340967</v>
       </c>
       <c r="J419" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K419" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L419" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M419" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="420" spans="1:13">
       <c r="A420" s="1">
-        <v>48437477200032</v>
+        <v>47796697200036</v>
       </c>
       <c r="B420" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C420" s="2" t="s">
-        <v>1025</v>
+        <v>994</v>
       </c>
       <c r="D420" s="2"/>
       <c r="E420" s="2" t="s">
-        <v>1026</v>
+        <v>998</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>1027</v>
+        <v>997</v>
       </c>
       <c r="G420" s="2"/>
       <c r="H420" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I420" s="3">
-        <v>82380506738</v>
+        <v>42670340967</v>
       </c>
       <c r="J420" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K420" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L420" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M420" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="421" spans="1:13">
       <c r="A421" s="1">
-        <v>48482369500099</v>
+        <v>47796697200044</v>
       </c>
       <c r="B421" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C421" s="2" t="s">
-        <v>1028</v>
+        <v>994</v>
       </c>
       <c r="D421" s="2"/>
       <c r="E421" s="2" t="s">
-        <v>1029</v>
+        <v>999</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>1030</v>
+        <v>997</v>
       </c>
       <c r="G421" s="2"/>
       <c r="H421" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I421" s="3">
-        <v>72330740333</v>
+        <v>42670340967</v>
       </c>
       <c r="J421" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K421" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L421" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M421" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="422" spans="1:13">
       <c r="A422" s="1">
-        <v>48493793300022</v>
+        <v>47838562800068</v>
       </c>
       <c r="B422" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C422" s="2" t="s">
-        <v>1031</v>
+        <v>1000</v>
       </c>
       <c r="D422" s="2"/>
       <c r="E422" s="2" t="s">
-        <v>1032</v>
+        <v>1001</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>1033</v>
+        <v>1002</v>
       </c>
       <c r="G422" s="2"/>
       <c r="H422" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I422" s="3">
-        <v>91300258630</v>
+        <v>21100055010</v>
       </c>
       <c r="J422" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K422" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L422" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M422" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="423" spans="1:13">
       <c r="A423" s="1">
-        <v>48525654900018</v>
+        <v>47899493200042</v>
       </c>
       <c r="B423" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>1034</v>
-[...1 lines deleted...]
-      <c r="D423" s="2"/>
+        <v>1003</v>
+      </c>
+      <c r="D423" s="2" t="s">
+        <v>1004</v>
+      </c>
       <c r="E423" s="2" t="s">
-        <v>1035</v>
+        <v>1005</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>1036</v>
+        <v>1006</v>
       </c>
       <c r="G423" s="2"/>
       <c r="H423" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I423" s="3">
-        <v>24280035528</v>
+        <v>82380220038</v>
       </c>
       <c r="J423" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K423" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L423" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M423" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="424" spans="1:13">
       <c r="A424" s="1">
-        <v>48811481000051</v>
+        <v>47991324600019</v>
       </c>
       <c r="B424" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C424" s="2" t="s">
-        <v>1037</v>
+        <v>1007</v>
       </c>
       <c r="D424" s="2"/>
       <c r="E424" s="2" t="s">
-        <v>1038</v>
+        <v>1008</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>285</v>
+        <v>1009</v>
       </c>
       <c r="G424" s="2"/>
       <c r="H424" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I424" s="3">
-        <v>42680091368</v>
+        <v>72640251364</v>
       </c>
       <c r="J424" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K424" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L424" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M424" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="425" spans="1:13">
       <c r="A425" s="1">
-        <v>48811772200022</v>
+        <v>47991324600043</v>
       </c>
       <c r="B425" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>1039</v>
-[...1 lines deleted...]
-      <c r="D425" s="2"/>
+        <v>1007</v>
+      </c>
+      <c r="D425" s="2" t="s">
+        <v>1010</v>
+      </c>
       <c r="E425" s="2" t="s">
-        <v>618</v>
+        <v>1011</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>712</v>
+        <v>1012</v>
       </c>
       <c r="G425" s="2"/>
       <c r="H425" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I425" s="3">
-        <v>23760376476</v>
+        <v>72640251364</v>
       </c>
       <c r="J425" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K425" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L425" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M425" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="426" spans="1:13">
       <c r="A426" s="1">
-        <v>48811772200048</v>
+        <v>47998853700011</v>
       </c>
       <c r="B426" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>1039</v>
-[...1 lines deleted...]
-      <c r="D426" s="2"/>
+        <v>1013</v>
+      </c>
+      <c r="D426" s="2" t="s">
+        <v>1013</v>
+      </c>
       <c r="E426" s="2" t="s">
-        <v>1040</v>
+        <v>1014</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>712</v>
+        <v>338</v>
       </c>
       <c r="G426" s="2"/>
       <c r="H426" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I426" s="3">
-        <v>23760376476</v>
+        <v>93040059904</v>
       </c>
       <c r="J426" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K426" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L426" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M426" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="427" spans="1:13">
       <c r="A427" s="1">
-        <v>48811772200139</v>
+        <v>48021791800022</v>
       </c>
       <c r="B427" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C427" s="2" t="s">
-        <v>1039</v>
-[...3 lines deleted...]
-      </c>
+        <v>1015</v>
+      </c>
+      <c r="D427" s="2"/>
       <c r="E427" s="2" t="s">
-        <v>1041</v>
+        <v>1016</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>1042</v>
+        <v>1017</v>
       </c>
       <c r="G427" s="2"/>
       <c r="H427" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I427" s="3">
-        <v>23760376476</v>
+        <v>41880074588</v>
       </c>
       <c r="J427" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K427" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L427" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M427" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="428" spans="1:13">
       <c r="A428" s="1">
-        <v>48811772200154</v>
+        <v>48071813900052</v>
       </c>
       <c r="B428" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C428" s="2" t="s">
-        <v>1039</v>
+        <v>1018</v>
       </c>
       <c r="D428" s="2" t="s">
-        <v>623</v>
+        <v>1019</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>1043</v>
+        <v>1020</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>625</v>
+        <v>269</v>
       </c>
       <c r="G428" s="2"/>
       <c r="H428" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I428" s="3">
-        <v>23760376476</v>
+        <v>21520022652</v>
       </c>
       <c r="J428" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K428" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L428" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M428" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="429" spans="1:13">
       <c r="A429" s="1">
-        <v>48820391000028</v>
+        <v>48117310200023</v>
       </c>
       <c r="B429" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C429" s="2" t="s">
-        <v>1044</v>
-[...1 lines deleted...]
-      <c r="D429" s="2"/>
+        <v>1021</v>
+      </c>
+      <c r="D429" s="2" t="s">
+        <v>1021</v>
+      </c>
       <c r="E429" s="2" t="s">
-        <v>1045</v>
+        <v>1022</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>1046</v>
+        <v>1023</v>
       </c>
       <c r="G429" s="2"/>
       <c r="H429" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I429" s="3">
-        <v>91110095411</v>
+        <v>41570339957</v>
       </c>
       <c r="J429" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K429" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L429" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M429" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="430" spans="1:13">
       <c r="A430" s="1">
-        <v>48852440600052</v>
+        <v>48142229300011</v>
       </c>
       <c r="B430" s="2" t="s">
-        <v>13</v>
+        <v>442</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>1047</v>
-[...1 lines deleted...]
-      <c r="D430" s="2"/>
+        <v>1024</v>
+      </c>
+      <c r="D430" s="2" t="s">
+        <v>1025</v>
+      </c>
       <c r="E430" s="2" t="s">
-        <v>1048</v>
+        <v>1026</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1049</v>
-[...1 lines deleted...]
-      <c r="G430" s="2"/>
+        <v>1027</v>
+      </c>
+      <c r="G430" s="2" t="s">
+        <v>1028</v>
+      </c>
       <c r="H430" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I430" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I430" s="3"/>
       <c r="J430" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K430" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L430" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M430" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="431" spans="1:13">
       <c r="A431" s="1">
-        <v>48877596600044</v>
+        <v>48142229300029</v>
       </c>
       <c r="B431" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C431" s="2" t="s">
-        <v>1050</v>
+        <v>1024</v>
       </c>
       <c r="D431" s="2"/>
       <c r="E431" s="2" t="s">
-        <v>1051</v>
+        <v>1029</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>364</v>
+        <v>811</v>
       </c>
       <c r="G431" s="2"/>
       <c r="H431" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I431" s="3">
-        <v>72330686333</v>
+        <v>82260144626</v>
       </c>
       <c r="J431" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K431" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L431" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M431" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="432" spans="1:13">
       <c r="A432" s="1">
-        <v>48881562200011</v>
+        <v>48156745100036</v>
       </c>
       <c r="B432" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>1052</v>
+        <v>1030</v>
       </c>
       <c r="D432" s="2"/>
       <c r="E432" s="2" t="s">
-        <v>1053</v>
+        <v>1031</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>1054</v>
+        <v>1032</v>
       </c>
       <c r="G432" s="2"/>
       <c r="H432" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I432" s="3">
-        <v>91300262030</v>
+        <v>41880088788</v>
       </c>
       <c r="J432" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K432" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L432" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M432" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="433" spans="1:13">
       <c r="A433" s="1">
-        <v>48908092900065</v>
+        <v>48183466100037</v>
       </c>
       <c r="B433" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C433" s="2" t="s">
-        <v>1055</v>
+        <v>1033</v>
       </c>
       <c r="D433" s="2"/>
       <c r="E433" s="2" t="s">
-        <v>1056</v>
+        <v>1034</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>1057</v>
+        <v>1035</v>
       </c>
       <c r="G433" s="2"/>
       <c r="H433" s="2" t="s">
-        <v>1058</v>
+        <v>31</v>
       </c>
       <c r="I433" s="3">
-        <v>82380405138</v>
+        <v>82380446638</v>
       </c>
       <c r="J433" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K433" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L433" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M433" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="434" spans="1:13">
       <c r="A434" s="1">
-        <v>48908092900107</v>
+        <v>48195911200030</v>
       </c>
       <c r="B434" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C434" s="2" t="s">
-        <v>1055</v>
+        <v>1036</v>
       </c>
       <c r="D434" s="2"/>
       <c r="E434" s="2" t="s">
-        <v>1059</v>
+        <v>1037</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>1060</v>
+        <v>1038</v>
       </c>
       <c r="G434" s="2"/>
       <c r="H434" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I434" s="3">
-        <v>82380405138</v>
+        <v>22020089602</v>
       </c>
       <c r="J434" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K434" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L434" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M434" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="435" spans="1:13">
       <c r="A435" s="1">
-        <v>48954254800024</v>
+        <v>48201278800030</v>
       </c>
       <c r="B435" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>1061</v>
+        <v>1039</v>
       </c>
       <c r="D435" s="2"/>
       <c r="E435" s="2" t="s">
-        <v>1062</v>
+        <v>1040</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>1063</v>
+        <v>856</v>
       </c>
       <c r="G435" s="2"/>
       <c r="H435" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I435" s="3">
-        <v>72330686933</v>
+        <v>41540242854</v>
       </c>
       <c r="J435" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K435" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L435" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M435" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="436" spans="1:13">
       <c r="A436" s="1">
-        <v>48960363900043</v>
+        <v>48201278800048</v>
       </c>
       <c r="B436" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>1064</v>
+        <v>1039</v>
       </c>
       <c r="D436" s="2"/>
       <c r="E436" s="2" t="s">
-        <v>1065</v>
+        <v>1041</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>1066</v>
+        <v>309</v>
       </c>
       <c r="G436" s="2"/>
       <c r="H436" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I436" s="3">
-        <v>11940926894</v>
+        <v>41540242854</v>
       </c>
       <c r="J436" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K436" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L436" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M436" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="437" spans="1:13">
       <c r="A437" s="1">
-        <v>49072580100040</v>
+        <v>48201278800055</v>
       </c>
       <c r="B437" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>1067</v>
+        <v>1039</v>
       </c>
       <c r="D437" s="2"/>
       <c r="E437" s="2" t="s">
-        <v>1068</v>
+        <v>1042</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>220</v>
+        <v>1043</v>
       </c>
       <c r="G437" s="2"/>
       <c r="H437" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I437" s="3">
-        <v>91340597934</v>
+        <v>41540242854</v>
       </c>
       <c r="J437" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K437" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L437" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M437" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="438" spans="1:13">
       <c r="A438" s="1">
-        <v>49072580100065</v>
+        <v>48209603900011</v>
       </c>
       <c r="B438" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>1067</v>
+        <v>1044</v>
       </c>
       <c r="D438" s="2"/>
       <c r="E438" s="2" t="s">
-        <v>1069</v>
+        <v>1045</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>1070</v>
+        <v>1046</v>
       </c>
       <c r="G438" s="2"/>
       <c r="H438" s="2" t="s">
-        <v>31</v>
+        <v>1047</v>
       </c>
       <c r="I438" s="3">
-        <v>91340597934</v>
+        <v>93131184013</v>
       </c>
       <c r="J438" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K438" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L438" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M438" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="439" spans="1:13">
       <c r="A439" s="1">
-        <v>49088373300027</v>
+        <v>48366307600030</v>
       </c>
       <c r="B439" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C439" s="2" t="s">
-        <v>1071</v>
-[...3 lines deleted...]
-      </c>
+        <v>1048</v>
+      </c>
+      <c r="D439" s="2"/>
       <c r="E439" s="2" t="s">
-        <v>1073</v>
+        <v>1049</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>440</v>
+        <v>1050</v>
       </c>
       <c r="G439" s="2"/>
       <c r="H439" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I439" s="3">
-        <v>11770471477</v>
+        <v>43390075939</v>
       </c>
       <c r="J439" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K439" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L439" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M439" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="440" spans="1:13">
       <c r="A440" s="1">
-        <v>49154650300039</v>
+        <v>48376534300031</v>
       </c>
       <c r="B440" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C440" s="2" t="s">
-        <v>1074</v>
+        <v>1051</v>
       </c>
       <c r="D440" s="2"/>
       <c r="E440" s="2" t="s">
-        <v>1075</v>
+        <v>1052</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>1076</v>
+        <v>1053</v>
       </c>
       <c r="G440" s="2"/>
       <c r="H440" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I440" s="3">
-        <v>95970138897</v>
+        <v>52440504644</v>
       </c>
       <c r="J440" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K440" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L440" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M440" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="441" spans="1:13">
       <c r="A441" s="1">
-        <v>49157711000027</v>
+        <v>48437477200032</v>
       </c>
       <c r="B441" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C441" s="2" t="s">
-        <v>1077</v>
+        <v>1054</v>
       </c>
       <c r="D441" s="2"/>
       <c r="E441" s="2" t="s">
-        <v>1078</v>
+        <v>1055</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>1079</v>
+        <v>1056</v>
       </c>
       <c r="G441" s="2"/>
       <c r="H441" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I441" s="3">
-        <v>93131242513</v>
+        <v>82380506738</v>
       </c>
       <c r="J441" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K441" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L441" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M441" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="442" spans="1:13">
       <c r="A442" s="1">
-        <v>49209943700021</v>
+        <v>48482369500099</v>
       </c>
       <c r="B442" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C442" s="2" t="s">
-        <v>1080</v>
+        <v>1057</v>
       </c>
       <c r="D442" s="2"/>
       <c r="E442" s="2" t="s">
-        <v>1081</v>
+        <v>1058</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>1082</v>
+        <v>1059</v>
       </c>
       <c r="G442" s="2"/>
       <c r="H442" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I442" s="3">
-        <v>91660129366</v>
+        <v>72330740333</v>
       </c>
       <c r="J442" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K442" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L442" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M442" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="443" spans="1:13">
       <c r="A443" s="1">
-        <v>49249451300020</v>
+        <v>48493793300022</v>
       </c>
       <c r="B443" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C443" s="2" t="s">
-        <v>1083</v>
+        <v>1060</v>
       </c>
       <c r="D443" s="2"/>
       <c r="E443" s="2" t="s">
-        <v>1084</v>
+        <v>1061</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>1085</v>
+        <v>1062</v>
       </c>
       <c r="G443" s="2"/>
       <c r="H443" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I443" s="3">
-        <v>72330698833</v>
+        <v>91300258630</v>
       </c>
       <c r="J443" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K443" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L443" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M443" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="444" spans="1:13">
       <c r="A444" s="1">
-        <v>49249451300046</v>
+        <v>48525654900018</v>
       </c>
       <c r="B444" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C444" s="2" t="s">
-        <v>1083</v>
+        <v>1063</v>
       </c>
       <c r="D444" s="2"/>
       <c r="E444" s="2" t="s">
-        <v>1086</v>
+        <v>1064</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>1087</v>
+        <v>1065</v>
       </c>
       <c r="G444" s="2"/>
       <c r="H444" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I444" s="3">
-        <v>72330698833</v>
+        <v>24280035528</v>
       </c>
       <c r="J444" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K444" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L444" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M444" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="445" spans="1:13">
       <c r="A445" s="1">
-        <v>49258442000037</v>
+        <v>48811481000051</v>
       </c>
       <c r="B445" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C445" s="2" t="s">
-        <v>1088</v>
-[...3 lines deleted...]
-      </c>
+        <v>1066</v>
+      </c>
+      <c r="D445" s="2"/>
       <c r="E445" s="2" t="s">
-        <v>1090</v>
+        <v>1067</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>1091</v>
+        <v>284</v>
       </c>
       <c r="G445" s="2"/>
       <c r="H445" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I445" s="3">
-        <v>24410083741</v>
+        <v>42680091368</v>
       </c>
       <c r="J445" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K445" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L445" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M445" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="446" spans="1:13">
       <c r="A446" s="1">
-        <v>49264842300027</v>
+        <v>48811772200022</v>
       </c>
       <c r="B446" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C446" s="2" t="s">
-        <v>1092</v>
+        <v>1068</v>
       </c>
       <c r="D446" s="2"/>
       <c r="E446" s="2" t="s">
-        <v>1093</v>
+        <v>636</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>379</v>
+        <v>732</v>
       </c>
       <c r="G446" s="2"/>
       <c r="H446" s="2" t="s">
-        <v>509</v>
+        <v>31</v>
       </c>
       <c r="I446" s="3">
-        <v>73310481231</v>
+        <v>23760376476</v>
       </c>
       <c r="J446" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K446" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L446" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M446" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="447" spans="1:13">
       <c r="A447" s="1">
-        <v>49282147500034</v>
+        <v>48811772200048</v>
       </c>
       <c r="B447" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C447" s="2" t="s">
-        <v>1094</v>
+        <v>1068</v>
       </c>
       <c r="D447" s="2"/>
       <c r="E447" s="2" t="s">
-        <v>1095</v>
+        <v>1069</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>1096</v>
+        <v>732</v>
       </c>
       <c r="G447" s="2"/>
       <c r="H447" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I447" s="3">
-        <v>27250302225</v>
+        <v>23760376476</v>
       </c>
       <c r="J447" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K447" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L447" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M447" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="448" spans="1:13">
       <c r="A448" s="1">
-        <v>49299343100013</v>
+        <v>48811772200139</v>
       </c>
       <c r="B448" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C448" s="2" t="s">
-        <v>1097</v>
+        <v>1068</v>
       </c>
       <c r="D448" s="2" t="s">
-        <v>1098</v>
+        <v>641</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>1099</v>
+        <v>1070</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>1100</v>
+        <v>1071</v>
       </c>
       <c r="G448" s="2"/>
       <c r="H448" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I448" s="3">
-        <v>41540256854</v>
+        <v>23760376476</v>
       </c>
       <c r="J448" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K448" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L448" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M448" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="449" spans="1:13">
       <c r="A449" s="1">
-        <v>49299343100021</v>
+        <v>48811772200154</v>
       </c>
       <c r="B449" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C449" s="2" t="s">
-        <v>1097</v>
+        <v>1068</v>
       </c>
       <c r="D449" s="2" t="s">
-        <v>1101</v>
+        <v>641</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>1102</v>
+        <v>1072</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>1103</v>
+        <v>643</v>
       </c>
       <c r="G449" s="2"/>
       <c r="H449" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I449" s="3">
-        <v>41540256854</v>
+        <v>23760376476</v>
       </c>
       <c r="J449" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K449" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L449" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M449" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="450" spans="1:13">
       <c r="A450" s="1">
-        <v>49299343100039</v>
+        <v>48820391000028</v>
       </c>
       <c r="B450" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C450" s="2" t="s">
-        <v>1097</v>
-[...3 lines deleted...]
-      </c>
+        <v>1073</v>
+      </c>
+      <c r="D450" s="2"/>
       <c r="E450" s="2" t="s">
-        <v>1105</v>
+        <v>1074</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>1103</v>
+        <v>1075</v>
       </c>
       <c r="G450" s="2"/>
       <c r="H450" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I450" s="3">
-        <v>41540256854</v>
+        <v>91110095411</v>
       </c>
       <c r="J450" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K450" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L450" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M450" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="451" spans="1:13">
       <c r="A451" s="1">
-        <v>49331937000026</v>
+        <v>48852440600052</v>
       </c>
       <c r="B451" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C451" s="2" t="s">
-        <v>1106</v>
+        <v>1076</v>
       </c>
       <c r="D451" s="2"/>
       <c r="E451" s="2" t="s">
-        <v>1107</v>
+        <v>1077</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>1108</v>
+        <v>1078</v>
       </c>
       <c r="G451" s="2"/>
       <c r="H451" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I451" s="3">
-        <v>21520023952</v>
+        <v>23760410776</v>
       </c>
       <c r="J451" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K451" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L451" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M451" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="452" spans="1:13">
       <c r="A452" s="1">
-        <v>49337552100058</v>
+        <v>48877596600044</v>
       </c>
       <c r="B452" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C452" s="2" t="s">
-        <v>1109</v>
+        <v>1079</v>
       </c>
       <c r="D452" s="2"/>
       <c r="E452" s="2" t="s">
-        <v>1110</v>
+        <v>1080</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>1111</v>
+        <v>315</v>
       </c>
       <c r="G452" s="2"/>
       <c r="H452" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I452" s="3">
-        <v>42670501667</v>
+        <v>72330686333</v>
       </c>
       <c r="J452" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K452" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L452" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M452" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="453" spans="1:13">
       <c r="A453" s="1">
-        <v>49338862300057</v>
+        <v>48881562200011</v>
       </c>
       <c r="B453" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C453" s="2" t="s">
-        <v>1112</v>
-[...3 lines deleted...]
-      </c>
+        <v>1081</v>
+      </c>
+      <c r="D453" s="2"/>
       <c r="E453" s="2" t="s">
-        <v>1114</v>
+        <v>1082</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>1115</v>
+        <v>1083</v>
       </c>
       <c r="G453" s="2"/>
       <c r="H453" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I453" s="3">
-        <v>72640360164</v>
+        <v>91300262030</v>
       </c>
       <c r="J453" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K453" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L453" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M453" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="454" spans="1:13">
       <c r="A454" s="1">
-        <v>49370821800042</v>
+        <v>48908092900065</v>
       </c>
       <c r="B454" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C454" s="2" t="s">
-        <v>1116</v>
+        <v>1084</v>
       </c>
       <c r="D454" s="2"/>
       <c r="E454" s="2" t="s">
-        <v>1117</v>
+        <v>1085</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>285</v>
+        <v>1086</v>
       </c>
       <c r="G454" s="2"/>
       <c r="H454" s="2" t="s">
-        <v>31</v>
+        <v>1087</v>
       </c>
       <c r="I454" s="3">
-        <v>23760420676</v>
+        <v>82380405138</v>
       </c>
       <c r="J454" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K454" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L454" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M454" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="455" spans="1:13">
       <c r="A455" s="1">
-        <v>49370821800059</v>
+        <v>48908092900107</v>
       </c>
       <c r="B455" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C455" s="2" t="s">
-        <v>1116</v>
+        <v>1084</v>
       </c>
       <c r="D455" s="2"/>
       <c r="E455" s="2" t="s">
-        <v>1118</v>
+        <v>1088</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>30</v>
+        <v>1089</v>
       </c>
       <c r="G455" s="2"/>
       <c r="H455" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I455" s="3">
-        <v>23760420676</v>
+        <v>82380405138</v>
       </c>
       <c r="J455" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K455" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L455" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M455" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="456" spans="1:13">
       <c r="A456" s="1">
-        <v>49380313400029</v>
+        <v>48954254800024</v>
       </c>
       <c r="B456" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C456" s="2" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="D456" s="2"/>
       <c r="E456" s="2" t="s">
-        <v>1120</v>
+        <v>1091</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>1121</v>
+        <v>1092</v>
       </c>
       <c r="G456" s="2"/>
       <c r="H456" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I456" s="3">
-        <v>82690945969</v>
+        <v>72330686933</v>
       </c>
       <c r="J456" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K456" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L456" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M456" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="457" spans="1:13">
       <c r="A457" s="1">
-        <v>49397769800072</v>
+        <v>48960363900043</v>
       </c>
       <c r="B457" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C457" s="2" t="s">
-        <v>1122</v>
+        <v>1093</v>
       </c>
       <c r="D457" s="2"/>
       <c r="E457" s="2" t="s">
-        <v>1123</v>
+        <v>1094</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>598</v>
+        <v>1095</v>
       </c>
       <c r="G457" s="2"/>
       <c r="H457" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I457" s="3">
-        <v>91300276730</v>
+        <v>11940926894</v>
       </c>
       <c r="J457" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K457" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L457" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M457" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="458" spans="1:13">
       <c r="A458" s="1">
-        <v>49438222900032</v>
+        <v>48985037000029</v>
       </c>
       <c r="B458" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C458" s="2" t="s">
-        <v>1124</v>
+        <v>1096</v>
       </c>
       <c r="D458" s="2"/>
       <c r="E458" s="2" t="s">
-        <v>1125</v>
+        <v>980</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>1126</v>
+        <v>1097</v>
       </c>
       <c r="G458" s="2"/>
       <c r="H458" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I458" s="3">
-        <v>93131262413</v>
+        <v>73460032146</v>
       </c>
       <c r="J458" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K458" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L458" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M458" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="459" spans="1:13">
       <c r="A459" s="1">
-        <v>49459030000021</v>
+        <v>49072580100040</v>
       </c>
       <c r="B459" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C459" s="2" t="s">
-        <v>1127</v>
+        <v>1098</v>
       </c>
       <c r="D459" s="2"/>
       <c r="E459" s="2" t="s">
-        <v>1128</v>
+        <v>1099</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>1129</v>
+        <v>219</v>
       </c>
       <c r="G459" s="2"/>
       <c r="H459" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I459" s="3">
-        <v>91300280730</v>
+        <v>91340597934</v>
       </c>
       <c r="J459" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K459" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L459" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M459" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="460" spans="1:13">
       <c r="A460" s="1">
-        <v>49753224200029</v>
+        <v>49072580100065</v>
       </c>
       <c r="B460" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C460" s="2" t="s">
-        <v>1130</v>
+        <v>1098</v>
       </c>
       <c r="D460" s="2"/>
       <c r="E460" s="2" t="s">
-        <v>1131</v>
+        <v>1100</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>266</v>
+        <v>1101</v>
       </c>
       <c r="G460" s="2"/>
       <c r="H460" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I460" s="3">
-        <v>82420190842</v>
+        <v>91340597934</v>
       </c>
       <c r="J460" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K460" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L460" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M460" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="461" spans="1:13">
       <c r="A461" s="1">
-        <v>49793245900017</v>
+        <v>49088373300027</v>
       </c>
       <c r="B461" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C461" s="2" t="s">
-        <v>1132</v>
-[...1 lines deleted...]
-      <c r="D461" s="2"/>
+        <v>1102</v>
+      </c>
+      <c r="D461" s="2" t="s">
+        <v>1103</v>
+      </c>
       <c r="E461" s="2" t="s">
-        <v>1133</v>
+        <v>1104</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>1134</v>
+        <v>456</v>
       </c>
       <c r="G461" s="2"/>
       <c r="H461" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I461" s="3">
-        <v>41570257557</v>
+        <v>11770471477</v>
       </c>
       <c r="J461" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K461" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L461" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M461" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="462" spans="1:13">
       <c r="A462" s="1">
-        <v>49793245900033</v>
+        <v>49154650300039</v>
       </c>
       <c r="B462" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C462" s="2" t="s">
-        <v>1132</v>
+        <v>1105</v>
       </c>
       <c r="D462" s="2"/>
       <c r="E462" s="2" t="s">
-        <v>1135</v>
+        <v>1106</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>1136</v>
+        <v>1107</v>
       </c>
       <c r="G462" s="2"/>
       <c r="H462" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I462" s="3">
-        <v>41570257557</v>
+        <v>95970138897</v>
       </c>
       <c r="J462" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K462" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L462" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M462" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="463" spans="1:13">
       <c r="A463" s="1">
-        <v>49821234900019</v>
+        <v>49157711000027</v>
       </c>
       <c r="B463" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C463" s="2" t="s">
-        <v>1137</v>
+        <v>1108</v>
       </c>
       <c r="D463" s="2"/>
       <c r="E463" s="2" t="s">
-        <v>1138</v>
+        <v>1109</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>1139</v>
+        <v>1110</v>
       </c>
       <c r="G463" s="2"/>
       <c r="H463" s="2" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="I463" s="3">
-        <v>95970143397</v>
+        <v>93131242513</v>
       </c>
       <c r="J463" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K463" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L463" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M463" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="464" spans="1:13">
       <c r="A464" s="1">
-        <v>49911261300041</v>
+        <v>49209943700021</v>
       </c>
       <c r="B464" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C464" s="2" t="s">
-        <v>1140</v>
+        <v>1111</v>
       </c>
       <c r="D464" s="2"/>
       <c r="E464" s="2" t="s">
-        <v>1141</v>
+        <v>1112</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>1142</v>
+        <v>1113</v>
       </c>
       <c r="G464" s="2"/>
       <c r="H464" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I464" s="3">
-        <v>72400080040</v>
+        <v>91660129366</v>
       </c>
       <c r="J464" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K464" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L464" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M464" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="465" spans="1:13">
       <c r="A465" s="1">
-        <v>50083901400023</v>
+        <v>49249451300020</v>
       </c>
       <c r="B465" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C465" s="2" t="s">
-        <v>1143</v>
+        <v>1114</v>
       </c>
       <c r="D465" s="2"/>
       <c r="E465" s="2" t="s">
-        <v>1144</v>
+        <v>1115</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1145</v>
+        <v>1116</v>
       </c>
       <c r="G465" s="2"/>
       <c r="H465" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I465" s="3">
-        <v>31620244362</v>
+        <v>72330698833</v>
       </c>
       <c r="J465" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K465" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L465" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M465" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="466" spans="1:13">
       <c r="A466" s="1">
-        <v>50142127500014</v>
+        <v>49249451300046</v>
       </c>
       <c r="B466" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C466" s="2" t="s">
-        <v>1146</v>
+        <v>1114</v>
       </c>
       <c r="D466" s="2"/>
       <c r="E466" s="2" t="s">
-        <v>1147</v>
+        <v>1117</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1148</v>
+        <v>1118</v>
       </c>
       <c r="G466" s="2"/>
       <c r="H466" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I466" s="3">
-        <v>31590725459</v>
+        <v>72330698833</v>
       </c>
       <c r="J466" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K466" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L466" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M466" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="467" spans="1:13">
       <c r="A467" s="1">
-        <v>50145942400021</v>
+        <v>49258442000037</v>
       </c>
       <c r="B467" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C467" s="2" t="s">
-        <v>1149</v>
-[...1 lines deleted...]
-      <c r="D467" s="2"/>
+        <v>1119</v>
+      </c>
+      <c r="D467" s="2" t="s">
+        <v>1120</v>
+      </c>
       <c r="E467" s="2" t="s">
-        <v>1150</v>
+        <v>1121</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>1085</v>
+        <v>1122</v>
       </c>
       <c r="G467" s="2"/>
       <c r="H467" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I467" s="3">
-        <v>52440541544</v>
+        <v>24410083741</v>
       </c>
       <c r="J467" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K467" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L467" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M467" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="468" spans="1:13">
       <c r="A468" s="1">
-        <v>50152090200013</v>
+        <v>49264842300027</v>
       </c>
       <c r="B468" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C468" s="2" t="s">
-        <v>1151</v>
+        <v>1123</v>
       </c>
       <c r="D468" s="2"/>
       <c r="E468" s="2" t="s">
-        <v>1152</v>
+        <v>1124</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>62</v>
+        <v>395</v>
       </c>
       <c r="G468" s="2"/>
       <c r="H468" s="2" t="s">
-        <v>31</v>
+        <v>525</v>
       </c>
       <c r="I468" s="3">
-        <v>21510132451</v>
+        <v>73310481231</v>
       </c>
       <c r="J468" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K468" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L468" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M468" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="469" spans="1:13">
       <c r="A469" s="1">
-        <v>50153038000028</v>
+        <v>49282147500034</v>
       </c>
       <c r="B469" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C469" s="2" t="s">
-        <v>1153</v>
+        <v>1125</v>
       </c>
       <c r="D469" s="2"/>
       <c r="E469" s="2" t="s">
-        <v>1154</v>
+        <v>1126</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>1155</v>
+        <v>1127</v>
       </c>
       <c r="G469" s="2"/>
       <c r="H469" s="2" t="s">
-        <v>1156</v>
+        <v>31</v>
       </c>
       <c r="I469" s="3">
-        <v>82010117601</v>
+        <v>27250302225</v>
       </c>
       <c r="J469" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K469" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L469" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M469" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="470" spans="1:13">
       <c r="A470" s="1">
-        <v>50153038000077</v>
+        <v>49282147500059</v>
       </c>
       <c r="B470" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C470" s="2" t="s">
-        <v>1153</v>
+        <v>1125</v>
       </c>
       <c r="D470" s="2"/>
       <c r="E470" s="2" t="s">
-        <v>1157</v>
+        <v>1128</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>1158</v>
+        <v>1129</v>
       </c>
       <c r="G470" s="2"/>
       <c r="H470" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I470" s="3">
-        <v>82010117601</v>
+        <v>27250302225</v>
       </c>
       <c r="J470" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K470" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L470" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M470" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="471" spans="1:13">
       <c r="A471" s="1">
-        <v>50174554100042</v>
+        <v>49299343100013</v>
       </c>
       <c r="B471" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C471" s="2" t="s">
-        <v>1159</v>
-[...1 lines deleted...]
-      <c r="D471" s="2"/>
+        <v>1130</v>
+      </c>
+      <c r="D471" s="2" t="s">
+        <v>1131</v>
+      </c>
       <c r="E471" s="2" t="s">
-        <v>1160</v>
+        <v>1132</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>1161</v>
+        <v>1133</v>
       </c>
       <c r="G471" s="2"/>
       <c r="H471" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I471" s="3">
-        <v>24410087341</v>
+        <v>41540256854</v>
       </c>
       <c r="J471" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K471" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L471" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M471" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="472" spans="1:13">
       <c r="A472" s="1">
-        <v>50174554100059</v>
+        <v>49299343100021</v>
       </c>
       <c r="B472" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C472" s="2" t="s">
-        <v>1159</v>
-[...1 lines deleted...]
-      <c r="D472" s="2"/>
+        <v>1130</v>
+      </c>
+      <c r="D472" s="2" t="s">
+        <v>1134</v>
+      </c>
       <c r="E472" s="2" t="s">
-        <v>1162</v>
+        <v>1135</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>1009</v>
+        <v>1136</v>
       </c>
       <c r="G472" s="2"/>
       <c r="H472" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I472" s="3">
-        <v>24410087341</v>
+        <v>41540256854</v>
       </c>
       <c r="J472" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K472" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L472" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M472" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="473" spans="1:13">
       <c r="A473" s="1">
-        <v>50210713900037</v>
+        <v>49299343100039</v>
       </c>
       <c r="B473" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C473" s="2" t="s">
-        <v>1163</v>
-[...1 lines deleted...]
-      <c r="D473" s="2"/>
+        <v>1130</v>
+      </c>
+      <c r="D473" s="2" t="s">
+        <v>1137</v>
+      </c>
       <c r="E473" s="2" t="s">
-        <v>1164</v>
+        <v>1138</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>440</v>
+        <v>1136</v>
       </c>
       <c r="G473" s="2"/>
       <c r="H473" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I473" s="3">
-        <v>93131296413</v>
+        <v>41540256854</v>
       </c>
       <c r="J473" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K473" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L473" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M473" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="474" spans="1:13">
       <c r="A474" s="1">
-        <v>50227266900073</v>
+        <v>49331937000026</v>
       </c>
       <c r="B474" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C474" s="2" t="s">
-        <v>1165</v>
-[...3 lines deleted...]
-      </c>
+        <v>1139</v>
+      </c>
+      <c r="D474" s="2"/>
       <c r="E474" s="2" t="s">
-        <v>1167</v>
+        <v>1140</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>1168</v>
+        <v>1141</v>
       </c>
       <c r="G474" s="2"/>
       <c r="H474" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I474" s="3">
-        <v>52530059453</v>
+        <v>21520023952</v>
       </c>
       <c r="J474" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K474" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L474" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M474" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="475" spans="1:13">
       <c r="A475" s="1">
-        <v>50227266900099</v>
+        <v>49337552100058</v>
       </c>
       <c r="B475" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C475" s="2" t="s">
-        <v>1165</v>
+        <v>1142</v>
       </c>
       <c r="D475" s="2"/>
       <c r="E475" s="2" t="s">
-        <v>1169</v>
+        <v>1143</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>746</v>
+        <v>1144</v>
       </c>
       <c r="G475" s="2"/>
       <c r="H475" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I475" s="3">
-        <v>52530059453</v>
+        <v>42670501667</v>
       </c>
       <c r="J475" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K475" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L475" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M475" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="476" spans="1:13">
       <c r="A476" s="1">
-        <v>50227266900115</v>
+        <v>49338862300057</v>
       </c>
       <c r="B476" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C476" s="2" t="s">
-        <v>1165</v>
+        <v>1145</v>
       </c>
       <c r="D476" s="2" t="s">
-        <v>1170</v>
+        <v>1146</v>
       </c>
       <c r="E476" s="2" t="s">
-        <v>1171</v>
+        <v>1147</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1172</v>
+        <v>1148</v>
       </c>
       <c r="G476" s="2"/>
       <c r="H476" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I476" s="3">
-        <v>52530059453</v>
+        <v>72640360164</v>
       </c>
       <c r="J476" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K476" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L476" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M476" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="477" spans="1:13">
       <c r="A477" s="1">
-        <v>50231371100033</v>
+        <v>49370821800042</v>
       </c>
       <c r="B477" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C477" s="2" t="s">
-        <v>1173</v>
+        <v>1149</v>
       </c>
       <c r="D477" s="2"/>
       <c r="E477" s="2" t="s">
-        <v>1174</v>
+        <v>1150</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1175</v>
+        <v>284</v>
       </c>
       <c r="G477" s="2"/>
       <c r="H477" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I477" s="3">
-        <v>31620206662</v>
+        <v>23760420676</v>
       </c>
       <c r="J477" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K477" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L477" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M477" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="478" spans="1:13">
       <c r="A478" s="1">
-        <v>50231871000014</v>
+        <v>49370821800059</v>
       </c>
       <c r="B478" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C478" s="2" t="s">
-        <v>1176</v>
+        <v>1149</v>
       </c>
       <c r="D478" s="2"/>
       <c r="E478" s="2" t="s">
-        <v>1177</v>
+        <v>1151</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="G478" s="2"/>
       <c r="H478" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I478" s="3">
-        <v>53290824729</v>
+        <v>23760420676</v>
       </c>
       <c r="J478" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K478" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L478" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M478" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="479" spans="1:13">
       <c r="A479" s="1">
-        <v>50231871000048</v>
+        <v>49380313400029</v>
       </c>
       <c r="B479" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C479" s="2" t="s">
-        <v>1176</v>
+        <v>1152</v>
       </c>
       <c r="D479" s="2"/>
       <c r="E479" s="2" t="s">
-        <v>1178</v>
+        <v>1153</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>297</v>
+        <v>1154</v>
       </c>
       <c r="G479" s="2"/>
       <c r="H479" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I479" s="3">
-        <v>53290824729</v>
+        <v>82690945969</v>
       </c>
       <c r="J479" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K479" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L479" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M479" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="480" spans="1:13">
       <c r="A480" s="1">
-        <v>50256889200017</v>
+        <v>49397769800072</v>
       </c>
       <c r="B480" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C480" s="2" t="s">
-        <v>1179</v>
+        <v>1155</v>
       </c>
       <c r="D480" s="2"/>
       <c r="E480" s="2" t="s">
-        <v>1180</v>
+        <v>1156</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>62</v>
+        <v>616</v>
       </c>
       <c r="G480" s="2"/>
       <c r="H480" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I480" s="3"/>
+      <c r="I480" s="3">
+        <v>91300276730</v>
+      </c>
       <c r="J480" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K480" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L480" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M480" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="481" spans="1:13">
       <c r="A481" s="1">
-        <v>50288657500039</v>
+        <v>49438222900032</v>
       </c>
       <c r="B481" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C481" s="2" t="s">
-        <v>1181</v>
+        <v>1157</v>
       </c>
       <c r="D481" s="2"/>
       <c r="E481" s="2" t="s">
-        <v>1182</v>
+        <v>1158</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>1183</v>
+        <v>1159</v>
       </c>
       <c r="G481" s="2"/>
       <c r="H481" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I481" s="3">
-        <v>97970148997</v>
+        <v>93131262413</v>
       </c>
       <c r="J481" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K481" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L481" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M481" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="482" spans="1:13">
       <c r="A482" s="1">
-        <v>50334870800010</v>
+        <v>49459030000021</v>
       </c>
       <c r="B482" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C482" s="2" t="s">
-        <v>1184</v>
-[...3 lines deleted...]
-      </c>
+        <v>1160</v>
+      </c>
+      <c r="D482" s="2"/>
       <c r="E482" s="2" t="s">
-        <v>1185</v>
+        <v>1161</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>1186</v>
+        <v>1162</v>
       </c>
       <c r="G482" s="2"/>
       <c r="H482" s="2" t="s">
-        <v>331</v>
+        <v>505</v>
       </c>
       <c r="I482" s="3">
-        <v>25500093650</v>
+        <v>91300280730</v>
       </c>
       <c r="J482" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K482" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L482" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M482" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="483" spans="1:13">
       <c r="A483" s="1">
-        <v>50334870800028</v>
+        <v>49753224200029</v>
       </c>
       <c r="B483" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C483" s="2" t="s">
-        <v>1184</v>
+        <v>1163</v>
       </c>
       <c r="D483" s="2"/>
       <c r="E483" s="2" t="s">
-        <v>1187</v>
+        <v>1164</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>1188</v>
+        <v>265</v>
       </c>
       <c r="G483" s="2"/>
       <c r="H483" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I483" s="3">
-        <v>25500093650</v>
+        <v>82420190842</v>
       </c>
       <c r="J483" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K483" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L483" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M483" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="484" spans="1:13">
       <c r="A484" s="1">
-        <v>50334870800036</v>
+        <v>49793245900017</v>
       </c>
       <c r="B484" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C484" s="2" t="s">
-        <v>1184</v>
-[...3 lines deleted...]
-      </c>
+        <v>1165</v>
+      </c>
+      <c r="D484" s="2"/>
       <c r="E484" s="2" t="s">
-        <v>1189</v>
+        <v>1166</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>1190</v>
+        <v>1167</v>
       </c>
       <c r="G484" s="2"/>
       <c r="H484" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I484" s="3">
-        <v>25500093650</v>
+        <v>41570257557</v>
       </c>
       <c r="J484" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K484" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L484" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M484" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="485" spans="1:13">
       <c r="A485" s="1">
-        <v>50351546200029</v>
+        <v>49793245900033</v>
       </c>
       <c r="B485" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C485" s="2" t="s">
-        <v>1191</v>
+        <v>1165</v>
       </c>
       <c r="D485" s="2"/>
       <c r="E485" s="2" t="s">
-        <v>1192</v>
+        <v>1168</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>1193</v>
+        <v>1169</v>
       </c>
       <c r="G485" s="2"/>
       <c r="H485" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I485" s="3">
-        <v>97970155197</v>
+        <v>41570257557</v>
       </c>
       <c r="J485" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K485" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L485" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M485" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="486" spans="1:13">
       <c r="A486" s="1">
-        <v>50361913200049</v>
+        <v>49821234900019</v>
       </c>
       <c r="B486" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C486" s="2" t="s">
-        <v>1194</v>
+        <v>1170</v>
       </c>
       <c r="D486" s="2"/>
       <c r="E486" s="2" t="s">
-        <v>1195</v>
+        <v>1171</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>652</v>
+        <v>1172</v>
       </c>
       <c r="G486" s="2"/>
       <c r="H486" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I486" s="3">
-        <v>31590679659</v>
+        <v>95970143397</v>
       </c>
       <c r="J486" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K486" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L486" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M486" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="487" spans="1:13">
       <c r="A487" s="1">
-        <v>50407425300023</v>
+        <v>49911261300041</v>
       </c>
       <c r="B487" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C487" s="2" t="s">
-        <v>1196</v>
+        <v>1173</v>
       </c>
       <c r="D487" s="2"/>
       <c r="E487" s="2" t="s">
-        <v>1197</v>
+        <v>1174</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>1198</v>
+        <v>1175</v>
       </c>
       <c r="G487" s="2"/>
       <c r="H487" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I487" s="3">
-        <v>91660137966</v>
+        <v>72400080040</v>
       </c>
       <c r="J487" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K487" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L487" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M487" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="488" spans="1:13">
       <c r="A488" s="1">
-        <v>50502404200036</v>
+        <v>50083901400023</v>
       </c>
       <c r="B488" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C488" s="2" t="s">
-        <v>1199</v>
+        <v>1176</v>
       </c>
       <c r="D488" s="2"/>
       <c r="E488" s="2" t="s">
-        <v>1200</v>
+        <v>1177</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>1201</v>
+        <v>1178</v>
       </c>
       <c r="G488" s="2"/>
       <c r="H488" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I488" s="3">
-        <v>82420203542</v>
+        <v>31620244362</v>
       </c>
       <c r="J488" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K488" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L488" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M488" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="489" spans="1:13">
       <c r="A489" s="1">
-        <v>50752195300020</v>
+        <v>50142127500014</v>
       </c>
       <c r="B489" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C489" s="2" t="s">
-        <v>1202</v>
+        <v>1179</v>
       </c>
       <c r="D489" s="2"/>
       <c r="E489" s="2" t="s">
-        <v>1203</v>
+        <v>1180</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>1204</v>
+        <v>1181</v>
       </c>
       <c r="G489" s="2"/>
       <c r="H489" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I489" s="3">
-        <v>54790086879</v>
+        <v>31590725459</v>
       </c>
       <c r="J489" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K489" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L489" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M489" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="490" spans="1:13">
       <c r="A490" s="1">
-        <v>50800796000042</v>
+        <v>50145942400021</v>
       </c>
       <c r="B490" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C490" s="2" t="s">
-        <v>1205</v>
+        <v>1182</v>
       </c>
       <c r="D490" s="2"/>
       <c r="E490" s="2" t="s">
-        <v>1206</v>
+        <v>1183</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>1207</v>
+        <v>1116</v>
       </c>
       <c r="G490" s="2"/>
       <c r="H490" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I490" s="3">
-        <v>73650058865</v>
+        <v>52440541544</v>
       </c>
       <c r="J490" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K490" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L490" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M490" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="491" spans="1:13">
       <c r="A491" s="1">
-        <v>50809426500024</v>
+        <v>50152090200013</v>
       </c>
       <c r="B491" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C491" s="2" t="s">
-        <v>1208</v>
+        <v>1184</v>
       </c>
       <c r="D491" s="2"/>
       <c r="E491" s="2" t="s">
-        <v>1209</v>
+        <v>1185</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>1210</v>
+        <v>62</v>
       </c>
       <c r="G491" s="2"/>
       <c r="H491" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I491" s="3">
-        <v>25610076261</v>
+        <v>21510132451</v>
       </c>
       <c r="J491" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K491" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L491" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M491" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="492" spans="1:13">
       <c r="A492" s="1">
-        <v>50809426500040</v>
+        <v>50153038000028</v>
       </c>
       <c r="B492" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C492" s="2" t="s">
-        <v>1208</v>
+        <v>1186</v>
       </c>
       <c r="D492" s="2"/>
       <c r="E492" s="2" t="s">
-        <v>1211</v>
+        <v>1187</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>480</v>
+        <v>1188</v>
       </c>
       <c r="G492" s="2"/>
       <c r="H492" s="2" t="s">
-        <v>31</v>
+        <v>1189</v>
       </c>
       <c r="I492" s="3">
-        <v>25610076261</v>
+        <v>82010117601</v>
       </c>
       <c r="J492" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K492" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L492" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M492" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="493" spans="1:13">
       <c r="A493" s="1">
-        <v>50814916800017</v>
+        <v>50153038000077</v>
       </c>
       <c r="B493" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C493" s="2" t="s">
-        <v>1212</v>
+        <v>1186</v>
       </c>
       <c r="D493" s="2"/>
       <c r="E493" s="2" t="s">
-        <v>1213</v>
+        <v>1190</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>1214</v>
+        <v>1191</v>
       </c>
       <c r="G493" s="2"/>
       <c r="H493" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I493" s="3">
-        <v>41540270754</v>
+        <v>82010117601</v>
       </c>
       <c r="J493" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K493" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L493" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M493" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="494" spans="1:13">
       <c r="A494" s="1">
-        <v>50821661100030</v>
+        <v>50174554100042</v>
       </c>
       <c r="B494" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C494" s="2" t="s">
-        <v>1215</v>
+        <v>1192</v>
       </c>
       <c r="D494" s="2"/>
       <c r="E494" s="2" t="s">
-        <v>1216</v>
+        <v>1193</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>1217</v>
+        <v>1194</v>
       </c>
       <c r="G494" s="2"/>
       <c r="H494" s="2" t="s">
-        <v>489</v>
+        <v>505</v>
       </c>
       <c r="I494" s="3">
-        <v>93132028713</v>
+        <v>24410087341</v>
       </c>
       <c r="J494" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K494" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L494" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M494" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="495" spans="1:13">
       <c r="A495" s="1">
-        <v>50821661100048</v>
+        <v>50174554100059</v>
       </c>
       <c r="B495" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C495" s="2" t="s">
-        <v>1215</v>
+        <v>1192</v>
       </c>
       <c r="D495" s="2"/>
       <c r="E495" s="2" t="s">
-        <v>1218</v>
+        <v>1195</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>302</v>
+        <v>1038</v>
       </c>
       <c r="G495" s="2"/>
       <c r="H495" s="2" t="s">
-        <v>520</v>
+        <v>505</v>
       </c>
       <c r="I495" s="3">
-        <v>93132028713</v>
+        <v>24410087341</v>
       </c>
       <c r="J495" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K495" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L495" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M495" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="496" spans="1:13">
       <c r="A496" s="1">
-        <v>50899880400019</v>
+        <v>50210713900037</v>
       </c>
       <c r="B496" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C496" s="2" t="s">
-        <v>1219</v>
-[...3 lines deleted...]
-      </c>
+        <v>1196</v>
+      </c>
+      <c r="D496" s="2"/>
       <c r="E496" s="2" t="s">
-        <v>1221</v>
+        <v>1197</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>1222</v>
+        <v>456</v>
       </c>
       <c r="G496" s="2"/>
       <c r="H496" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I496" s="3">
-        <v>83150309515</v>
+        <v>93131296413</v>
       </c>
       <c r="J496" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K496" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L496" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M496" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="497" spans="1:13">
       <c r="A497" s="1">
-        <v>50900433900024</v>
+        <v>50227266900073</v>
       </c>
       <c r="B497" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C497" s="2" t="s">
-        <v>1223</v>
-[...1 lines deleted...]
-      <c r="D497" s="2"/>
+        <v>1198</v>
+      </c>
+      <c r="D497" s="2" t="s">
+        <v>1199</v>
+      </c>
       <c r="E497" s="2" t="s">
-        <v>1224</v>
+        <v>1200</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>1225</v>
+        <v>1201</v>
       </c>
       <c r="G497" s="2"/>
       <c r="H497" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I497" s="3">
-        <v>21510135951</v>
+        <v>52530059453</v>
       </c>
       <c r="J497" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K497" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L497" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M497" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="498" spans="1:13">
       <c r="A498" s="1">
-        <v>50913779000028</v>
+        <v>50227266900099</v>
       </c>
       <c r="B498" s="2" t="s">
-        <v>426</v>
+        <v>13</v>
       </c>
       <c r="C498" s="2" t="s">
-        <v>1226</v>
+        <v>1198</v>
       </c>
       <c r="D498" s="2"/>
       <c r="E498" s="2" t="s">
-        <v>1227</v>
+        <v>1202</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>1228</v>
-[...3 lines deleted...]
-      </c>
+        <v>767</v>
+      </c>
+      <c r="G498" s="2"/>
       <c r="H498" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I498" s="3">
-        <v>25500094750</v>
+        <v>52530059453</v>
       </c>
       <c r="J498" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K498" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L498" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M498" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="499" spans="1:13">
       <c r="A499" s="1">
-        <v>50913779000036</v>
+        <v>50227266900115</v>
       </c>
       <c r="B499" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C499" s="2" t="s">
-        <v>1226</v>
-[...1 lines deleted...]
-      <c r="D499" s="2"/>
+        <v>1198</v>
+      </c>
+      <c r="D499" s="2" t="s">
+        <v>1203</v>
+      </c>
       <c r="E499" s="2" t="s">
-        <v>1230</v>
+        <v>1204</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>1231</v>
+        <v>1205</v>
       </c>
       <c r="G499" s="2"/>
       <c r="H499" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I499" s="3">
-        <v>25500094750</v>
+        <v>52530059453</v>
       </c>
       <c r="J499" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K499" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L499" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M499" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="500" spans="1:13">
       <c r="A500" s="1">
-        <v>50943290200054</v>
+        <v>50231371100033</v>
       </c>
       <c r="B500" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C500" s="2" t="s">
-        <v>1232</v>
+        <v>1206</v>
       </c>
       <c r="D500" s="2"/>
       <c r="E500" s="2" t="s">
-        <v>1233</v>
+        <v>1207</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>1096</v>
+        <v>1208</v>
       </c>
       <c r="G500" s="2"/>
       <c r="H500" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I500" s="3">
-        <v>11757341275</v>
+        <v>31620206662</v>
       </c>
       <c r="J500" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K500" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L500" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M500" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="501" spans="1:13">
       <c r="A501" s="1">
-        <v>50943290200062</v>
+        <v>50231871000014</v>
       </c>
       <c r="B501" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C501" s="2" t="s">
-        <v>1232</v>
-[...3 lines deleted...]
-      </c>
+        <v>1209</v>
+      </c>
+      <c r="D501" s="2"/>
       <c r="E501" s="2" t="s">
-        <v>1235</v>
+        <v>1210</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>1096</v>
+        <v>62</v>
       </c>
       <c r="G501" s="2"/>
       <c r="H501" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I501" s="3">
-        <v>11757341275</v>
+        <v>53290824729</v>
       </c>
       <c r="J501" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K501" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L501" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M501" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="502" spans="1:13">
       <c r="A502" s="1">
-        <v>50943290200070</v>
+        <v>50231871000048</v>
       </c>
       <c r="B502" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C502" s="2" t="s">
-        <v>1232</v>
+        <v>1209</v>
       </c>
       <c r="D502" s="2"/>
       <c r="E502" s="2" t="s">
-        <v>1236</v>
+        <v>1211</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>1096</v>
+        <v>296</v>
       </c>
       <c r="G502" s="2"/>
       <c r="H502" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I502" s="3">
-        <v>11757341275</v>
+        <v>53290824729</v>
       </c>
       <c r="J502" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K502" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L502" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M502" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="503" spans="1:13">
       <c r="A503" s="1">
-        <v>50943290200104</v>
+        <v>50256889200017</v>
       </c>
       <c r="B503" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C503" s="2" t="s">
-        <v>1232</v>
+        <v>1212</v>
       </c>
       <c r="D503" s="2"/>
       <c r="E503" s="2" t="s">
-        <v>1237</v>
+        <v>1213</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>1096</v>
+        <v>62</v>
       </c>
       <c r="G503" s="2"/>
       <c r="H503" s="2" t="s">
-        <v>331</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="I503" s="3"/>
       <c r="J503" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K503" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L503" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M503" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="504" spans="1:13">
       <c r="A504" s="1">
-        <v>50943290200112</v>
+        <v>50288657500039</v>
       </c>
       <c r="B504" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C504" s="2" t="s">
-        <v>1232</v>
+        <v>1214</v>
       </c>
       <c r="D504" s="2"/>
       <c r="E504" s="2" t="s">
-        <v>1238</v>
+        <v>1215</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>1096</v>
+        <v>1216</v>
       </c>
       <c r="G504" s="2"/>
       <c r="H504" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I504" s="3">
-        <v>11757341275</v>
+        <v>97970148997</v>
       </c>
       <c r="J504" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K504" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L504" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M504" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="505" spans="1:13">
       <c r="A505" s="1">
-        <v>50943290200120</v>
+        <v>50334870800010</v>
       </c>
       <c r="B505" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C505" s="2" t="s">
-        <v>1232</v>
-[...1 lines deleted...]
-      <c r="D505" s="2"/>
+        <v>1217</v>
+      </c>
+      <c r="D505" s="2" t="s">
+        <v>1217</v>
+      </c>
       <c r="E505" s="2" t="s">
-        <v>1239</v>
+        <v>1218</v>
       </c>
       <c r="F505" s="2" t="s">
-        <v>1096</v>
+        <v>1219</v>
       </c>
       <c r="G505" s="2"/>
       <c r="H505" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I505" s="3">
-        <v>11757341275</v>
+        <v>25500093650</v>
       </c>
       <c r="J505" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K505" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L505" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M505" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="506" spans="1:13">
       <c r="A506" s="1">
-        <v>50943290200146</v>
+        <v>50334870800028</v>
       </c>
       <c r="B506" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C506" s="2" t="s">
-        <v>1232</v>
-[...3 lines deleted...]
-      </c>
+        <v>1217</v>
+      </c>
+      <c r="D506" s="2"/>
       <c r="E506" s="2" t="s">
-        <v>1241</v>
+        <v>1220</v>
       </c>
       <c r="F506" s="2" t="s">
-        <v>1096</v>
+        <v>1221</v>
       </c>
       <c r="G506" s="2"/>
       <c r="H506" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I506" s="3">
-        <v>11757341275</v>
+        <v>25500093650</v>
       </c>
       <c r="J506" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K506" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L506" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M506" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="507" spans="1:13">
       <c r="A507" s="1">
-        <v>50943290200161</v>
+        <v>50334870800036</v>
       </c>
       <c r="B507" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C507" s="2" t="s">
-        <v>1232</v>
-[...1 lines deleted...]
-      <c r="D507" s="2"/>
+        <v>1217</v>
+      </c>
+      <c r="D507" s="2" t="s">
+        <v>1217</v>
+      </c>
       <c r="E507" s="2" t="s">
-        <v>1242</v>
+        <v>1222</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>1096</v>
+        <v>1223</v>
       </c>
       <c r="G507" s="2"/>
       <c r="H507" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I507" s="3">
-        <v>11757341275</v>
+        <v>25500093650</v>
       </c>
       <c r="J507" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K507" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L507" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M507" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="508" spans="1:13">
       <c r="A508" s="1">
-        <v>50943290200195</v>
+        <v>50351546200029</v>
       </c>
       <c r="B508" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C508" s="2" t="s">
-        <v>1232</v>
+        <v>1224</v>
       </c>
       <c r="D508" s="2"/>
       <c r="E508" s="2" t="s">
-        <v>1243</v>
+        <v>1225</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>1096</v>
+        <v>1226</v>
       </c>
       <c r="G508" s="2"/>
       <c r="H508" s="2" t="s">
-        <v>331</v>
+        <v>505</v>
       </c>
       <c r="I508" s="3">
-        <v>11757341275</v>
+        <v>97970155197</v>
       </c>
       <c r="J508" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K508" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L508" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M508" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="509" spans="1:13">
       <c r="A509" s="1">
-        <v>50943290200252</v>
+        <v>50361913200049</v>
       </c>
       <c r="B509" s="2" t="s">
-        <v>426</v>
+        <v>13</v>
       </c>
       <c r="C509" s="2" t="s">
-        <v>1232</v>
+        <v>1227</v>
       </c>
       <c r="D509" s="2"/>
       <c r="E509" s="2" t="s">
-        <v>1244</v>
+        <v>1228</v>
       </c>
       <c r="F509" s="2" t="s">
-        <v>216</v>
-[...3 lines deleted...]
-      </c>
+        <v>672</v>
+      </c>
+      <c r="G509" s="2"/>
       <c r="H509" s="2" t="s">
-        <v>1246</v>
+        <v>27</v>
       </c>
       <c r="I509" s="3">
-        <v>11757341275</v>
+        <v>31590679659</v>
       </c>
       <c r="J509" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K509" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L509" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M509" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="510" spans="1:13">
       <c r="A510" s="1">
-        <v>50943290200286</v>
+        <v>50407425300023</v>
       </c>
       <c r="B510" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C510" s="2" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="D510" s="2"/>
       <c r="E510" s="2" t="s">
-        <v>1247</v>
+        <v>1230</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>1188</v>
+        <v>1231</v>
       </c>
       <c r="G510" s="2"/>
       <c r="H510" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I510" s="3">
-        <v>11757341275</v>
+        <v>91660137966</v>
       </c>
       <c r="J510" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K510" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L510" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M510" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="511" spans="1:13">
       <c r="A511" s="1">
-        <v>50943290200294</v>
+        <v>50502404200036</v>
       </c>
       <c r="B511" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C511" s="2" t="s">
         <v>1232</v>
       </c>
       <c r="D511" s="2"/>
       <c r="E511" s="2" t="s">
-        <v>1248</v>
+        <v>1233</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>877</v>
+        <v>1234</v>
       </c>
       <c r="G511" s="2"/>
       <c r="H511" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I511" s="3">
-        <v>11757341275</v>
+        <v>82420203542</v>
       </c>
       <c r="J511" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K511" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L511" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M511" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="512" spans="1:13">
       <c r="A512" s="1">
-        <v>50943290200302</v>
+        <v>50752195300020</v>
       </c>
       <c r="B512" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C512" s="2" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="D512" s="2"/>
       <c r="E512" s="2" t="s">
-        <v>1249</v>
+        <v>1236</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>1250</v>
+        <v>1237</v>
       </c>
       <c r="G512" s="2"/>
       <c r="H512" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I512" s="3">
-        <v>11757341275</v>
+        <v>54790086879</v>
       </c>
       <c r="J512" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K512" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L512" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M512" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="513" spans="1:13">
       <c r="A513" s="1">
-        <v>50943290200336</v>
+        <v>50800796000042</v>
       </c>
       <c r="B513" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C513" s="2" t="s">
-        <v>1232</v>
+        <v>1238</v>
       </c>
       <c r="D513" s="2"/>
       <c r="E513" s="2" t="s">
-        <v>1251</v>
+        <v>1239</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>1252</v>
+        <v>1240</v>
       </c>
       <c r="G513" s="2"/>
       <c r="H513" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I513" s="3">
-        <v>11757341275</v>
+        <v>73650058865</v>
       </c>
       <c r="J513" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K513" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L513" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M513" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="514" spans="1:13">
       <c r="A514" s="1">
-        <v>50943290200344</v>
+        <v>50809426500024</v>
       </c>
       <c r="B514" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C514" s="2" t="s">
-        <v>1232</v>
+        <v>1241</v>
       </c>
       <c r="D514" s="2"/>
       <c r="E514" s="2" t="s">
-        <v>1253</v>
+        <v>1242</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>585</v>
+        <v>1243</v>
       </c>
       <c r="G514" s="2"/>
       <c r="H514" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I514" s="3">
-        <v>11757341275</v>
+        <v>25610076261</v>
       </c>
       <c r="J514" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K514" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L514" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M514" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="515" spans="1:13">
       <c r="A515" s="1">
-        <v>50943290200351</v>
+        <v>50809426500040</v>
       </c>
       <c r="B515" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C515" s="2" t="s">
-        <v>1232</v>
+        <v>1241</v>
       </c>
       <c r="D515" s="2"/>
       <c r="E515" s="2" t="s">
-        <v>1254</v>
+        <v>1244</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>1255</v>
+        <v>496</v>
       </c>
       <c r="G515" s="2"/>
       <c r="H515" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I515" s="3">
-        <v>11757341275</v>
+        <v>25610076261</v>
       </c>
       <c r="J515" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K515" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L515" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M515" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="516" spans="1:13">
       <c r="A516" s="1">
-        <v>50943290200369</v>
+        <v>50814916800017</v>
       </c>
       <c r="B516" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C516" s="2" t="s">
-        <v>1232</v>
+        <v>1245</v>
       </c>
       <c r="D516" s="2"/>
       <c r="E516" s="2" t="s">
-        <v>1256</v>
+        <v>1246</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>1257</v>
+        <v>1247</v>
       </c>
       <c r="G516" s="2"/>
       <c r="H516" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I516" s="3">
-        <v>11757341275</v>
+        <v>41540270754</v>
       </c>
       <c r="J516" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K516" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L516" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M516" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="517" spans="1:13">
       <c r="A517" s="1">
-        <v>50943290200385</v>
+        <v>50821661100030</v>
       </c>
       <c r="B517" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C517" s="2" t="s">
-        <v>1232</v>
+        <v>1248</v>
       </c>
       <c r="D517" s="2"/>
       <c r="E517" s="2" t="s">
-        <v>1258</v>
+        <v>1249</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>302</v>
+        <v>1250</v>
       </c>
       <c r="G517" s="2"/>
       <c r="H517" s="2" t="s">
-        <v>331</v>
+        <v>505</v>
       </c>
       <c r="I517" s="3">
-        <v>11757341275</v>
+        <v>93132028713</v>
       </c>
       <c r="J517" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K517" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L517" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M517" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="518" spans="1:13">
       <c r="A518" s="1">
-        <v>50943290200393</v>
+        <v>50821661100048</v>
       </c>
       <c r="B518" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C518" s="2" t="s">
-        <v>1232</v>
+        <v>1248</v>
       </c>
       <c r="D518" s="2"/>
       <c r="E518" s="2" t="s">
-        <v>1259</v>
+        <v>1251</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>1260</v>
+        <v>301</v>
       </c>
       <c r="G518" s="2"/>
       <c r="H518" s="2" t="s">
-        <v>331</v>
+        <v>536</v>
       </c>
       <c r="I518" s="3">
-        <v>11757341275</v>
+        <v>93132028713</v>
       </c>
       <c r="J518" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K518" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L518" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M518" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="519" spans="1:13">
       <c r="A519" s="1">
-        <v>50943290200401</v>
+        <v>50899880400019</v>
       </c>
       <c r="B519" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C519" s="2" t="s">
-        <v>1232</v>
-[...1 lines deleted...]
-      <c r="D519" s="2"/>
+        <v>1252</v>
+      </c>
+      <c r="D519" s="2" t="s">
+        <v>1253</v>
+      </c>
       <c r="E519" s="2" t="s">
-        <v>1261</v>
+        <v>1254</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>1262</v>
+        <v>1255</v>
       </c>
       <c r="G519" s="2"/>
       <c r="H519" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I519" s="3">
-        <v>11757341275</v>
+        <v>83150309515</v>
       </c>
       <c r="J519" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K519" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L519" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M519" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="520" spans="1:13">
       <c r="A520" s="1">
-        <v>50943290200419</v>
+        <v>50900433900024</v>
       </c>
       <c r="B520" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C520" s="2" t="s">
-        <v>1232</v>
-[...3 lines deleted...]
-      </c>
+        <v>1256</v>
+      </c>
+      <c r="D520" s="2"/>
       <c r="E520" s="2" t="s">
-        <v>1263</v>
+        <v>1257</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>1264</v>
+        <v>1258</v>
       </c>
       <c r="G520" s="2"/>
       <c r="H520" s="2" t="s">
-        <v>331</v>
+        <v>505</v>
       </c>
       <c r="I520" s="3">
-        <v>11757341275</v>
+        <v>21510135951</v>
       </c>
       <c r="J520" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K520" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L520" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M520" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="521" spans="1:13">
       <c r="A521" s="1">
-        <v>50943290200435</v>
+        <v>50913779000044</v>
       </c>
       <c r="B521" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C521" s="2" t="s">
-        <v>1232</v>
+        <v>1259</v>
       </c>
       <c r="D521" s="2"/>
       <c r="E521" s="2" t="s">
-        <v>1265</v>
+        <v>1260</v>
       </c>
       <c r="F521" s="2" t="s">
-        <v>1264</v>
+        <v>321</v>
       </c>
       <c r="G521" s="2"/>
       <c r="H521" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I521" s="3">
-        <v>11757341275</v>
+        <v>25500094750</v>
       </c>
       <c r="J521" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K521" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L521" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M521" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="522" spans="1:13">
       <c r="A522" s="1">
-        <v>50943290200468</v>
+        <v>50962973900012</v>
       </c>
       <c r="B522" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C522" s="2" t="s">
-        <v>1232</v>
+        <v>1261</v>
       </c>
       <c r="D522" s="2" t="s">
-        <v>1234</v>
+        <v>350</v>
       </c>
       <c r="E522" s="2" t="s">
-        <v>1266</v>
+        <v>871</v>
       </c>
       <c r="F522" s="2" t="s">
-        <v>1267</v>
+        <v>1127</v>
       </c>
       <c r="G522" s="2"/>
       <c r="H522" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I522" s="3">
-        <v>11757341275</v>
+        <v>83630397263</v>
       </c>
       <c r="J522" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K522" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L522" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M522" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="523" spans="1:13">
       <c r="A523" s="1">
-        <v>50943290200476</v>
+        <v>50962973900053</v>
       </c>
       <c r="B523" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C523" s="2" t="s">
-        <v>1232</v>
-[...3 lines deleted...]
-      </c>
+        <v>1261</v>
+      </c>
+      <c r="D523" s="2"/>
       <c r="E523" s="2" t="s">
-        <v>1268</v>
+        <v>877</v>
       </c>
       <c r="F523" s="2" t="s">
-        <v>1267</v>
+        <v>878</v>
       </c>
       <c r="G523" s="2"/>
       <c r="H523" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I523" s="3">
-        <v>11757341275</v>
+        <v>83630397263</v>
       </c>
       <c r="J523" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K523" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L523" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M523" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="524" spans="1:13">
       <c r="A524" s="1">
-        <v>50943290200484</v>
+        <v>50962973900061</v>
       </c>
       <c r="B524" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C524" s="2" t="s">
-        <v>1232</v>
-[...3 lines deleted...]
-      </c>
+        <v>1261</v>
+      </c>
+      <c r="D524" s="2"/>
       <c r="E524" s="2" t="s">
-        <v>1269</v>
+        <v>1262</v>
       </c>
       <c r="F524" s="2" t="s">
-        <v>1267</v>
+        <v>1263</v>
       </c>
       <c r="G524" s="2"/>
       <c r="H524" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I524" s="3">
-        <v>11757341275</v>
+        <v>83630397263</v>
       </c>
       <c r="J524" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K524" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L524" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M524" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="525" spans="1:13">
       <c r="A525" s="1">
-        <v>50943290200492</v>
+        <v>50973480200028</v>
       </c>
       <c r="B525" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C525" s="2" t="s">
-        <v>1232</v>
+        <v>1264</v>
       </c>
       <c r="D525" s="2" t="s">
-        <v>1234</v>
+        <v>1265</v>
       </c>
       <c r="E525" s="2" t="s">
-        <v>1270</v>
+        <v>1266</v>
       </c>
       <c r="F525" s="2" t="s">
         <v>1267</v>
       </c>
       <c r="G525" s="2"/>
       <c r="H525" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I525" s="3">
-        <v>11757341275</v>
+        <v>27210370021</v>
       </c>
       <c r="J525" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K525" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L525" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M525" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="526" spans="1:13">
       <c r="A526" s="1">
-        <v>50943290200500</v>
+        <v>51008756200029</v>
       </c>
       <c r="B526" s="2" t="s">
-        <v>13</v>
+        <v>442</v>
       </c>
       <c r="C526" s="2" t="s">
-        <v>1232</v>
-[...3 lines deleted...]
-      </c>
+        <v>1268</v>
+      </c>
+      <c r="D526" s="2"/>
       <c r="E526" s="2" t="s">
-        <v>1271</v>
+        <v>1269</v>
       </c>
       <c r="F526" s="2" t="s">
-        <v>1267</v>
-[...1 lines deleted...]
-      <c r="G526" s="2"/>
+        <v>1221</v>
+      </c>
+      <c r="G526" s="2" t="s">
+        <v>1270</v>
+      </c>
       <c r="H526" s="2" t="s">
-        <v>331</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="I526" s="3"/>
       <c r="J526" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K526" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L526" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M526" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="527" spans="1:13">
       <c r="A527" s="1">
-        <v>50943290200518</v>
+        <v>51021311900033</v>
       </c>
       <c r="B527" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C527" s="2" t="s">
-        <v>1232</v>
-[...3 lines deleted...]
-      </c>
+        <v>1271</v>
+      </c>
+      <c r="D527" s="2"/>
       <c r="E527" s="2" t="s">
         <v>1272</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>1267</v>
+        <v>1273</v>
       </c>
       <c r="G527" s="2"/>
       <c r="H527" s="2" t="s">
-        <v>331</v>
+        <v>525</v>
       </c>
       <c r="I527" s="3">
-        <v>11757341275</v>
+        <v>31590693059</v>
       </c>
       <c r="J527" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K527" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L527" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M527" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="528" spans="1:13">
       <c r="A528" s="1">
-        <v>50943290200526</v>
+        <v>51044938200017</v>
       </c>
       <c r="B528" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C528" s="2" t="s">
-        <v>1232</v>
-[...3 lines deleted...]
-      </c>
+        <v>1274</v>
+      </c>
+      <c r="D528" s="2"/>
       <c r="E528" s="2" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="F528" s="2" t="s">
-        <v>1267</v>
+        <v>1276</v>
       </c>
       <c r="G528" s="2"/>
       <c r="H528" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I528" s="3">
-        <v>11757341275</v>
+        <v>91300294230</v>
       </c>
       <c r="J528" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K528" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L528" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M528" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="529" spans="1:13">
       <c r="A529" s="1">
-        <v>50943290200534</v>
+        <v>51088974400098</v>
       </c>
       <c r="B529" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C529" s="2" t="s">
-        <v>1232</v>
+        <v>1277</v>
       </c>
       <c r="D529" s="2" t="s">
-        <v>1234</v>
+        <v>1277</v>
       </c>
       <c r="E529" s="2" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="F529" s="2" t="s">
-        <v>1267</v>
+        <v>1279</v>
       </c>
       <c r="G529" s="2"/>
       <c r="H529" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I529" s="3">
-        <v>11757341275</v>
+        <v>82730175073</v>
       </c>
       <c r="J529" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K529" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L529" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M529" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="530" spans="1:13">
       <c r="A530" s="1">
-        <v>50943290200542</v>
+        <v>51117414600056</v>
       </c>
       <c r="B530" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C530" s="2" t="s">
-        <v>1232</v>
-[...3 lines deleted...]
-      </c>
+        <v>1280</v>
+      </c>
+      <c r="D530" s="2"/>
       <c r="E530" s="2" t="s">
-        <v>1275</v>
+        <v>1281</v>
       </c>
       <c r="F530" s="2" t="s">
-        <v>1267</v>
+        <v>1282</v>
       </c>
       <c r="G530" s="2"/>
       <c r="H530" s="2" t="s">
-        <v>331</v>
+        <v>536</v>
       </c>
       <c r="I530" s="3">
-        <v>11757341275</v>
+        <v>31590708659</v>
       </c>
       <c r="J530" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K530" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L530" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M530" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="531" spans="1:13">
       <c r="A531" s="1">
-        <v>50943290200559</v>
+        <v>51140404800031</v>
       </c>
       <c r="B531" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C531" s="2" t="s">
-        <v>1232</v>
-[...3 lines deleted...]
-      </c>
+        <v>1283</v>
+      </c>
+      <c r="D531" s="2"/>
       <c r="E531" s="2" t="s">
-        <v>1276</v>
+        <v>1284</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>1267</v>
+        <v>1285</v>
       </c>
       <c r="G531" s="2"/>
       <c r="H531" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I531" s="3">
-        <v>11757341275</v>
+        <v>91300292530</v>
       </c>
       <c r="J531" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K531" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L531" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M531" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="532" spans="1:13">
       <c r="A532" s="1">
-        <v>50943290200583</v>
+        <v>51149542600021</v>
       </c>
       <c r="B532" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C532" s="2" t="s">
-        <v>1232</v>
-[...1 lines deleted...]
-      <c r="D532" s="2"/>
+        <v>1286</v>
+      </c>
+      <c r="D532" s="2" t="s">
+        <v>1287</v>
+      </c>
       <c r="E532" s="2" t="s">
-        <v>1277</v>
+        <v>1288</v>
       </c>
       <c r="F532" s="2" t="s">
-        <v>1267</v>
+        <v>1289</v>
       </c>
       <c r="G532" s="2"/>
       <c r="H532" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I532" s="3">
-        <v>11757341275</v>
+        <v>93131543113</v>
       </c>
       <c r="J532" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K532" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L532" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M532" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="533" spans="1:13">
       <c r="A533" s="1">
-        <v>50943290200609</v>
+        <v>51176260100017</v>
       </c>
       <c r="B533" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C533" s="2" t="s">
-        <v>1232</v>
+        <v>1290</v>
       </c>
       <c r="D533" s="2"/>
       <c r="E533" s="2" t="s">
-        <v>1278</v>
+        <v>1291</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>1279</v>
+        <v>1292</v>
       </c>
       <c r="G533" s="2"/>
       <c r="H533" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I533" s="3">
-        <v>11757341275</v>
+        <v>54170132917</v>
       </c>
       <c r="J533" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K533" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L533" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M533" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="534" spans="1:13">
       <c r="A534" s="1">
-        <v>50962973900012</v>
+        <v>51220422300022</v>
       </c>
       <c r="B534" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C534" s="2" t="s">
-        <v>1280</v>
-[...3 lines deleted...]
-      </c>
+        <v>1293</v>
+      </c>
+      <c r="D534" s="2"/>
       <c r="E534" s="2" t="s">
-        <v>850</v>
+        <v>1294</v>
       </c>
       <c r="F534" s="2" t="s">
-        <v>1096</v>
+        <v>1295</v>
       </c>
       <c r="G534" s="2"/>
       <c r="H534" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I534" s="3">
-        <v>83630397263</v>
+        <v>93131340613</v>
       </c>
       <c r="J534" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K534" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L534" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M534" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="535" spans="1:13">
       <c r="A535" s="1">
-        <v>50962973900053</v>
+        <v>51220422300030</v>
       </c>
       <c r="B535" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C535" s="2" t="s">
-        <v>1280</v>
+        <v>1293</v>
       </c>
       <c r="D535" s="2"/>
       <c r="E535" s="2" t="s">
-        <v>856</v>
+        <v>1296</v>
       </c>
       <c r="F535" s="2" t="s">
-        <v>857</v>
+        <v>1297</v>
       </c>
       <c r="G535" s="2"/>
       <c r="H535" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I535" s="3">
-        <v>83630397263</v>
+        <v>93131340613</v>
       </c>
       <c r="J535" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K535" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L535" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M535" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="536" spans="1:13">
       <c r="A536" s="1">
-        <v>50962973900061</v>
+        <v>51232697600044</v>
       </c>
       <c r="B536" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C536" s="2" t="s">
-        <v>1280</v>
+        <v>1298</v>
       </c>
       <c r="D536" s="2"/>
       <c r="E536" s="2" t="s">
-        <v>1281</v>
+        <v>1299</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>1282</v>
+        <v>1300</v>
       </c>
       <c r="G536" s="2"/>
       <c r="H536" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I536" s="3">
-        <v>83630397263</v>
+        <v>31620226262</v>
       </c>
       <c r="J536" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K536" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L536" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M536" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="537" spans="1:13">
       <c r="A537" s="1">
-        <v>50973480200028</v>
+        <v>51296504700032</v>
       </c>
       <c r="B537" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C537" s="2" t="s">
-        <v>1283</v>
+        <v>1301</v>
       </c>
       <c r="D537" s="2" t="s">
-        <v>1284</v>
+        <v>1302</v>
       </c>
       <c r="E537" s="2" t="s">
-        <v>1285</v>
+        <v>1303</v>
       </c>
       <c r="F537" s="2" t="s">
-        <v>1286</v>
+        <v>1304</v>
       </c>
       <c r="G537" s="2"/>
       <c r="H537" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I537" s="3">
-        <v>27210370021</v>
+        <v>53350869135</v>
       </c>
       <c r="J537" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K537" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L537" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M537" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="538" spans="1:13">
       <c r="A538" s="1">
-        <v>51008756200029</v>
+        <v>51318694000054</v>
       </c>
       <c r="B538" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C538" s="2" t="s">
-        <v>1287</v>
-[...1 lines deleted...]
-      <c r="D538" s="2"/>
+        <v>1305</v>
+      </c>
+      <c r="D538" s="2" t="s">
+        <v>1306</v>
+      </c>
       <c r="E538" s="2" t="s">
-        <v>1288</v>
+        <v>1307</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>1188</v>
+        <v>643</v>
       </c>
       <c r="G538" s="2"/>
       <c r="H538" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I538" s="3">
-        <v>42680192668</v>
+        <v>83030354603</v>
       </c>
       <c r="J538" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K538" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L538" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M538" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="539" spans="1:13">
       <c r="A539" s="1">
-        <v>51021311900033</v>
+        <v>51329041100026</v>
       </c>
       <c r="B539" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C539" s="2" t="s">
-        <v>1289</v>
+        <v>1308</v>
       </c>
       <c r="D539" s="2"/>
       <c r="E539" s="2" t="s">
-        <v>1290</v>
+        <v>1309</v>
       </c>
       <c r="F539" s="2" t="s">
-        <v>1291</v>
+        <v>1310</v>
       </c>
       <c r="G539" s="2"/>
       <c r="H539" s="2" t="s">
-        <v>509</v>
+        <v>348</v>
       </c>
       <c r="I539" s="3">
-        <v>31590693059</v>
+        <v>31620215962</v>
       </c>
       <c r="J539" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K539" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L539" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M539" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="540" spans="1:13">
       <c r="A540" s="1">
-        <v>51044938200017</v>
+        <v>51372160500022</v>
       </c>
       <c r="B540" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C540" s="2" t="s">
-        <v>1292</v>
+        <v>1311</v>
       </c>
       <c r="D540" s="2"/>
       <c r="E540" s="2" t="s">
-        <v>1293</v>
+        <v>1312</v>
       </c>
       <c r="F540" s="2" t="s">
-        <v>1294</v>
+        <v>1313</v>
       </c>
       <c r="G540" s="2"/>
       <c r="H540" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I540" s="3">
-        <v>91300294230</v>
+        <v>24450264745</v>
       </c>
       <c r="J540" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K540" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L540" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M540" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="541" spans="1:13">
       <c r="A541" s="1">
-        <v>51088974400098</v>
+        <v>51397814800031</v>
       </c>
       <c r="B541" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C541" s="2" t="s">
-        <v>1295</v>
-[...3 lines deleted...]
-      </c>
+        <v>1314</v>
+      </c>
+      <c r="D541" s="2"/>
       <c r="E541" s="2" t="s">
-        <v>1296</v>
+        <v>1315</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>1297</v>
+        <v>485</v>
       </c>
       <c r="G541" s="2"/>
       <c r="H541" s="2" t="s">
-        <v>31</v>
+        <v>1047</v>
       </c>
       <c r="I541" s="3">
-        <v>82730175073</v>
+        <v>93131340813</v>
       </c>
       <c r="J541" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K541" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L541" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M541" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="542" spans="1:13">
       <c r="A542" s="1">
-        <v>51117414600056</v>
+        <v>51397814800080</v>
       </c>
       <c r="B542" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C542" s="2" t="s">
-        <v>1298</v>
+        <v>1314</v>
       </c>
       <c r="D542" s="2"/>
       <c r="E542" s="2" t="s">
-        <v>1299</v>
+        <v>1316</v>
       </c>
       <c r="F542" s="2" t="s">
-        <v>1300</v>
+        <v>1313</v>
       </c>
       <c r="G542" s="2"/>
       <c r="H542" s="2" t="s">
-        <v>520</v>
+        <v>1047</v>
       </c>
       <c r="I542" s="3">
-        <v>31590708659</v>
+        <v>93131340813</v>
       </c>
       <c r="J542" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K542" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L542" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M542" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="543" spans="1:13">
       <c r="A543" s="1">
-        <v>51140404800031</v>
+        <v>51404884200033</v>
       </c>
       <c r="B543" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C543" s="2" t="s">
-        <v>1301</v>
+        <v>1317</v>
       </c>
       <c r="D543" s="2"/>
       <c r="E543" s="2" t="s">
-        <v>1302</v>
+        <v>1318</v>
       </c>
       <c r="F543" s="2" t="s">
-        <v>1303</v>
+        <v>601</v>
       </c>
       <c r="G543" s="2"/>
       <c r="H543" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I543" s="3">
-        <v>91300292530</v>
+        <v>28760548276</v>
       </c>
       <c r="J543" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K543" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L543" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M543" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="544" spans="1:13">
       <c r="A544" s="1">
-        <v>51149542600021</v>
+        <v>51404920400035</v>
       </c>
       <c r="B544" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C544" s="2" t="s">
-        <v>1304</v>
-[...3 lines deleted...]
-      </c>
+        <v>1319</v>
+      </c>
+      <c r="D544" s="2"/>
       <c r="E544" s="2" t="s">
-        <v>1306</v>
+        <v>1320</v>
       </c>
       <c r="F544" s="2" t="s">
-        <v>1307</v>
+        <v>1321</v>
       </c>
       <c r="G544" s="2"/>
       <c r="H544" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I544" s="3">
-        <v>93131543113</v>
+        <v>31590713159</v>
       </c>
       <c r="J544" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K544" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L544" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M544" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="545" spans="1:13">
       <c r="A545" s="1">
-        <v>51176260100017</v>
+        <v>51411615100036</v>
       </c>
       <c r="B545" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C545" s="2" t="s">
-        <v>1308</v>
+        <v>1322</v>
       </c>
       <c r="D545" s="2"/>
       <c r="E545" s="2" t="s">
-        <v>1309</v>
+        <v>1323</v>
       </c>
       <c r="F545" s="2" t="s">
-        <v>1310</v>
+        <v>1324</v>
       </c>
       <c r="G545" s="2"/>
       <c r="H545" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I545" s="3">
-        <v>54170132917</v>
+        <v>97970157497</v>
       </c>
       <c r="J545" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K545" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L545" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M545" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="546" spans="1:13">
       <c r="A546" s="1">
-        <v>51220422300022</v>
+        <v>51455649700048</v>
       </c>
       <c r="B546" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C546" s="2" t="s">
-        <v>1311</v>
-[...1 lines deleted...]
-      <c r="D546" s="2"/>
+        <v>1325</v>
+      </c>
+      <c r="D546" s="2" t="s">
+        <v>1326</v>
+      </c>
       <c r="E546" s="2" t="s">
-        <v>1312</v>
+        <v>1327</v>
       </c>
       <c r="F546" s="2" t="s">
-        <v>1313</v>
+        <v>1328</v>
       </c>
       <c r="G546" s="2"/>
       <c r="H546" s="2" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>93131340613</v>
+        <v>348</v>
+      </c>
+      <c r="I546" s="3" t="s">
+        <v>1329</v>
       </c>
       <c r="J546" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K546" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L546" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M546" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="547" spans="1:13">
       <c r="A547" s="1">
-        <v>51220422300030</v>
+        <v>51490360800016</v>
       </c>
       <c r="B547" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C547" s="2" t="s">
-        <v>1311</v>
+        <v>1330</v>
       </c>
       <c r="D547" s="2"/>
       <c r="E547" s="2" t="s">
-        <v>1314</v>
+        <v>1331</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>1315</v>
+        <v>494</v>
       </c>
       <c r="G547" s="2"/>
       <c r="H547" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I547" s="3">
-        <v>93131340613</v>
+        <v>82010121101</v>
       </c>
       <c r="J547" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K547" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L547" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M547" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="548" spans="1:13">
       <c r="A548" s="1">
-        <v>51232697600044</v>
+        <v>51742477600022</v>
       </c>
       <c r="B548" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C548" s="2" t="s">
-        <v>1316</v>
-[...1 lines deleted...]
-      <c r="D548" s="2"/>
+        <v>1332</v>
+      </c>
+      <c r="D548" s="2" t="s">
+        <v>1333</v>
+      </c>
       <c r="E548" s="2" t="s">
-        <v>1317</v>
+        <v>1334</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>1318</v>
+        <v>1335</v>
       </c>
       <c r="G548" s="2"/>
       <c r="H548" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I548" s="3">
-        <v>31620226262</v>
+        <v>31620217462</v>
       </c>
       <c r="J548" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K548" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L548" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M548" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="549" spans="1:13">
       <c r="A549" s="1">
-        <v>51296504700032</v>
+        <v>51937217100016</v>
       </c>
       <c r="B549" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C549" s="2" t="s">
-        <v>1319</v>
+        <v>1336</v>
       </c>
       <c r="D549" s="2" t="s">
-        <v>1320</v>
+        <v>1337</v>
       </c>
       <c r="E549" s="2" t="s">
-        <v>1321</v>
+        <v>1338</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>1322</v>
+        <v>213</v>
       </c>
       <c r="G549" s="2"/>
       <c r="H549" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I549" s="3">
-        <v>53350869135</v>
+        <v>84430347243</v>
       </c>
       <c r="J549" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K549" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L549" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M549" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="550" spans="1:13">
       <c r="A550" s="1">
-        <v>51318694000054</v>
+        <v>51937217100081</v>
       </c>
       <c r="B550" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C550" s="2" t="s">
-        <v>1323</v>
+        <v>1336</v>
       </c>
       <c r="D550" s="2" t="s">
-        <v>1324</v>
+        <v>1337</v>
       </c>
       <c r="E550" s="2" t="s">
-        <v>1325</v>
+        <v>1339</v>
       </c>
       <c r="F550" s="2" t="s">
-        <v>625</v>
+        <v>943</v>
       </c>
       <c r="G550" s="2"/>
       <c r="H550" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I550" s="3">
-        <v>83030354603</v>
+        <v>84430347243</v>
       </c>
       <c r="J550" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K550" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L550" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M550" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="551" spans="1:13">
       <c r="A551" s="1">
-        <v>51329041100026</v>
+        <v>51963136000038</v>
       </c>
       <c r="B551" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C551" s="2" t="s">
-        <v>1326</v>
+        <v>1340</v>
       </c>
       <c r="D551" s="2"/>
       <c r="E551" s="2" t="s">
-        <v>1327</v>
+        <v>1341</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>1328</v>
+        <v>1342</v>
       </c>
       <c r="G551" s="2"/>
       <c r="H551" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I551" s="3">
-        <v>31620215962</v>
+        <v>93830410283</v>
       </c>
       <c r="J551" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K551" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L551" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M551" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="552" spans="1:13">
       <c r="A552" s="1">
-        <v>51372160500022</v>
+        <v>52001148700029</v>
       </c>
       <c r="B552" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C552" s="2" t="s">
-        <v>1329</v>
+        <v>1343</v>
       </c>
       <c r="D552" s="2"/>
       <c r="E552" s="2" t="s">
-        <v>1330</v>
+        <v>1344</v>
       </c>
       <c r="F552" s="2" t="s">
-        <v>1331</v>
+        <v>1345</v>
       </c>
       <c r="G552" s="2"/>
       <c r="H552" s="2" t="s">
-        <v>31</v>
+        <v>536</v>
       </c>
       <c r="I552" s="3">
-        <v>24450264745</v>
+        <v>82691092269</v>
       </c>
       <c r="J552" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K552" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L552" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M552" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="553" spans="1:13">
       <c r="A553" s="1">
-        <v>51397814800031</v>
+        <v>52046032000044</v>
       </c>
       <c r="B553" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C553" s="2" t="s">
-        <v>1332</v>
+        <v>1346</v>
       </c>
       <c r="D553" s="2"/>
       <c r="E553" s="2" t="s">
-        <v>1333</v>
+        <v>1347</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>469</v>
+        <v>1348</v>
       </c>
       <c r="G553" s="2"/>
       <c r="H553" s="2" t="s">
-        <v>1018</v>
+        <v>505</v>
       </c>
       <c r="I553" s="3">
-        <v>93131340813</v>
+        <v>24450298845</v>
       </c>
       <c r="J553" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K553" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L553" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M553" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="554" spans="1:13">
       <c r="A554" s="1">
-        <v>51397814800080</v>
+        <v>52057390800032</v>
       </c>
       <c r="B554" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C554" s="2" t="s">
-        <v>1332</v>
+        <v>1349</v>
       </c>
       <c r="D554" s="2"/>
       <c r="E554" s="2" t="s">
-        <v>1334</v>
+        <v>1350</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>1331</v>
+        <v>1351</v>
       </c>
       <c r="G554" s="2"/>
       <c r="H554" s="2" t="s">
-        <v>1018</v>
+        <v>31</v>
       </c>
       <c r="I554" s="3">
-        <v>93131340813</v>
+        <v>11770531577</v>
       </c>
       <c r="J554" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K554" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L554" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M554" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="555" spans="1:13">
       <c r="A555" s="1">
-        <v>51404884200033</v>
+        <v>52107959000027</v>
       </c>
       <c r="B555" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C555" s="2" t="s">
-        <v>1335</v>
+        <v>1352</v>
       </c>
       <c r="D555" s="2"/>
       <c r="E555" s="2" t="s">
-        <v>1336</v>
+        <v>1353</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>585</v>
+        <v>1354</v>
       </c>
       <c r="G555" s="2"/>
       <c r="H555" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I555" s="3">
-        <v>28760548276</v>
+        <v>41880105388</v>
       </c>
       <c r="J555" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K555" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L555" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M555" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="556" spans="1:13">
       <c r="A556" s="1">
-        <v>51404920400035</v>
+        <v>52367452100019</v>
       </c>
       <c r="B556" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C556" s="2" t="s">
-        <v>1337</v>
-[...1 lines deleted...]
-      <c r="D556" s="2"/>
+        <v>1355</v>
+      </c>
+      <c r="D556" s="2" t="s">
+        <v>1356</v>
+      </c>
       <c r="E556" s="2" t="s">
-        <v>1338</v>
+        <v>1357</v>
       </c>
       <c r="F556" s="2" t="s">
-        <v>1339</v>
+        <v>1097</v>
       </c>
       <c r="G556" s="2"/>
       <c r="H556" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I556" s="3">
-        <v>31590713159</v>
+        <v>93840343684</v>
       </c>
       <c r="J556" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K556" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L556" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M556" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="557" spans="1:13">
       <c r="A557" s="1">
-        <v>51411615100036</v>
+        <v>52367452100043</v>
       </c>
       <c r="B557" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C557" s="2" t="s">
-        <v>1340</v>
+        <v>1355</v>
       </c>
       <c r="D557" s="2"/>
       <c r="E557" s="2" t="s">
-        <v>1341</v>
+        <v>594</v>
       </c>
       <c r="F557" s="2" t="s">
-        <v>1342</v>
+        <v>972</v>
       </c>
       <c r="G557" s="2"/>
       <c r="H557" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I557" s="3">
-        <v>97970157497</v>
+        <v>93840343684</v>
       </c>
       <c r="J557" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K557" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L557" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M557" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="558" spans="1:13">
       <c r="A558" s="1">
-        <v>51490360800016</v>
+        <v>52367452100050</v>
       </c>
       <c r="B558" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C558" s="2" t="s">
-        <v>1343</v>
+        <v>1355</v>
       </c>
       <c r="D558" s="2"/>
       <c r="E558" s="2" t="s">
-        <v>1344</v>
+        <v>596</v>
       </c>
       <c r="F558" s="2" t="s">
-        <v>478</v>
+        <v>972</v>
       </c>
       <c r="G558" s="2"/>
       <c r="H558" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I558" s="3">
-        <v>82010121101</v>
+        <v>93840343684</v>
       </c>
       <c r="J558" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K558" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L558" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M558" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="559" spans="1:13">
       <c r="A559" s="1">
-        <v>51742477600022</v>
+        <v>52367452100084</v>
       </c>
       <c r="B559" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C559" s="2" t="s">
-        <v>1345</v>
-[...3 lines deleted...]
-      </c>
+        <v>1355</v>
+      </c>
+      <c r="D559" s="2"/>
       <c r="E559" s="2" t="s">
-        <v>1347</v>
+        <v>598</v>
       </c>
       <c r="F559" s="2" t="s">
-        <v>1348</v>
+        <v>599</v>
       </c>
       <c r="G559" s="2"/>
       <c r="H559" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I559" s="3">
-        <v>31620217462</v>
+        <v>93840343684</v>
       </c>
       <c r="J559" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K559" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L559" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M559" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="560" spans="1:13">
       <c r="A560" s="1">
-        <v>51937217100016</v>
+        <v>52367452100092</v>
       </c>
       <c r="B560" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C560" s="2" t="s">
-        <v>1349</v>
-[...3 lines deleted...]
-      </c>
+        <v>1355</v>
+      </c>
+      <c r="D560" s="2"/>
       <c r="E560" s="2" t="s">
-        <v>1351</v>
+        <v>600</v>
       </c>
       <c r="F560" s="2" t="s">
-        <v>214</v>
+        <v>1358</v>
       </c>
       <c r="G560" s="2"/>
       <c r="H560" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I560" s="3">
-        <v>84430347243</v>
+        <v>93840343684</v>
       </c>
       <c r="J560" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K560" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L560" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M560" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="561" spans="1:13">
       <c r="A561" s="1">
-        <v>51937217100081</v>
+        <v>52367452100118</v>
       </c>
       <c r="B561" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C561" s="2" t="s">
-        <v>1349</v>
+        <v>1355</v>
       </c>
       <c r="D561" s="2" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
       <c r="E561" s="2" t="s">
-        <v>1352</v>
+        <v>605</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>922</v>
+        <v>606</v>
       </c>
       <c r="G561" s="2"/>
       <c r="H561" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I561" s="3">
-        <v>84430347243</v>
+        <v>93840343684</v>
       </c>
       <c r="J561" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K561" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L561" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M561" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="562" spans="1:13">
       <c r="A562" s="1">
-        <v>51963136000038</v>
+        <v>52367452100142</v>
       </c>
       <c r="B562" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C562" s="2" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="D562" s="2"/>
       <c r="E562" s="2" t="s">
-        <v>1354</v>
+        <v>607</v>
       </c>
       <c r="F562" s="2" t="s">
-        <v>1355</v>
+        <v>1359</v>
       </c>
       <c r="G562" s="2"/>
       <c r="H562" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I562" s="3">
-        <v>93830410283</v>
+        <v>93840343684</v>
       </c>
       <c r="J562" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K562" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L562" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M562" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="563" spans="1:13">
       <c r="A563" s="1">
-        <v>52001148700029</v>
+        <v>52436324900029</v>
       </c>
       <c r="B563" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C563" s="2" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="D563" s="2"/>
       <c r="E563" s="2" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="F563" s="2" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="G563" s="2"/>
       <c r="H563" s="2" t="s">
-        <v>520</v>
+        <v>31</v>
       </c>
       <c r="I563" s="3">
-        <v>82691092269</v>
+        <v>31620225162</v>
       </c>
       <c r="J563" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K563" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L563" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M563" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="564" spans="1:13">
       <c r="A564" s="1">
-        <v>52057390800032</v>
+        <v>52436324900052</v>
       </c>
       <c r="B564" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C564" s="2" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="D564" s="2"/>
       <c r="E564" s="2" t="s">
-        <v>1360</v>
+        <v>1363</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>1361</v>
+        <v>307</v>
       </c>
       <c r="G564" s="2"/>
       <c r="H564" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I564" s="3">
-        <v>11770531577</v>
+        <v>31620225162</v>
       </c>
       <c r="J564" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K564" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L564" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M564" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="565" spans="1:13">
       <c r="A565" s="1">
-        <v>52107959000027</v>
+        <v>52453218100061</v>
       </c>
       <c r="B565" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C565" s="2" t="s">
-        <v>1362</v>
-[...1 lines deleted...]
-      <c r="D565" s="2"/>
+        <v>1364</v>
+      </c>
+      <c r="D565" s="2" t="s">
+        <v>1365</v>
+      </c>
       <c r="E565" s="2" t="s">
-        <v>1363</v>
+        <v>1366</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="G565" s="2"/>
       <c r="H565" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I565" s="3">
-        <v>41880105388</v>
+        <v>23270161927</v>
       </c>
       <c r="J565" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K565" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L565" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M565" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="566" spans="1:13">
       <c r="A566" s="1">
-        <v>52367452100019</v>
+        <v>52468744900016</v>
       </c>
       <c r="B566" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C566" s="2" t="s">
-        <v>1365</v>
-[...3 lines deleted...]
-      </c>
+        <v>1368</v>
+      </c>
+      <c r="D566" s="2"/>
       <c r="E566" s="2" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="F566" s="2" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="G566" s="2"/>
       <c r="H566" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I566" s="3">
-        <v>93840343684</v>
+        <v>53290843829</v>
       </c>
       <c r="J566" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K566" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L566" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M566" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="567" spans="1:13">
       <c r="A567" s="1">
-        <v>52367452100043</v>
+        <v>52500913000010</v>
       </c>
       <c r="B567" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C567" s="2" t="s">
-        <v>1365</v>
+        <v>1371</v>
       </c>
       <c r="D567" s="2"/>
       <c r="E567" s="2" t="s">
-        <v>578</v>
+        <v>1372</v>
       </c>
       <c r="F567" s="2" t="s">
-        <v>948</v>
+        <v>1370</v>
       </c>
       <c r="G567" s="2"/>
       <c r="H567" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I567" s="3">
-        <v>93840343684</v>
+        <v>41570292557</v>
       </c>
       <c r="J567" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K567" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L567" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M567" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="568" spans="1:13">
       <c r="A568" s="1">
-        <v>52367452100050</v>
+        <v>52521256900020</v>
       </c>
       <c r="B568" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C568" s="2" t="s">
-        <v>1365</v>
+        <v>1373</v>
       </c>
       <c r="D568" s="2"/>
       <c r="E568" s="2" t="s">
-        <v>580</v>
+        <v>1374</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>948</v>
+        <v>1375</v>
       </c>
       <c r="G568" s="2"/>
       <c r="H568" s="2" t="s">
-        <v>331</v>
+        <v>1376</v>
       </c>
       <c r="I568" s="3">
-        <v>93840343684</v>
+        <v>11921799392</v>
       </c>
       <c r="J568" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K568" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L568" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M568" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="569" spans="1:13">
       <c r="A569" s="1">
-        <v>52367452100084</v>
+        <v>52521256900046</v>
       </c>
       <c r="B569" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C569" s="2" t="s">
-        <v>1365</v>
-[...1 lines deleted...]
-      <c r="D569" s="2"/>
+        <v>1373</v>
+      </c>
+      <c r="D569" s="2" t="s">
+        <v>1377</v>
+      </c>
       <c r="E569" s="2" t="s">
-        <v>582</v>
+        <v>1378</v>
       </c>
       <c r="F569" s="2" t="s">
-        <v>583</v>
+        <v>919</v>
       </c>
       <c r="G569" s="2"/>
       <c r="H569" s="2" t="s">
-        <v>331</v>
+        <v>505</v>
       </c>
       <c r="I569" s="3">
-        <v>93840343684</v>
+        <v>11921799392</v>
       </c>
       <c r="J569" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K569" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L569" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M569" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="570" spans="1:13">
       <c r="A570" s="1">
-        <v>52367452100092</v>
+        <v>52756289600045</v>
       </c>
       <c r="B570" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C570" s="2" t="s">
-        <v>1365</v>
+        <v>1379</v>
       </c>
       <c r="D570" s="2"/>
       <c r="E570" s="2" t="s">
-        <v>584</v>
+        <v>1380</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>1369</v>
+        <v>521</v>
       </c>
       <c r="G570" s="2"/>
       <c r="H570" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I570" s="3">
-        <v>93840343684</v>
+        <v>41570298957</v>
       </c>
       <c r="J570" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K570" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L570" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M570" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="571" spans="1:13">
       <c r="A571" s="1">
-        <v>52367452100118</v>
+        <v>52783305700021</v>
       </c>
       <c r="B571" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C571" s="2" t="s">
-        <v>1365</v>
-[...3 lines deleted...]
-      </c>
+        <v>1381</v>
+      </c>
+      <c r="D571" s="2"/>
       <c r="E571" s="2" t="s">
-        <v>589</v>
+        <v>1382</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>590</v>
+        <v>1383</v>
       </c>
       <c r="G571" s="2"/>
       <c r="H571" s="2" t="s">
-        <v>331</v>
+        <v>536</v>
       </c>
       <c r="I571" s="3">
-        <v>93840343684</v>
+        <v>82260187526</v>
       </c>
       <c r="J571" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K571" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L571" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M571" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="572" spans="1:13">
       <c r="A572" s="1">
-        <v>52436324900029</v>
+        <v>52869550500016</v>
       </c>
       <c r="B572" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C572" s="2" t="s">
-        <v>1370</v>
+        <v>1384</v>
       </c>
       <c r="D572" s="2"/>
       <c r="E572" s="2" t="s">
-        <v>1371</v>
+        <v>1385</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>1372</v>
+        <v>1386</v>
       </c>
       <c r="G572" s="2"/>
       <c r="H572" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I572" s="3">
-        <v>31620225162</v>
+        <v>72330820933</v>
       </c>
       <c r="J572" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K572" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L572" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M572" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="573" spans="1:13">
       <c r="A573" s="1">
-        <v>52436324900052</v>
+        <v>52885501800040</v>
       </c>
       <c r="B573" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C573" s="2" t="s">
-        <v>1370</v>
+        <v>1387</v>
       </c>
       <c r="D573" s="2"/>
       <c r="E573" s="2" t="s">
-        <v>1373</v>
+        <v>1388</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>308</v>
+        <v>1389</v>
       </c>
       <c r="G573" s="2"/>
       <c r="H573" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I573" s="3">
-        <v>31620225162</v>
+        <v>52850226285</v>
       </c>
       <c r="J573" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K573" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L573" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M573" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="574" spans="1:13">
       <c r="A574" s="1">
-        <v>52453218100061</v>
+        <v>52890865000039</v>
       </c>
       <c r="B574" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C574" s="2" t="s">
-        <v>1374</v>
+        <v>1390</v>
       </c>
       <c r="D574" s="2" t="s">
-        <v>1375</v>
+        <v>1391</v>
       </c>
       <c r="E574" s="2" t="s">
-        <v>1376</v>
+        <v>1392</v>
       </c>
       <c r="F574" s="2" t="s">
-        <v>1377</v>
+        <v>1116</v>
       </c>
       <c r="G574" s="2"/>
       <c r="H574" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I574" s="3">
-        <v>23270161927</v>
+        <v>76340968134</v>
       </c>
       <c r="J574" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K574" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L574" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M574" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="575" spans="1:13">
       <c r="A575" s="1">
-        <v>52468744900016</v>
+        <v>52902932400033</v>
       </c>
       <c r="B575" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C575" s="2" t="s">
-        <v>1378</v>
+        <v>1393</v>
       </c>
       <c r="D575" s="2"/>
       <c r="E575" s="2" t="s">
-        <v>1379</v>
+        <v>1394</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>1380</v>
+        <v>1395</v>
       </c>
       <c r="G575" s="2"/>
       <c r="H575" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I575" s="3">
-        <v>53290843829</v>
+        <v>11910670391</v>
       </c>
       <c r="J575" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K575" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L575" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M575" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="576" spans="1:13">
       <c r="A576" s="1">
-        <v>52500913000010</v>
+        <v>52902932400041</v>
       </c>
       <c r="B576" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C576" s="2" t="s">
-        <v>1381</v>
+        <v>1393</v>
       </c>
       <c r="D576" s="2"/>
       <c r="E576" s="2" t="s">
-        <v>1382</v>
+        <v>1396</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>1380</v>
+        <v>1397</v>
       </c>
       <c r="G576" s="2"/>
       <c r="H576" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I576" s="3">
-        <v>41570292557</v>
+        <v>11910670391</v>
       </c>
       <c r="J576" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K576" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L576" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M576" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="577" spans="1:13">
       <c r="A577" s="1">
-        <v>52521256900020</v>
+        <v>52907273800014</v>
       </c>
       <c r="B577" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C577" s="2" t="s">
-        <v>1383</v>
+        <v>1398</v>
       </c>
       <c r="D577" s="2"/>
       <c r="E577" s="2" t="s">
-        <v>1384</v>
+        <v>1399</v>
       </c>
       <c r="F577" s="2" t="s">
-        <v>1385</v>
+        <v>1400</v>
       </c>
       <c r="G577" s="2"/>
       <c r="H577" s="2" t="s">
-        <v>1386</v>
+        <v>31</v>
       </c>
       <c r="I577" s="3">
-        <v>11921799392</v>
+        <v>42670444067</v>
       </c>
       <c r="J577" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K577" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L577" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M577" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="578" spans="1:13">
       <c r="A578" s="1">
-        <v>52521256900046</v>
+        <v>52907273800048</v>
       </c>
       <c r="B578" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C578" s="2" t="s">
-        <v>1383</v>
-[...3 lines deleted...]
-      </c>
+        <v>1398</v>
+      </c>
+      <c r="D578" s="2"/>
       <c r="E578" s="2" t="s">
-        <v>1388</v>
+        <v>1401</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>898</v>
+        <v>890</v>
       </c>
       <c r="G578" s="2"/>
       <c r="H578" s="2" t="s">
-        <v>489</v>
+        <v>1402</v>
       </c>
       <c r="I578" s="3">
-        <v>11921799392</v>
+        <v>42670444067</v>
       </c>
       <c r="J578" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K578" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L578" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M578" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="579" spans="1:13">
       <c r="A579" s="1">
-        <v>52756289600045</v>
+        <v>53072890600013</v>
       </c>
       <c r="B579" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C579" s="2" t="s">
-        <v>1389</v>
+        <v>1403</v>
       </c>
       <c r="D579" s="2"/>
       <c r="E579" s="2" t="s">
-        <v>1390</v>
+        <v>1404</v>
       </c>
       <c r="F579" s="2" t="s">
-        <v>505</v>
+        <v>1405</v>
       </c>
       <c r="G579" s="2"/>
       <c r="H579" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I579" s="3">
-        <v>41570298957</v>
+        <v>25140244814</v>
       </c>
       <c r="J579" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K579" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L579" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M579" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="580" spans="1:13">
       <c r="A580" s="1">
-        <v>52783305700021</v>
+        <v>53072890600039</v>
       </c>
       <c r="B580" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C580" s="2" t="s">
-        <v>1391</v>
-[...1 lines deleted...]
-      <c r="D580" s="2"/>
+        <v>1403</v>
+      </c>
+      <c r="D580" s="2" t="s">
+        <v>1403</v>
+      </c>
       <c r="E580" s="2" t="s">
-        <v>1392</v>
+        <v>1406</v>
       </c>
       <c r="F580" s="2" t="s">
-        <v>1393</v>
+        <v>1407</v>
       </c>
       <c r="G580" s="2"/>
       <c r="H580" s="2" t="s">
-        <v>520</v>
+        <v>348</v>
       </c>
       <c r="I580" s="3">
-        <v>82260187526</v>
+        <v>25140244814</v>
       </c>
       <c r="J580" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K580" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L580" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M580" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="581" spans="1:13">
       <c r="A581" s="1">
-        <v>52869550500016</v>
+        <v>53072890600047</v>
       </c>
       <c r="B581" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C581" s="2" t="s">
-        <v>1394</v>
+        <v>1403</v>
       </c>
       <c r="D581" s="2"/>
       <c r="E581" s="2" t="s">
-        <v>1395</v>
+        <v>1408</v>
       </c>
       <c r="F581" s="2" t="s">
-        <v>1396</v>
+        <v>901</v>
       </c>
       <c r="G581" s="2"/>
       <c r="H581" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I581" s="3">
-        <v>72330820933</v>
+        <v>25140244814</v>
       </c>
       <c r="J581" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K581" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L581" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M581" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="582" spans="1:13">
       <c r="A582" s="1">
-        <v>52885501800040</v>
+        <v>53072890600054</v>
       </c>
       <c r="B582" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C582" s="2" t="s">
-        <v>1397</v>
-[...1 lines deleted...]
-      <c r="D582" s="2"/>
+        <v>1403</v>
+      </c>
+      <c r="D582" s="2" t="s">
+        <v>1409</v>
+      </c>
       <c r="E582" s="2" t="s">
-        <v>1398</v>
+        <v>1410</v>
       </c>
       <c r="F582" s="2" t="s">
-        <v>1399</v>
+        <v>1411</v>
       </c>
       <c r="G582" s="2"/>
       <c r="H582" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I582" s="3">
-        <v>52850226285</v>
+        <v>25140244814</v>
       </c>
       <c r="J582" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K582" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L582" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M582" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="583" spans="1:13">
       <c r="A583" s="1">
-        <v>52890865000039</v>
+        <v>53072890600096</v>
       </c>
       <c r="B583" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C583" s="2" t="s">
-        <v>1400</v>
+        <v>1403</v>
       </c>
       <c r="D583" s="2" t="s">
-        <v>1401</v>
+        <v>1409</v>
       </c>
       <c r="E583" s="2" t="s">
-        <v>1402</v>
+        <v>1412</v>
       </c>
       <c r="F583" s="2" t="s">
-        <v>1085</v>
+        <v>1413</v>
       </c>
       <c r="G583" s="2"/>
       <c r="H583" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I583" s="3">
-        <v>76340968134</v>
+        <v>25140244814</v>
       </c>
       <c r="J583" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K583" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L583" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M583" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="584" spans="1:13">
       <c r="A584" s="1">
-        <v>52902932400033</v>
+        <v>53072890600104</v>
       </c>
       <c r="B584" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C584" s="2" t="s">
         <v>1403</v>
       </c>
-      <c r="D584" s="2"/>
+      <c r="D584" s="2" t="s">
+        <v>1409</v>
+      </c>
       <c r="E584" s="2" t="s">
-        <v>1404</v>
+        <v>1414</v>
       </c>
       <c r="F584" s="2" t="s">
-        <v>1405</v>
+        <v>1415</v>
       </c>
       <c r="G584" s="2"/>
       <c r="H584" s="2" t="s">
-        <v>27</v>
+        <v>348</v>
       </c>
       <c r="I584" s="3">
-        <v>11910670391</v>
+        <v>25140244814</v>
       </c>
       <c r="J584" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K584" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L584" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M584" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="585" spans="1:13">
       <c r="A585" s="1">
-        <v>52902932400041</v>
+        <v>53143388600045</v>
       </c>
       <c r="B585" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C585" s="2" t="s">
-        <v>1403</v>
+        <v>1416</v>
       </c>
       <c r="D585" s="2"/>
       <c r="E585" s="2" t="s">
-        <v>1406</v>
+        <v>1417</v>
       </c>
       <c r="F585" s="2" t="s">
-        <v>1407</v>
+        <v>1418</v>
       </c>
       <c r="G585" s="2"/>
       <c r="H585" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I585" s="3">
-        <v>11910670391</v>
+        <v>31590761559</v>
       </c>
       <c r="J585" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K585" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L585" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M585" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="586" spans="1:13">
       <c r="A586" s="1">
-        <v>52907273800014</v>
+        <v>53143388600060</v>
       </c>
       <c r="B586" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C586" s="2" t="s">
-        <v>1408</v>
+        <v>1416</v>
       </c>
       <c r="D586" s="2"/>
       <c r="E586" s="2" t="s">
-        <v>1409</v>
+        <v>1419</v>
       </c>
       <c r="F586" s="2" t="s">
-        <v>1410</v>
+        <v>294</v>
       </c>
       <c r="G586" s="2"/>
       <c r="H586" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I586" s="3">
-        <v>42670444067</v>
+        <v>31590761559</v>
       </c>
       <c r="J586" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K586" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L586" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M586" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="587" spans="1:13">
       <c r="A587" s="1">
-        <v>52907273800048</v>
+        <v>53160386800039</v>
       </c>
       <c r="B587" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C587" s="2" t="s">
-        <v>1408</v>
+        <v>1420</v>
       </c>
       <c r="D587" s="2"/>
       <c r="E587" s="2" t="s">
-        <v>1411</v>
+        <v>1421</v>
       </c>
       <c r="F587" s="2" t="s">
-        <v>869</v>
+        <v>1422</v>
       </c>
       <c r="G587" s="2"/>
       <c r="H587" s="2" t="s">
-        <v>1412</v>
+        <v>31</v>
       </c>
       <c r="I587" s="3">
-        <v>42670444067</v>
+        <v>31620232062</v>
       </c>
       <c r="J587" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K587" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L587" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M587" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="588" spans="1:13">
       <c r="A588" s="1">
-        <v>53072890600013</v>
+        <v>53178740600010</v>
       </c>
       <c r="B588" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C588" s="2" t="s">
-        <v>1413</v>
+        <v>1423</v>
       </c>
       <c r="D588" s="2"/>
       <c r="E588" s="2" t="s">
-        <v>1414</v>
+        <v>1385</v>
       </c>
       <c r="F588" s="2" t="s">
-        <v>1415</v>
+        <v>1424</v>
       </c>
       <c r="G588" s="2"/>
       <c r="H588" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I588" s="3">
-        <v>25140244814</v>
+        <v>72330832933</v>
       </c>
       <c r="J588" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K588" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L588" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M588" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="589" spans="1:13">
       <c r="A589" s="1">
-        <v>53072890600039</v>
+        <v>53469074800015</v>
       </c>
       <c r="B589" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C589" s="2" t="s">
-        <v>1413</v>
-[...3 lines deleted...]
-      </c>
+        <v>1425</v>
+      </c>
+      <c r="D589" s="2"/>
       <c r="E589" s="2" t="s">
-        <v>1416</v>
+        <v>1426</v>
       </c>
       <c r="F589" s="2" t="s">
-        <v>1417</v>
+        <v>1407</v>
       </c>
       <c r="G589" s="2"/>
       <c r="H589" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I589" s="3">
-        <v>25140244814</v>
+        <v>53350911035</v>
       </c>
       <c r="J589" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K589" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L589" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M589" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="590" spans="1:13">
       <c r="A590" s="1">
-        <v>53072890600047</v>
+        <v>53493663800053</v>
       </c>
       <c r="B590" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C590" s="2" t="s">
-        <v>1413</v>
+        <v>1427</v>
       </c>
       <c r="D590" s="2"/>
       <c r="E590" s="2" t="s">
-        <v>1418</v>
+        <v>1428</v>
       </c>
       <c r="F590" s="2" t="s">
-        <v>880</v>
+        <v>280</v>
       </c>
       <c r="G590" s="2"/>
       <c r="H590" s="2" t="s">
-        <v>331</v>
+        <v>1429</v>
       </c>
       <c r="I590" s="3">
-        <v>25140244814</v>
+        <v>91340802634</v>
       </c>
       <c r="J590" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K590" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L590" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M590" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="591" spans="1:13">
       <c r="A591" s="1">
-        <v>53072890600054</v>
+        <v>53785876300056</v>
       </c>
       <c r="B591" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C591" s="2" t="s">
-        <v>1413</v>
-[...3 lines deleted...]
-      </c>
+        <v>1430</v>
+      </c>
+      <c r="D591" s="2"/>
       <c r="E591" s="2" t="s">
-        <v>1420</v>
+        <v>1431</v>
       </c>
       <c r="F591" s="2" t="s">
-        <v>1421</v>
+        <v>1432</v>
       </c>
       <c r="G591" s="2"/>
       <c r="H591" s="2" t="s">
-        <v>331</v>
+        <v>505</v>
       </c>
       <c r="I591" s="3">
-        <v>25140244814</v>
+        <v>72640330964</v>
       </c>
       <c r="J591" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K591" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L591" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M591" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="592" spans="1:13">
       <c r="A592" s="1">
-        <v>53072890600096</v>
+        <v>53794833300050</v>
       </c>
       <c r="B592" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C592" s="2" t="s">
-        <v>1413</v>
-[...3 lines deleted...]
-      </c>
+        <v>1433</v>
+      </c>
+      <c r="D592" s="2"/>
       <c r="E592" s="2" t="s">
-        <v>1422</v>
+        <v>1434</v>
       </c>
       <c r="F592" s="2" t="s">
-        <v>1423</v>
+        <v>604</v>
       </c>
       <c r="G592" s="2"/>
       <c r="H592" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I592" s="3">
-        <v>25140244814</v>
+        <v>43700051470</v>
       </c>
       <c r="J592" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K592" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L592" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M592" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="593" spans="1:13">
       <c r="A593" s="1">
-        <v>53072890600104</v>
+        <v>53910853000012</v>
       </c>
       <c r="B593" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C593" s="2" t="s">
-        <v>1413</v>
+        <v>1435</v>
       </c>
       <c r="D593" s="2" t="s">
-        <v>1419</v>
+        <v>1435</v>
       </c>
       <c r="E593" s="2" t="s">
-        <v>1424</v>
+        <v>1138</v>
       </c>
       <c r="F593" s="2" t="s">
-        <v>1262</v>
+        <v>901</v>
       </c>
       <c r="G593" s="2"/>
       <c r="H593" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I593" s="3">
-        <v>25140244814</v>
+        <v>41570307857</v>
       </c>
       <c r="J593" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K593" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L593" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M593" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="594" spans="1:13">
       <c r="A594" s="1">
-        <v>53143388600045</v>
+        <v>53910853000020</v>
       </c>
       <c r="B594" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C594" s="2" t="s">
-        <v>1425</v>
-[...1 lines deleted...]
-      <c r="D594" s="2"/>
+        <v>1435</v>
+      </c>
+      <c r="D594" s="2" t="s">
+        <v>1436</v>
+      </c>
       <c r="E594" s="2" t="s">
-        <v>1426</v>
+        <v>1437</v>
       </c>
       <c r="F594" s="2" t="s">
-        <v>1427</v>
+        <v>17</v>
       </c>
       <c r="G594" s="2"/>
       <c r="H594" s="2" t="s">
-        <v>31</v>
+        <v>536</v>
       </c>
       <c r="I594" s="3">
-        <v>31590761559</v>
+        <v>41570307857</v>
       </c>
       <c r="J594" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K594" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L594" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M594" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="595" spans="1:13">
       <c r="A595" s="1">
-        <v>53143388600060</v>
+        <v>53930390900037</v>
       </c>
       <c r="B595" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C595" s="2" t="s">
-        <v>1425</v>
+        <v>1438</v>
       </c>
       <c r="D595" s="2"/>
       <c r="E595" s="2" t="s">
-        <v>1428</v>
+        <v>1439</v>
       </c>
       <c r="F595" s="2" t="s">
-        <v>295</v>
+        <v>1440</v>
       </c>
       <c r="G595" s="2"/>
       <c r="H595" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I595" s="3">
-        <v>31590761559</v>
+        <v>82691195469</v>
       </c>
       <c r="J595" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K595" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L595" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M595" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="596" spans="1:13">
       <c r="A596" s="1">
-        <v>53160386800039</v>
+        <v>54206547900280</v>
       </c>
       <c r="B596" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C596" s="2" t="s">
-        <v>1429</v>
+        <v>1441</v>
       </c>
       <c r="D596" s="2"/>
       <c r="E596" s="2" t="s">
-        <v>1430</v>
+        <v>1442</v>
       </c>
       <c r="F596" s="2" t="s">
-        <v>1431</v>
+        <v>1443</v>
       </c>
       <c r="G596" s="2"/>
       <c r="H596" s="2" t="s">
-        <v>31</v>
+        <v>1444</v>
       </c>
       <c r="I596" s="3">
-        <v>31620232062</v>
+        <v>11780763778</v>
       </c>
       <c r="J596" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K596" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L596" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M596" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="597" spans="1:13">
       <c r="A597" s="1">
-        <v>53178740600010</v>
+        <v>54206547900926</v>
       </c>
       <c r="B597" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C597" s="2" t="s">
-        <v>1432</v>
+        <v>1441</v>
       </c>
       <c r="D597" s="2"/>
       <c r="E597" s="2" t="s">
-        <v>1395</v>
+        <v>1445</v>
       </c>
       <c r="F597" s="2" t="s">
-        <v>1433</v>
+        <v>1446</v>
       </c>
       <c r="G597" s="2"/>
       <c r="H597" s="2" t="s">
-        <v>31</v>
+        <v>1444</v>
       </c>
       <c r="I597" s="3">
-        <v>72330832933</v>
+        <v>11780763778</v>
       </c>
       <c r="J597" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K597" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L597" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M597" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="598" spans="1:13">
       <c r="A598" s="1">
-        <v>53469074800015</v>
+        <v>74987925000050</v>
       </c>
       <c r="B598" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C598" s="2" t="s">
-        <v>1434</v>
-[...1 lines deleted...]
-      <c r="D598" s="2"/>
+        <v>1447</v>
+      </c>
+      <c r="D598" s="2" t="s">
+        <v>550</v>
+      </c>
       <c r="E598" s="2" t="s">
-        <v>1435</v>
+        <v>1448</v>
       </c>
       <c r="F598" s="2" t="s">
-        <v>1417</v>
+        <v>521</v>
       </c>
       <c r="G598" s="2"/>
       <c r="H598" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I598" s="3">
-        <v>53350911035</v>
+        <v>31590791659</v>
       </c>
       <c r="J598" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K598" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L598" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M598" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="599" spans="1:13">
       <c r="A599" s="1">
-        <v>53493663800053</v>
+        <v>74992115100025</v>
       </c>
       <c r="B599" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C599" s="2" t="s">
-        <v>1436</v>
+        <v>1449</v>
       </c>
       <c r="D599" s="2"/>
       <c r="E599" s="2" t="s">
-        <v>1437</v>
+        <v>1450</v>
       </c>
       <c r="F599" s="2" t="s">
-        <v>281</v>
+        <v>1451</v>
       </c>
       <c r="G599" s="2"/>
       <c r="H599" s="2" t="s">
-        <v>1438</v>
+        <v>505</v>
       </c>
       <c r="I599" s="3">
-        <v>91340802634</v>
+        <v>31590790259</v>
       </c>
       <c r="J599" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K599" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L599" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M599" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="600" spans="1:13">
       <c r="A600" s="1">
-        <v>53785876300056</v>
+        <v>75008731400027</v>
       </c>
       <c r="B600" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C600" s="2" t="s">
-        <v>1439</v>
+        <v>1452</v>
       </c>
       <c r="D600" s="2"/>
       <c r="E600" s="2" t="s">
-        <v>1440</v>
+        <v>1453</v>
       </c>
       <c r="F600" s="2" t="s">
-        <v>1441</v>
+        <v>1454</v>
       </c>
       <c r="G600" s="2"/>
       <c r="H600" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I600" s="3">
-        <v>72640330964</v>
+        <v>84010256701</v>
       </c>
       <c r="J600" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K600" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L600" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M600" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="601" spans="1:13">
       <c r="A601" s="1">
-        <v>53794833300050</v>
+        <v>75051831800027</v>
       </c>
       <c r="B601" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C601" s="2" t="s">
-        <v>1442</v>
+        <v>1455</v>
       </c>
       <c r="D601" s="2"/>
       <c r="E601" s="2" t="s">
-        <v>1443</v>
+        <v>1456</v>
       </c>
       <c r="F601" s="2" t="s">
-        <v>588</v>
+        <v>1457</v>
       </c>
       <c r="G601" s="2"/>
       <c r="H601" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I601" s="3">
-        <v>43700051470</v>
+        <v>31590793059</v>
       </c>
       <c r="J601" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K601" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L601" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M601" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="602" spans="1:13">
       <c r="A602" s="1">
-        <v>53910853000012</v>
+        <v>75100225400025</v>
       </c>
       <c r="B602" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C602" s="2" t="s">
-        <v>1444</v>
-[...3 lines deleted...]
-      </c>
+        <v>1458</v>
+      </c>
+      <c r="D602" s="2"/>
       <c r="E602" s="2" t="s">
-        <v>1105</v>
+        <v>1459</v>
       </c>
       <c r="F602" s="2" t="s">
-        <v>880</v>
+        <v>1460</v>
       </c>
       <c r="G602" s="2"/>
       <c r="H602" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I602" s="3">
-        <v>41570307857</v>
+        <v>93060693106</v>
       </c>
       <c r="J602" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K602" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L602" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M602" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="603" spans="1:13">
       <c r="A603" s="1">
-        <v>53910853000020</v>
+        <v>75101726000090</v>
       </c>
       <c r="B603" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C603" s="2" t="s">
-        <v>1444</v>
-[...3 lines deleted...]
-      </c>
+        <v>1461</v>
+      </c>
+      <c r="D603" s="2"/>
       <c r="E603" s="2" t="s">
-        <v>1446</v>
+        <v>1462</v>
       </c>
       <c r="F603" s="2" t="s">
-        <v>17</v>
+        <v>1205</v>
       </c>
       <c r="G603" s="2"/>
       <c r="H603" s="2" t="s">
-        <v>520</v>
+        <v>31</v>
       </c>
       <c r="I603" s="3">
-        <v>41570307857</v>
+        <v>96973047497</v>
       </c>
       <c r="J603" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K603" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L603" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M603" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="604" spans="1:13">
       <c r="A604" s="1">
-        <v>53930390900037</v>
+        <v>75183706300021</v>
       </c>
       <c r="B604" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C604" s="2" t="s">
-        <v>1447</v>
+        <v>1463</v>
       </c>
       <c r="D604" s="2"/>
       <c r="E604" s="2" t="s">
-        <v>1448</v>
+        <v>1464</v>
       </c>
       <c r="F604" s="2" t="s">
-        <v>1449</v>
+        <v>366</v>
       </c>
       <c r="G604" s="2"/>
       <c r="H604" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I604" s="3">
-        <v>82691195469</v>
+        <v>22600263660</v>
       </c>
       <c r="J604" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K604" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L604" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M604" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="605" spans="1:13">
       <c r="A605" s="1">
-        <v>54206547900280</v>
+        <v>75183706300047</v>
       </c>
       <c r="B605" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C605" s="2" t="s">
-        <v>1450</v>
+        <v>1463</v>
       </c>
       <c r="D605" s="2"/>
       <c r="E605" s="2" t="s">
-        <v>1451</v>
+        <v>1465</v>
       </c>
       <c r="F605" s="2" t="s">
-        <v>1452</v>
+        <v>315</v>
       </c>
       <c r="G605" s="2"/>
       <c r="H605" s="2" t="s">
-        <v>1453</v>
+        <v>1466</v>
       </c>
       <c r="I605" s="3">
-        <v>11780763778</v>
+        <v>22600263660</v>
       </c>
       <c r="J605" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K605" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L605" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M605" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="606" spans="1:13">
       <c r="A606" s="1">
-        <v>54206547900926</v>
+        <v>75235327600013</v>
       </c>
       <c r="B606" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C606" s="2" t="s">
-        <v>1450</v>
+        <v>1467</v>
       </c>
       <c r="D606" s="2"/>
       <c r="E606" s="2" t="s">
-        <v>1454</v>
+        <v>1468</v>
       </c>
       <c r="F606" s="2" t="s">
-        <v>1455</v>
+        <v>1469</v>
       </c>
       <c r="G606" s="2"/>
       <c r="H606" s="2" t="s">
-        <v>1453</v>
+        <v>348</v>
       </c>
       <c r="I606" s="3">
-        <v>11780763778</v>
+        <v>83150299415</v>
       </c>
       <c r="J606" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K606" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L606" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M606" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="607" spans="1:13">
       <c r="A607" s="1">
-        <v>74987925000050</v>
+        <v>75289964100027</v>
       </c>
       <c r="B607" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C607" s="2" t="s">
-        <v>1456</v>
+        <v>1470</v>
       </c>
       <c r="D607" s="2" t="s">
-        <v>534</v>
+        <v>1470</v>
       </c>
       <c r="E607" s="2" t="s">
-        <v>1457</v>
+        <v>1471</v>
       </c>
       <c r="F607" s="2" t="s">
-        <v>505</v>
+        <v>1418</v>
       </c>
       <c r="G607" s="2"/>
       <c r="H607" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I607" s="3">
-        <v>31590791659</v>
+        <v>82730151273</v>
       </c>
       <c r="J607" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K607" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L607" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M607" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="608" spans="1:13">
       <c r="A608" s="1">
-        <v>74992115100025</v>
+        <v>75389809700021</v>
       </c>
       <c r="B608" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C608" s="2" t="s">
-        <v>1458</v>
+        <v>1472</v>
       </c>
       <c r="D608" s="2"/>
       <c r="E608" s="2" t="s">
-        <v>1459</v>
+        <v>507</v>
       </c>
       <c r="F608" s="2" t="s">
-        <v>1460</v>
+        <v>508</v>
       </c>
       <c r="G608" s="2"/>
       <c r="H608" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I608" s="3">
-        <v>31590790259</v>
+        <v>93131500313</v>
       </c>
       <c r="J608" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K608" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L608" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M608" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="609" spans="1:13">
       <c r="A609" s="1">
-        <v>75008731400027</v>
+        <v>75401639200013</v>
       </c>
       <c r="B609" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C609" s="2" t="s">
-        <v>1461</v>
+        <v>1473</v>
       </c>
       <c r="D609" s="2"/>
       <c r="E609" s="2" t="s">
-        <v>1462</v>
+        <v>1474</v>
       </c>
       <c r="F609" s="2" t="s">
-        <v>1463</v>
+        <v>1475</v>
       </c>
       <c r="G609" s="2"/>
       <c r="H609" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I609" s="3">
-        <v>84010256701</v>
+        <v>26710220271</v>
       </c>
       <c r="J609" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K609" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L609" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M609" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="610" spans="1:13">
       <c r="A610" s="1">
-        <v>75051831800027</v>
+        <v>75401639200021</v>
       </c>
       <c r="B610" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C610" s="2" t="s">
-        <v>1464</v>
+        <v>1473</v>
       </c>
       <c r="D610" s="2"/>
       <c r="E610" s="2" t="s">
-        <v>1465</v>
+        <v>1476</v>
       </c>
       <c r="F610" s="2" t="s">
-        <v>1466</v>
+        <v>1477</v>
       </c>
       <c r="G610" s="2"/>
       <c r="H610" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I610" s="3">
-        <v>31590793059</v>
+        <v>26710220271</v>
       </c>
       <c r="J610" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K610" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L610" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M610" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="611" spans="1:13">
       <c r="A611" s="1">
-        <v>75100225400025</v>
+        <v>77567145600082</v>
       </c>
       <c r="B611" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C611" s="2" t="s">
-        <v>1467</v>
+        <v>1478</v>
       </c>
       <c r="D611" s="2"/>
       <c r="E611" s="2" t="s">
-        <v>1468</v>
+        <v>1479</v>
       </c>
       <c r="F611" s="2" t="s">
-        <v>1469</v>
+        <v>1480</v>
       </c>
       <c r="G611" s="2"/>
       <c r="H611" s="2" t="s">
-        <v>31</v>
+        <v>1481</v>
       </c>
       <c r="I611" s="3">
-        <v>93060693106</v>
+        <v>11750363675</v>
       </c>
       <c r="J611" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K611" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L611" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M611" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="612" spans="1:13">
       <c r="A612" s="1">
-        <v>75101726000090</v>
+        <v>77792738500040</v>
       </c>
       <c r="B612" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C612" s="2" t="s">
-        <v>1470</v>
+        <v>1482</v>
       </c>
       <c r="D612" s="2"/>
       <c r="E612" s="2" t="s">
-        <v>1471</v>
+        <v>1483</v>
       </c>
       <c r="F612" s="2" t="s">
-        <v>1172</v>
+        <v>1313</v>
       </c>
       <c r="G612" s="2"/>
       <c r="H612" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I612" s="3">
-        <v>96973047497</v>
+        <v>74190000219</v>
       </c>
       <c r="J612" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K612" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L612" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M612" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="613" spans="1:13">
       <c r="A613" s="1">
-        <v>75183706300021</v>
+        <v>77947268700036</v>
       </c>
       <c r="B613" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C613" s="2" t="s">
-        <v>1472</v>
+        <v>1484</v>
       </c>
       <c r="D613" s="2"/>
       <c r="E613" s="2" t="s">
-        <v>1473</v>
+        <v>1485</v>
       </c>
       <c r="F613" s="2" t="s">
-        <v>349</v>
+        <v>1486</v>
       </c>
       <c r="G613" s="2"/>
       <c r="H613" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I613" s="3">
-        <v>22600263660</v>
+        <v>82070005607</v>
       </c>
       <c r="J613" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K613" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L613" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M613" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="614" spans="1:13">
       <c r="A614" s="1">
-        <v>75183706300047</v>
+        <v>78050734900097</v>
       </c>
       <c r="B614" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C614" s="2" t="s">
-        <v>1472</v>
+        <v>1487</v>
       </c>
       <c r="D614" s="2"/>
       <c r="E614" s="2" t="s">
-        <v>1474</v>
+        <v>1488</v>
       </c>
       <c r="F614" s="2" t="s">
-        <v>364</v>
+        <v>1489</v>
       </c>
       <c r="G614" s="2"/>
       <c r="H614" s="2" t="s">
-        <v>1475</v>
+        <v>31</v>
       </c>
       <c r="I614" s="3">
-        <v>22600263660</v>
+        <v>22600001660</v>
       </c>
       <c r="J614" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K614" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L614" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M614" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="615" spans="1:13">
       <c r="A615" s="1">
-        <v>75235327600013</v>
+        <v>78128367600018</v>
       </c>
       <c r="B615" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C615" s="2" t="s">
-        <v>1476</v>
+        <v>1490</v>
       </c>
       <c r="D615" s="2"/>
       <c r="E615" s="2" t="s">
-        <v>1477</v>
+        <v>1491</v>
       </c>
       <c r="F615" s="2" t="s">
-        <v>1478</v>
+        <v>137</v>
       </c>
       <c r="G615" s="2"/>
       <c r="H615" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I615" s="3">
-        <v>83150299415</v>
+        <v>54170000117</v>
       </c>
       <c r="J615" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K615" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L615" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M615" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="616" spans="1:13">
       <c r="A616" s="1">
-        <v>75289964100027</v>
+        <v>78156617900037</v>
       </c>
       <c r="B616" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C616" s="2" t="s">
-        <v>1479</v>
-[...3 lines deleted...]
-      </c>
+        <v>1492</v>
+      </c>
+      <c r="D616" s="2"/>
       <c r="E616" s="2" t="s">
-        <v>1480</v>
+        <v>1493</v>
       </c>
       <c r="F616" s="2" t="s">
-        <v>1427</v>
+        <v>910</v>
       </c>
       <c r="G616" s="2"/>
       <c r="H616" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I616" s="3">
-        <v>82730151273</v>
+        <v>54860000586</v>
       </c>
       <c r="J616" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K616" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L616" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M616" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="617" spans="1:13">
       <c r="A617" s="1">
-        <v>75389809700021</v>
+        <v>78209967500020</v>
       </c>
       <c r="B617" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C617" s="2" t="s">
-        <v>1481</v>
+        <v>1494</v>
       </c>
       <c r="D617" s="2"/>
       <c r="E617" s="2" t="s">
-        <v>491</v>
+        <v>1495</v>
       </c>
       <c r="F617" s="2" t="s">
-        <v>492</v>
+        <v>1496</v>
       </c>
       <c r="G617" s="2"/>
       <c r="H617" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I617" s="3">
-        <v>93131500313</v>
+        <v>72400000340</v>
       </c>
       <c r="J617" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K617" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L617" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M617" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="618" spans="1:13">
       <c r="A618" s="1">
-        <v>75401639200013</v>
+        <v>78209967500038</v>
       </c>
       <c r="B618" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C618" s="2" t="s">
-        <v>1482</v>
+        <v>1494</v>
       </c>
       <c r="D618" s="2"/>
       <c r="E618" s="2" t="s">
-        <v>1483</v>
+        <v>1497</v>
       </c>
       <c r="F618" s="2" t="s">
-        <v>1484</v>
+        <v>192</v>
       </c>
       <c r="G618" s="2"/>
       <c r="H618" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I618" s="3">
-        <v>26710220271</v>
+        <v>72400000340</v>
       </c>
       <c r="J618" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K618" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L618" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M618" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="619" spans="1:13">
       <c r="A619" s="1">
-        <v>75401639200021</v>
+        <v>78360423400055</v>
       </c>
       <c r="B619" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C619" s="2" t="s">
-        <v>1482</v>
+        <v>1498</v>
       </c>
       <c r="D619" s="2"/>
       <c r="E619" s="2" t="s">
-        <v>1485</v>
+        <v>1499</v>
       </c>
       <c r="F619" s="2" t="s">
-        <v>1486</v>
+        <v>1500</v>
       </c>
       <c r="G619" s="2"/>
       <c r="H619" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I619" s="3">
-        <v>26710220271</v>
+        <v>31590005759</v>
       </c>
       <c r="J619" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K619" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L619" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M619" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="620" spans="1:13">
       <c r="A620" s="1">
-        <v>77567145600082</v>
+        <v>78928145800016</v>
       </c>
       <c r="B620" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C620" s="2" t="s">
-        <v>1487</v>
-[...1 lines deleted...]
-      <c r="D620" s="2"/>
+        <v>1501</v>
+      </c>
+      <c r="D620" s="2" t="s">
+        <v>1502</v>
+      </c>
       <c r="E620" s="2" t="s">
-        <v>1488</v>
+        <v>1503</v>
       </c>
       <c r="F620" s="2" t="s">
-        <v>1489</v>
+        <v>1411</v>
       </c>
       <c r="G620" s="2"/>
       <c r="H620" s="2" t="s">
-        <v>1490</v>
+        <v>348</v>
       </c>
       <c r="I620" s="3">
-        <v>11750363675</v>
+        <v>42670488267</v>
       </c>
       <c r="J620" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K620" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L620" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M620" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="621" spans="1:13">
       <c r="A621" s="1">
-        <v>77792738500040</v>
+        <v>78928145800024</v>
       </c>
       <c r="B621" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C621" s="2" t="s">
-        <v>1491</v>
-[...1 lines deleted...]
-      <c r="D621" s="2"/>
+        <v>1501</v>
+      </c>
+      <c r="D621" s="2" t="s">
+        <v>1504</v>
+      </c>
       <c r="E621" s="2" t="s">
-        <v>1492</v>
+        <v>1505</v>
       </c>
       <c r="F621" s="2" t="s">
-        <v>1331</v>
+        <v>845</v>
       </c>
       <c r="G621" s="2"/>
       <c r="H621" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I621" s="3">
-        <v>74190000219</v>
+        <v>42670488267</v>
       </c>
       <c r="J621" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K621" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L621" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M621" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="622" spans="1:13">
       <c r="A622" s="1">
-        <v>77947268700036</v>
+        <v>78976587200021</v>
       </c>
       <c r="B622" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C622" s="2" t="s">
-        <v>1493</v>
+        <v>1506</v>
       </c>
       <c r="D622" s="2"/>
       <c r="E622" s="2" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
       <c r="F622" s="2" t="s">
-        <v>1495</v>
+        <v>890</v>
       </c>
       <c r="G622" s="2"/>
       <c r="H622" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I622" s="3">
-        <v>82070005607</v>
+        <v>98970398097</v>
       </c>
       <c r="J622" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K622" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L622" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M622" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="623" spans="1:13">
       <c r="A623" s="1">
-        <v>78050734900097</v>
+        <v>79005510700045</v>
       </c>
       <c r="B623" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C623" s="2" t="s">
-        <v>1496</v>
-[...1 lines deleted...]
-      <c r="D623" s="2"/>
+        <v>1508</v>
+      </c>
+      <c r="D623" s="2" t="s">
+        <v>1508</v>
+      </c>
       <c r="E623" s="2" t="s">
-        <v>1497</v>
+        <v>1509</v>
       </c>
       <c r="F623" s="2" t="s">
-        <v>1498</v>
+        <v>1510</v>
       </c>
       <c r="G623" s="2"/>
       <c r="H623" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I623" s="3">
-        <v>22600001660</v>
+        <v>52850168785</v>
       </c>
       <c r="J623" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K623" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L623" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M623" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="624" spans="1:13">
       <c r="A624" s="1">
-        <v>78114688100045</v>
+        <v>79005510700052</v>
       </c>
       <c r="B624" s="2" t="s">
-        <v>13</v>
+        <v>442</v>
       </c>
       <c r="C624" s="2" t="s">
-        <v>1499</v>
-[...1 lines deleted...]
-      <c r="D624" s="2"/>
+        <v>1508</v>
+      </c>
+      <c r="D624" s="2" t="s">
+        <v>1508</v>
+      </c>
       <c r="E624" s="2" t="s">
-        <v>1500</v>
+        <v>1511</v>
       </c>
       <c r="F624" s="2" t="s">
-        <v>1501</v>
-[...1 lines deleted...]
-      <c r="G624" s="2"/>
+        <v>1510</v>
+      </c>
+      <c r="G624" s="2" t="s">
+        <v>1512</v>
+      </c>
       <c r="H624" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I624" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I624" s="3"/>
       <c r="J624" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K624" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L624" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M624" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="625" spans="1:13">
       <c r="A625" s="1">
-        <v>78128367600018</v>
+        <v>79020850800040</v>
       </c>
       <c r="B625" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C625" s="2" t="s">
-        <v>1502</v>
+        <v>1513</v>
       </c>
       <c r="D625" s="2"/>
       <c r="E625" s="2" t="s">
-        <v>1503</v>
+        <v>1514</v>
       </c>
       <c r="F625" s="2" t="s">
-        <v>137</v>
+        <v>521</v>
       </c>
       <c r="G625" s="2"/>
       <c r="H625" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I625" s="3">
-        <v>54170000117</v>
+        <v>23760504776</v>
       </c>
       <c r="J625" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K625" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L625" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M625" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="626" spans="1:13">
       <c r="A626" s="1">
-        <v>78156617900037</v>
+        <v>79125516900025</v>
       </c>
       <c r="B626" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C626" s="2" t="s">
-        <v>1504</v>
+        <v>1515</v>
       </c>
       <c r="D626" s="2"/>
       <c r="E626" s="2" t="s">
-        <v>1505</v>
+        <v>1516</v>
       </c>
       <c r="F626" s="2" t="s">
-        <v>889</v>
+        <v>1517</v>
       </c>
       <c r="G626" s="2"/>
       <c r="H626" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I626" s="3">
-        <v>54860000586</v>
+        <v>42680231168</v>
       </c>
       <c r="J626" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K626" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L626" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M626" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="627" spans="1:13">
       <c r="A627" s="1">
-        <v>78209967500020</v>
+        <v>79176880700020</v>
       </c>
       <c r="B627" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C627" s="2" t="s">
-        <v>1506</v>
+        <v>837</v>
       </c>
       <c r="D627" s="2"/>
       <c r="E627" s="2" t="s">
-        <v>1507</v>
+        <v>1518</v>
       </c>
       <c r="F627" s="2" t="s">
-        <v>1508</v>
+        <v>604</v>
       </c>
       <c r="G627" s="2"/>
       <c r="H627" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I627" s="3">
-        <v>72400000340</v>
+        <v>73310687631</v>
       </c>
       <c r="J627" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K627" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L627" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M627" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="628" spans="1:13">
       <c r="A628" s="1">
-        <v>78209967500038</v>
+        <v>79185740200014</v>
       </c>
       <c r="B628" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C628" s="2" t="s">
-        <v>1506</v>
+        <v>1519</v>
       </c>
       <c r="D628" s="2"/>
       <c r="E628" s="2" t="s">
-        <v>1509</v>
+        <v>1520</v>
       </c>
       <c r="F628" s="2" t="s">
-        <v>193</v>
+        <v>1521</v>
       </c>
       <c r="G628" s="2"/>
       <c r="H628" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I628" s="3">
-        <v>72400000340</v>
+        <v>94202079620</v>
       </c>
       <c r="J628" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K628" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L628" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M628" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="629" spans="1:13">
       <c r="A629" s="1">
-        <v>78360423400055</v>
+        <v>79281744700040</v>
       </c>
       <c r="B629" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C629" s="2" t="s">
-        <v>1510</v>
+        <v>1522</v>
       </c>
       <c r="D629" s="2"/>
       <c r="E629" s="2" t="s">
-        <v>1511</v>
+        <v>1523</v>
       </c>
       <c r="F629" s="2" t="s">
-        <v>1512</v>
+        <v>1524</v>
       </c>
       <c r="G629" s="2"/>
       <c r="H629" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I629" s="3">
-        <v>31590005759</v>
+        <v>83630442363</v>
       </c>
       <c r="J629" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K629" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L629" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M629" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="630" spans="1:13">
       <c r="A630" s="1">
-        <v>78928145800016</v>
+        <v>79294770700024</v>
       </c>
       <c r="B630" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C630" s="2" t="s">
-        <v>1513</v>
+        <v>1525</v>
       </c>
       <c r="D630" s="2" t="s">
-        <v>1514</v>
+        <v>1526</v>
       </c>
       <c r="E630" s="2" t="s">
-        <v>1515</v>
+        <v>1527</v>
       </c>
       <c r="F630" s="2" t="s">
-        <v>1421</v>
+        <v>1528</v>
       </c>
       <c r="G630" s="2"/>
       <c r="H630" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I630" s="3">
-        <v>42670488267</v>
+        <v>94202077820</v>
       </c>
       <c r="J630" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K630" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L630" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M630" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="631" spans="1:13">
       <c r="A631" s="1">
-        <v>78928145800024</v>
+        <v>79309717100052</v>
       </c>
       <c r="B631" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C631" s="2" t="s">
-        <v>1513</v>
+        <v>1529</v>
       </c>
       <c r="D631" s="2" t="s">
-        <v>1516</v>
+        <v>1530</v>
       </c>
       <c r="E631" s="2" t="s">
-        <v>1517</v>
+        <v>1531</v>
       </c>
       <c r="F631" s="2" t="s">
-        <v>824</v>
+        <v>267</v>
       </c>
       <c r="G631" s="2"/>
       <c r="H631" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I631" s="3">
-        <v>42670488267</v>
+        <v>25500103450</v>
       </c>
       <c r="J631" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K631" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L631" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M631" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="632" spans="1:13">
       <c r="A632" s="1">
-        <v>78976587200021</v>
+        <v>79373414600020</v>
       </c>
       <c r="B632" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C632" s="2" t="s">
-        <v>1518</v>
+        <v>1532</v>
       </c>
       <c r="D632" s="2"/>
       <c r="E632" s="2" t="s">
-        <v>1519</v>
+        <v>1533</v>
       </c>
       <c r="F632" s="2" t="s">
-        <v>869</v>
+        <v>1534</v>
       </c>
       <c r="G632" s="2"/>
       <c r="H632" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I632" s="3">
-        <v>98970398097</v>
+        <v>83030353703</v>
       </c>
       <c r="J632" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K632" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L632" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M632" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="633" spans="1:13">
       <c r="A633" s="1">
-        <v>79005510700045</v>
+        <v>79384968800015</v>
       </c>
       <c r="B633" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C633" s="2" t="s">
-        <v>1520</v>
-[...3 lines deleted...]
-      </c>
+        <v>1535</v>
+      </c>
+      <c r="D633" s="2"/>
       <c r="E633" s="2" t="s">
-        <v>1521</v>
+        <v>1536</v>
       </c>
       <c r="F633" s="2" t="s">
-        <v>1522</v>
+        <v>1537</v>
       </c>
       <c r="G633" s="2"/>
       <c r="H633" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I633" s="3">
-        <v>52850168785</v>
+        <v>24370314337</v>
       </c>
       <c r="J633" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K633" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L633" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M633" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="634" spans="1:13">
       <c r="A634" s="1">
-        <v>79005510700052</v>
+        <v>79446286100020</v>
       </c>
       <c r="B634" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C634" s="2" t="s">
-        <v>1520</v>
+        <v>1538</v>
       </c>
       <c r="D634" s="2" t="s">
-        <v>1520</v>
+        <v>1539</v>
       </c>
       <c r="E634" s="2" t="s">
-        <v>1523</v>
+        <v>1540</v>
       </c>
       <c r="F634" s="2" t="s">
-        <v>1522</v>
+        <v>1541</v>
       </c>
       <c r="G634" s="2"/>
       <c r="H634" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I634" s="3">
-        <v>52850168785</v>
+        <v>53350979935</v>
       </c>
       <c r="J634" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K634" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L634" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M634" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="635" spans="1:13">
       <c r="A635" s="1">
-        <v>79020850800040</v>
+        <v>79446286100038</v>
       </c>
       <c r="B635" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C635" s="2" t="s">
-        <v>1524</v>
-[...1 lines deleted...]
-      <c r="D635" s="2"/>
+        <v>1538</v>
+      </c>
+      <c r="D635" s="2" t="s">
+        <v>1539</v>
+      </c>
       <c r="E635" s="2" t="s">
-        <v>1525</v>
+        <v>1542</v>
       </c>
       <c r="F635" s="2" t="s">
-        <v>505</v>
+        <v>22</v>
       </c>
       <c r="G635" s="2"/>
       <c r="H635" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I635" s="3">
-        <v>23760504776</v>
+        <v>53350979935</v>
       </c>
       <c r="J635" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K635" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L635" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M635" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="636" spans="1:13">
       <c r="A636" s="1">
-        <v>79103878900024</v>
+        <v>79462446000026</v>
       </c>
       <c r="B636" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C636" s="2" t="s">
-        <v>1526</v>
+        <v>1543</v>
       </c>
       <c r="D636" s="2"/>
       <c r="E636" s="2" t="s">
-        <v>1527</v>
+        <v>1544</v>
       </c>
       <c r="F636" s="2" t="s">
-        <v>1528</v>
+        <v>267</v>
       </c>
       <c r="G636" s="2"/>
       <c r="H636" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I636" s="3"/>
+        <v>31</v>
+      </c>
+      <c r="I636" s="3">
+        <v>93830461183</v>
+      </c>
       <c r="J636" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K636" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L636" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M636" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="637" spans="1:13">
       <c r="A637" s="1">
-        <v>79125516900025</v>
+        <v>79481743700054</v>
       </c>
       <c r="B637" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C637" s="2" t="s">
-        <v>1529</v>
+        <v>1545</v>
       </c>
       <c r="D637" s="2"/>
       <c r="E637" s="2" t="s">
-        <v>1530</v>
+        <v>1546</v>
       </c>
       <c r="F637" s="2" t="s">
-        <v>1531</v>
+        <v>1547</v>
       </c>
       <c r="G637" s="2"/>
       <c r="H637" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I637" s="3">
-        <v>42680231168</v>
+        <v>52850176685</v>
       </c>
       <c r="J637" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K637" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L637" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M637" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="638" spans="1:13">
       <c r="A638" s="1">
-        <v>79176880700020</v>
+        <v>79515619900031</v>
       </c>
       <c r="B638" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C638" s="2" t="s">
-        <v>816</v>
+        <v>1548</v>
       </c>
       <c r="D638" s="2"/>
       <c r="E638" s="2" t="s">
-        <v>1532</v>
+        <v>1549</v>
       </c>
       <c r="F638" s="2" t="s">
-        <v>588</v>
+        <v>1550</v>
       </c>
       <c r="G638" s="2"/>
       <c r="H638" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I638" s="3">
-        <v>73310687631</v>
+        <v>31620255162</v>
       </c>
       <c r="J638" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K638" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L638" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M638" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="639" spans="1:13">
       <c r="A639" s="1">
-        <v>79185740200014</v>
+        <v>79535213700025</v>
       </c>
       <c r="B639" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C639" s="2" t="s">
-        <v>1533</v>
+        <v>1551</v>
       </c>
       <c r="D639" s="2"/>
       <c r="E639" s="2" t="s">
-        <v>1534</v>
+        <v>1552</v>
       </c>
       <c r="F639" s="2" t="s">
-        <v>1528</v>
+        <v>1553</v>
       </c>
       <c r="G639" s="2"/>
       <c r="H639" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I639" s="3">
-        <v>94202079620</v>
+        <v>25500111250</v>
       </c>
       <c r="J639" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K639" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L639" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M639" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="640" spans="1:13">
       <c r="A640" s="1">
-        <v>79281744700040</v>
+        <v>79535213700033</v>
       </c>
       <c r="B640" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C640" s="2" t="s">
-        <v>1535</v>
+        <v>1551</v>
       </c>
       <c r="D640" s="2"/>
       <c r="E640" s="2" t="s">
-        <v>1536</v>
+        <v>1554</v>
       </c>
       <c r="F640" s="2" t="s">
-        <v>1537</v>
+        <v>1555</v>
       </c>
       <c r="G640" s="2"/>
       <c r="H640" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I640" s="3">
-        <v>83630442363</v>
+        <v>25500111250</v>
       </c>
       <c r="J640" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K640" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L640" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M640" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="641" spans="1:13">
       <c r="A641" s="1">
-        <v>79294770700024</v>
+        <v>79742153400034</v>
       </c>
       <c r="B641" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C641" s="2" t="s">
-        <v>1538</v>
-[...3 lines deleted...]
-      </c>
+        <v>1556</v>
+      </c>
+      <c r="D641" s="2"/>
       <c r="E641" s="2" t="s">
-        <v>1540</v>
+        <v>1557</v>
       </c>
       <c r="F641" s="2" t="s">
-        <v>1541</v>
+        <v>1558</v>
       </c>
       <c r="G641" s="2"/>
       <c r="H641" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I641" s="3">
-        <v>94202077820</v>
+        <v>26210324821</v>
       </c>
       <c r="J641" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K641" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L641" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M641" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="642" spans="1:13">
       <c r="A642" s="1">
-        <v>79309717100052</v>
+        <v>79748829300011</v>
       </c>
       <c r="B642" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C642" s="2" t="s">
-        <v>1542</v>
-[...3 lines deleted...]
-      </c>
+        <v>1559</v>
+      </c>
+      <c r="D642" s="2"/>
       <c r="E642" s="2" t="s">
-        <v>1544</v>
+        <v>1560</v>
       </c>
       <c r="F642" s="2" t="s">
-        <v>268</v>
+        <v>395</v>
       </c>
       <c r="G642" s="2"/>
       <c r="H642" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I642" s="3">
-        <v>25500103450</v>
+        <v>83630443963</v>
       </c>
       <c r="J642" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K642" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L642" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M642" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="643" spans="1:13">
       <c r="A643" s="1">
-        <v>79373414600020</v>
+        <v>79908660800020</v>
       </c>
       <c r="B643" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C643" s="2" t="s">
-        <v>1545</v>
+        <v>1561</v>
       </c>
       <c r="D643" s="2"/>
       <c r="E643" s="2" t="s">
-        <v>1546</v>
+        <v>1562</v>
       </c>
       <c r="F643" s="2" t="s">
-        <v>1547</v>
+        <v>1240</v>
       </c>
       <c r="G643" s="2"/>
       <c r="H643" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I643" s="3">
-        <v>83030353703</v>
+        <v>41880121588</v>
       </c>
       <c r="J643" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K643" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L643" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M643" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="644" spans="1:13">
       <c r="A644" s="1">
-        <v>79384968800015</v>
+        <v>79982473500036</v>
       </c>
       <c r="B644" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C644" s="2" t="s">
-        <v>1548</v>
+        <v>1563</v>
       </c>
       <c r="D644" s="2"/>
       <c r="E644" s="2" t="s">
-        <v>1549</v>
+        <v>1564</v>
       </c>
       <c r="F644" s="2" t="s">
-        <v>1550</v>
+        <v>1565</v>
       </c>
       <c r="G644" s="2"/>
       <c r="H644" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I644" s="3">
-        <v>24370314337</v>
+        <v>73310727531</v>
       </c>
       <c r="J644" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K644" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L644" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M644" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="645" spans="1:13">
       <c r="A645" s="1">
-        <v>79446286100020</v>
+        <v>80071271300018</v>
       </c>
       <c r="B645" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C645" s="2" t="s">
-        <v>1551</v>
+        <v>1566</v>
       </c>
       <c r="D645" s="2"/>
       <c r="E645" s="2" t="s">
-        <v>1552</v>
+        <v>1567</v>
       </c>
       <c r="F645" s="2" t="s">
-        <v>1553</v>
+        <v>1568</v>
       </c>
       <c r="G645" s="2"/>
       <c r="H645" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I645" s="3">
-        <v>53350979935</v>
+        <v>21080037608</v>
       </c>
       <c r="J645" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K645" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L645" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M645" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="646" spans="1:13">
       <c r="A646" s="1">
-        <v>79446286100038</v>
+        <v>80071451100014</v>
       </c>
       <c r="B646" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C646" s="2" t="s">
-        <v>1551</v>
+        <v>1569</v>
       </c>
       <c r="D646" s="2"/>
       <c r="E646" s="2" t="s">
-        <v>1554</v>
+        <v>1570</v>
       </c>
       <c r="F646" s="2" t="s">
-        <v>23</v>
+        <v>1571</v>
       </c>
       <c r="G646" s="2"/>
       <c r="H646" s="2" t="s">
-        <v>489</v>
+        <v>1572</v>
       </c>
       <c r="I646" s="3">
-        <v>53350979935</v>
+        <v>72400110140</v>
       </c>
       <c r="J646" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K646" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L646" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M646" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="647" spans="1:13">
       <c r="A647" s="1">
-        <v>79462446000026</v>
+        <v>80119652800047</v>
       </c>
       <c r="B647" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C647" s="2" t="s">
-        <v>1555</v>
+        <v>1573</v>
       </c>
       <c r="D647" s="2"/>
       <c r="E647" s="2" t="s">
-        <v>1556</v>
+        <v>1574</v>
       </c>
       <c r="F647" s="2" t="s">
-        <v>268</v>
+        <v>1575</v>
       </c>
       <c r="G647" s="2"/>
       <c r="H647" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I647" s="3">
-        <v>93830461183</v>
+        <v>75331082333</v>
       </c>
       <c r="J647" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K647" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L647" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M647" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="648" spans="1:13">
       <c r="A648" s="1">
-        <v>79481743700054</v>
+        <v>80211485000067</v>
       </c>
       <c r="B648" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C648" s="2" t="s">
-        <v>1557</v>
-[...1 lines deleted...]
-      <c r="D648" s="2"/>
+        <v>1576</v>
+      </c>
+      <c r="D648" s="2" t="s">
+        <v>1576</v>
+      </c>
       <c r="E648" s="2" t="s">
-        <v>1558</v>
+        <v>1577</v>
       </c>
       <c r="F648" s="2" t="s">
-        <v>1559</v>
+        <v>709</v>
       </c>
       <c r="G648" s="2"/>
       <c r="H648" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I648" s="3">
-        <v>52850176685</v>
+        <v>73460047946</v>
       </c>
       <c r="J648" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K648" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L648" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M648" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="649" spans="1:13">
       <c r="A649" s="1">
-        <v>79515619900031</v>
+        <v>80238586400029</v>
       </c>
       <c r="B649" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C649" s="2" t="s">
-        <v>1560</v>
+        <v>1578</v>
       </c>
       <c r="D649" s="2"/>
       <c r="E649" s="2" t="s">
-        <v>1561</v>
+        <v>1579</v>
       </c>
       <c r="F649" s="2" t="s">
-        <v>1562</v>
+        <v>1580</v>
       </c>
       <c r="G649" s="2"/>
       <c r="H649" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I649" s="3">
-        <v>31620255162</v>
+        <v>76120080912</v>
       </c>
       <c r="J649" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K649" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L649" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M649" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="650" spans="1:13">
       <c r="A650" s="1">
-        <v>79535213700025</v>
+        <v>80278196300029</v>
       </c>
       <c r="B650" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C650" s="2" t="s">
-        <v>1563</v>
+        <v>1581</v>
       </c>
       <c r="D650" s="2"/>
       <c r="E650" s="2" t="s">
-        <v>1564</v>
+        <v>1582</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>1565</v>
+        <v>1583</v>
       </c>
       <c r="G650" s="2"/>
       <c r="H650" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I650" s="3">
-        <v>25500111250</v>
+        <v>21510167351</v>
       </c>
       <c r="J650" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K650" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L650" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M650" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="651" spans="1:13">
       <c r="A651" s="1">
-        <v>79535213700033</v>
+        <v>80319138600025</v>
       </c>
       <c r="B651" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C651" s="2" t="s">
-        <v>1563</v>
+        <v>1584</v>
       </c>
       <c r="D651" s="2"/>
       <c r="E651" s="2" t="s">
-        <v>1566</v>
+        <v>1585</v>
       </c>
       <c r="F651" s="2" t="s">
-        <v>1567</v>
+        <v>1586</v>
       </c>
       <c r="G651" s="2"/>
       <c r="H651" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I651" s="3">
-        <v>25500111250</v>
+        <v>91340830434</v>
       </c>
       <c r="J651" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K651" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L651" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M651" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="652" spans="1:13">
       <c r="A652" s="1">
-        <v>79742153400034</v>
+        <v>80443489200035</v>
       </c>
       <c r="B652" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C652" s="2" t="s">
-        <v>1568</v>
+        <v>1587</v>
       </c>
       <c r="D652" s="2"/>
       <c r="E652" s="2" t="s">
-        <v>1569</v>
+        <v>1588</v>
       </c>
       <c r="F652" s="2" t="s">
-        <v>1570</v>
+        <v>1589</v>
       </c>
       <c r="G652" s="2"/>
       <c r="H652" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I652" s="3">
-        <v>26210324821</v>
+        <v>52440743644</v>
       </c>
       <c r="J652" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K652" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L652" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M652" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="653" spans="1:13">
       <c r="A653" s="1">
-        <v>79748829300011</v>
+        <v>80447083900023</v>
       </c>
       <c r="B653" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C653" s="2" t="s">
-        <v>1571</v>
+        <v>1590</v>
       </c>
       <c r="D653" s="2"/>
       <c r="E653" s="2" t="s">
-        <v>1572</v>
+        <v>1591</v>
       </c>
       <c r="F653" s="2" t="s">
-        <v>379</v>
+        <v>269</v>
       </c>
       <c r="G653" s="2"/>
       <c r="H653" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I653" s="3">
-        <v>83630443963</v>
+        <v>93131547013</v>
       </c>
       <c r="J653" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K653" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L653" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M653" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="654" spans="1:13">
       <c r="A654" s="1">
-        <v>79908660800020</v>
+        <v>80452603600012</v>
       </c>
       <c r="B654" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C654" s="2" t="s">
-        <v>1573</v>
-[...1 lines deleted...]
-      <c r="D654" s="2"/>
+        <v>1592</v>
+      </c>
+      <c r="D654" s="2" t="s">
+        <v>1592</v>
+      </c>
       <c r="E654" s="2" t="s">
-        <v>1574</v>
+        <v>1593</v>
       </c>
       <c r="F654" s="2" t="s">
-        <v>1207</v>
+        <v>1594</v>
       </c>
       <c r="G654" s="2"/>
       <c r="H654" s="2" t="s">
-        <v>489</v>
+        <v>505</v>
       </c>
       <c r="I654" s="3">
-        <v>41880121588</v>
+        <v>72400112940</v>
       </c>
       <c r="J654" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K654" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L654" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M654" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="655" spans="1:13">
       <c r="A655" s="1">
-        <v>79982473500036</v>
+        <v>80468886900036</v>
       </c>
       <c r="B655" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C655" s="2" t="s">
-        <v>1575</v>
+        <v>1595</v>
       </c>
       <c r="D655" s="2"/>
       <c r="E655" s="2" t="s">
-        <v>1576</v>
+        <v>1596</v>
       </c>
       <c r="F655" s="2" t="s">
-        <v>1577</v>
+        <v>1597</v>
       </c>
       <c r="G655" s="2"/>
       <c r="H655" s="2" t="s">
-        <v>31</v>
+        <v>525</v>
       </c>
       <c r="I655" s="3">
-        <v>73310727531</v>
+        <v>11788286478</v>
       </c>
       <c r="J655" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K655" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L655" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M655" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="656" spans="1:13">
       <c r="A656" s="1">
-        <v>80071271300018</v>
+        <v>80511490700035</v>
       </c>
       <c r="B656" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C656" s="2" t="s">
-        <v>1578</v>
-[...1 lines deleted...]
-      <c r="D656" s="2"/>
+        <v>1598</v>
+      </c>
+      <c r="D656" s="2" t="s">
+        <v>1599</v>
+      </c>
       <c r="E656" s="2" t="s">
-        <v>1579</v>
+        <v>1600</v>
       </c>
       <c r="F656" s="2" t="s">
-        <v>1580</v>
+        <v>1601</v>
       </c>
       <c r="G656" s="2"/>
       <c r="H656" s="2" t="s">
-        <v>31</v>
+        <v>536</v>
       </c>
       <c r="I656" s="3">
-        <v>21080037608</v>
+        <v>24370330437</v>
       </c>
       <c r="J656" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K656" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L656" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M656" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="657" spans="1:13">
       <c r="A657" s="1">
-        <v>80071451100014</v>
+        <v>80517709400036</v>
       </c>
       <c r="B657" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C657" s="2" t="s">
-        <v>1581</v>
+        <v>1602</v>
       </c>
       <c r="D657" s="2"/>
       <c r="E657" s="2" t="s">
-        <v>1582</v>
+        <v>1603</v>
       </c>
       <c r="F657" s="2" t="s">
-        <v>1583</v>
+        <v>315</v>
       </c>
       <c r="G657" s="2"/>
       <c r="H657" s="2" t="s">
-        <v>1246</v>
+        <v>31</v>
       </c>
       <c r="I657" s="3">
-        <v>72400110140</v>
+        <v>73310769631</v>
       </c>
       <c r="J657" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K657" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L657" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M657" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="658" spans="1:13">
       <c r="A658" s="1">
-        <v>80119652800047</v>
+        <v>80843910300025</v>
       </c>
       <c r="B658" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C658" s="2" t="s">
-        <v>1584</v>
+        <v>1604</v>
       </c>
       <c r="D658" s="2"/>
       <c r="E658" s="2" t="s">
-        <v>1585</v>
+        <v>1605</v>
       </c>
       <c r="F658" s="2" t="s">
-        <v>1586</v>
+        <v>1606</v>
       </c>
       <c r="G658" s="2"/>
       <c r="H658" s="2" t="s">
-        <v>31</v>
+        <v>536</v>
       </c>
       <c r="I658" s="3">
-        <v>75331082333</v>
+        <v>93131556813</v>
       </c>
       <c r="J658" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K658" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L658" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M658" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="659" spans="1:13">
       <c r="A659" s="1">
-        <v>80211485000067</v>
+        <v>80860917600025</v>
       </c>
       <c r="B659" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C659" s="2" t="s">
-        <v>1587</v>
-[...3 lines deleted...]
-      </c>
+        <v>1607</v>
+      </c>
+      <c r="D659" s="2"/>
       <c r="E659" s="2" t="s">
-        <v>1588</v>
+        <v>1608</v>
       </c>
       <c r="F659" s="2" t="s">
-        <v>689</v>
+        <v>1609</v>
       </c>
       <c r="G659" s="2"/>
       <c r="H659" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I659" s="3">
-        <v>73460047946</v>
+        <v>76310902831</v>
       </c>
       <c r="J659" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K659" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L659" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M659" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="660" spans="1:13">
       <c r="A660" s="1">
-        <v>80238586400029</v>
+        <v>80863414100028</v>
       </c>
       <c r="B660" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C660" s="2" t="s">
-        <v>1589</v>
+        <v>1610</v>
       </c>
       <c r="D660" s="2"/>
       <c r="E660" s="2" t="s">
-        <v>1590</v>
+        <v>1611</v>
       </c>
       <c r="F660" s="2" t="s">
-        <v>1591</v>
+        <v>236</v>
       </c>
       <c r="G660" s="2"/>
       <c r="H660" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I660" s="3">
-        <v>76120080912</v>
+        <v>11755334375</v>
       </c>
       <c r="J660" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K660" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L660" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M660" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="661" spans="1:13">
       <c r="A661" s="1">
-        <v>80278196300029</v>
+        <v>80863414100044</v>
       </c>
       <c r="B661" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C661" s="2" t="s">
-        <v>1592</v>
+        <v>1610</v>
       </c>
       <c r="D661" s="2"/>
       <c r="E661" s="2" t="s">
-        <v>1593</v>
+        <v>1612</v>
       </c>
       <c r="F661" s="2" t="s">
-        <v>1594</v>
+        <v>236</v>
       </c>
       <c r="G661" s="2"/>
       <c r="H661" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I661" s="3">
-        <v>21510167351</v>
+        <v>11755334375</v>
       </c>
       <c r="J661" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K661" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L661" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M661" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="662" spans="1:13">
       <c r="A662" s="1">
-        <v>80319138600025</v>
+        <v>80863414100069</v>
       </c>
       <c r="B662" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C662" s="2" t="s">
-        <v>1595</v>
+        <v>1610</v>
       </c>
       <c r="D662" s="2"/>
       <c r="E662" s="2" t="s">
-        <v>1596</v>
+        <v>1613</v>
       </c>
       <c r="F662" s="2" t="s">
-        <v>1597</v>
+        <v>236</v>
       </c>
       <c r="G662" s="2"/>
       <c r="H662" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I662" s="3">
-        <v>91340830434</v>
+        <v>11755334375</v>
       </c>
       <c r="J662" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K662" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L662" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M662" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="663" spans="1:13">
       <c r="A663" s="1">
-        <v>80443489200035</v>
+        <v>80863414100085</v>
       </c>
       <c r="B663" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C663" s="2" t="s">
-        <v>1598</v>
+        <v>1610</v>
       </c>
       <c r="D663" s="2"/>
       <c r="E663" s="2" t="s">
-        <v>1599</v>
+        <v>1614</v>
       </c>
       <c r="F663" s="2" t="s">
-        <v>1600</v>
+        <v>236</v>
       </c>
       <c r="G663" s="2"/>
       <c r="H663" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I663" s="3">
-        <v>52440743644</v>
+        <v>11755334375</v>
       </c>
       <c r="J663" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K663" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L663" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M663" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="664" spans="1:13">
       <c r="A664" s="1">
-        <v>80447083900023</v>
+        <v>80863414100093</v>
       </c>
       <c r="B664" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C664" s="2" t="s">
-        <v>1601</v>
+        <v>1610</v>
       </c>
       <c r="D664" s="2"/>
       <c r="E664" s="2" t="s">
-        <v>1602</v>
+        <v>1615</v>
       </c>
       <c r="F664" s="2" t="s">
-        <v>270</v>
+        <v>236</v>
       </c>
       <c r="G664" s="2"/>
       <c r="H664" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I664" s="3">
-        <v>93131547013</v>
+        <v>11755334375</v>
       </c>
       <c r="J664" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K664" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L664" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M664" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="665" spans="1:13">
       <c r="A665" s="1">
-        <v>80452603600012</v>
+        <v>80863414100101</v>
       </c>
       <c r="B665" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C665" s="2" t="s">
-        <v>1603</v>
-[...3 lines deleted...]
-      </c>
+        <v>1610</v>
+      </c>
+      <c r="D665" s="2"/>
       <c r="E665" s="2" t="s">
-        <v>1604</v>
+        <v>1616</v>
       </c>
       <c r="F665" s="2" t="s">
-        <v>1605</v>
+        <v>236</v>
       </c>
       <c r="G665" s="2"/>
       <c r="H665" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I665" s="3">
-        <v>72400112940</v>
+        <v>11755334375</v>
       </c>
       <c r="J665" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K665" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L665" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M665" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="666" spans="1:13">
       <c r="A666" s="1">
-        <v>80468886900036</v>
+        <v>80863414100127</v>
       </c>
       <c r="B666" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C666" s="2" t="s">
-        <v>1606</v>
+        <v>1610</v>
       </c>
       <c r="D666" s="2"/>
       <c r="E666" s="2" t="s">
-        <v>1607</v>
+        <v>1617</v>
       </c>
       <c r="F666" s="2" t="s">
-        <v>1608</v>
+        <v>236</v>
       </c>
       <c r="G666" s="2"/>
       <c r="H666" s="2" t="s">
-        <v>509</v>
+        <v>31</v>
       </c>
       <c r="I666" s="3">
-        <v>11788286478</v>
+        <v>11755334375</v>
       </c>
       <c r="J666" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K666" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L666" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M666" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="667" spans="1:13">
       <c r="A667" s="1">
-        <v>80511490700035</v>
+        <v>80863414100135</v>
       </c>
       <c r="B667" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C667" s="2" t="s">
-        <v>1609</v>
-[...1 lines deleted...]
-      <c r="D667" s="2" t="s">
         <v>1610</v>
       </c>
+      <c r="D667" s="2"/>
       <c r="E667" s="2" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="F667" s="2" t="s">
-        <v>1612</v>
+        <v>236</v>
       </c>
       <c r="G667" s="2"/>
       <c r="H667" s="2" t="s">
-        <v>520</v>
+        <v>31</v>
       </c>
       <c r="I667" s="3">
-        <v>24370330437</v>
+        <v>11755334375</v>
       </c>
       <c r="J667" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K667" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L667" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M667" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="668" spans="1:13">
       <c r="A668" s="1">
-        <v>80517709400036</v>
+        <v>80863414100143</v>
       </c>
       <c r="B668" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C668" s="2" t="s">
-        <v>1613</v>
+        <v>1610</v>
       </c>
       <c r="D668" s="2"/>
       <c r="E668" s="2" t="s">
-        <v>1614</v>
+        <v>1619</v>
       </c>
       <c r="F668" s="2" t="s">
-        <v>364</v>
+        <v>236</v>
       </c>
       <c r="G668" s="2"/>
       <c r="H668" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I668" s="3">
-        <v>73310769631</v>
+        <v>11755334375</v>
       </c>
       <c r="J668" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K668" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L668" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M668" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="669" spans="1:13">
       <c r="A669" s="1">
-        <v>80843910300025</v>
+        <v>80863414100168</v>
       </c>
       <c r="B669" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C669" s="2" t="s">
-        <v>1615</v>
+        <v>1610</v>
       </c>
       <c r="D669" s="2"/>
       <c r="E669" s="2" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="F669" s="2" t="s">
-        <v>1617</v>
+        <v>236</v>
       </c>
       <c r="G669" s="2"/>
       <c r="H669" s="2" t="s">
-        <v>520</v>
+        <v>31</v>
       </c>
       <c r="I669" s="3">
-        <v>93131556813</v>
+        <v>11755334375</v>
       </c>
       <c r="J669" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K669" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L669" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M669" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="670" spans="1:13">
       <c r="A670" s="1">
-        <v>80860917600025</v>
+        <v>80863414100176</v>
       </c>
       <c r="B670" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C670" s="2" t="s">
-        <v>1618</v>
+        <v>1610</v>
       </c>
       <c r="D670" s="2"/>
       <c r="E670" s="2" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="F670" s="2" t="s">
-        <v>1620</v>
+        <v>236</v>
       </c>
       <c r="G670" s="2"/>
       <c r="H670" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I670" s="3">
-        <v>76310902831</v>
+        <v>11755334375</v>
       </c>
       <c r="J670" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K670" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L670" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M670" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="671" spans="1:13">
       <c r="A671" s="1">
-        <v>80863414100028</v>
+        <v>80863414100184</v>
       </c>
       <c r="B671" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C671" s="2" t="s">
-        <v>1621</v>
+        <v>1610</v>
       </c>
       <c r="D671" s="2"/>
       <c r="E671" s="2" t="s">
         <v>1622</v>
       </c>
       <c r="F671" s="2" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="G671" s="2"/>
       <c r="H671" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I671" s="3">
         <v>11755334375</v>
       </c>
       <c r="J671" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K671" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L671" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M671" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="672" spans="1:13">
       <c r="A672" s="1">
-        <v>80863414100044</v>
+        <v>80863414100192</v>
       </c>
       <c r="B672" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C672" s="2" t="s">
-        <v>1621</v>
+        <v>1610</v>
       </c>
       <c r="D672" s="2"/>
       <c r="E672" s="2" t="s">
         <v>1623</v>
       </c>
       <c r="F672" s="2" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="G672" s="2"/>
       <c r="H672" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I672" s="3">
         <v>11755334375</v>
       </c>
       <c r="J672" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K672" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L672" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M672" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="673" spans="1:13">
       <c r="A673" s="1">
-        <v>80863414100069</v>
+        <v>80863414100200</v>
       </c>
       <c r="B673" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C673" s="2" t="s">
-        <v>1621</v>
+        <v>1610</v>
       </c>
       <c r="D673" s="2"/>
       <c r="E673" s="2" t="s">
         <v>1624</v>
       </c>
       <c r="F673" s="2" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="G673" s="2"/>
       <c r="H673" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I673" s="3">
         <v>11755334375</v>
       </c>
       <c r="J673" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K673" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L673" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M673" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="674" spans="1:13">
       <c r="A674" s="1">
-        <v>80863414100085</v>
+        <v>80863414100242</v>
       </c>
       <c r="B674" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C674" s="2" t="s">
-        <v>1621</v>
+        <v>1610</v>
       </c>
       <c r="D674" s="2"/>
       <c r="E674" s="2" t="s">
         <v>1625</v>
       </c>
       <c r="F674" s="2" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="G674" s="2"/>
       <c r="H674" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I674" s="3">
         <v>11755334375</v>
       </c>
       <c r="J674" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K674" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L674" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M674" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="675" spans="1:13">
       <c r="A675" s="1">
-        <v>80863414100093</v>
+        <v>80863414100291</v>
       </c>
       <c r="B675" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C675" s="2" t="s">
-        <v>1621</v>
+        <v>1610</v>
       </c>
       <c r="D675" s="2"/>
       <c r="E675" s="2" t="s">
         <v>1626</v>
       </c>
       <c r="F675" s="2" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="G675" s="2"/>
       <c r="H675" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I675" s="3">
         <v>11755334375</v>
       </c>
       <c r="J675" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K675" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L675" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M675" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="676" spans="1:13">
       <c r="A676" s="1">
-        <v>80863414100101</v>
+        <v>80863414100325</v>
       </c>
       <c r="B676" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C676" s="2" t="s">
-        <v>1621</v>
+        <v>1610</v>
       </c>
       <c r="D676" s="2"/>
       <c r="E676" s="2" t="s">
         <v>1627</v>
       </c>
       <c r="F676" s="2" t="s">
-        <v>237</v>
+        <v>604</v>
       </c>
       <c r="G676" s="2"/>
       <c r="H676" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I676" s="3">
         <v>11755334375</v>
       </c>
       <c r="J676" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K676" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L676" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M676" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="677" spans="1:13">
       <c r="A677" s="1">
-        <v>80863414100127</v>
+        <v>80863414100333</v>
       </c>
       <c r="B677" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C677" s="2" t="s">
-        <v>1621</v>
+        <v>1610</v>
       </c>
       <c r="D677" s="2"/>
       <c r="E677" s="2" t="s">
         <v>1628</v>
       </c>
       <c r="F677" s="2" t="s">
-        <v>237</v>
+        <v>1629</v>
       </c>
       <c r="G677" s="2"/>
       <c r="H677" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I677" s="3">
         <v>11755334375</v>
       </c>
       <c r="J677" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K677" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L677" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M677" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="678" spans="1:13">
       <c r="A678" s="1">
-        <v>80863414100135</v>
+        <v>80863414100374</v>
       </c>
       <c r="B678" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C678" s="2" t="s">
-        <v>1621</v>
-[...1 lines deleted...]
-      <c r="D678" s="2"/>
+        <v>1610</v>
+      </c>
+      <c r="D678" s="2" t="s">
+        <v>1630</v>
+      </c>
       <c r="E678" s="2" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
       <c r="F678" s="2" t="s">
-        <v>237</v>
+        <v>267</v>
       </c>
       <c r="G678" s="2"/>
       <c r="H678" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I678" s="3">
         <v>11755334375</v>
       </c>
       <c r="J678" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K678" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L678" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M678" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="679" spans="1:13">
       <c r="A679" s="1">
-        <v>80863414100143</v>
+        <v>80863414100382</v>
       </c>
       <c r="B679" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C679" s="2" t="s">
-        <v>1621</v>
-[...1 lines deleted...]
-      <c r="D679" s="2"/>
+        <v>1610</v>
+      </c>
+      <c r="D679" s="2" t="s">
+        <v>1630</v>
+      </c>
       <c r="E679" s="2" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="F679" s="2" t="s">
-        <v>237</v>
+        <v>267</v>
       </c>
       <c r="G679" s="2"/>
       <c r="H679" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I679" s="3">
         <v>11755334375</v>
       </c>
       <c r="J679" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K679" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L679" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M679" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="680" spans="1:13">
       <c r="A680" s="1">
-        <v>80863414100168</v>
+        <v>80863414100390</v>
       </c>
       <c r="B680" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C680" s="2" t="s">
-        <v>1621</v>
-[...1 lines deleted...]
-      <c r="D680" s="2"/>
+        <v>1610</v>
+      </c>
+      <c r="D680" s="2" t="s">
+        <v>1630</v>
+      </c>
       <c r="E680" s="2" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="F680" s="2" t="s">
-        <v>237</v>
+        <v>269</v>
       </c>
       <c r="G680" s="2"/>
       <c r="H680" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I680" s="3">
         <v>11755334375</v>
       </c>
       <c r="J680" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K680" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L680" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M680" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="681" spans="1:13">
       <c r="A681" s="1">
-        <v>80863414100176</v>
+        <v>80863414100416</v>
       </c>
       <c r="B681" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C681" s="2" t="s">
-        <v>1621</v>
-[...1 lines deleted...]
-      <c r="D681" s="2"/>
+        <v>1610</v>
+      </c>
+      <c r="D681" s="2" t="s">
+        <v>1634</v>
+      </c>
       <c r="E681" s="2" t="s">
-        <v>1632</v>
+        <v>1635</v>
       </c>
       <c r="F681" s="2" t="s">
-        <v>237</v>
+        <v>30</v>
       </c>
       <c r="G681" s="2"/>
       <c r="H681" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I681" s="3">
         <v>11755334375</v>
       </c>
       <c r="J681" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K681" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L681" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M681" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="682" spans="1:13">
       <c r="A682" s="1">
-        <v>80863414100184</v>
+        <v>80863414100424</v>
       </c>
       <c r="B682" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C682" s="2" t="s">
-        <v>1621</v>
+        <v>1610</v>
       </c>
       <c r="D682" s="2"/>
       <c r="E682" s="2" t="s">
-        <v>1633</v>
+        <v>1636</v>
       </c>
       <c r="F682" s="2" t="s">
-        <v>237</v>
+        <v>1637</v>
       </c>
       <c r="G682" s="2"/>
       <c r="H682" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I682" s="3">
         <v>11755334375</v>
       </c>
       <c r="J682" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K682" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L682" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M682" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="683" spans="1:13">
       <c r="A683" s="1">
-        <v>80863414100192</v>
+        <v>80863414100440</v>
       </c>
       <c r="B683" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C683" s="2" t="s">
-        <v>1621</v>
+        <v>1610</v>
       </c>
       <c r="D683" s="2"/>
       <c r="E683" s="2" t="s">
-        <v>1634</v>
+        <v>1638</v>
       </c>
       <c r="F683" s="2" t="s">
-        <v>237</v>
+        <v>305</v>
       </c>
       <c r="G683" s="2"/>
       <c r="H683" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I683" s="3">
         <v>11755334375</v>
       </c>
       <c r="J683" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K683" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L683" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M683" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="684" spans="1:13">
       <c r="A684" s="1">
-        <v>80863414100200</v>
+        <v>80863414100473</v>
       </c>
       <c r="B684" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C684" s="2" t="s">
-        <v>1621</v>
+        <v>1610</v>
       </c>
       <c r="D684" s="2"/>
       <c r="E684" s="2" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="F684" s="2" t="s">
-        <v>237</v>
+        <v>1640</v>
       </c>
       <c r="G684" s="2"/>
       <c r="H684" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I684" s="3">
         <v>11755334375</v>
       </c>
       <c r="J684" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K684" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L684" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M684" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="685" spans="1:13">
       <c r="A685" s="1">
-        <v>80863414100242</v>
+        <v>80863414100481</v>
       </c>
       <c r="B685" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C685" s="2" t="s">
-        <v>1621</v>
+        <v>1610</v>
       </c>
       <c r="D685" s="2"/>
       <c r="E685" s="2" t="s">
-        <v>1636</v>
+        <v>1641</v>
       </c>
       <c r="F685" s="2" t="s">
-        <v>237</v>
+        <v>1642</v>
       </c>
       <c r="G685" s="2"/>
       <c r="H685" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I685" s="3">
         <v>11755334375</v>
       </c>
       <c r="J685" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K685" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L685" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M685" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="686" spans="1:13">
       <c r="A686" s="1">
-        <v>80863414100291</v>
+        <v>80942786700027</v>
       </c>
       <c r="B686" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C686" s="2" t="s">
-        <v>1621</v>
+        <v>1643</v>
       </c>
       <c r="D686" s="2"/>
       <c r="E686" s="2" t="s">
-        <v>1637</v>
+        <v>1644</v>
       </c>
       <c r="F686" s="2" t="s">
-        <v>237</v>
+        <v>1645</v>
       </c>
       <c r="G686" s="2"/>
       <c r="H686" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I686" s="3">
-        <v>11755334375</v>
+        <v>31590885459</v>
       </c>
       <c r="J686" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K686" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L686" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M686" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="687" spans="1:13">
       <c r="A687" s="1">
-        <v>80863414100325</v>
+        <v>80988028900024</v>
       </c>
       <c r="B687" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C687" s="2" t="s">
-        <v>1621</v>
+        <v>1646</v>
       </c>
       <c r="D687" s="2"/>
       <c r="E687" s="2" t="s">
-        <v>1638</v>
+        <v>1647</v>
       </c>
       <c r="F687" s="2" t="s">
-        <v>588</v>
+        <v>294</v>
       </c>
       <c r="G687" s="2"/>
       <c r="H687" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I687" s="3">
-        <v>11755334375</v>
+        <v>82380617038</v>
       </c>
       <c r="J687" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K687" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L687" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M687" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="688" spans="1:13">
       <c r="A688" s="1">
-        <v>80863414100333</v>
+        <v>80997164100034</v>
       </c>
       <c r="B688" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C688" s="2" t="s">
-        <v>1621</v>
+        <v>1648</v>
       </c>
       <c r="D688" s="2"/>
       <c r="E688" s="2" t="s">
-        <v>1639</v>
+        <v>1649</v>
       </c>
       <c r="F688" s="2" t="s">
-        <v>1640</v>
+        <v>1650</v>
       </c>
       <c r="G688" s="2"/>
       <c r="H688" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I688" s="3">
-        <v>11755334375</v>
+        <v>93131645413</v>
       </c>
       <c r="J688" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K688" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L688" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M688" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="689" spans="1:13">
       <c r="A689" s="1">
-        <v>80863414100374</v>
+        <v>81071202600014</v>
       </c>
       <c r="B689" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C689" s="2" t="s">
-        <v>1621</v>
-[...3 lines deleted...]
-      </c>
+        <v>1651</v>
+      </c>
+      <c r="D689" s="2"/>
       <c r="E689" s="2" t="s">
-        <v>1642</v>
+        <v>1652</v>
       </c>
       <c r="F689" s="2" t="s">
-        <v>268</v>
+        <v>1653</v>
       </c>
       <c r="G689" s="2"/>
       <c r="H689" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I689" s="3">
-        <v>11755334375</v>
+        <v>72640383764</v>
       </c>
       <c r="J689" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K689" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L689" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M689" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="690" spans="1:13">
       <c r="A690" s="1">
-        <v>80863414100382</v>
+        <v>81129079000013</v>
       </c>
       <c r="B690" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C690" s="2" t="s">
-        <v>1621</v>
-[...3 lines deleted...]
-      </c>
+        <v>1654</v>
+      </c>
+      <c r="D690" s="2"/>
       <c r="E690" s="2" t="s">
-        <v>1643</v>
+        <v>1655</v>
       </c>
       <c r="F690" s="2" t="s">
-        <v>268</v>
+        <v>1656</v>
       </c>
       <c r="G690" s="2"/>
       <c r="H690" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I690" s="3">
-        <v>11755334375</v>
+        <v>11930784093</v>
       </c>
       <c r="J690" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K690" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L690" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M690" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="691" spans="1:13">
       <c r="A691" s="1">
-        <v>80863414100390</v>
+        <v>81129252300107</v>
       </c>
       <c r="B691" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C691" s="2" t="s">
-        <v>1621</v>
-[...3 lines deleted...]
-      </c>
+        <v>1657</v>
+      </c>
+      <c r="D691" s="2"/>
       <c r="E691" s="2" t="s">
-        <v>1644</v>
+        <v>1658</v>
       </c>
       <c r="F691" s="2" t="s">
-        <v>270</v>
+        <v>1659</v>
       </c>
       <c r="G691" s="2"/>
       <c r="H691" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I691" s="3">
-        <v>11755334375</v>
+        <v>11931026693</v>
       </c>
       <c r="J691" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K691" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L691" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M691" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="692" spans="1:13">
       <c r="A692" s="1">
-        <v>80863414100416</v>
+        <v>81182168500021</v>
       </c>
       <c r="B692" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C692" s="2" t="s">
-        <v>1621</v>
-[...3 lines deleted...]
-      </c>
+        <v>1660</v>
+      </c>
+      <c r="D692" s="2"/>
       <c r="E692" s="2" t="s">
-        <v>1646</v>
+        <v>1661</v>
       </c>
       <c r="F692" s="2" t="s">
-        <v>30</v>
+        <v>1662</v>
       </c>
       <c r="G692" s="2"/>
       <c r="H692" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I692" s="3">
-        <v>11755334375</v>
+        <v>75470145947</v>
       </c>
       <c r="J692" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K692" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L692" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M692" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="693" spans="1:13">
       <c r="A693" s="1">
-        <v>80863414100424</v>
+        <v>81217358100024</v>
       </c>
       <c r="B693" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C693" s="2" t="s">
-        <v>1621</v>
+        <v>1663</v>
       </c>
       <c r="D693" s="2"/>
       <c r="E693" s="2" t="s">
-        <v>1647</v>
+        <v>1664</v>
       </c>
       <c r="F693" s="2" t="s">
-        <v>1648</v>
+        <v>1050</v>
       </c>
       <c r="G693" s="2"/>
       <c r="H693" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I693" s="3">
-        <v>11755334375</v>
+        <v>82691395969</v>
       </c>
       <c r="J693" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K693" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L693" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M693" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="694" spans="1:13">
       <c r="A694" s="1">
-        <v>80863414100440</v>
+        <v>81253861900030</v>
       </c>
       <c r="B694" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C694" s="2" t="s">
-        <v>1621</v>
+        <v>1665</v>
       </c>
       <c r="D694" s="2"/>
       <c r="E694" s="2" t="s">
-        <v>1649</v>
+        <v>1147</v>
       </c>
       <c r="F694" s="2" t="s">
-        <v>306</v>
+        <v>1666</v>
       </c>
       <c r="G694" s="2"/>
       <c r="H694" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I694" s="3">
-        <v>11755334375</v>
+        <v>75640401864</v>
       </c>
       <c r="J694" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K694" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L694" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M694" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="695" spans="1:13">
       <c r="A695" s="1">
-        <v>80863414100473</v>
+        <v>81253861900048</v>
       </c>
       <c r="B695" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C695" s="2" t="s">
-        <v>1621</v>
+        <v>1665</v>
       </c>
       <c r="D695" s="2"/>
       <c r="E695" s="2" t="s">
-        <v>1650</v>
+        <v>1667</v>
       </c>
       <c r="F695" s="2" t="s">
-        <v>1651</v>
+        <v>17</v>
       </c>
       <c r="G695" s="2"/>
       <c r="H695" s="2" t="s">
-        <v>31</v>
+        <v>525</v>
       </c>
       <c r="I695" s="3">
-        <v>11755334375</v>
+        <v>75640401864</v>
       </c>
       <c r="J695" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K695" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L695" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M695" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="696" spans="1:13">
       <c r="A696" s="1">
-        <v>80863414100481</v>
+        <v>81253861900055</v>
       </c>
       <c r="B696" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C696" s="2" t="s">
-        <v>1621</v>
-[...1 lines deleted...]
-      <c r="D696" s="2"/>
+        <v>1665</v>
+      </c>
+      <c r="D696" s="2" t="s">
+        <v>1668</v>
+      </c>
       <c r="E696" s="2" t="s">
-        <v>1652</v>
+        <v>1669</v>
       </c>
       <c r="F696" s="2" t="s">
-        <v>1653</v>
+        <v>1670</v>
       </c>
       <c r="G696" s="2"/>
       <c r="H696" s="2" t="s">
-        <v>31</v>
+        <v>525</v>
       </c>
       <c r="I696" s="3">
-        <v>11755334375</v>
+        <v>75640401864</v>
       </c>
       <c r="J696" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K696" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L696" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M696" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="697" spans="1:13">
       <c r="A697" s="1">
-        <v>80942786700027</v>
+        <v>81253861900071</v>
       </c>
       <c r="B697" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C697" s="2" t="s">
-        <v>1654</v>
-[...1 lines deleted...]
-      <c r="D697" s="2"/>
+        <v>1665</v>
+      </c>
+      <c r="D697" s="2" t="s">
+        <v>1668</v>
+      </c>
       <c r="E697" s="2" t="s">
-        <v>1655</v>
+        <v>1671</v>
       </c>
       <c r="F697" s="2" t="s">
-        <v>1656</v>
+        <v>715</v>
       </c>
       <c r="G697" s="2"/>
       <c r="H697" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I697" s="3">
-        <v>31590885459</v>
+        <v>75640401864</v>
       </c>
       <c r="J697" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K697" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L697" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M697" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="698" spans="1:13">
       <c r="A698" s="1">
-        <v>80988028900024</v>
+        <v>81253861900089</v>
       </c>
       <c r="B698" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C698" s="2" t="s">
-        <v>1657</v>
-[...1 lines deleted...]
-      <c r="D698" s="2"/>
+        <v>1665</v>
+      </c>
+      <c r="D698" s="2" t="s">
+        <v>1668</v>
+      </c>
       <c r="E698" s="2" t="s">
-        <v>1658</v>
+        <v>1672</v>
       </c>
       <c r="F698" s="2" t="s">
-        <v>295</v>
+        <v>1673</v>
       </c>
       <c r="G698" s="2"/>
       <c r="H698" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I698" s="3">
-        <v>82380617038</v>
+        <v>75640401864</v>
       </c>
       <c r="J698" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K698" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L698" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M698" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="699" spans="1:13">
       <c r="A699" s="1">
-        <v>80997164100034</v>
+        <v>81333401800013</v>
       </c>
       <c r="B699" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C699" s="2" t="s">
-        <v>1659</v>
-[...1 lines deleted...]
-      <c r="D699" s="2"/>
+        <v>1674</v>
+      </c>
+      <c r="D699" s="2" t="s">
+        <v>1675</v>
+      </c>
       <c r="E699" s="2" t="s">
-        <v>1660</v>
+        <v>1676</v>
       </c>
       <c r="F699" s="2" t="s">
-        <v>1279</v>
+        <v>1677</v>
       </c>
       <c r="G699" s="2"/>
       <c r="H699" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I699" s="3">
-        <v>93131645413</v>
+        <v>42670565767</v>
       </c>
       <c r="J699" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K699" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L699" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M699" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="700" spans="1:13">
       <c r="A700" s="1">
-        <v>81071202600014</v>
+        <v>81344046800029</v>
       </c>
       <c r="B700" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C700" s="2" t="s">
-        <v>1661</v>
+        <v>1678</v>
       </c>
       <c r="D700" s="2"/>
       <c r="E700" s="2" t="s">
-        <v>1662</v>
+        <v>1679</v>
       </c>
       <c r="F700" s="2" t="s">
-        <v>1663</v>
+        <v>1680</v>
       </c>
       <c r="G700" s="2"/>
       <c r="H700" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I700" s="3">
-        <v>72640383764</v>
+        <v>44510175851</v>
       </c>
       <c r="J700" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K700" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L700" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M700" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="701" spans="1:13">
       <c r="A701" s="1">
-        <v>81129079000013</v>
+        <v>81344046800045</v>
       </c>
       <c r="B701" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C701" s="2" t="s">
-        <v>1664</v>
-[...1 lines deleted...]
-      <c r="D701" s="2"/>
+        <v>1678</v>
+      </c>
+      <c r="D701" s="2" t="s">
+        <v>550</v>
+      </c>
       <c r="E701" s="2" t="s">
-        <v>1665</v>
+        <v>1681</v>
       </c>
       <c r="F701" s="2" t="s">
-        <v>1666</v>
+        <v>521</v>
       </c>
       <c r="G701" s="2"/>
       <c r="H701" s="2" t="s">
-        <v>331</v>
+        <v>27</v>
       </c>
       <c r="I701" s="3">
-        <v>11930784093</v>
+        <v>44510175851</v>
       </c>
       <c r="J701" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K701" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L701" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M701" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="702" spans="1:13">
       <c r="A702" s="1">
-        <v>81129252300107</v>
+        <v>81344521000020</v>
       </c>
       <c r="B702" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C702" s="2" t="s">
-        <v>1667</v>
+        <v>1682</v>
       </c>
       <c r="D702" s="2"/>
       <c r="E702" s="2" t="s">
-        <v>1668</v>
+        <v>1683</v>
       </c>
       <c r="F702" s="2" t="s">
-        <v>1669</v>
+        <v>1684</v>
       </c>
       <c r="G702" s="2"/>
       <c r="H702" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I702" s="3">
-        <v>11931026693</v>
+        <v>32620277962</v>
       </c>
       <c r="J702" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K702" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L702" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M702" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="703" spans="1:13">
       <c r="A703" s="1">
-        <v>81182168500021</v>
+        <v>81436288500034</v>
       </c>
       <c r="B703" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C703" s="2" t="s">
-        <v>1670</v>
+        <v>1685</v>
       </c>
       <c r="D703" s="2"/>
       <c r="E703" s="2" t="s">
-        <v>1671</v>
+        <v>1686</v>
       </c>
       <c r="F703" s="2" t="s">
-        <v>1672</v>
+        <v>1687</v>
       </c>
       <c r="G703" s="2"/>
       <c r="H703" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I703" s="3">
-        <v>75470145947</v>
+        <v>11950595695</v>
       </c>
       <c r="J703" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K703" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L703" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M703" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="704" spans="1:13">
       <c r="A704" s="1">
-        <v>81217358100024</v>
+        <v>81448261800018</v>
       </c>
       <c r="B704" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C704" s="2" t="s">
-        <v>1673</v>
+        <v>1688</v>
       </c>
       <c r="D704" s="2"/>
       <c r="E704" s="2" t="s">
-        <v>1674</v>
+        <v>1689</v>
       </c>
       <c r="F704" s="2" t="s">
-        <v>1021</v>
+        <v>1690</v>
       </c>
       <c r="G704" s="2"/>
       <c r="H704" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I704" s="3">
-        <v>82691395969</v>
+        <v>27710294371</v>
       </c>
       <c r="J704" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K704" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L704" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M704" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="705" spans="1:13">
       <c r="A705" s="1">
-        <v>81253861900030</v>
+        <v>81508190600043</v>
       </c>
       <c r="B705" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C705" s="2" t="s">
-        <v>1675</v>
+        <v>1691</v>
       </c>
       <c r="D705" s="2"/>
       <c r="E705" s="2" t="s">
-        <v>1114</v>
+        <v>1692</v>
       </c>
       <c r="F705" s="2" t="s">
-        <v>1676</v>
+        <v>1693</v>
       </c>
       <c r="G705" s="2"/>
       <c r="H705" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I705" s="3">
-        <v>75640401864</v>
+        <v>82740314374</v>
       </c>
       <c r="J705" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K705" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L705" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M705" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="706" spans="1:13">
       <c r="A706" s="1">
-        <v>81253861900048</v>
+        <v>81508190600050</v>
       </c>
       <c r="B706" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C706" s="2" t="s">
-        <v>1675</v>
+        <v>1691</v>
       </c>
       <c r="D706" s="2"/>
       <c r="E706" s="2" t="s">
-        <v>1677</v>
+        <v>1694</v>
       </c>
       <c r="F706" s="2" t="s">
-        <v>17</v>
+        <v>1695</v>
       </c>
       <c r="G706" s="2"/>
       <c r="H706" s="2" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="I706" s="3">
-        <v>75640401864</v>
+        <v>82740314374</v>
       </c>
       <c r="J706" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K706" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L706" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M706" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="707" spans="1:13">
       <c r="A707" s="1">
-        <v>81253861900055</v>
+        <v>81508190600068</v>
       </c>
       <c r="B707" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C707" s="2" t="s">
-        <v>1675</v>
-[...3 lines deleted...]
-      </c>
+        <v>1691</v>
+      </c>
+      <c r="D707" s="2"/>
       <c r="E707" s="2" t="s">
-        <v>1679</v>
+        <v>1696</v>
       </c>
       <c r="F707" s="2" t="s">
-        <v>1680</v>
+        <v>1697</v>
       </c>
       <c r="G707" s="2"/>
       <c r="H707" s="2" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="I707" s="3">
-        <v>75640401864</v>
+        <v>82740314374</v>
       </c>
       <c r="J707" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K707" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L707" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M707" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="708" spans="1:13">
       <c r="A708" s="1">
-        <v>81253861900071</v>
+        <v>81513709600021</v>
       </c>
       <c r="B708" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C708" s="2" t="s">
-        <v>1675</v>
-[...3 lines deleted...]
-      </c>
+        <v>1698</v>
+      </c>
+      <c r="D708" s="2"/>
       <c r="E708" s="2" t="s">
-        <v>1681</v>
+        <v>1699</v>
       </c>
       <c r="F708" s="2" t="s">
-        <v>695</v>
+        <v>723</v>
       </c>
       <c r="G708" s="2"/>
       <c r="H708" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I708" s="3">
-        <v>75640401864</v>
+        <v>98973064297</v>
       </c>
       <c r="J708" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K708" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L708" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M708" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="709" spans="1:13">
       <c r="A709" s="1">
-        <v>81253861900089</v>
+        <v>81515200400017</v>
       </c>
       <c r="B709" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C709" s="2" t="s">
-        <v>1675</v>
+        <v>1700</v>
       </c>
       <c r="D709" s="2" t="s">
-        <v>1678</v>
+        <v>1700</v>
       </c>
       <c r="E709" s="2" t="s">
-        <v>1682</v>
+        <v>1701</v>
       </c>
       <c r="F709" s="2" t="s">
-        <v>1683</v>
+        <v>1702</v>
       </c>
       <c r="G709" s="2"/>
       <c r="H709" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I709" s="3">
-        <v>75640401864</v>
+        <v>93131600913</v>
       </c>
       <c r="J709" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K709" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L709" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M709" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="710" spans="1:13">
       <c r="A710" s="1">
-        <v>81333401800013</v>
+        <v>81527468300037</v>
       </c>
       <c r="B710" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C710" s="2" t="s">
-        <v>1684</v>
-[...3 lines deleted...]
-      </c>
+        <v>1703</v>
+      </c>
+      <c r="D710" s="2"/>
       <c r="E710" s="2" t="s">
-        <v>1686</v>
+        <v>1704</v>
       </c>
       <c r="F710" s="2" t="s">
-        <v>1687</v>
+        <v>1705</v>
       </c>
       <c r="G710" s="2"/>
       <c r="H710" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I710" s="3">
-        <v>42670565767</v>
+        <v>76310879331</v>
       </c>
       <c r="J710" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K710" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L710" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M710" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="711" spans="1:13">
       <c r="A711" s="1">
-        <v>81344046800029</v>
+        <v>81790615900014</v>
       </c>
       <c r="B711" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C711" s="2" t="s">
-        <v>1688</v>
-[...1 lines deleted...]
-      <c r="D711" s="2"/>
+        <v>1706</v>
+      </c>
+      <c r="D711" s="2" t="s">
+        <v>1707</v>
+      </c>
       <c r="E711" s="2" t="s">
-        <v>1689</v>
+        <v>1708</v>
       </c>
       <c r="F711" s="2" t="s">
-        <v>1690</v>
+        <v>1709</v>
       </c>
       <c r="G711" s="2"/>
       <c r="H711" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I711" s="3">
-        <v>44510175851</v>
+        <v>76300389030</v>
       </c>
       <c r="J711" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K711" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L711" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M711" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="712" spans="1:13">
       <c r="A712" s="1">
-        <v>81344046800045</v>
+        <v>81800433500035</v>
       </c>
       <c r="B712" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C712" s="2" t="s">
-        <v>1688</v>
+        <v>1710</v>
       </c>
       <c r="D712" s="2" t="s">
-        <v>534</v>
+        <v>1711</v>
       </c>
       <c r="E712" s="2" t="s">
-        <v>1691</v>
+        <v>1202</v>
       </c>
       <c r="F712" s="2" t="s">
-        <v>505</v>
+        <v>1712</v>
       </c>
       <c r="G712" s="2"/>
       <c r="H712" s="2" t="s">
-        <v>27</v>
+        <v>505</v>
       </c>
       <c r="I712" s="3">
-        <v>44510175851</v>
+        <v>52530085153</v>
       </c>
       <c r="J712" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K712" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L712" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M712" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="713" spans="1:13">
       <c r="A713" s="1">
-        <v>81344521000020</v>
+        <v>81800433500043</v>
       </c>
       <c r="B713" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C713" s="2" t="s">
-        <v>1692</v>
+        <v>1710</v>
       </c>
       <c r="D713" s="2"/>
       <c r="E713" s="2" t="s">
-        <v>1693</v>
+        <v>1204</v>
       </c>
       <c r="F713" s="2" t="s">
-        <v>1694</v>
+        <v>1205</v>
       </c>
       <c r="G713" s="2"/>
       <c r="H713" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I713" s="3">
-        <v>32620277962</v>
+        <v>52530085153</v>
       </c>
       <c r="J713" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K713" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L713" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M713" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="714" spans="1:13">
       <c r="A714" s="1">
-        <v>81363207200019</v>
+        <v>81813610300053</v>
       </c>
       <c r="B714" s="2" t="s">
-        <v>426</v>
+        <v>13</v>
       </c>
       <c r="C714" s="2" t="s">
-        <v>1695</v>
+        <v>1713</v>
       </c>
       <c r="D714" s="2"/>
       <c r="E714" s="2" t="s">
-        <v>1696</v>
+        <v>1714</v>
       </c>
       <c r="F714" s="2" t="s">
-        <v>1697</v>
-[...3 lines deleted...]
-      </c>
+        <v>723</v>
+      </c>
+      <c r="G714" s="2"/>
       <c r="H714" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I714" s="3">
-        <v>41880129688</v>
+        <v>11930726993</v>
       </c>
       <c r="J714" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K714" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L714" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M714" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="715" spans="1:13">
       <c r="A715" s="1">
-        <v>81436288500034</v>
+        <v>81814467700015</v>
       </c>
       <c r="B715" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C715" s="2" t="s">
-        <v>1699</v>
-[...1 lines deleted...]
-      <c r="D715" s="2"/>
+        <v>1715</v>
+      </c>
+      <c r="D715" s="2" t="s">
+        <v>1716</v>
+      </c>
       <c r="E715" s="2" t="s">
-        <v>1700</v>
+        <v>1717</v>
       </c>
       <c r="F715" s="2" t="s">
-        <v>1701</v>
+        <v>244</v>
       </c>
       <c r="G715" s="2"/>
       <c r="H715" s="2" t="s">
-        <v>31</v>
+        <v>536</v>
       </c>
       <c r="I715" s="3">
-        <v>11950595695</v>
+        <v>11788303178</v>
       </c>
       <c r="J715" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K715" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L715" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M715" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="716" spans="1:13">
       <c r="A716" s="1">
-        <v>81448261800018</v>
+        <v>81946434800039</v>
       </c>
       <c r="B716" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C716" s="2" t="s">
-        <v>1702</v>
+        <v>1718</v>
       </c>
       <c r="D716" s="2"/>
       <c r="E716" s="2" t="s">
-        <v>1703</v>
+        <v>1719</v>
       </c>
       <c r="F716" s="2" t="s">
-        <v>1704</v>
+        <v>1720</v>
       </c>
       <c r="G716" s="2"/>
       <c r="H716" s="2" t="s">
-        <v>489</v>
+        <v>348</v>
       </c>
       <c r="I716" s="3">
-        <v>27710294371</v>
+        <v>76090078309</v>
       </c>
       <c r="J716" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K716" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L716" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M716" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="717" spans="1:13">
       <c r="A717" s="1">
-        <v>81508190600043</v>
+        <v>81946434800062</v>
       </c>
       <c r="B717" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C717" s="2" t="s">
-        <v>1705</v>
-[...1 lines deleted...]
-      <c r="D717" s="2"/>
+        <v>1718</v>
+      </c>
+      <c r="D717" s="2" t="s">
+        <v>350</v>
+      </c>
       <c r="E717" s="2" t="s">
-        <v>1706</v>
+        <v>1721</v>
       </c>
       <c r="F717" s="2" t="s">
-        <v>1707</v>
+        <v>1722</v>
       </c>
       <c r="G717" s="2"/>
       <c r="H717" s="2" t="s">
-        <v>489</v>
+        <v>348</v>
       </c>
       <c r="I717" s="3">
-        <v>82740314374</v>
+        <v>76090078309</v>
       </c>
       <c r="J717" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K717" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L717" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M717" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="718" spans="1:13">
       <c r="A718" s="1">
-        <v>81508190600050</v>
+        <v>82019636800014</v>
       </c>
       <c r="B718" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C718" s="2" t="s">
-        <v>1705</v>
+        <v>1723</v>
       </c>
       <c r="D718" s="2"/>
       <c r="E718" s="2" t="s">
-        <v>1708</v>
+        <v>1724</v>
       </c>
       <c r="F718" s="2" t="s">
-        <v>1709</v>
+        <v>244</v>
       </c>
       <c r="G718" s="2"/>
       <c r="H718" s="2" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-        <v>82740314374</v>
+        <v>31</v>
+      </c>
+      <c r="I718" s="3" t="s">
+        <v>1725</v>
       </c>
       <c r="J718" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K718" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L718" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M718" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="719" spans="1:13">
       <c r="A719" s="1">
-        <v>81508190600068</v>
+        <v>82033029800028</v>
       </c>
       <c r="B719" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C719" s="2" t="s">
-        <v>1705</v>
+        <v>1726</v>
       </c>
       <c r="D719" s="2"/>
       <c r="E719" s="2" t="s">
-        <v>1710</v>
+        <v>1727</v>
       </c>
       <c r="F719" s="2" t="s">
-        <v>1711</v>
+        <v>1728</v>
       </c>
       <c r="G719" s="2"/>
       <c r="H719" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I719" s="3">
-        <v>82740314374</v>
+        <v>76300392230</v>
       </c>
       <c r="J719" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K719" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L719" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M719" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="720" spans="1:13">
       <c r="A720" s="1">
-        <v>81513709600021</v>
+        <v>82034783900046</v>
       </c>
       <c r="B720" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C720" s="2" t="s">
-        <v>1712</v>
+        <v>1729</v>
       </c>
       <c r="D720" s="2"/>
       <c r="E720" s="2" t="s">
-        <v>1713</v>
+        <v>1730</v>
       </c>
       <c r="F720" s="2" t="s">
-        <v>703</v>
+        <v>1731</v>
       </c>
       <c r="G720" s="2"/>
       <c r="H720" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I720" s="3">
-        <v>98973064297</v>
+        <v>76810132781</v>
       </c>
       <c r="J720" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K720" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L720" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M720" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="721" spans="1:13">
       <c r="A721" s="1">
-        <v>81515200400017</v>
+        <v>82066006600045</v>
       </c>
       <c r="B721" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C721" s="2" t="s">
-        <v>1714</v>
-[...3 lines deleted...]
-      </c>
+        <v>1732</v>
+      </c>
+      <c r="D721" s="2"/>
       <c r="E721" s="2" t="s">
-        <v>1715</v>
+        <v>1733</v>
       </c>
       <c r="F721" s="2" t="s">
-        <v>1716</v>
+        <v>1734</v>
       </c>
       <c r="G721" s="2"/>
       <c r="H721" s="2" t="s">
-        <v>31</v>
+        <v>1572</v>
       </c>
       <c r="I721" s="3">
-        <v>93131600913</v>
+        <v>93131625913</v>
       </c>
       <c r="J721" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K721" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L721" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M721" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="722" spans="1:13">
       <c r="A722" s="1">
-        <v>81527468300037</v>
+        <v>82081797100022</v>
       </c>
       <c r="B722" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C722" s="2" t="s">
-        <v>1717</v>
+        <v>1735</v>
       </c>
       <c r="D722" s="2"/>
       <c r="E722" s="2" t="s">
-        <v>1718</v>
+        <v>1736</v>
       </c>
       <c r="F722" s="2" t="s">
-        <v>1719</v>
+        <v>811</v>
       </c>
       <c r="G722" s="2"/>
       <c r="H722" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I722" s="3">
-        <v>76310879331</v>
+        <v>76340901434</v>
       </c>
       <c r="J722" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K722" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L722" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M722" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="723" spans="1:13">
       <c r="A723" s="1">
-        <v>81790615900014</v>
+        <v>82119708400014</v>
       </c>
       <c r="B723" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C723" s="2" t="s">
-        <v>1720</v>
+        <v>1737</v>
       </c>
       <c r="D723" s="2" t="s">
-        <v>1721</v>
+        <v>1738</v>
       </c>
       <c r="E723" s="2" t="s">
-        <v>1722</v>
+        <v>1135</v>
       </c>
       <c r="F723" s="2" t="s">
-        <v>1723</v>
+        <v>943</v>
       </c>
       <c r="G723" s="2"/>
       <c r="H723" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I723" s="3">
-        <v>76300389030</v>
+        <v>44510179051</v>
       </c>
       <c r="J723" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K723" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L723" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M723" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="724" spans="1:13">
       <c r="A724" s="1">
-        <v>81800433500035</v>
+        <v>82119708400022</v>
       </c>
       <c r="B724" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C724" s="2" t="s">
-        <v>1724</v>
+        <v>1737</v>
       </c>
       <c r="D724" s="2" t="s">
-        <v>1725</v>
+        <v>1739</v>
       </c>
       <c r="E724" s="2" t="s">
-        <v>1169</v>
+        <v>1740</v>
       </c>
       <c r="F724" s="2" t="s">
-        <v>1726</v>
+        <v>715</v>
       </c>
       <c r="G724" s="2"/>
       <c r="H724" s="2" t="s">
-        <v>489</v>
+        <v>348</v>
       </c>
       <c r="I724" s="3">
-        <v>52530085153</v>
+        <v>44510179051</v>
       </c>
       <c r="J724" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K724" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L724" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M724" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="725" spans="1:13">
       <c r="A725" s="1">
-        <v>81800433500043</v>
+        <v>82119708400030</v>
       </c>
       <c r="B725" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C725" s="2" t="s">
-        <v>1724</v>
+        <v>1737</v>
       </c>
       <c r="D725" s="2"/>
       <c r="E725" s="2" t="s">
-        <v>1171</v>
+        <v>1741</v>
       </c>
       <c r="F725" s="2" t="s">
-        <v>1172</v>
+        <v>1742</v>
       </c>
       <c r="G725" s="2"/>
       <c r="H725" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I725" s="3">
-        <v>52530085153</v>
+        <v>44510179051</v>
       </c>
       <c r="J725" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K725" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L725" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M725" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="726" spans="1:13">
       <c r="A726" s="1">
-        <v>81813610300053</v>
+        <v>82155681800010</v>
       </c>
       <c r="B726" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C726" s="2" t="s">
-        <v>1727</v>
+        <v>1743</v>
       </c>
       <c r="D726" s="2"/>
       <c r="E726" s="2" t="s">
-        <v>1728</v>
+        <v>1744</v>
       </c>
       <c r="F726" s="2" t="s">
-        <v>703</v>
+        <v>1745</v>
       </c>
       <c r="G726" s="2"/>
       <c r="H726" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I726" s="3">
-        <v>11930726993</v>
+        <v>52850198585</v>
       </c>
       <c r="J726" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K726" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L726" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M726" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="727" spans="1:13">
       <c r="A727" s="1">
-        <v>81814467700015</v>
+        <v>82218267100013</v>
       </c>
       <c r="B727" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C727" s="2" t="s">
-        <v>1729</v>
-[...3 lines deleted...]
-      </c>
+        <v>1746</v>
+      </c>
+      <c r="D727" s="2"/>
       <c r="E727" s="2" t="s">
-        <v>1731</v>
+        <v>1747</v>
       </c>
       <c r="F727" s="2" t="s">
-        <v>245</v>
+        <v>1748</v>
       </c>
       <c r="G727" s="2"/>
       <c r="H727" s="2" t="s">
-        <v>520</v>
+        <v>31</v>
       </c>
       <c r="I727" s="3">
-        <v>11788303178</v>
+        <v>44570364157</v>
       </c>
       <c r="J727" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K727" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L727" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M727" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="728" spans="1:13">
       <c r="A728" s="1">
-        <v>81946434800039</v>
+        <v>82272934900040</v>
       </c>
       <c r="B728" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C728" s="2" t="s">
-        <v>1732</v>
+        <v>1749</v>
       </c>
       <c r="D728" s="2"/>
       <c r="E728" s="2" t="s">
-        <v>1733</v>
+        <v>1750</v>
       </c>
       <c r="F728" s="2" t="s">
-        <v>1734</v>
+        <v>1050</v>
       </c>
       <c r="G728" s="2"/>
       <c r="H728" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I728" s="3">
-        <v>76090078309</v>
+        <v>93840384684</v>
       </c>
       <c r="J728" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K728" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L728" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M728" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="729" spans="1:13">
       <c r="A729" s="1">
-        <v>81946434800062</v>
+        <v>82284753900019</v>
       </c>
       <c r="B729" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C729" s="2" t="s">
-        <v>1732</v>
-[...3 lines deleted...]
-      </c>
+        <v>1751</v>
+      </c>
+      <c r="D729" s="2"/>
       <c r="E729" s="2" t="s">
-        <v>1735</v>
+        <v>1752</v>
       </c>
       <c r="F729" s="2" t="s">
-        <v>1736</v>
+        <v>1753</v>
       </c>
       <c r="G729" s="2"/>
       <c r="H729" s="2" t="s">
-        <v>331</v>
-[...3 lines deleted...]
-      </c>
+        <v>1754</v>
+      </c>
+      <c r="I729" s="3"/>
       <c r="J729" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K729" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L729" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M729" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="730" spans="1:13">
       <c r="A730" s="1">
-        <v>82019636800014</v>
+        <v>82296009200036</v>
       </c>
       <c r="B730" s="2" t="s">
-        <v>13</v>
+        <v>442</v>
       </c>
       <c r="C730" s="2" t="s">
-        <v>1737</v>
+        <v>1755</v>
       </c>
       <c r="D730" s="2"/>
       <c r="E730" s="2" t="s">
-        <v>1738</v>
+        <v>1756</v>
       </c>
       <c r="F730" s="2" t="s">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="G730" s="2"/>
+        <v>1757</v>
+      </c>
+      <c r="G730" s="2" t="s">
+        <v>1758</v>
+      </c>
       <c r="H730" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I730" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I730" s="3"/>
       <c r="J730" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K730" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L730" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M730" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="731" spans="1:13">
       <c r="A731" s="1">
-        <v>82033029800028</v>
+        <v>82296009200044</v>
       </c>
       <c r="B731" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C731" s="2" t="s">
-        <v>1740</v>
-[...1 lines deleted...]
-      <c r="D731" s="2"/>
+        <v>1755</v>
+      </c>
+      <c r="D731" s="2" t="s">
+        <v>1759</v>
+      </c>
       <c r="E731" s="2" t="s">
-        <v>1741</v>
+        <v>1760</v>
       </c>
       <c r="F731" s="2" t="s">
-        <v>1267</v>
+        <v>1002</v>
       </c>
       <c r="G731" s="2"/>
       <c r="H731" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I731" s="3">
-        <v>76300392230</v>
+        <v>27710261771</v>
       </c>
       <c r="J731" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K731" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L731" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M731" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="732" spans="1:13">
       <c r="A732" s="1">
-        <v>82034783900046</v>
+        <v>82296009200176</v>
       </c>
       <c r="B732" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C732" s="2" t="s">
-        <v>1742</v>
+        <v>1755</v>
       </c>
       <c r="D732" s="2"/>
       <c r="E732" s="2" t="s">
-        <v>1743</v>
+        <v>1761</v>
       </c>
       <c r="F732" s="2" t="s">
-        <v>1744</v>
+        <v>1758</v>
       </c>
       <c r="G732" s="2"/>
       <c r="H732" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I732" s="3">
-        <v>76810132781</v>
+        <v>27710261771</v>
       </c>
       <c r="J732" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K732" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L732" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M732" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="733" spans="1:13">
       <c r="A733" s="1">
-        <v>82066006600045</v>
+        <v>82312910100031</v>
       </c>
       <c r="B733" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C733" s="2" t="s">
-        <v>1745</v>
+        <v>1762</v>
       </c>
       <c r="D733" s="2"/>
       <c r="E733" s="2" t="s">
-        <v>1746</v>
+        <v>1763</v>
       </c>
       <c r="F733" s="2" t="s">
-        <v>1747</v>
+        <v>672</v>
       </c>
       <c r="G733" s="2"/>
       <c r="H733" s="2" t="s">
-        <v>1246</v>
+        <v>31</v>
       </c>
       <c r="I733" s="3">
-        <v>93131625913</v>
+        <v>52440807344</v>
       </c>
       <c r="J733" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K733" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L733" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M733" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="734" spans="1:13">
       <c r="A734" s="1">
-        <v>82081797100022</v>
+        <v>82312910100056</v>
       </c>
       <c r="B734" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C734" s="2" t="s">
-        <v>1748</v>
+        <v>1762</v>
       </c>
       <c r="D734" s="2"/>
       <c r="E734" s="2" t="s">
-        <v>1749</v>
+        <v>1764</v>
       </c>
       <c r="F734" s="2" t="s">
-        <v>790</v>
+        <v>1673</v>
       </c>
       <c r="G734" s="2"/>
       <c r="H734" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I734" s="3">
-        <v>76340901434</v>
+        <v>52440807344</v>
       </c>
       <c r="J734" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K734" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L734" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M734" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="735" spans="1:13">
       <c r="A735" s="1">
-        <v>82119708400014</v>
+        <v>82339514000028</v>
       </c>
       <c r="B735" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C735" s="2" t="s">
-        <v>1750</v>
-[...3 lines deleted...]
-      </c>
+        <v>1765</v>
+      </c>
+      <c r="D735" s="2"/>
       <c r="E735" s="2" t="s">
-        <v>1102</v>
+        <v>1766</v>
       </c>
       <c r="F735" s="2" t="s">
-        <v>922</v>
+        <v>1767</v>
       </c>
       <c r="G735" s="2"/>
       <c r="H735" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I735" s="3">
-        <v>44510179051</v>
+        <v>75400125940</v>
       </c>
       <c r="J735" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K735" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L735" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M735" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="736" spans="1:13">
       <c r="A736" s="1">
-        <v>82119708400022</v>
+        <v>82350957500010</v>
       </c>
       <c r="B736" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C736" s="2" t="s">
-        <v>1750</v>
-[...3 lines deleted...]
-      </c>
+        <v>1768</v>
+      </c>
+      <c r="D736" s="2"/>
       <c r="E736" s="2" t="s">
-        <v>1753</v>
+        <v>1769</v>
       </c>
       <c r="F736" s="2" t="s">
-        <v>695</v>
+        <v>927</v>
       </c>
       <c r="G736" s="2"/>
       <c r="H736" s="2" t="s">
-        <v>331</v>
+        <v>505</v>
       </c>
       <c r="I736" s="3">
-        <v>44510179051</v>
+        <v>32620303062</v>
       </c>
       <c r="J736" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K736" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L736" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M736" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="737" spans="1:13">
       <c r="A737" s="1">
-        <v>82119708400030</v>
+        <v>82350957500028</v>
       </c>
       <c r="B737" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C737" s="2" t="s">
-        <v>1750</v>
+        <v>1768</v>
       </c>
       <c r="D737" s="2"/>
       <c r="E737" s="2" t="s">
-        <v>1754</v>
+        <v>1770</v>
       </c>
       <c r="F737" s="2" t="s">
-        <v>1755</v>
+        <v>764</v>
       </c>
       <c r="G737" s="2"/>
       <c r="H737" s="2" t="s">
-        <v>331</v>
+        <v>505</v>
       </c>
       <c r="I737" s="3">
-        <v>44510179051</v>
+        <v>32620303062</v>
       </c>
       <c r="J737" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K737" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L737" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M737" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="738" spans="1:13">
       <c r="A738" s="1">
-        <v>82155681800010</v>
+        <v>82409268800053</v>
       </c>
       <c r="B738" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C738" s="2" t="s">
-        <v>1756</v>
+        <v>1771</v>
       </c>
       <c r="D738" s="2"/>
       <c r="E738" s="2" t="s">
-        <v>1757</v>
+        <v>1772</v>
       </c>
       <c r="F738" s="2" t="s">
-        <v>1758</v>
+        <v>22</v>
       </c>
       <c r="G738" s="2"/>
       <c r="H738" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I738" s="3">
-        <v>52850198585</v>
+        <v>11930762893</v>
       </c>
       <c r="J738" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K738" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L738" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M738" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="739" spans="1:13">
       <c r="A739" s="1">
-        <v>82218267100013</v>
+        <v>82409268800095</v>
       </c>
       <c r="B739" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C739" s="2" t="s">
-        <v>1759</v>
+        <v>1771</v>
       </c>
       <c r="D739" s="2"/>
       <c r="E739" s="2" t="s">
-        <v>1760</v>
+        <v>1773</v>
       </c>
       <c r="F739" s="2" t="s">
-        <v>1761</v>
+        <v>22</v>
       </c>
       <c r="G739" s="2"/>
       <c r="H739" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I739" s="3">
-        <v>44570364157</v>
+        <v>11930762893</v>
       </c>
       <c r="J739" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K739" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L739" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M739" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="740" spans="1:13">
       <c r="A740" s="1">
-        <v>82272934900040</v>
+        <v>82409268800137</v>
       </c>
       <c r="B740" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C740" s="2" t="s">
-        <v>1762</v>
+        <v>1771</v>
       </c>
       <c r="D740" s="2"/>
       <c r="E740" s="2" t="s">
-        <v>1763</v>
+        <v>1774</v>
       </c>
       <c r="F740" s="2" t="s">
-        <v>1021</v>
+        <v>22</v>
       </c>
       <c r="G740" s="2"/>
       <c r="H740" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I740" s="3">
-        <v>93840384684</v>
+        <v>11930762893</v>
       </c>
       <c r="J740" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K740" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L740" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M740" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="741" spans="1:13">
       <c r="A741" s="1">
-        <v>82284753900019</v>
+        <v>82409268800160</v>
       </c>
       <c r="B741" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C741" s="2" t="s">
-        <v>1764</v>
+        <v>1771</v>
       </c>
       <c r="D741" s="2"/>
       <c r="E741" s="2" t="s">
-        <v>1765</v>
+        <v>1775</v>
       </c>
       <c r="F741" s="2" t="s">
-        <v>1766</v>
+        <v>22</v>
       </c>
       <c r="G741" s="2"/>
       <c r="H741" s="2" t="s">
-        <v>1767</v>
-[...1 lines deleted...]
-      <c r="I741" s="3"/>
+        <v>31</v>
+      </c>
+      <c r="I741" s="3">
+        <v>11930762893</v>
+      </c>
       <c r="J741" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K741" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L741" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M741" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="742" spans="1:13">
       <c r="A742" s="1">
-        <v>82296009200036</v>
+        <v>82409268800178</v>
       </c>
       <c r="B742" s="2" t="s">
-        <v>426</v>
+        <v>13</v>
       </c>
       <c r="C742" s="2" t="s">
-        <v>1768</v>
+        <v>1771</v>
       </c>
       <c r="D742" s="2"/>
       <c r="E742" s="2" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="F742" s="2" t="s">
-        <v>1770</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="G742" s="2"/>
       <c r="H742" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I742" s="3">
-        <v>27710261771</v>
+        <v>11930762893</v>
       </c>
       <c r="J742" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K742" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L742" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M742" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="743" spans="1:13">
       <c r="A743" s="1">
-        <v>82296009200044</v>
+        <v>82409268800186</v>
       </c>
       <c r="B743" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C743" s="2" t="s">
-        <v>1768</v>
-[...3 lines deleted...]
-      </c>
+        <v>1771</v>
+      </c>
+      <c r="D743" s="2"/>
       <c r="E743" s="2" t="s">
-        <v>1773</v>
+        <v>1777</v>
       </c>
       <c r="F743" s="2" t="s">
-        <v>974</v>
+        <v>22</v>
       </c>
       <c r="G743" s="2"/>
       <c r="H743" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I743" s="3">
-        <v>27710261771</v>
+        <v>11930762893</v>
       </c>
       <c r="J743" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K743" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L743" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M743" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="744" spans="1:13">
       <c r="A744" s="1">
-        <v>82312910100031</v>
+        <v>82409268800244</v>
       </c>
       <c r="B744" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C744" s="2" t="s">
-        <v>1774</v>
+        <v>1771</v>
       </c>
       <c r="D744" s="2"/>
       <c r="E744" s="2" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="F744" s="2" t="s">
-        <v>652</v>
+        <v>22</v>
       </c>
       <c r="G744" s="2"/>
       <c r="H744" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I744" s="3">
-        <v>52440807344</v>
+        <v>11930762893</v>
       </c>
       <c r="J744" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K744" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L744" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M744" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="745" spans="1:13">
       <c r="A745" s="1">
-        <v>82312910100056</v>
+        <v>82422814200017</v>
       </c>
       <c r="B745" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C745" s="2" t="s">
-        <v>1774</v>
+        <v>1779</v>
       </c>
       <c r="D745" s="2"/>
       <c r="E745" s="2" t="s">
-        <v>1776</v>
+        <v>1780</v>
       </c>
       <c r="F745" s="2" t="s">
-        <v>1683</v>
+        <v>22</v>
       </c>
       <c r="G745" s="2"/>
       <c r="H745" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I745" s="3">
-        <v>52440807344</v>
+        <v>11930743393</v>
       </c>
       <c r="J745" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K745" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L745" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M745" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="746" spans="1:13">
       <c r="A746" s="1">
-        <v>82339514000028</v>
+        <v>82422814200249</v>
       </c>
       <c r="B746" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C746" s="2" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
       <c r="D746" s="2"/>
       <c r="E746" s="2" t="s">
-        <v>1778</v>
+        <v>1781</v>
       </c>
       <c r="F746" s="2" t="s">
-        <v>1779</v>
+        <v>22</v>
       </c>
       <c r="G746" s="2"/>
       <c r="H746" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I746" s="3">
-        <v>75400125940</v>
+        <v>11930743393</v>
       </c>
       <c r="J746" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K746" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L746" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M746" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="747" spans="1:13">
       <c r="A747" s="1">
-        <v>82350957500010</v>
+        <v>82422814200629</v>
       </c>
       <c r="B747" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C747" s="2" t="s">
-        <v>1780</v>
+        <v>1779</v>
       </c>
       <c r="D747" s="2"/>
       <c r="E747" s="2" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="F747" s="2" t="s">
-        <v>906</v>
+        <v>22</v>
       </c>
       <c r="G747" s="2"/>
       <c r="H747" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I747" s="3">
-        <v>32620303062</v>
+        <v>11930743393</v>
       </c>
       <c r="J747" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K747" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L747" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M747" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="748" spans="1:13">
       <c r="A748" s="1">
-        <v>82350957500028</v>
+        <v>82422814200686</v>
       </c>
       <c r="B748" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C748" s="2" t="s">
-        <v>1780</v>
+        <v>1779</v>
       </c>
       <c r="D748" s="2"/>
       <c r="E748" s="2" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="F748" s="2" t="s">
-        <v>743</v>
+        <v>22</v>
       </c>
       <c r="G748" s="2"/>
       <c r="H748" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I748" s="3">
-        <v>32620303062</v>
+        <v>11930743393</v>
       </c>
       <c r="J748" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K748" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L748" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M748" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="749" spans="1:13">
       <c r="A749" s="1">
-        <v>82409268800053</v>
+        <v>82422814200694</v>
       </c>
       <c r="B749" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C749" s="2" t="s">
-        <v>1783</v>
+        <v>1779</v>
       </c>
       <c r="D749" s="2"/>
       <c r="E749" s="2" t="s">
         <v>1784</v>
       </c>
       <c r="F749" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G749" s="2"/>
       <c r="H749" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I749" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J749" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K749" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L749" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M749" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="750" spans="1:13">
       <c r="A750" s="1">
-        <v>82409268800095</v>
+        <v>82422814200868</v>
       </c>
       <c r="B750" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C750" s="2" t="s">
-        <v>1783</v>
+        <v>1779</v>
       </c>
       <c r="D750" s="2"/>
       <c r="E750" s="2" t="s">
-        <v>1785</v>
+        <v>1773</v>
       </c>
       <c r="F750" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G750" s="2"/>
       <c r="H750" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I750" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J750" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K750" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L750" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M750" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="751" spans="1:13">
       <c r="A751" s="1">
-        <v>82409268800137</v>
+        <v>82422814201056</v>
       </c>
       <c r="B751" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C751" s="2" t="s">
-        <v>1783</v>
+        <v>1779</v>
       </c>
       <c r="D751" s="2"/>
       <c r="E751" s="2" t="s">
-        <v>1786</v>
+        <v>1785</v>
       </c>
       <c r="F751" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G751" s="2"/>
       <c r="H751" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I751" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J751" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K751" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L751" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M751" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="752" spans="1:13">
       <c r="A752" s="1">
-        <v>82409268800160</v>
+        <v>82422814201171</v>
       </c>
       <c r="B752" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C752" s="2" t="s">
-        <v>1783</v>
+        <v>1779</v>
       </c>
       <c r="D752" s="2"/>
       <c r="E752" s="2" t="s">
-        <v>1787</v>
+        <v>1786</v>
       </c>
       <c r="F752" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G752" s="2"/>
       <c r="H752" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I752" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J752" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K752" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L752" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M752" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="753" spans="1:13">
       <c r="A753" s="1">
-        <v>82409268800178</v>
+        <v>82422814201338</v>
       </c>
       <c r="B753" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C753" s="2" t="s">
-        <v>1783</v>
+        <v>1779</v>
       </c>
       <c r="D753" s="2"/>
       <c r="E753" s="2" t="s">
-        <v>1788</v>
+        <v>1787</v>
       </c>
       <c r="F753" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G753" s="2"/>
       <c r="H753" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I753" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J753" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K753" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L753" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M753" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="754" spans="1:13">
       <c r="A754" s="1">
-        <v>82409268800186</v>
+        <v>82422814201510</v>
       </c>
       <c r="B754" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C754" s="2" t="s">
-        <v>1783</v>
+        <v>1779</v>
       </c>
       <c r="D754" s="2"/>
       <c r="E754" s="2" t="s">
-        <v>1789</v>
+        <v>1788</v>
       </c>
       <c r="F754" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G754" s="2"/>
       <c r="H754" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I754" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J754" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K754" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L754" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M754" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="755" spans="1:13">
       <c r="A755" s="1">
-        <v>82409268800244</v>
+        <v>82422814201833</v>
       </c>
       <c r="B755" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C755" s="2" t="s">
-        <v>1783</v>
+        <v>1779</v>
       </c>
       <c r="D755" s="2"/>
       <c r="E755" s="2" t="s">
-        <v>1790</v>
+        <v>1789</v>
       </c>
       <c r="F755" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G755" s="2"/>
       <c r="H755" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I755" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J755" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K755" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L755" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M755" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="756" spans="1:13">
       <c r="A756" s="1">
-        <v>82422814200017</v>
+        <v>82422814201841</v>
       </c>
       <c r="B756" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C756" s="2" t="s">
-        <v>1791</v>
+        <v>1779</v>
       </c>
       <c r="D756" s="2"/>
       <c r="E756" s="2" t="s">
-        <v>1792</v>
+        <v>1790</v>
       </c>
       <c r="F756" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G756" s="2"/>
       <c r="H756" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I756" s="3">
         <v>11930743393</v>
       </c>
       <c r="J756" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K756" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L756" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M756" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="757" spans="1:13">
       <c r="A757" s="1">
-        <v>82422814200249</v>
+        <v>82422814201858</v>
       </c>
       <c r="B757" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C757" s="2" t="s">
-        <v>1791</v>
+        <v>1779</v>
       </c>
       <c r="D757" s="2"/>
       <c r="E757" s="2" t="s">
-        <v>1793</v>
+        <v>1791</v>
       </c>
       <c r="F757" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G757" s="2"/>
       <c r="H757" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I757" s="3">
         <v>11930743393</v>
       </c>
       <c r="J757" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K757" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L757" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M757" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="758" spans="1:13">
       <c r="A758" s="1">
-        <v>82422814200629</v>
+        <v>82422814201890</v>
       </c>
       <c r="B758" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C758" s="2" t="s">
-        <v>1791</v>
+        <v>1779</v>
       </c>
       <c r="D758" s="2"/>
       <c r="E758" s="2" t="s">
-        <v>1794</v>
+        <v>1792</v>
       </c>
       <c r="F758" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G758" s="2"/>
       <c r="H758" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I758" s="3">
         <v>11930743393</v>
       </c>
       <c r="J758" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K758" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L758" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M758" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="759" spans="1:13">
       <c r="A759" s="1">
-        <v>82422814200686</v>
+        <v>82436343600240</v>
       </c>
       <c r="B759" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C759" s="2" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="D759" s="2"/>
       <c r="E759" s="2" t="s">
-        <v>1795</v>
+        <v>1774</v>
       </c>
       <c r="F759" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G759" s="2"/>
       <c r="H759" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I759" s="3">
-        <v>11930743393</v>
+        <v>11930762993</v>
       </c>
       <c r="J759" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K759" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L759" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M759" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="760" spans="1:13">
       <c r="A760" s="1">
-        <v>82422814200694</v>
+        <v>82436343600273</v>
       </c>
       <c r="B760" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C760" s="2" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="D760" s="2"/>
       <c r="E760" s="2" t="s">
-        <v>1796</v>
+        <v>1773</v>
       </c>
       <c r="F760" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G760" s="2"/>
       <c r="H760" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I760" s="3">
-        <v>11930743393</v>
+        <v>11930762993</v>
       </c>
       <c r="J760" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K760" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L760" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M760" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="761" spans="1:13">
       <c r="A761" s="1">
-        <v>82422814200868</v>
+        <v>82436343600331</v>
       </c>
       <c r="B761" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C761" s="2" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="D761" s="2"/>
       <c r="E761" s="2" t="s">
-        <v>1785</v>
+        <v>1772</v>
       </c>
       <c r="F761" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G761" s="2"/>
       <c r="H761" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I761" s="3">
-        <v>11930743393</v>
+        <v>11930762993</v>
       </c>
       <c r="J761" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K761" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L761" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M761" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="762" spans="1:13">
       <c r="A762" s="1">
-        <v>82422814201056</v>
+        <v>82436343600653</v>
       </c>
       <c r="B762" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C762" s="2" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="D762" s="2"/>
       <c r="E762" s="2" t="s">
-        <v>1797</v>
+        <v>1775</v>
       </c>
       <c r="F762" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G762" s="2"/>
       <c r="H762" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I762" s="3">
-        <v>11930743393</v>
+        <v>11930762993</v>
       </c>
       <c r="J762" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K762" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L762" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M762" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="763" spans="1:13">
       <c r="A763" s="1">
-        <v>82422814201171</v>
+        <v>82436343600901</v>
       </c>
       <c r="B763" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C763" s="2" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="D763" s="2"/>
       <c r="E763" s="2" t="s">
-        <v>1798</v>
+        <v>1777</v>
       </c>
       <c r="F763" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G763" s="2"/>
       <c r="H763" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I763" s="3">
-        <v>11930743393</v>
+        <v>11930762993</v>
       </c>
       <c r="J763" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K763" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L763" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M763" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="764" spans="1:13">
       <c r="A764" s="1">
-        <v>82422814201338</v>
+        <v>82436343601214</v>
       </c>
       <c r="B764" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C764" s="2" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="D764" s="2"/>
       <c r="E764" s="2" t="s">
-        <v>1799</v>
+        <v>1776</v>
       </c>
       <c r="F764" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G764" s="2"/>
       <c r="H764" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I764" s="3">
-        <v>11930743393</v>
+        <v>11930762993</v>
       </c>
       <c r="J764" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K764" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L764" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M764" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="765" spans="1:13">
       <c r="A765" s="1">
-        <v>82422814201510</v>
+        <v>82436343601230</v>
       </c>
       <c r="B765" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C765" s="2" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="D765" s="2"/>
       <c r="E765" s="2" t="s">
-        <v>1800</v>
+        <v>1778</v>
       </c>
       <c r="F765" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G765" s="2"/>
       <c r="H765" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I765" s="3">
-        <v>11930743393</v>
+        <v>11930762993</v>
       </c>
       <c r="J765" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K765" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L765" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M765" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="766" spans="1:13">
       <c r="A766" s="1">
-        <v>82422814201833</v>
+        <v>82502126400015</v>
       </c>
       <c r="B766" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C766" s="2" t="s">
-        <v>1791</v>
+        <v>1794</v>
       </c>
       <c r="D766" s="2"/>
       <c r="E766" s="2" t="s">
-        <v>1801</v>
+        <v>1795</v>
       </c>
       <c r="F766" s="2" t="s">
-        <v>23</v>
+        <v>1796</v>
       </c>
       <c r="G766" s="2"/>
       <c r="H766" s="2" t="s">
-        <v>31</v>
+        <v>1797</v>
       </c>
       <c r="I766" s="3">
-        <v>11930743393</v>
+        <v>11940977594</v>
       </c>
       <c r="J766" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K766" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L766" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M766" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="767" spans="1:13">
       <c r="A767" s="1">
-        <v>82422814201841</v>
+        <v>82502126400023</v>
       </c>
       <c r="B767" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C767" s="2" t="s">
-        <v>1791</v>
+        <v>1794</v>
       </c>
       <c r="D767" s="2"/>
       <c r="E767" s="2" t="s">
-        <v>1802</v>
+        <v>1798</v>
       </c>
       <c r="F767" s="2" t="s">
-        <v>23</v>
+        <v>1662</v>
       </c>
       <c r="G767" s="2"/>
       <c r="H767" s="2" t="s">
-        <v>31</v>
+        <v>1797</v>
       </c>
       <c r="I767" s="3">
-        <v>11930743393</v>
+        <v>11940977594</v>
       </c>
       <c r="J767" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K767" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L767" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M767" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="768" spans="1:13">
       <c r="A768" s="1">
-        <v>82422814201858</v>
+        <v>82523307500019</v>
       </c>
       <c r="B768" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C768" s="2" t="s">
-        <v>1791</v>
+        <v>1799</v>
       </c>
       <c r="D768" s="2"/>
       <c r="E768" s="2" t="s">
-        <v>1803</v>
+        <v>1800</v>
       </c>
       <c r="F768" s="2" t="s">
-        <v>23</v>
+        <v>1801</v>
       </c>
       <c r="G768" s="2"/>
       <c r="H768" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I768" s="3">
-        <v>11930743393</v>
+        <v>52850202085</v>
       </c>
       <c r="J768" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K768" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L768" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M768" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="769" spans="1:13">
       <c r="A769" s="1">
-        <v>82422814201890</v>
+        <v>82921122600024</v>
       </c>
       <c r="B769" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C769" s="2" t="s">
-        <v>1791</v>
+        <v>1802</v>
       </c>
       <c r="D769" s="2"/>
       <c r="E769" s="2" t="s">
+        <v>1803</v>
+      </c>
+      <c r="F769" s="2" t="s">
         <v>1804</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="G769" s="2"/>
       <c r="H769" s="2" t="s">
-        <v>31</v>
+        <v>536</v>
       </c>
       <c r="I769" s="3">
-        <v>11930743393</v>
+        <v>75640462364</v>
       </c>
       <c r="J769" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K769" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L769" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M769" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="770" spans="1:13">
       <c r="A770" s="1">
-        <v>82436343600240</v>
+        <v>82935906600026</v>
       </c>
       <c r="B770" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C770" s="2" t="s">
         <v>1805</v>
       </c>
       <c r="D770" s="2"/>
       <c r="E770" s="2" t="s">
-        <v>1786</v>
+        <v>1806</v>
       </c>
       <c r="F770" s="2" t="s">
-        <v>23</v>
+        <v>1807</v>
       </c>
       <c r="G770" s="2"/>
       <c r="H770" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I770" s="3">
-        <v>11930762993</v>
+        <v>28270204327</v>
       </c>
       <c r="J770" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K770" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L770" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M770" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="771" spans="1:13">
       <c r="A771" s="1">
-        <v>82436343600273</v>
+        <v>82971137300011</v>
       </c>
       <c r="B771" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C771" s="2" t="s">
-        <v>1805</v>
+        <v>1808</v>
       </c>
       <c r="D771" s="2"/>
       <c r="E771" s="2" t="s">
-        <v>1785</v>
+        <v>1809</v>
       </c>
       <c r="F771" s="2" t="s">
-        <v>23</v>
+        <v>1810</v>
       </c>
       <c r="G771" s="2"/>
       <c r="H771" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I771" s="3">
-        <v>11930762993</v>
+        <v>75470132347</v>
       </c>
       <c r="J771" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K771" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L771" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M771" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="772" spans="1:13">
       <c r="A772" s="1">
-        <v>82436343600331</v>
+        <v>82971137300029</v>
       </c>
       <c r="B772" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C772" s="2" t="s">
-        <v>1805</v>
-[...1 lines deleted...]
-      <c r="D772" s="2"/>
+        <v>1808</v>
+      </c>
+      <c r="D772" s="2" t="s">
+        <v>1808</v>
+      </c>
       <c r="E772" s="2" t="s">
-        <v>1784</v>
+        <v>1811</v>
       </c>
       <c r="F772" s="2" t="s">
-        <v>23</v>
+        <v>1201</v>
       </c>
       <c r="G772" s="2"/>
       <c r="H772" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I772" s="3">
-        <v>11930762993</v>
+        <v>75470132347</v>
       </c>
       <c r="J772" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K772" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L772" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M772" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="773" spans="1:13">
       <c r="A773" s="1">
-        <v>82436343600653</v>
+        <v>82983688100021</v>
       </c>
       <c r="B773" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C773" s="2" t="s">
-        <v>1805</v>
-[...1 lines deleted...]
-      <c r="D773" s="2"/>
+        <v>1812</v>
+      </c>
+      <c r="D773" s="2" t="s">
+        <v>1813</v>
+      </c>
       <c r="E773" s="2" t="s">
-        <v>1787</v>
+        <v>1814</v>
       </c>
       <c r="F773" s="2" t="s">
-        <v>23</v>
+        <v>1815</v>
       </c>
       <c r="G773" s="2"/>
       <c r="H773" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I773" s="3">
-        <v>11930762993</v>
+        <v>27890155089</v>
       </c>
       <c r="J773" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K773" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L773" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M773" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="774" spans="1:13">
       <c r="A774" s="1">
-        <v>82436343600901</v>
+        <v>82983688100047</v>
       </c>
       <c r="B774" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C774" s="2" t="s">
-        <v>1805</v>
-[...1 lines deleted...]
-      <c r="D774" s="2"/>
+        <v>1812</v>
+      </c>
+      <c r="D774" s="2" t="s">
+        <v>1816</v>
+      </c>
       <c r="E774" s="2" t="s">
-        <v>1789</v>
+        <v>1817</v>
       </c>
       <c r="F774" s="2" t="s">
-        <v>23</v>
+        <v>1818</v>
       </c>
       <c r="G774" s="2"/>
       <c r="H774" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I774" s="3">
-        <v>11930762993</v>
+        <v>27890155089</v>
       </c>
       <c r="J774" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K774" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L774" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M774" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="775" spans="1:13">
       <c r="A775" s="1">
-        <v>82436343601214</v>
+        <v>83029224900018</v>
       </c>
       <c r="B775" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C775" s="2" t="s">
-        <v>1805</v>
+        <v>1819</v>
       </c>
       <c r="D775" s="2"/>
       <c r="E775" s="2" t="s">
-        <v>1788</v>
+        <v>1820</v>
       </c>
       <c r="F775" s="2" t="s">
-        <v>23</v>
+        <v>1821</v>
       </c>
       <c r="G775" s="2"/>
       <c r="H775" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I775" s="3">
-        <v>11930762993</v>
+        <v>84380725038</v>
       </c>
       <c r="J775" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K775" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L775" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M775" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="776" spans="1:13">
       <c r="A776" s="1">
-        <v>82436343601230</v>
+        <v>83040750800027</v>
       </c>
       <c r="B776" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C776" s="2" t="s">
-        <v>1805</v>
+        <v>1822</v>
       </c>
       <c r="D776" s="2"/>
       <c r="E776" s="2" t="s">
-        <v>1790</v>
+        <v>1823</v>
       </c>
       <c r="F776" s="2" t="s">
-        <v>23</v>
+        <v>276</v>
       </c>
       <c r="G776" s="2"/>
       <c r="H776" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I776" s="3">
-        <v>11930762993</v>
+        <v>76660208266</v>
       </c>
       <c r="J776" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K776" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L776" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M776" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="777" spans="1:13">
       <c r="A777" s="1">
-        <v>82502126400015</v>
+        <v>83049777200012</v>
       </c>
       <c r="B777" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C777" s="2" t="s">
-        <v>1806</v>
+        <v>1824</v>
       </c>
       <c r="D777" s="2"/>
       <c r="E777" s="2" t="s">
-        <v>1807</v>
+        <v>1825</v>
       </c>
       <c r="F777" s="2" t="s">
-        <v>1808</v>
+        <v>1826</v>
       </c>
       <c r="G777" s="2"/>
       <c r="H777" s="2" t="s">
-        <v>1809</v>
+        <v>27</v>
       </c>
       <c r="I777" s="3">
-        <v>11940977594</v>
+        <v>11922182092</v>
       </c>
       <c r="J777" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K777" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L777" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M777" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="778" spans="1:13">
       <c r="A778" s="1">
-        <v>82502126400023</v>
+        <v>83093639900013</v>
       </c>
       <c r="B778" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C778" s="2" t="s">
-        <v>1806</v>
+        <v>1827</v>
       </c>
       <c r="D778" s="2"/>
       <c r="E778" s="2" t="s">
-        <v>1810</v>
+        <v>1828</v>
       </c>
       <c r="F778" s="2" t="s">
-        <v>1672</v>
+        <v>1829</v>
       </c>
       <c r="G778" s="2"/>
       <c r="H778" s="2" t="s">
-        <v>1809</v>
+        <v>31</v>
       </c>
       <c r="I778" s="3">
-        <v>11940977594</v>
+        <v>84420304242</v>
       </c>
       <c r="J778" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K778" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L778" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M778" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="779" spans="1:13">
       <c r="A779" s="1">
-        <v>82523307500019</v>
+        <v>83118422100016</v>
       </c>
       <c r="B779" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C779" s="2" t="s">
-        <v>1811</v>
+        <v>1830</v>
       </c>
       <c r="D779" s="2"/>
       <c r="E779" s="2" t="s">
-        <v>1812</v>
+        <v>1831</v>
       </c>
       <c r="F779" s="2" t="s">
-        <v>1813</v>
+        <v>1832</v>
       </c>
       <c r="G779" s="2"/>
       <c r="H779" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I779" s="3">
-        <v>52850202085</v>
+        <v>75790120579</v>
       </c>
       <c r="J779" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K779" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L779" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M779" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="780" spans="1:13">
       <c r="A780" s="1">
-        <v>82848709000023</v>
+        <v>83156972800031</v>
       </c>
       <c r="B780" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C780" s="2" t="s">
-        <v>1814</v>
+        <v>1833</v>
       </c>
       <c r="D780" s="2"/>
       <c r="E780" s="2" t="s">
-        <v>1815</v>
+        <v>1200</v>
       </c>
       <c r="F780" s="2" t="s">
-        <v>1816</v>
+        <v>1415</v>
       </c>
       <c r="G780" s="2"/>
       <c r="H780" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="I780" s="3"/>
+        <v>525</v>
+      </c>
+      <c r="I780" s="3">
+        <v>11770730077</v>
+      </c>
       <c r="J780" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K780" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L780" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M780" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="781" spans="1:13">
       <c r="A781" s="1">
-        <v>82897968200014</v>
+        <v>83247981000026</v>
       </c>
       <c r="B781" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C781" s="2" t="s">
-        <v>1817</v>
+        <v>1834</v>
       </c>
       <c r="D781" s="2"/>
       <c r="E781" s="2" t="s">
-        <v>1818</v>
+        <v>1835</v>
       </c>
       <c r="F781" s="2" t="s">
-        <v>961</v>
+        <v>17</v>
       </c>
       <c r="G781" s="2"/>
       <c r="H781" s="2" t="s">
-        <v>31</v>
+        <v>536</v>
       </c>
       <c r="I781" s="3">
-        <v>44670594867</v>
+        <v>32800191080</v>
       </c>
       <c r="J781" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K781" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L781" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M781" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="782" spans="1:13">
       <c r="A782" s="1">
-        <v>82921122600024</v>
+        <v>83334677800016</v>
       </c>
       <c r="B782" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C782" s="2" t="s">
-        <v>1819</v>
+        <v>1836</v>
       </c>
       <c r="D782" s="2"/>
       <c r="E782" s="2" t="s">
-        <v>1820</v>
+        <v>1837</v>
       </c>
       <c r="F782" s="2" t="s">
-        <v>1821</v>
+        <v>1734</v>
       </c>
       <c r="G782" s="2"/>
       <c r="H782" s="2" t="s">
-        <v>520</v>
+        <v>31</v>
       </c>
       <c r="I782" s="3">
-        <v>75640462364</v>
+        <v>44670628467</v>
       </c>
       <c r="J782" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K782" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L782" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M782" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="783" spans="1:13">
       <c r="A783" s="1">
-        <v>82935906600026</v>
+        <v>83409674500031</v>
       </c>
       <c r="B783" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C783" s="2" t="s">
-        <v>1822</v>
+        <v>1838</v>
       </c>
       <c r="D783" s="2"/>
       <c r="E783" s="2" t="s">
-        <v>1823</v>
+        <v>1839</v>
       </c>
       <c r="F783" s="2" t="s">
-        <v>1824</v>
+        <v>1840</v>
       </c>
       <c r="G783" s="2"/>
       <c r="H783" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I783" s="3">
-        <v>28270204327</v>
+        <v>11788376778</v>
       </c>
       <c r="J783" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K783" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L783" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M783" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="784" spans="1:13">
       <c r="A784" s="1">
-        <v>82971137300011</v>
+        <v>83409674500049</v>
       </c>
       <c r="B784" s="2" t="s">
-        <v>13</v>
+        <v>442</v>
       </c>
       <c r="C784" s="2" t="s">
-        <v>1825</v>
+        <v>1838</v>
       </c>
       <c r="D784" s="2"/>
       <c r="E784" s="2" t="s">
-        <v>1826</v>
+        <v>1841</v>
       </c>
       <c r="F784" s="2" t="s">
-        <v>1827</v>
-[...1 lines deleted...]
-      <c r="G784" s="2"/>
+        <v>1840</v>
+      </c>
+      <c r="G784" s="2" t="s">
+        <v>319</v>
+      </c>
       <c r="H784" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I784" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I784" s="3"/>
       <c r="J784" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K784" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L784" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M784" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="785" spans="1:13">
       <c r="A785" s="1">
-        <v>82971137300029</v>
+        <v>83409674500056</v>
       </c>
       <c r="B785" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C785" s="2" t="s">
-        <v>1825</v>
-[...3 lines deleted...]
-      </c>
+        <v>1838</v>
+      </c>
+      <c r="D785" s="2"/>
       <c r="E785" s="2" t="s">
-        <v>1828</v>
+        <v>1842</v>
       </c>
       <c r="F785" s="2" t="s">
-        <v>1168</v>
+        <v>1840</v>
       </c>
       <c r="G785" s="2"/>
       <c r="H785" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I785" s="3">
-        <v>75470132347</v>
+        <v>11788376778</v>
       </c>
       <c r="J785" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K785" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L785" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M785" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="786" spans="1:13">
       <c r="A786" s="1">
-        <v>82983688100021</v>
+        <v>83409674500080</v>
       </c>
       <c r="B786" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C786" s="2" t="s">
-        <v>1829</v>
+        <v>1838</v>
       </c>
       <c r="D786" s="2"/>
       <c r="E786" s="2" t="s">
-        <v>1830</v>
+        <v>1843</v>
       </c>
       <c r="F786" s="2" t="s">
-        <v>1831</v>
+        <v>1840</v>
       </c>
       <c r="G786" s="2"/>
       <c r="H786" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I786" s="3">
-        <v>27890155089</v>
+        <v>11788376778</v>
       </c>
       <c r="J786" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K786" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L786" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M786" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="787" spans="1:13">
       <c r="A787" s="1">
-        <v>82983688100047</v>
+        <v>83409674500106</v>
       </c>
       <c r="B787" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C787" s="2" t="s">
-        <v>1829</v>
-[...3 lines deleted...]
-      </c>
+        <v>1838</v>
+      </c>
+      <c r="D787" s="2"/>
       <c r="E787" s="2" t="s">
-        <v>1833</v>
+        <v>1844</v>
       </c>
       <c r="F787" s="2" t="s">
-        <v>1834</v>
+        <v>1840</v>
       </c>
       <c r="G787" s="2"/>
       <c r="H787" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I787" s="3">
-        <v>27890155089</v>
+        <v>11788376778</v>
       </c>
       <c r="J787" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K787" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L787" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M787" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="788" spans="1:13">
       <c r="A788" s="1">
-        <v>83017750700076</v>
+        <v>83409674500122</v>
       </c>
       <c r="B788" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C788" s="2" t="s">
-        <v>1835</v>
+        <v>1838</v>
       </c>
       <c r="D788" s="2"/>
       <c r="E788" s="2" t="s">
-        <v>1836</v>
+        <v>1845</v>
       </c>
       <c r="F788" s="2" t="s">
-        <v>1837</v>
+        <v>1840</v>
       </c>
       <c r="G788" s="2"/>
       <c r="H788" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I788" s="3">
-        <v>75400131340</v>
+        <v>11788376778</v>
       </c>
       <c r="J788" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K788" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L788" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M788" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="789" spans="1:13">
       <c r="A789" s="1">
-        <v>83029224900018</v>
+        <v>83409674500148</v>
       </c>
       <c r="B789" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C789" s="2" t="s">
         <v>1838</v>
       </c>
       <c r="D789" s="2"/>
       <c r="E789" s="2" t="s">
-        <v>1839</v>
+        <v>1846</v>
       </c>
       <c r="F789" s="2" t="s">
         <v>1840</v>
       </c>
       <c r="G789" s="2"/>
       <c r="H789" s="2" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I789" s="3">
-        <v>84380725038</v>
+        <v>11788376778</v>
       </c>
       <c r="J789" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K789" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L789" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M789" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="790" spans="1:13">
       <c r="A790" s="1">
-        <v>83040750800027</v>
+        <v>83409674500171</v>
       </c>
       <c r="B790" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C790" s="2" t="s">
-        <v>1841</v>
+        <v>1838</v>
       </c>
       <c r="D790" s="2"/>
       <c r="E790" s="2" t="s">
-        <v>1842</v>
+        <v>1847</v>
       </c>
       <c r="F790" s="2" t="s">
-        <v>277</v>
+        <v>1840</v>
       </c>
       <c r="G790" s="2"/>
       <c r="H790" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I790" s="3">
-        <v>76660208266</v>
+        <v>11788376778</v>
       </c>
       <c r="J790" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K790" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L790" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M790" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="791" spans="1:13">
       <c r="A791" s="1">
-        <v>83049777200012</v>
+        <v>83409674500189</v>
       </c>
       <c r="B791" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C791" s="2" t="s">
-        <v>1843</v>
+        <v>1838</v>
       </c>
       <c r="D791" s="2"/>
       <c r="E791" s="2" t="s">
-        <v>1844</v>
+        <v>1848</v>
       </c>
       <c r="F791" s="2" t="s">
-        <v>1845</v>
+        <v>1840</v>
       </c>
       <c r="G791" s="2"/>
       <c r="H791" s="2" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="I791" s="3">
-        <v>11922182092</v>
+        <v>11788376778</v>
       </c>
       <c r="J791" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K791" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L791" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M791" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="792" spans="1:13">
       <c r="A792" s="1">
-        <v>83093639900013</v>
+        <v>83409674500197</v>
       </c>
       <c r="B792" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C792" s="2" t="s">
-        <v>1846</v>
+        <v>1838</v>
       </c>
       <c r="D792" s="2"/>
       <c r="E792" s="2" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="F792" s="2" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="G792" s="2"/>
       <c r="H792" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I792" s="3">
-        <v>84420304242</v>
+        <v>11788376778</v>
       </c>
       <c r="J792" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K792" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L792" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M792" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="793" spans="1:13">
       <c r="A793" s="1">
-        <v>83118422100016</v>
+        <v>83409674500213</v>
       </c>
       <c r="B793" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C793" s="2" t="s">
-        <v>1849</v>
-[...1 lines deleted...]
-      <c r="D793" s="2"/>
+        <v>1838</v>
+      </c>
+      <c r="D793" s="2" t="s">
+        <v>1838</v>
+      </c>
       <c r="E793" s="2" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
       <c r="F793" s="2" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="G793" s="2"/>
       <c r="H793" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I793" s="3">
-        <v>75790120579</v>
+        <v>11788376778</v>
       </c>
       <c r="J793" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K793" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L793" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M793" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="794" spans="1:13">
       <c r="A794" s="1">
-        <v>83156972800031</v>
+        <v>83409674500247</v>
       </c>
       <c r="B794" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C794" s="2" t="s">
-        <v>1852</v>
+        <v>1838</v>
       </c>
       <c r="D794" s="2"/>
       <c r="E794" s="2" t="s">
-        <v>1167</v>
+        <v>1853</v>
       </c>
       <c r="F794" s="2" t="s">
-        <v>1262</v>
+        <v>458</v>
       </c>
       <c r="G794" s="2"/>
       <c r="H794" s="2" t="s">
-        <v>509</v>
+        <v>31</v>
       </c>
       <c r="I794" s="3">
-        <v>11770730077</v>
+        <v>11788376778</v>
       </c>
       <c r="J794" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K794" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L794" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M794" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="795" spans="1:13">
       <c r="A795" s="1">
-        <v>83247981000026</v>
+        <v>83409674500254</v>
       </c>
       <c r="B795" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C795" s="2" t="s">
-        <v>1853</v>
+        <v>1838</v>
       </c>
       <c r="D795" s="2"/>
       <c r="E795" s="2" t="s">
         <v>1854</v>
       </c>
       <c r="F795" s="2" t="s">
-        <v>17</v>
+        <v>1855</v>
       </c>
       <c r="G795" s="2"/>
       <c r="H795" s="2" t="s">
-        <v>520</v>
+        <v>31</v>
       </c>
       <c r="I795" s="3">
-        <v>32800191080</v>
+        <v>11788376778</v>
       </c>
       <c r="J795" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K795" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L795" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M795" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="796" spans="1:13">
       <c r="A796" s="1">
-        <v>83334677800016</v>
+        <v>83420427300017</v>
       </c>
       <c r="B796" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C796" s="2" t="s">
-        <v>1855</v>
-[...1 lines deleted...]
-      <c r="D796" s="2"/>
+        <v>1856</v>
+      </c>
+      <c r="D796" s="2" t="s">
+        <v>1856</v>
+      </c>
       <c r="E796" s="2" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="F796" s="2" t="s">
-        <v>1747</v>
+        <v>1858</v>
       </c>
       <c r="G796" s="2"/>
       <c r="H796" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I796" s="3">
-        <v>44670628467</v>
+        <v>76310897031</v>
       </c>
       <c r="J796" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K796" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L796" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M796" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="797" spans="1:13">
       <c r="A797" s="1">
-        <v>83409674500031</v>
+        <v>83420427300041</v>
       </c>
       <c r="B797" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C797" s="2" t="s">
-        <v>1857</v>
-[...1 lines deleted...]
-      <c r="D797" s="2"/>
+        <v>1856</v>
+      </c>
+      <c r="D797" s="2" t="s">
+        <v>1856</v>
+      </c>
       <c r="E797" s="2" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
       <c r="F797" s="2" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="G797" s="2"/>
       <c r="H797" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I797" s="3">
-        <v>11788376778</v>
+        <v>76310897031</v>
       </c>
       <c r="J797" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K797" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L797" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M797" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="798" spans="1:13">
       <c r="A798" s="1">
-        <v>83409674500049</v>
+        <v>83420427300074</v>
       </c>
       <c r="B798" s="2" t="s">
-        <v>426</v>
+        <v>13</v>
       </c>
       <c r="C798" s="2" t="s">
-        <v>1857</v>
+        <v>1856</v>
       </c>
       <c r="D798" s="2"/>
       <c r="E798" s="2" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
       <c r="F798" s="2" t="s">
-        <v>1859</v>
-[...3 lines deleted...]
-      </c>
+        <v>1862</v>
+      </c>
+      <c r="G798" s="2"/>
       <c r="H798" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I798" s="3">
-        <v>11788376778</v>
+        <v>76310897031</v>
       </c>
       <c r="J798" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K798" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L798" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M798" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="799" spans="1:13">
       <c r="A799" s="1">
-        <v>83409674500056</v>
+        <v>83420427300090</v>
       </c>
       <c r="B799" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C799" s="2" t="s">
-        <v>1857</v>
+        <v>1856</v>
       </c>
       <c r="D799" s="2"/>
       <c r="E799" s="2" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="F799" s="2" t="s">
-        <v>1859</v>
+        <v>1864</v>
       </c>
       <c r="G799" s="2"/>
       <c r="H799" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I799" s="3">
-        <v>11788376778</v>
+        <v>76310897031</v>
       </c>
       <c r="J799" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K799" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L799" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M799" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="800" spans="1:13">
       <c r="A800" s="1">
-        <v>83409674500080</v>
+        <v>83420427300108</v>
       </c>
       <c r="B800" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C800" s="2" t="s">
-        <v>1857</v>
+        <v>1856</v>
       </c>
       <c r="D800" s="2"/>
       <c r="E800" s="2" t="s">
-        <v>1862</v>
+        <v>1865</v>
       </c>
       <c r="F800" s="2" t="s">
-        <v>1859</v>
+        <v>1864</v>
       </c>
       <c r="G800" s="2"/>
       <c r="H800" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I800" s="3">
-        <v>11788376778</v>
+        <v>76310897031</v>
       </c>
       <c r="J800" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K800" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L800" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M800" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="801" spans="1:13">
       <c r="A801" s="1">
-        <v>83409674500106</v>
+        <v>83494006600014</v>
       </c>
       <c r="B801" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C801" s="2" t="s">
-        <v>1857</v>
+        <v>1866</v>
       </c>
       <c r="D801" s="2"/>
       <c r="E801" s="2" t="s">
-        <v>1863</v>
+        <v>1867</v>
       </c>
       <c r="F801" s="2" t="s">
-        <v>1859</v>
+        <v>1451</v>
       </c>
       <c r="G801" s="2"/>
       <c r="H801" s="2" t="s">
-        <v>31</v>
+        <v>536</v>
       </c>
       <c r="I801" s="3">
-        <v>11788376778</v>
+        <v>84010202101</v>
       </c>
       <c r="J801" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K801" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L801" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M801" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="802" spans="1:13">
       <c r="A802" s="1">
-        <v>83409674500122</v>
+        <v>83763987100016</v>
       </c>
       <c r="B802" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C802" s="2" t="s">
-        <v>1857</v>
+        <v>1868</v>
       </c>
       <c r="D802" s="2"/>
       <c r="E802" s="2" t="s">
-        <v>1864</v>
+        <v>1869</v>
       </c>
       <c r="F802" s="2" t="s">
-        <v>1859</v>
+        <v>888</v>
       </c>
       <c r="G802" s="2"/>
       <c r="H802" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I802" s="3">
-        <v>11788376778</v>
+        <v>52490378449</v>
       </c>
       <c r="J802" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K802" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L802" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M802" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="803" spans="1:13">
       <c r="A803" s="1">
-        <v>83409674500148</v>
+        <v>83787738000027</v>
       </c>
       <c r="B803" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C803" s="2" t="s">
-        <v>1857</v>
+        <v>1870</v>
       </c>
       <c r="D803" s="2"/>
       <c r="E803" s="2" t="s">
-        <v>1865</v>
+        <v>1871</v>
       </c>
       <c r="F803" s="2" t="s">
-        <v>1859</v>
+        <v>1300</v>
       </c>
       <c r="G803" s="2"/>
       <c r="H803" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I803" s="3">
-        <v>11788376778</v>
+        <v>84430344843</v>
       </c>
       <c r="J803" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K803" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L803" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M803" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="804" spans="1:13">
       <c r="A804" s="1">
-        <v>83409674500171</v>
+        <v>83815518200010</v>
       </c>
       <c r="B804" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C804" s="2" t="s">
-        <v>1857</v>
+        <v>1872</v>
       </c>
       <c r="D804" s="2"/>
       <c r="E804" s="2" t="s">
-        <v>1866</v>
+        <v>1873</v>
       </c>
       <c r="F804" s="2" t="s">
-        <v>1859</v>
+        <v>1874</v>
       </c>
       <c r="G804" s="2"/>
       <c r="H804" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I804" s="3">
-        <v>11788376778</v>
+        <v>52490344149</v>
       </c>
       <c r="J804" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K804" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L804" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M804" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="805" spans="1:13">
       <c r="A805" s="1">
-        <v>83409674500189</v>
+        <v>83815518200036</v>
       </c>
       <c r="B805" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C805" s="2" t="s">
-        <v>1857</v>
+        <v>1872</v>
       </c>
       <c r="D805" s="2"/>
       <c r="E805" s="2" t="s">
-        <v>1867</v>
+        <v>1875</v>
       </c>
       <c r="F805" s="2" t="s">
-        <v>1859</v>
+        <v>1032</v>
       </c>
       <c r="G805" s="2"/>
       <c r="H805" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I805" s="3">
-        <v>11788376778</v>
+        <v>52490344149</v>
       </c>
       <c r="J805" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K805" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L805" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M805" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="806" spans="1:13">
       <c r="A806" s="1">
-        <v>83409674500197</v>
+        <v>83815518200044</v>
       </c>
       <c r="B806" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C806" s="2" t="s">
-        <v>1857</v>
+        <v>1872</v>
       </c>
       <c r="D806" s="2"/>
       <c r="E806" s="2" t="s">
-        <v>1868</v>
+        <v>1876</v>
       </c>
       <c r="F806" s="2" t="s">
-        <v>1869</v>
+        <v>1877</v>
       </c>
       <c r="G806" s="2"/>
       <c r="H806" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I806" s="3">
-        <v>11788376778</v>
+        <v>52490344149</v>
       </c>
       <c r="J806" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K806" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L806" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M806" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="807" spans="1:13">
       <c r="A807" s="1">
-        <v>83409674500213</v>
+        <v>83910957600018</v>
       </c>
       <c r="B807" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C807" s="2" t="s">
-        <v>1857</v>
-[...3 lines deleted...]
-      </c>
+        <v>1878</v>
+      </c>
+      <c r="D807" s="2"/>
       <c r="E807" s="2" t="s">
-        <v>1870</v>
+        <v>1879</v>
       </c>
       <c r="F807" s="2" t="s">
-        <v>1871</v>
+        <v>1524</v>
       </c>
       <c r="G807" s="2"/>
       <c r="H807" s="2" t="s">
-        <v>489</v>
-[...3 lines deleted...]
-      </c>
+        <v>1880</v>
+      </c>
+      <c r="I807" s="3"/>
       <c r="J807" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K807" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L807" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M807" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="808" spans="1:13">
       <c r="A808" s="1">
-        <v>83409674500247</v>
+        <v>83953129000014</v>
       </c>
       <c r="B808" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C808" s="2" t="s">
-        <v>1857</v>
+        <v>1881</v>
       </c>
       <c r="D808" s="2"/>
       <c r="E808" s="2" t="s">
-        <v>1872</v>
+        <v>1882</v>
       </c>
       <c r="F808" s="2" t="s">
-        <v>442</v>
+        <v>1883</v>
       </c>
       <c r="G808" s="2"/>
       <c r="H808" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I808" s="3">
-        <v>11788376778</v>
+        <v>27710276471</v>
       </c>
       <c r="J808" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K808" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L808" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M808" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="809" spans="1:13">
       <c r="A809" s="1">
-        <v>83409674500254</v>
+        <v>84144790700038</v>
       </c>
       <c r="B809" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C809" s="2" t="s">
-        <v>1857</v>
-[...1 lines deleted...]
-      <c r="D809" s="2"/>
+        <v>1884</v>
+      </c>
+      <c r="D809" s="2" t="s">
+        <v>1885</v>
+      </c>
       <c r="E809" s="2" t="s">
-        <v>1873</v>
+        <v>1886</v>
       </c>
       <c r="F809" s="2" t="s">
-        <v>1874</v>
+        <v>1887</v>
       </c>
       <c r="G809" s="2"/>
       <c r="H809" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I809" s="3">
-        <v>11788376778</v>
+        <v>11910830491</v>
       </c>
       <c r="J809" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K809" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L809" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M809" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="810" spans="1:13">
       <c r="A810" s="1">
-        <v>83420427300017</v>
+        <v>84209575400029</v>
       </c>
       <c r="B810" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C810" s="2" t="s">
-        <v>1875</v>
-[...3 lines deleted...]
-      </c>
+        <v>1888</v>
+      </c>
+      <c r="D810" s="2"/>
       <c r="E810" s="2" t="s">
-        <v>1876</v>
+        <v>1889</v>
       </c>
       <c r="F810" s="2" t="s">
-        <v>1877</v>
+        <v>269</v>
       </c>
       <c r="G810" s="2"/>
       <c r="H810" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I810" s="3">
-        <v>76310897031</v>
+        <v>84010199801</v>
       </c>
       <c r="J810" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K810" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L810" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M810" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="811" spans="1:13">
       <c r="A811" s="1">
-        <v>83420427300041</v>
+        <v>84240712400010</v>
       </c>
       <c r="B811" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C811" s="2" t="s">
-        <v>1875</v>
+        <v>1890</v>
       </c>
       <c r="D811" s="2" t="s">
-        <v>1875</v>
+        <v>1890</v>
       </c>
       <c r="E811" s="2" t="s">
-        <v>1878</v>
+        <v>1891</v>
       </c>
       <c r="F811" s="2" t="s">
-        <v>1879</v>
+        <v>1892</v>
       </c>
       <c r="G811" s="2"/>
       <c r="H811" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I811" s="3">
-        <v>76310897031</v>
+        <v>52850214385</v>
       </c>
       <c r="J811" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K811" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L811" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M811" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="812" spans="1:13">
       <c r="A812" s="1">
-        <v>83420427300074</v>
+        <v>84294694900018</v>
       </c>
       <c r="B812" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C812" s="2" t="s">
-        <v>1875</v>
+        <v>1893</v>
       </c>
       <c r="D812" s="2"/>
       <c r="E812" s="2" t="s">
-        <v>1880</v>
+        <v>1894</v>
       </c>
       <c r="F812" s="2" t="s">
-        <v>1881</v>
+        <v>1895</v>
       </c>
       <c r="G812" s="2"/>
       <c r="H812" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I812" s="3">
-        <v>76310897031</v>
+        <v>32620299662</v>
       </c>
       <c r="J812" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K812" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L812" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M812" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="813" spans="1:13">
       <c r="A813" s="1">
-        <v>83420427300090</v>
+        <v>84421160700016</v>
       </c>
       <c r="B813" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C813" s="2" t="s">
-        <v>1875</v>
+        <v>1896</v>
       </c>
       <c r="D813" s="2"/>
       <c r="E813" s="2" t="s">
-        <v>1882</v>
+        <v>1897</v>
       </c>
       <c r="F813" s="2" t="s">
-        <v>1883</v>
+        <v>1662</v>
       </c>
       <c r="G813" s="2"/>
       <c r="H813" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I813" s="3">
-        <v>76310897031</v>
+        <v>11930790093</v>
       </c>
       <c r="J813" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K813" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L813" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M813" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="814" spans="1:13">
       <c r="A814" s="1">
-        <v>83420427300108</v>
+        <v>84463328900021</v>
       </c>
       <c r="B814" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C814" s="2" t="s">
-        <v>1875</v>
+        <v>1898</v>
       </c>
       <c r="D814" s="2"/>
       <c r="E814" s="2" t="s">
-        <v>1884</v>
+        <v>1899</v>
       </c>
       <c r="F814" s="2" t="s">
-        <v>1883</v>
+        <v>17</v>
       </c>
       <c r="G814" s="2"/>
       <c r="H814" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I814" s="3">
-        <v>76310897031</v>
+      <c r="I814" s="3" t="s">
+        <v>1900</v>
       </c>
       <c r="J814" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K814" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L814" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M814" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="815" spans="1:13">
       <c r="A815" s="1">
-        <v>83494006600014</v>
+        <v>84480042500028</v>
       </c>
       <c r="B815" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C815" s="2" t="s">
-        <v>1885</v>
-[...1 lines deleted...]
-      <c r="D815" s="2"/>
+        <v>1901</v>
+      </c>
+      <c r="D815" s="2" t="s">
+        <v>1902</v>
+      </c>
       <c r="E815" s="2" t="s">
-        <v>1886</v>
+        <v>1903</v>
       </c>
       <c r="F815" s="2" t="s">
-        <v>1460</v>
+        <v>137</v>
       </c>
       <c r="G815" s="2"/>
       <c r="H815" s="2" t="s">
-        <v>520</v>
+        <v>31</v>
       </c>
       <c r="I815" s="3">
-        <v>84010202101</v>
+        <v>75790128579</v>
       </c>
       <c r="J815" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K815" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L815" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M815" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="816" spans="1:13">
       <c r="A816" s="1">
-        <v>83763987100016</v>
+        <v>84768319000015</v>
       </c>
       <c r="B816" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C816" s="2" t="s">
-        <v>1887</v>
+        <v>1904</v>
       </c>
       <c r="D816" s="2"/>
       <c r="E816" s="2" t="s">
-        <v>1888</v>
+        <v>1905</v>
       </c>
       <c r="F816" s="2" t="s">
-        <v>867</v>
+        <v>1906</v>
       </c>
       <c r="G816" s="2"/>
       <c r="H816" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I816" s="3">
-        <v>52490378449</v>
+        <v>84010204601</v>
       </c>
       <c r="J816" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K816" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L816" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M816" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="817" spans="1:13">
       <c r="A817" s="1">
-        <v>83787738000027</v>
+        <v>84785263900016</v>
       </c>
       <c r="B817" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C817" s="2" t="s">
-        <v>1889</v>
+        <v>1907</v>
       </c>
       <c r="D817" s="2"/>
       <c r="E817" s="2" t="s">
-        <v>1890</v>
+        <v>1908</v>
       </c>
       <c r="F817" s="2" t="s">
-        <v>1318</v>
+        <v>1909</v>
       </c>
       <c r="G817" s="2"/>
       <c r="H817" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I817" s="3">
-        <v>84430344843</v>
+        <v>52720179972</v>
       </c>
       <c r="J817" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K817" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L817" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M817" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="818" spans="1:13">
       <c r="A818" s="1">
-        <v>83815518200010</v>
+        <v>85039682100017</v>
       </c>
       <c r="B818" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C818" s="2" t="s">
-        <v>1891</v>
+        <v>1910</v>
       </c>
       <c r="D818" s="2"/>
       <c r="E818" s="2" t="s">
-        <v>1892</v>
+        <v>1911</v>
       </c>
       <c r="F818" s="2" t="s">
-        <v>1893</v>
+        <v>1912</v>
       </c>
       <c r="G818" s="2"/>
       <c r="H818" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I818" s="3">
-        <v>52490344149</v>
+        <v>32020140402</v>
       </c>
       <c r="J818" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K818" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L818" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M818" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="819" spans="1:13">
       <c r="A819" s="1">
-        <v>83815518200036</v>
+        <v>85080773600010</v>
       </c>
       <c r="B819" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C819" s="2" t="s">
-        <v>1891</v>
+        <v>1913</v>
       </c>
       <c r="D819" s="2"/>
       <c r="E819" s="2" t="s">
-        <v>1894</v>
+        <v>1914</v>
       </c>
       <c r="F819" s="2" t="s">
-        <v>1003</v>
+        <v>1575</v>
       </c>
       <c r="G819" s="2"/>
       <c r="H819" s="2" t="s">
-        <v>489</v>
+        <v>505</v>
       </c>
       <c r="I819" s="3">
-        <v>52490344149</v>
+        <v>28760593776</v>
       </c>
       <c r="J819" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K819" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L819" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M819" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="820" spans="1:13">
       <c r="A820" s="1">
-        <v>83815518200044</v>
+        <v>87938446900018</v>
       </c>
       <c r="B820" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C820" s="2" t="s">
-        <v>1891</v>
+        <v>1915</v>
       </c>
       <c r="D820" s="2"/>
       <c r="E820" s="2" t="s">
-        <v>1895</v>
+        <v>1916</v>
       </c>
       <c r="F820" s="2" t="s">
-        <v>1896</v>
+        <v>1917</v>
       </c>
       <c r="G820" s="2"/>
       <c r="H820" s="2" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-        <v>52490344149</v>
+        <v>31</v>
+      </c>
+      <c r="I820" s="3" t="s">
+        <v>1918</v>
       </c>
       <c r="J820" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K820" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L820" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M820" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="821" spans="1:13">
       <c r="A821" s="1">
-        <v>83910957600018</v>
+        <v>87961234900016</v>
       </c>
       <c r="B821" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C821" s="2" t="s">
-        <v>1897</v>
+        <v>1919</v>
       </c>
       <c r="D821" s="2"/>
       <c r="E821" s="2" t="s">
-        <v>1898</v>
+        <v>1920</v>
       </c>
       <c r="F821" s="2" t="s">
-        <v>1537</v>
+        <v>269</v>
       </c>
       <c r="G821" s="2"/>
       <c r="H821" s="2" t="s">
-        <v>1899</v>
-[...1 lines deleted...]
-      <c r="I821" s="3"/>
+        <v>31</v>
+      </c>
+      <c r="I821" s="3">
+        <v>27710288871</v>
+      </c>
       <c r="J821" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K821" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L821" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M821" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="822" spans="1:13">
       <c r="A822" s="1">
-        <v>83953129000014</v>
+        <v>87966517200026</v>
       </c>
       <c r="B822" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C822" s="2" t="s">
-        <v>1900</v>
+        <v>1921</v>
       </c>
       <c r="D822" s="2"/>
       <c r="E822" s="2" t="s">
-        <v>1901</v>
+        <v>1922</v>
       </c>
       <c r="F822" s="2" t="s">
-        <v>1902</v>
+        <v>1923</v>
       </c>
       <c r="G822" s="2"/>
       <c r="H822" s="2" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
       <c r="I822" s="3">
-        <v>27710276471</v>
+        <v>75240203224</v>
       </c>
       <c r="J822" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K822" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L822" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M822" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="823" spans="1:13">
       <c r="A823" s="1">
-        <v>84144790700038</v>
+        <v>88070475400022</v>
       </c>
       <c r="B823" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C823" s="2" t="s">
-        <v>1903</v>
-[...3 lines deleted...]
-      </c>
+        <v>1924</v>
+      </c>
+      <c r="D823" s="2"/>
       <c r="E823" s="2" t="s">
-        <v>1905</v>
+        <v>1925</v>
       </c>
       <c r="F823" s="2" t="s">
-        <v>1906</v>
+        <v>767</v>
       </c>
       <c r="G823" s="2"/>
       <c r="H823" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I823" s="3">
-        <v>11910830491</v>
+        <v>32600442160</v>
       </c>
       <c r="J823" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K823" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L823" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M823" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="824" spans="1:13">
       <c r="A824" s="1">
-        <v>84209575400029</v>
+        <v>88763727000018</v>
       </c>
       <c r="B824" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C824" s="2" t="s">
-        <v>1907</v>
+        <v>1926</v>
       </c>
       <c r="D824" s="2"/>
       <c r="E824" s="2" t="s">
-        <v>1908</v>
+        <v>1927</v>
       </c>
       <c r="F824" s="2" t="s">
-        <v>270</v>
+        <v>767</v>
       </c>
       <c r="G824" s="2"/>
       <c r="H824" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I824" s="3">
-        <v>84010199801</v>
+        <v>53220901022</v>
       </c>
       <c r="J824" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K824" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L824" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M824" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="825" spans="1:13">
       <c r="A825" s="1">
-        <v>84240712400010</v>
+        <v>88818738200013</v>
       </c>
       <c r="B825" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C825" s="2" t="s">
-        <v>1909</v>
-[...3 lines deleted...]
-      </c>
+        <v>1928</v>
+      </c>
+      <c r="D825" s="2"/>
       <c r="E825" s="2" t="s">
-        <v>1910</v>
+        <v>1929</v>
       </c>
       <c r="F825" s="2" t="s">
-        <v>1911</v>
+        <v>1930</v>
       </c>
       <c r="G825" s="2"/>
       <c r="H825" s="2" t="s">
-        <v>489</v>
+        <v>27</v>
       </c>
       <c r="I825" s="3">
-        <v>52850214385</v>
+        <v>32800208780</v>
       </c>
       <c r="J825" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K825" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L825" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M825" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="826" spans="1:13">
       <c r="A826" s="1">
-        <v>84294694900018</v>
+        <v>88976984000014</v>
       </c>
       <c r="B826" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C826" s="2" t="s">
-        <v>1912</v>
+        <v>1931</v>
       </c>
       <c r="D826" s="2"/>
       <c r="E826" s="2" t="s">
-        <v>1913</v>
+        <v>1932</v>
       </c>
       <c r="F826" s="2" t="s">
-        <v>1914</v>
+        <v>713</v>
       </c>
       <c r="G826" s="2"/>
       <c r="H826" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I826" s="3">
-        <v>32620299662</v>
+        <v>93830615483</v>
       </c>
       <c r="J826" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K826" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L826" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M826" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="827" spans="1:13">
       <c r="A827" s="1">
-        <v>84421160700016</v>
+        <v>89049728200024</v>
       </c>
       <c r="B827" s="2" t="s">
-        <v>13</v>
+        <v>442</v>
       </c>
       <c r="C827" s="2" t="s">
-        <v>1915</v>
+        <v>1933</v>
       </c>
       <c r="D827" s="2"/>
       <c r="E827" s="2" t="s">
-        <v>1916</v>
+        <v>1128</v>
       </c>
       <c r="F827" s="2" t="s">
-        <v>1672</v>
-[...1 lines deleted...]
-      <c r="G827" s="2"/>
+        <v>1240</v>
+      </c>
+      <c r="G827" s="2" t="s">
+        <v>1934</v>
+      </c>
       <c r="H827" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I827" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I827" s="3"/>
       <c r="J827" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K827" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L827" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M827" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="828" spans="1:13">
       <c r="A828" s="1">
-        <v>84463328900021</v>
+        <v>89116017800028</v>
       </c>
       <c r="B828" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C828" s="2" t="s">
-        <v>1917</v>
+        <v>1935</v>
       </c>
       <c r="D828" s="2"/>
       <c r="E828" s="2" t="s">
-        <v>1918</v>
+        <v>1936</v>
       </c>
       <c r="F828" s="2" t="s">
-        <v>17</v>
+        <v>1937</v>
       </c>
       <c r="G828" s="2"/>
       <c r="H828" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I828" s="3" t="s">
-        <v>1919</v>
+      <c r="I828" s="3">
+        <v>11950690695</v>
       </c>
       <c r="J828" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K828" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L828" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M828" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="829" spans="1:13">
       <c r="A829" s="1">
-        <v>84480042500028</v>
+        <v>89201985200011</v>
       </c>
       <c r="B829" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C829" s="2" t="s">
-        <v>1920</v>
+        <v>1938</v>
       </c>
       <c r="D829" s="2" t="s">
-        <v>1921</v>
+        <v>1938</v>
       </c>
       <c r="E829" s="2" t="s">
-        <v>1922</v>
+        <v>1939</v>
       </c>
       <c r="F829" s="2" t="s">
-        <v>137</v>
+        <v>1226</v>
       </c>
       <c r="G829" s="2"/>
       <c r="H829" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I829" s="3">
-        <v>75790128579</v>
+        <v>27210417921</v>
       </c>
       <c r="J829" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K829" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L829" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M829" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="830" spans="1:13">
       <c r="A830" s="1">
-        <v>84768319000015</v>
+        <v>89322696900028</v>
       </c>
       <c r="B830" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C830" s="2" t="s">
-        <v>1923</v>
-[...1 lines deleted...]
-      <c r="D830" s="2"/>
+        <v>1940</v>
+      </c>
+      <c r="D830" s="2" t="s">
+        <v>1940</v>
+      </c>
       <c r="E830" s="2" t="s">
-        <v>1924</v>
+        <v>1941</v>
       </c>
       <c r="F830" s="2" t="s">
-        <v>1925</v>
+        <v>1942</v>
       </c>
       <c r="G830" s="2"/>
       <c r="H830" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I830" s="3">
-        <v>84010204601</v>
+        <v>53351090135</v>
       </c>
       <c r="J830" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K830" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L830" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M830" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="831" spans="1:13">
       <c r="A831" s="1">
-        <v>84785263900016</v>
+        <v>89357687600021</v>
       </c>
       <c r="B831" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C831" s="2" t="s">
-        <v>1926</v>
-[...1 lines deleted...]
-      <c r="D831" s="2"/>
+        <v>1943</v>
+      </c>
+      <c r="D831" s="2" t="s">
+        <v>1944</v>
+      </c>
       <c r="E831" s="2" t="s">
-        <v>1927</v>
+        <v>1945</v>
       </c>
       <c r="F831" s="2" t="s">
-        <v>1928</v>
+        <v>286</v>
       </c>
       <c r="G831" s="2"/>
       <c r="H831" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I831" s="3">
-        <v>52720179972</v>
+        <v>11910889891</v>
       </c>
       <c r="J831" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K831" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L831" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M831" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="832" spans="1:13">
       <c r="A832" s="1">
-        <v>85039682100017</v>
+        <v>89357687600054</v>
       </c>
       <c r="B832" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C832" s="2" t="s">
-        <v>1929</v>
+        <v>1943</v>
       </c>
       <c r="D832" s="2"/>
       <c r="E832" s="2" t="s">
-        <v>1930</v>
+        <v>1946</v>
       </c>
       <c r="F832" s="2" t="s">
-        <v>1931</v>
+        <v>1947</v>
       </c>
       <c r="G832" s="2"/>
       <c r="H832" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I832" s="3">
-        <v>32020140402</v>
+        <v>11910889891</v>
       </c>
       <c r="J832" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K832" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L832" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M832" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="833" spans="1:13">
       <c r="A833" s="1">
-        <v>85080773600010</v>
+        <v>89357687600062</v>
       </c>
       <c r="B833" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C833" s="2" t="s">
-        <v>1932</v>
+        <v>1943</v>
       </c>
       <c r="D833" s="2"/>
       <c r="E833" s="2" t="s">
-        <v>1933</v>
+        <v>1948</v>
       </c>
       <c r="F833" s="2" t="s">
-        <v>1586</v>
+        <v>1947</v>
       </c>
       <c r="G833" s="2"/>
       <c r="H833" s="2" t="s">
-        <v>489</v>
+        <v>348</v>
       </c>
       <c r="I833" s="3">
-        <v>28760593776</v>
+        <v>11910889891</v>
       </c>
       <c r="J833" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K833" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L833" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M833" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="834" spans="1:13">
       <c r="A834" s="1">
-        <v>87938446900018</v>
+        <v>89451637600023</v>
       </c>
       <c r="B834" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C834" s="2" t="s">
-        <v>1934</v>
+        <v>1949</v>
       </c>
       <c r="D834" s="2"/>
       <c r="E834" s="2" t="s">
-        <v>1935</v>
+        <v>1950</v>
       </c>
       <c r="F834" s="2" t="s">
-        <v>1936</v>
+        <v>1951</v>
       </c>
       <c r="G834" s="2"/>
       <c r="H834" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I834" s="3" t="s">
-        <v>1937</v>
+      <c r="I834" s="3">
+        <v>93830632483</v>
       </c>
       <c r="J834" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K834" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L834" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M834" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="835" spans="1:13">
       <c r="A835" s="1">
-        <v>87961234900016</v>
+        <v>89467521400015</v>
       </c>
       <c r="B835" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C835" s="2" t="s">
-        <v>1938</v>
+        <v>1952</v>
       </c>
       <c r="D835" s="2"/>
       <c r="E835" s="2" t="s">
-        <v>1939</v>
+        <v>1953</v>
       </c>
       <c r="F835" s="2" t="s">
-        <v>270</v>
+        <v>606</v>
       </c>
       <c r="G835" s="2"/>
       <c r="H835" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I835" s="3">
-        <v>27710288871</v>
+        <v>75170257117</v>
       </c>
       <c r="J835" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K835" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L835" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M835" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="836" spans="1:13">
       <c r="A836" s="1">
-        <v>87966517200026</v>
+        <v>89481194200016</v>
       </c>
       <c r="B836" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C836" s="2" t="s">
-        <v>1940</v>
-[...1 lines deleted...]
-      <c r="D836" s="2"/>
+        <v>1954</v>
+      </c>
+      <c r="D836" s="2" t="s">
+        <v>1954</v>
+      </c>
       <c r="E836" s="2" t="s">
-        <v>1941</v>
+        <v>1955</v>
       </c>
       <c r="F836" s="2" t="s">
-        <v>1942</v>
+        <v>1956</v>
       </c>
       <c r="G836" s="2"/>
       <c r="H836" s="2" t="s">
-        <v>489</v>
+        <v>505</v>
       </c>
       <c r="I836" s="3">
-        <v>75240203224</v>
+        <v>53351094535</v>
       </c>
       <c r="J836" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K836" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L836" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M836" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="837" spans="1:13">
       <c r="A837" s="1">
-        <v>88070475400022</v>
+        <v>89491376300013</v>
       </c>
       <c r="B837" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C837" s="2" t="s">
-        <v>1943</v>
+        <v>1957</v>
       </c>
       <c r="D837" s="2"/>
       <c r="E837" s="2" t="s">
-        <v>1944</v>
+        <v>1958</v>
       </c>
       <c r="F837" s="2" t="s">
-        <v>746</v>
+        <v>606</v>
       </c>
       <c r="G837" s="2"/>
       <c r="H837" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I837" s="3">
-        <v>32600442160</v>
+        <v>75860186086</v>
       </c>
       <c r="J837" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K837" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L837" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M837" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="838" spans="1:13">
       <c r="A838" s="1">
-        <v>88763727000018</v>
+        <v>89524038000017</v>
       </c>
       <c r="B838" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C838" s="2" t="s">
-        <v>1945</v>
+        <v>1959</v>
       </c>
       <c r="D838" s="2"/>
       <c r="E838" s="2" t="s">
-        <v>1946</v>
+        <v>1960</v>
       </c>
       <c r="F838" s="2" t="s">
-        <v>746</v>
+        <v>1961</v>
       </c>
       <c r="G838" s="2"/>
       <c r="H838" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I838" s="3">
-        <v>53220901022</v>
+        <v>11910892891</v>
       </c>
       <c r="J838" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K838" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L838" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M838" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="839" spans="1:13">
       <c r="A839" s="1">
-        <v>88818738200013</v>
+        <v>89808790300016</v>
       </c>
       <c r="B839" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C839" s="2" t="s">
-        <v>1947</v>
+        <v>1962</v>
       </c>
       <c r="D839" s="2"/>
       <c r="E839" s="2" t="s">
-        <v>1948</v>
+        <v>1963</v>
       </c>
       <c r="F839" s="2" t="s">
-        <v>1949</v>
+        <v>1964</v>
       </c>
       <c r="G839" s="2"/>
       <c r="H839" s="2" t="s">
-        <v>27</v>
+        <v>348</v>
       </c>
       <c r="I839" s="3">
-        <v>32800208780</v>
+        <v>32600365660</v>
       </c>
       <c r="J839" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K839" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L839" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M839" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="840" spans="1:13">
       <c r="A840" s="1">
-        <v>88976984000014</v>
+        <v>89808790300024</v>
       </c>
       <c r="B840" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C840" s="2" t="s">
-        <v>1950</v>
+        <v>1962</v>
       </c>
       <c r="D840" s="2"/>
       <c r="E840" s="2" t="s">
-        <v>1951</v>
+        <v>1965</v>
       </c>
       <c r="F840" s="2" t="s">
-        <v>693</v>
+        <v>288</v>
       </c>
       <c r="G840" s="2"/>
       <c r="H840" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I840" s="3">
-        <v>93830615483</v>
+        <v>32600365660</v>
       </c>
       <c r="J840" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K840" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L840" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M840" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="841" spans="1:13">
       <c r="A841" s="1">
-        <v>89049728200024</v>
+        <v>90003816700012</v>
       </c>
       <c r="B841" s="2" t="s">
-        <v>426</v>
+        <v>13</v>
       </c>
       <c r="C841" s="2" t="s">
-        <v>1952</v>
+        <v>1966</v>
       </c>
       <c r="D841" s="2"/>
       <c r="E841" s="2" t="s">
-        <v>1953</v>
+        <v>1967</v>
       </c>
       <c r="F841" s="2" t="s">
-        <v>1207</v>
-[...3 lines deleted...]
-      </c>
+        <v>1432</v>
+      </c>
+      <c r="G841" s="2"/>
       <c r="H841" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I841" s="3">
-        <v>27250341125</v>
+        <v>76120101012</v>
       </c>
       <c r="J841" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K841" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L841" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M841" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="842" spans="1:13">
       <c r="A842" s="1">
-        <v>89116017800028</v>
+        <v>90185994200038</v>
       </c>
       <c r="B842" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C842" s="2" t="s">
-        <v>1955</v>
-[...1 lines deleted...]
-      <c r="D842" s="2"/>
+        <v>1968</v>
+      </c>
+      <c r="D842" s="2" t="s">
+        <v>1969</v>
+      </c>
       <c r="E842" s="2" t="s">
-        <v>1956</v>
+        <v>1970</v>
       </c>
       <c r="F842" s="2" t="s">
-        <v>1957</v>
+        <v>290</v>
       </c>
       <c r="G842" s="2"/>
       <c r="H842" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I842" s="3">
-        <v>11950690695</v>
+        <v>53220908022</v>
       </c>
       <c r="J842" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K842" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L842" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M842" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="843" spans="1:13">
       <c r="A843" s="1">
-        <v>89201985200011</v>
+        <v>90254506000011</v>
       </c>
       <c r="B843" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C843" s="2" t="s">
-        <v>1958</v>
+        <v>1971</v>
       </c>
       <c r="D843" s="2"/>
       <c r="E843" s="2" t="s">
-        <v>1959</v>
+        <v>1972</v>
       </c>
       <c r="F843" s="2" t="s">
-        <v>1193</v>
+        <v>1973</v>
       </c>
       <c r="G843" s="2"/>
       <c r="H843" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I843" s="3">
-        <v>27210417921</v>
+        <v>44510219451</v>
       </c>
       <c r="J843" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K843" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L843" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M843" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="844" spans="1:13">
       <c r="A844" s="1">
-        <v>89322696900028</v>
+        <v>90283883800016</v>
       </c>
       <c r="B844" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C844" s="2" t="s">
-        <v>1960</v>
-[...3 lines deleted...]
-      </c>
+        <v>1974</v>
+      </c>
+      <c r="D844" s="2"/>
       <c r="E844" s="2" t="s">
-        <v>1961</v>
+        <v>1975</v>
       </c>
       <c r="F844" s="2" t="s">
-        <v>1962</v>
+        <v>1976</v>
       </c>
       <c r="G844" s="2"/>
       <c r="H844" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I844" s="3">
-        <v>53351090135</v>
+        <v>75870186487</v>
       </c>
       <c r="J844" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K844" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L844" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M844" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="845" spans="1:13">
       <c r="A845" s="1">
-        <v>89357687600021</v>
+        <v>90386961800012</v>
       </c>
       <c r="B845" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C845" s="2" t="s">
-        <v>1963</v>
-[...3 lines deleted...]
-      </c>
+        <v>1977</v>
+      </c>
+      <c r="D845" s="2"/>
       <c r="E845" s="2" t="s">
-        <v>1965</v>
+        <v>1978</v>
       </c>
       <c r="F845" s="2" t="s">
-        <v>287</v>
+        <v>1979</v>
       </c>
       <c r="G845" s="2"/>
       <c r="H845" s="2" t="s">
-        <v>331</v>
+        <v>525</v>
       </c>
       <c r="I845" s="3">
-        <v>11910889891</v>
+        <v>11922496392</v>
       </c>
       <c r="J845" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K845" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L845" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M845" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="846" spans="1:13">
       <c r="A846" s="1">
-        <v>89357687600054</v>
+        <v>90386961800061</v>
       </c>
       <c r="B846" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C846" s="2" t="s">
-        <v>1963</v>
+        <v>1977</v>
       </c>
       <c r="D846" s="2"/>
       <c r="E846" s="2" t="s">
-        <v>1966</v>
+        <v>1980</v>
       </c>
       <c r="F846" s="2" t="s">
-        <v>1967</v>
+        <v>1981</v>
       </c>
       <c r="G846" s="2"/>
       <c r="H846" s="2" t="s">
-        <v>331</v>
+        <v>525</v>
       </c>
       <c r="I846" s="3">
-        <v>11910889891</v>
+        <v>11922496392</v>
       </c>
       <c r="J846" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K846" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L846" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M846" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="847" spans="1:13">
       <c r="A847" s="1">
-        <v>89357687600062</v>
+        <v>90386961800103</v>
       </c>
       <c r="B847" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C847" s="2" t="s">
-        <v>1963</v>
+        <v>1977</v>
       </c>
       <c r="D847" s="2"/>
       <c r="E847" s="2" t="s">
-        <v>1968</v>
+        <v>1982</v>
       </c>
       <c r="F847" s="2" t="s">
-        <v>1967</v>
+        <v>1981</v>
       </c>
       <c r="G847" s="2"/>
       <c r="H847" s="2" t="s">
-        <v>331</v>
+        <v>525</v>
       </c>
       <c r="I847" s="3">
-        <v>11910889891</v>
+        <v>11922496392</v>
       </c>
       <c r="J847" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K847" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L847" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M847" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="848" spans="1:13">
       <c r="A848" s="1">
-        <v>89451637600023</v>
+        <v>90386961800137</v>
       </c>
       <c r="B848" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C848" s="2" t="s">
-        <v>1969</v>
+        <v>1977</v>
       </c>
       <c r="D848" s="2"/>
       <c r="E848" s="2" t="s">
-        <v>1970</v>
+        <v>1983</v>
       </c>
       <c r="F848" s="2" t="s">
-        <v>1971</v>
+        <v>1981</v>
       </c>
       <c r="G848" s="2"/>
       <c r="H848" s="2" t="s">
-        <v>31</v>
+        <v>525</v>
       </c>
       <c r="I848" s="3">
-        <v>93830632483</v>
+        <v>11922496392</v>
       </c>
       <c r="J848" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K848" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L848" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M848" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="849" spans="1:13">
       <c r="A849" s="1">
-        <v>89467521400015</v>
+        <v>90386961800210</v>
       </c>
       <c r="B849" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C849" s="2" t="s">
-        <v>1972</v>
+        <v>1977</v>
       </c>
       <c r="D849" s="2"/>
       <c r="E849" s="2" t="s">
-        <v>1973</v>
+        <v>1984</v>
       </c>
       <c r="F849" s="2" t="s">
-        <v>590</v>
+        <v>1981</v>
       </c>
       <c r="G849" s="2"/>
       <c r="H849" s="2" t="s">
-        <v>31</v>
+        <v>525</v>
       </c>
       <c r="I849" s="3">
-        <v>75170257117</v>
+        <v>11922496392</v>
       </c>
       <c r="J849" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K849" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L849" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M849" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="850" spans="1:13">
       <c r="A850" s="1">
-        <v>89481194200016</v>
+        <v>90386961800277</v>
       </c>
       <c r="B850" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C850" s="2" t="s">
-        <v>1974</v>
-[...3 lines deleted...]
-      </c>
+        <v>1977</v>
+      </c>
+      <c r="D850" s="2"/>
       <c r="E850" s="2" t="s">
-        <v>1975</v>
+        <v>1985</v>
       </c>
       <c r="F850" s="2" t="s">
-        <v>1976</v>
+        <v>1981</v>
       </c>
       <c r="G850" s="2"/>
       <c r="H850" s="2" t="s">
-        <v>489</v>
+        <v>525</v>
       </c>
       <c r="I850" s="3">
-        <v>53351094535</v>
+        <v>11922496392</v>
       </c>
       <c r="J850" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K850" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L850" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M850" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="851" spans="1:13">
       <c r="A851" s="1">
-        <v>89491376300013</v>
+        <v>90386961800376</v>
       </c>
       <c r="B851" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C851" s="2" t="s">
         <v>1977</v>
       </c>
       <c r="D851" s="2"/>
       <c r="E851" s="2" t="s">
-        <v>1978</v>
+        <v>1986</v>
       </c>
       <c r="F851" s="2" t="s">
-        <v>590</v>
+        <v>1981</v>
       </c>
       <c r="G851" s="2"/>
       <c r="H851" s="2" t="s">
-        <v>31</v>
+        <v>525</v>
       </c>
       <c r="I851" s="3">
-        <v>75860186086</v>
+        <v>11922496392</v>
       </c>
       <c r="J851" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K851" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L851" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M851" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="852" spans="1:13">
       <c r="A852" s="1">
-        <v>89524038000017</v>
+        <v>90386961800392</v>
       </c>
       <c r="B852" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C852" s="2" t="s">
-        <v>1979</v>
+        <v>1977</v>
       </c>
       <c r="D852" s="2"/>
       <c r="E852" s="2" t="s">
-        <v>1980</v>
+        <v>1987</v>
       </c>
       <c r="F852" s="2" t="s">
         <v>1981</v>
       </c>
       <c r="G852" s="2"/>
       <c r="H852" s="2" t="s">
-        <v>31</v>
+        <v>525</v>
       </c>
       <c r="I852" s="3">
-        <v>11910892891</v>
+        <v>11922496392</v>
       </c>
       <c r="J852" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K852" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L852" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M852" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="853" spans="1:13">
       <c r="A853" s="1">
-        <v>89808790300016</v>
+        <v>90386961800418</v>
       </c>
       <c r="B853" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C853" s="2" t="s">
-        <v>1982</v>
+        <v>1977</v>
       </c>
       <c r="D853" s="2"/>
       <c r="E853" s="2" t="s">
-        <v>1983</v>
+        <v>1988</v>
       </c>
       <c r="F853" s="2" t="s">
-        <v>1984</v>
+        <v>1981</v>
       </c>
       <c r="G853" s="2"/>
       <c r="H853" s="2" t="s">
-        <v>331</v>
+        <v>525</v>
       </c>
       <c r="I853" s="3">
-        <v>32600365660</v>
+        <v>11922496392</v>
       </c>
       <c r="J853" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K853" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L853" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M853" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="854" spans="1:13">
       <c r="A854" s="1">
-        <v>89808790300024</v>
+        <v>90386961800467</v>
       </c>
       <c r="B854" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C854" s="2" t="s">
-        <v>1982</v>
+        <v>1977</v>
       </c>
       <c r="D854" s="2"/>
       <c r="E854" s="2" t="s">
-        <v>1985</v>
+        <v>1989</v>
       </c>
       <c r="F854" s="2" t="s">
-        <v>289</v>
+        <v>1981</v>
       </c>
       <c r="G854" s="2"/>
       <c r="H854" s="2" t="s">
-        <v>331</v>
+        <v>525</v>
       </c>
       <c r="I854" s="3">
-        <v>32600365660</v>
+        <v>11922496392</v>
       </c>
       <c r="J854" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K854" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L854" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M854" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="855" spans="1:13">
       <c r="A855" s="1">
-        <v>90003816700012</v>
+        <v>90386961800491</v>
       </c>
       <c r="B855" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C855" s="2" t="s">
-        <v>1986</v>
+        <v>1977</v>
       </c>
       <c r="D855" s="2"/>
       <c r="E855" s="2" t="s">
-        <v>1987</v>
+        <v>1990</v>
       </c>
       <c r="F855" s="2" t="s">
-        <v>1441</v>
+        <v>1981</v>
       </c>
       <c r="G855" s="2"/>
       <c r="H855" s="2" t="s">
-        <v>18</v>
+        <v>525</v>
       </c>
       <c r="I855" s="3">
-        <v>76120101012</v>
+        <v>11922496392</v>
       </c>
       <c r="J855" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K855" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L855" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M855" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="856" spans="1:13">
       <c r="A856" s="1">
-        <v>90185994200038</v>
+        <v>90386961800525</v>
       </c>
       <c r="B856" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C856" s="2" t="s">
-        <v>1988</v>
-[...3 lines deleted...]
-      </c>
+        <v>1977</v>
+      </c>
+      <c r="D856" s="2"/>
       <c r="E856" s="2" t="s">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="F856" s="2" t="s">
-        <v>291</v>
+        <v>1981</v>
       </c>
       <c r="G856" s="2"/>
       <c r="H856" s="2" t="s">
-        <v>31</v>
+        <v>525</v>
       </c>
       <c r="I856" s="3">
-        <v>53220908022</v>
+        <v>11922496392</v>
       </c>
       <c r="J856" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K856" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L856" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M856" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="857" spans="1:13">
       <c r="A857" s="1">
-        <v>90254506000011</v>
+        <v>90386961800541</v>
       </c>
       <c r="B857" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C857" s="2" t="s">
-        <v>1991</v>
+        <v>1977</v>
       </c>
       <c r="D857" s="2"/>
       <c r="E857" s="2" t="s">
         <v>1992</v>
       </c>
       <c r="F857" s="2" t="s">
-        <v>1993</v>
+        <v>1981</v>
       </c>
       <c r="G857" s="2"/>
       <c r="H857" s="2" t="s">
-        <v>31</v>
+        <v>525</v>
       </c>
       <c r="I857" s="3">
-        <v>44510219451</v>
+        <v>11922496392</v>
       </c>
       <c r="J857" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K857" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L857" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M857" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="858" spans="1:13">
       <c r="A858" s="1">
-        <v>90283883800016</v>
+        <v>90386961800582</v>
       </c>
       <c r="B858" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C858" s="2" t="s">
-        <v>1994</v>
+        <v>1977</v>
       </c>
       <c r="D858" s="2"/>
       <c r="E858" s="2" t="s">
-        <v>1995</v>
+        <v>1993</v>
       </c>
       <c r="F858" s="2" t="s">
-        <v>1996</v>
+        <v>1981</v>
       </c>
       <c r="G858" s="2"/>
       <c r="H858" s="2" t="s">
-        <v>31</v>
+        <v>525</v>
       </c>
       <c r="I858" s="3">
-        <v>75870186487</v>
+        <v>11922496392</v>
       </c>
       <c r="J858" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K858" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L858" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M858" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="859" spans="1:13">
       <c r="A859" s="1">
-        <v>90386961800012</v>
+        <v>90386961800657</v>
       </c>
       <c r="B859" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C859" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D859" s="2"/>
       <c r="E859" s="2" t="s">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="F859" s="2" t="s">
-        <v>1999</v>
+        <v>1981</v>
       </c>
       <c r="G859" s="2"/>
       <c r="H859" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I859" s="3">
         <v>11922496392</v>
       </c>
       <c r="J859" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K859" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L859" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M859" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="860" spans="1:13">
       <c r="A860" s="1">
-        <v>90386961800061</v>
+        <v>90386961800673</v>
       </c>
       <c r="B860" s="2" t="s">
-        <v>13</v>
+        <v>442</v>
       </c>
       <c r="C860" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D860" s="2"/>
       <c r="E860" s="2" t="s">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="F860" s="2" t="s">
-        <v>2001</v>
-[...1 lines deleted...]
-      <c r="G860" s="2"/>
+        <v>1981</v>
+      </c>
+      <c r="G860" s="2" t="s">
+        <v>426</v>
+      </c>
       <c r="H860" s="2" t="s">
-        <v>509</v>
-[...3 lines deleted...]
-      </c>
+        <v>525</v>
+      </c>
+      <c r="I860" s="3"/>
       <c r="J860" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K860" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L860" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M860" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="861" spans="1:13">
       <c r="A861" s="1">
-        <v>90386961800103</v>
+        <v>90386961800681</v>
       </c>
       <c r="B861" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C861" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D861" s="2"/>
       <c r="E861" s="2" t="s">
-        <v>2002</v>
+        <v>1996</v>
       </c>
       <c r="F861" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G861" s="2"/>
       <c r="H861" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I861" s="3">
         <v>11922496392</v>
       </c>
       <c r="J861" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K861" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L861" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M861" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="862" spans="1:13">
       <c r="A862" s="1">
-        <v>90386961800137</v>
+        <v>90386961800715</v>
       </c>
       <c r="B862" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C862" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D862" s="2"/>
       <c r="E862" s="2" t="s">
-        <v>2003</v>
+        <v>1997</v>
       </c>
       <c r="F862" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G862" s="2"/>
       <c r="H862" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I862" s="3">
         <v>11922496392</v>
       </c>
       <c r="J862" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K862" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L862" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M862" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="863" spans="1:13">
       <c r="A863" s="1">
-        <v>90386961800210</v>
+        <v>90386961800731</v>
       </c>
       <c r="B863" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C863" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D863" s="2"/>
       <c r="E863" s="2" t="s">
-        <v>2004</v>
+        <v>1998</v>
       </c>
       <c r="F863" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G863" s="2"/>
       <c r="H863" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I863" s="3">
         <v>11922496392</v>
       </c>
       <c r="J863" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K863" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L863" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M863" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="864" spans="1:13">
       <c r="A864" s="1">
-        <v>90386961800277</v>
+        <v>90386961800749</v>
       </c>
       <c r="B864" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C864" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D864" s="2"/>
       <c r="E864" s="2" t="s">
-        <v>2005</v>
+        <v>1999</v>
       </c>
       <c r="F864" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G864" s="2"/>
       <c r="H864" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I864" s="3">
         <v>11922496392</v>
       </c>
       <c r="J864" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K864" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L864" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M864" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="865" spans="1:13">
       <c r="A865" s="1">
-        <v>90386961800376</v>
+        <v>90386961800756</v>
       </c>
       <c r="B865" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C865" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D865" s="2"/>
       <c r="E865" s="2" t="s">
-        <v>2006</v>
+        <v>2000</v>
       </c>
       <c r="F865" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G865" s="2"/>
       <c r="H865" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I865" s="3">
         <v>11922496392</v>
       </c>
       <c r="J865" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K865" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L865" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M865" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="866" spans="1:13">
       <c r="A866" s="1">
-        <v>90386961800392</v>
+        <v>90386961800780</v>
       </c>
       <c r="B866" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C866" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D866" s="2"/>
       <c r="E866" s="2" t="s">
-        <v>2007</v>
+        <v>2001</v>
       </c>
       <c r="F866" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G866" s="2"/>
       <c r="H866" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I866" s="3">
         <v>11922496392</v>
       </c>
       <c r="J866" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K866" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L866" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M866" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="867" spans="1:13">
       <c r="A867" s="1">
-        <v>90386961800418</v>
+        <v>90386961800814</v>
       </c>
       <c r="B867" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C867" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D867" s="2"/>
       <c r="E867" s="2" t="s">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="F867" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G867" s="2"/>
       <c r="H867" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I867" s="3">
         <v>11922496392</v>
       </c>
       <c r="J867" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K867" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L867" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M867" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="868" spans="1:13">
       <c r="A868" s="1">
-        <v>90386961800467</v>
+        <v>90386961800889</v>
       </c>
       <c r="B868" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C868" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D868" s="2"/>
       <c r="E868" s="2" t="s">
-        <v>2009</v>
+        <v>2003</v>
       </c>
       <c r="F868" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G868" s="2"/>
       <c r="H868" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I868" s="3">
         <v>11922496392</v>
       </c>
       <c r="J868" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K868" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L868" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M868" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="869" spans="1:13">
       <c r="A869" s="1">
-        <v>90386961800491</v>
+        <v>90386961800970</v>
       </c>
       <c r="B869" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C869" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D869" s="2"/>
       <c r="E869" s="2" t="s">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="F869" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G869" s="2"/>
       <c r="H869" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I869" s="3">
         <v>11922496392</v>
       </c>
       <c r="J869" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K869" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L869" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M869" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="870" spans="1:13">
       <c r="A870" s="1">
-        <v>90386961800525</v>
+        <v>90386961801002</v>
       </c>
       <c r="B870" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C870" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D870" s="2"/>
       <c r="E870" s="2" t="s">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="F870" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G870" s="2"/>
       <c r="H870" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I870" s="3">
         <v>11922496392</v>
       </c>
       <c r="J870" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K870" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L870" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M870" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="871" spans="1:13">
       <c r="A871" s="1">
-        <v>90386961800541</v>
+        <v>90386961801093</v>
       </c>
       <c r="B871" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C871" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D871" s="2"/>
       <c r="E871" s="2" t="s">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="F871" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G871" s="2"/>
       <c r="H871" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I871" s="3">
         <v>11922496392</v>
       </c>
       <c r="J871" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K871" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L871" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M871" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="872" spans="1:13">
       <c r="A872" s="1">
-        <v>90386961800582</v>
+        <v>90386961801101</v>
       </c>
       <c r="B872" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C872" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D872" s="2"/>
       <c r="E872" s="2" t="s">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="F872" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G872" s="2"/>
       <c r="H872" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I872" s="3">
         <v>11922496392</v>
       </c>
       <c r="J872" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K872" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L872" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M872" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="873" spans="1:13">
       <c r="A873" s="1">
-        <v>90386961800657</v>
+        <v>90386961801119</v>
       </c>
       <c r="B873" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C873" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D873" s="2"/>
       <c r="E873" s="2" t="s">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="F873" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G873" s="2"/>
       <c r="H873" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I873" s="3">
         <v>11922496392</v>
       </c>
       <c r="J873" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K873" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L873" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M873" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="874" spans="1:13">
       <c r="A874" s="1">
-        <v>90386961800673</v>
+        <v>90386961801127</v>
       </c>
       <c r="B874" s="2" t="s">
-        <v>426</v>
+        <v>13</v>
       </c>
       <c r="C874" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D874" s="2"/>
       <c r="E874" s="2" t="s">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="F874" s="2" t="s">
-        <v>2001</v>
-[...3 lines deleted...]
-      </c>
+        <v>1981</v>
+      </c>
+      <c r="G874" s="2"/>
       <c r="H874" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I874" s="3">
         <v>11922496392</v>
       </c>
       <c r="J874" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K874" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L874" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M874" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="875" spans="1:13">
       <c r="A875" s="1">
-        <v>90386961800681</v>
+        <v>90386961801143</v>
       </c>
       <c r="B875" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C875" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D875" s="2"/>
       <c r="E875" s="2" t="s">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="F875" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G875" s="2"/>
       <c r="H875" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I875" s="3">
         <v>11922496392</v>
       </c>
       <c r="J875" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K875" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L875" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M875" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="876" spans="1:13">
       <c r="A876" s="1">
-        <v>90386961800715</v>
+        <v>90386961801200</v>
       </c>
       <c r="B876" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C876" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D876" s="2"/>
       <c r="E876" s="2" t="s">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="F876" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G876" s="2"/>
       <c r="H876" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I876" s="3">
         <v>11922496392</v>
       </c>
       <c r="J876" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K876" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L876" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M876" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="877" spans="1:13">
       <c r="A877" s="1">
-        <v>90386961800731</v>
+        <v>90386961801218</v>
       </c>
       <c r="B877" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C877" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D877" s="2"/>
       <c r="E877" s="2" t="s">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="F877" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G877" s="2"/>
       <c r="H877" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I877" s="3">
         <v>11922496392</v>
       </c>
       <c r="J877" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K877" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L877" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M877" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="878" spans="1:13">
       <c r="A878" s="1">
-        <v>90386961800749</v>
+        <v>90386961801242</v>
       </c>
       <c r="B878" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C878" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D878" s="2"/>
       <c r="E878" s="2" t="s">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="F878" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G878" s="2"/>
       <c r="H878" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I878" s="3">
         <v>11922496392</v>
       </c>
       <c r="J878" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K878" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L878" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M878" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="879" spans="1:13">
       <c r="A879" s="1">
-        <v>90386961800756</v>
+        <v>90386961801259</v>
       </c>
       <c r="B879" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C879" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D879" s="2"/>
       <c r="E879" s="2" t="s">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="F879" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G879" s="2"/>
       <c r="H879" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I879" s="3">
         <v>11922496392</v>
       </c>
       <c r="J879" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K879" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L879" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M879" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="880" spans="1:13">
       <c r="A880" s="1">
-        <v>90386961800780</v>
+        <v>90386961801267</v>
       </c>
       <c r="B880" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C880" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D880" s="2"/>
       <c r="E880" s="2" t="s">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="F880" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G880" s="2"/>
       <c r="H880" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I880" s="3">
         <v>11922496392</v>
       </c>
       <c r="J880" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K880" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L880" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M880" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="881" spans="1:13">
       <c r="A881" s="1">
-        <v>90386961800814</v>
+        <v>90386961801291</v>
       </c>
       <c r="B881" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C881" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D881" s="2"/>
       <c r="E881" s="2" t="s">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="F881" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G881" s="2"/>
       <c r="H881" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I881" s="3">
         <v>11922496392</v>
       </c>
       <c r="J881" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K881" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L881" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M881" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="882" spans="1:13">
       <c r="A882" s="1">
-        <v>90386961800889</v>
+        <v>90386961801333</v>
       </c>
       <c r="B882" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C882" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D882" s="2"/>
       <c r="E882" s="2" t="s">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="F882" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G882" s="2"/>
       <c r="H882" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I882" s="3">
         <v>11922496392</v>
       </c>
       <c r="J882" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K882" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L882" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M882" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="883" spans="1:13">
       <c r="A883" s="1">
-        <v>90386961800970</v>
+        <v>90386961801358</v>
       </c>
       <c r="B883" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C883" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D883" s="2"/>
       <c r="E883" s="2" t="s">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="F883" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G883" s="2"/>
       <c r="H883" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I883" s="3">
         <v>11922496392</v>
       </c>
       <c r="J883" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K883" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L883" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M883" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="884" spans="1:13">
       <c r="A884" s="1">
-        <v>90386961801002</v>
+        <v>90386961801382</v>
       </c>
       <c r="B884" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C884" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D884" s="2"/>
       <c r="E884" s="2" t="s">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="F884" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G884" s="2"/>
       <c r="H884" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I884" s="3">
         <v>11922496392</v>
       </c>
       <c r="J884" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K884" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L884" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M884" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="885" spans="1:13">
       <c r="A885" s="1">
-        <v>90386961801093</v>
+        <v>90386961801440</v>
       </c>
       <c r="B885" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C885" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D885" s="2"/>
       <c r="E885" s="2" t="s">
-        <v>2026</v>
+        <v>2020</v>
       </c>
       <c r="F885" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G885" s="2"/>
       <c r="H885" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I885" s="3">
         <v>11922496392</v>
       </c>
       <c r="J885" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K885" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L885" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M885" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="886" spans="1:13">
       <c r="A886" s="1">
-        <v>90386961801101</v>
+        <v>90386961801457</v>
       </c>
       <c r="B886" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C886" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D886" s="2"/>
       <c r="E886" s="2" t="s">
-        <v>2027</v>
+        <v>2021</v>
       </c>
       <c r="F886" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G886" s="2"/>
       <c r="H886" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I886" s="3">
         <v>11922496392</v>
       </c>
       <c r="J886" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K886" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L886" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M886" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="887" spans="1:13">
       <c r="A887" s="1">
-        <v>90386961801119</v>
+        <v>90386961801556</v>
       </c>
       <c r="B887" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C887" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D887" s="2"/>
       <c r="E887" s="2" t="s">
-        <v>2028</v>
+        <v>2022</v>
       </c>
       <c r="F887" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G887" s="2"/>
       <c r="H887" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I887" s="3">
         <v>11922496392</v>
       </c>
       <c r="J887" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K887" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L887" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M887" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="888" spans="1:13">
       <c r="A888" s="1">
-        <v>90386961801127</v>
+        <v>90386961801580</v>
       </c>
       <c r="B888" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C888" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D888" s="2"/>
       <c r="E888" s="2" t="s">
-        <v>2029</v>
+        <v>2023</v>
       </c>
       <c r="F888" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G888" s="2"/>
       <c r="H888" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I888" s="3">
         <v>11922496392</v>
       </c>
       <c r="J888" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K888" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L888" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M888" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="889" spans="1:13">
       <c r="A889" s="1">
-        <v>90386961801143</v>
+        <v>90386961801614</v>
       </c>
       <c r="B889" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C889" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D889" s="2"/>
       <c r="E889" s="2" t="s">
-        <v>2030</v>
+        <v>2024</v>
       </c>
       <c r="F889" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G889" s="2"/>
       <c r="H889" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I889" s="3">
         <v>11922496392</v>
       </c>
       <c r="J889" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K889" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L889" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M889" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="890" spans="1:13">
       <c r="A890" s="1">
-        <v>90386961801200</v>
+        <v>90386961801622</v>
       </c>
       <c r="B890" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C890" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D890" s="2"/>
       <c r="E890" s="2" t="s">
-        <v>2031</v>
+        <v>2025</v>
       </c>
       <c r="F890" s="2" t="s">
-        <v>2001</v>
+        <v>2026</v>
       </c>
       <c r="G890" s="2"/>
       <c r="H890" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I890" s="3">
         <v>11922496392</v>
       </c>
       <c r="J890" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K890" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L890" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M890" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="891" spans="1:13">
       <c r="A891" s="1">
-        <v>90386961801218</v>
+        <v>90386961801648</v>
       </c>
       <c r="B891" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C891" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D891" s="2"/>
       <c r="E891" s="2" t="s">
-        <v>2032</v>
+        <v>2027</v>
       </c>
       <c r="F891" s="2" t="s">
-        <v>2001</v>
+        <v>2028</v>
       </c>
       <c r="G891" s="2"/>
       <c r="H891" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I891" s="3">
         <v>11922496392</v>
       </c>
       <c r="J891" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K891" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L891" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M891" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="892" spans="1:13">
       <c r="A892" s="1">
-        <v>90386961801242</v>
+        <v>90386961801671</v>
       </c>
       <c r="B892" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C892" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D892" s="2"/>
       <c r="E892" s="2" t="s">
-        <v>2033</v>
+        <v>2029</v>
       </c>
       <c r="F892" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G892" s="2"/>
       <c r="H892" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I892" s="3">
         <v>11922496392</v>
       </c>
       <c r="J892" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K892" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L892" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M892" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="893" spans="1:13">
       <c r="A893" s="1">
-        <v>90386961801259</v>
+        <v>90386961801705</v>
       </c>
       <c r="B893" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C893" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D893" s="2"/>
       <c r="E893" s="2" t="s">
-        <v>2034</v>
+        <v>2030</v>
       </c>
       <c r="F893" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G893" s="2"/>
       <c r="H893" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I893" s="3">
         <v>11922496392</v>
       </c>
       <c r="J893" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K893" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L893" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M893" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="894" spans="1:13">
       <c r="A894" s="1">
-        <v>90386961801267</v>
+        <v>90386961801762</v>
       </c>
       <c r="B894" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C894" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D894" s="2"/>
       <c r="E894" s="2" t="s">
-        <v>2035</v>
+        <v>2031</v>
       </c>
       <c r="F894" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G894" s="2"/>
       <c r="H894" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I894" s="3">
         <v>11922496392</v>
       </c>
       <c r="J894" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K894" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L894" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M894" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="895" spans="1:13">
       <c r="A895" s="1">
-        <v>90386961801291</v>
+        <v>90386961801796</v>
       </c>
       <c r="B895" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C895" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D895" s="2"/>
       <c r="E895" s="2" t="s">
-        <v>2036</v>
+        <v>2032</v>
       </c>
       <c r="F895" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G895" s="2"/>
       <c r="H895" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I895" s="3">
         <v>11922496392</v>
       </c>
       <c r="J895" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K895" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L895" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M895" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="896" spans="1:13">
       <c r="A896" s="1">
-        <v>90386961801333</v>
+        <v>90386961801838</v>
       </c>
       <c r="B896" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C896" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D896" s="2"/>
       <c r="E896" s="2" t="s">
-        <v>2037</v>
+        <v>2033</v>
       </c>
       <c r="F896" s="2" t="s">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="G896" s="2"/>
       <c r="H896" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I896" s="3">
         <v>11922496392</v>
       </c>
       <c r="J896" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K896" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L896" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M896" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="897" spans="1:13">
       <c r="A897" s="1">
-        <v>90386961801358</v>
+        <v>90386961801861</v>
       </c>
       <c r="B897" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C897" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D897" s="2"/>
       <c r="E897" s="2" t="s">
-        <v>2038</v>
+        <v>2034</v>
       </c>
       <c r="F897" s="2" t="s">
-        <v>2001</v>
+        <v>2035</v>
       </c>
       <c r="G897" s="2"/>
       <c r="H897" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I897" s="3">
         <v>11922496392</v>
       </c>
       <c r="J897" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K897" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L897" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M897" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="898" spans="1:13">
       <c r="A898" s="1">
-        <v>90386961801382</v>
+        <v>90386961801879</v>
       </c>
       <c r="B898" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C898" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D898" s="2"/>
       <c r="E898" s="2" t="s">
-        <v>2039</v>
+        <v>2036</v>
       </c>
       <c r="F898" s="2" t="s">
-        <v>2001</v>
+        <v>1673</v>
       </c>
       <c r="G898" s="2"/>
       <c r="H898" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I898" s="3">
         <v>11922496392</v>
       </c>
       <c r="J898" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K898" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L898" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M898" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="899" spans="1:13">
       <c r="A899" s="1">
-        <v>90386961801440</v>
+        <v>90386961801903</v>
       </c>
       <c r="B899" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C899" s="2" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="D899" s="2"/>
       <c r="E899" s="2" t="s">
-        <v>2040</v>
+        <v>2037</v>
       </c>
       <c r="F899" s="2" t="s">
-        <v>2001</v>
+        <v>2038</v>
       </c>
       <c r="G899" s="2"/>
       <c r="H899" s="2" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="I899" s="3">
         <v>11922496392</v>
       </c>
       <c r="J899" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K899" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L899" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M899" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="900" spans="1:13">
       <c r="A900" s="1">
-        <v>90386961801457</v>
+        <v>91352318900011</v>
       </c>
       <c r="B900" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C900" s="2" t="s">
-        <v>1997</v>
+        <v>2039</v>
       </c>
       <c r="D900" s="2"/>
       <c r="E900" s="2" t="s">
+        <v>2040</v>
+      </c>
+      <c r="F900" s="2" t="s">
         <v>2041</v>
-      </c>
-[...1 lines deleted...]
-        <v>2001</v>
       </c>
       <c r="G900" s="2"/>
       <c r="H900" s="2" t="s">
-        <v>509</v>
+        <v>31</v>
       </c>
       <c r="I900" s="3">
-        <v>11922496392</v>
+        <v>44680329868</v>
       </c>
       <c r="J900" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K900" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L900" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M900" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="901" spans="1:13">
       <c r="A901" s="1">
-        <v>90386961801556</v>
+        <v>91387230500010</v>
       </c>
       <c r="B901" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C901" s="2" t="s">
-        <v>1997</v>
+        <v>2042</v>
       </c>
       <c r="D901" s="2"/>
       <c r="E901" s="2" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="F901" s="2" t="s">
-        <v>2001</v>
+        <v>2044</v>
       </c>
       <c r="G901" s="2"/>
       <c r="H901" s="2" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="I901" s="3">
-        <v>11922496392</v>
+        <v>75640534164</v>
       </c>
       <c r="J901" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K901" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L901" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M901" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="902" spans="1:13">
       <c r="A902" s="1">
-        <v>90386961801580</v>
+        <v>91824670300022</v>
       </c>
       <c r="B902" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C902" s="2" t="s">
-        <v>1997</v>
+        <v>2045</v>
       </c>
       <c r="D902" s="2"/>
       <c r="E902" s="2" t="s">
-        <v>2043</v>
+        <v>2046</v>
       </c>
       <c r="F902" s="2" t="s">
-        <v>2001</v>
+        <v>1510</v>
       </c>
       <c r="G902" s="2"/>
       <c r="H902" s="2" t="s">
-        <v>509</v>
+        <v>31</v>
       </c>
       <c r="I902" s="3">
-        <v>11922496392</v>
+        <v>84420386942</v>
       </c>
       <c r="J902" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K902" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L902" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M902" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="903" spans="1:13">
       <c r="A903" s="1">
-        <v>90386961801614</v>
+        <v>91878715100011</v>
       </c>
       <c r="B903" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C903" s="2" t="s">
-        <v>1997</v>
+        <v>2047</v>
       </c>
       <c r="D903" s="2"/>
       <c r="E903" s="2" t="s">
-        <v>2044</v>
+        <v>2048</v>
       </c>
       <c r="F903" s="2" t="s">
-        <v>2001</v>
+        <v>1510</v>
       </c>
       <c r="G903" s="2"/>
       <c r="H903" s="2" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>11922496392</v>
+        <v>31</v>
+      </c>
+      <c r="I903" s="3" t="s">
+        <v>2049</v>
       </c>
       <c r="J903" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K903" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L903" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M903" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="904" spans="1:13">
       <c r="A904" s="1">
-        <v>90386961801622</v>
+        <v>92161953200010</v>
       </c>
       <c r="B904" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C904" s="2" t="s">
-        <v>1997</v>
+        <v>2050</v>
       </c>
       <c r="D904" s="2"/>
       <c r="E904" s="2" t="s">
-        <v>2045</v>
+        <v>2051</v>
       </c>
       <c r="F904" s="2" t="s">
-        <v>2046</v>
+        <v>2052</v>
       </c>
       <c r="G904" s="2"/>
       <c r="H904" s="2" t="s">
-        <v>509</v>
+        <v>31</v>
       </c>
       <c r="I904" s="3">
-        <v>11922496392</v>
+        <v>11770813077</v>
       </c>
       <c r="J904" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K904" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L904" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M904" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="905" spans="1:13">
       <c r="A905" s="1">
-        <v>90386961801648</v>
+        <v>92757294100023</v>
       </c>
       <c r="B905" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C905" s="2" t="s">
-        <v>1997</v>
+        <v>2053</v>
       </c>
       <c r="D905" s="2"/>
       <c r="E905" s="2" t="s">
-        <v>2047</v>
+        <v>2054</v>
       </c>
       <c r="F905" s="2" t="s">
-        <v>2048</v>
+        <v>2055</v>
       </c>
       <c r="G905" s="2"/>
       <c r="H905" s="2" t="s">
-        <v>509</v>
+        <v>31</v>
       </c>
       <c r="I905" s="3">
-        <v>11922496392</v>
+        <v>75230038023</v>
       </c>
       <c r="J905" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K905" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L905" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M905" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="906" spans="1:13">
       <c r="A906" s="1">
-        <v>90386961801671</v>
+        <v>92771199400016</v>
       </c>
       <c r="B906" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C906" s="2" t="s">
-        <v>1997</v>
+        <v>2056</v>
       </c>
       <c r="D906" s="2"/>
       <c r="E906" s="2" t="s">
-        <v>2049</v>
+        <v>2057</v>
       </c>
       <c r="F906" s="2" t="s">
-        <v>2001</v>
+        <v>504</v>
       </c>
       <c r="G906" s="2"/>
       <c r="H906" s="2" t="s">
-        <v>509</v>
+        <v>536</v>
       </c>
       <c r="I906" s="3">
-        <v>11922496392</v>
+        <v>44540450754</v>
       </c>
       <c r="J906" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K906" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L906" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M906" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="907" spans="1:13">
       <c r="A907" s="1">
-        <v>90386961801705</v>
+        <v>92838471800039</v>
       </c>
       <c r="B907" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C907" s="2" t="s">
-        <v>1997</v>
+        <v>2058</v>
       </c>
       <c r="D907" s="2"/>
       <c r="E907" s="2" t="s">
-        <v>2050</v>
+        <v>2059</v>
       </c>
       <c r="F907" s="2" t="s">
-        <v>2001</v>
+        <v>1270</v>
       </c>
       <c r="G907" s="2"/>
       <c r="H907" s="2" t="s">
-        <v>509</v>
+        <v>31</v>
       </c>
       <c r="I907" s="3">
-        <v>11922496392</v>
+        <v>11931090793</v>
       </c>
       <c r="J907" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K907" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L907" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M907" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="908" spans="1:13">
       <c r="A908" s="1">
-        <v>90386961801762</v>
+        <v>92929457700028</v>
       </c>
       <c r="B908" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C908" s="2" t="s">
-        <v>1997</v>
+        <v>2060</v>
       </c>
       <c r="D908" s="2"/>
       <c r="E908" s="2" t="s">
-        <v>2051</v>
+        <v>1465</v>
       </c>
       <c r="F908" s="2" t="s">
-        <v>2001</v>
+        <v>1089</v>
       </c>
       <c r="G908" s="2"/>
       <c r="H908" s="2" t="s">
-        <v>509</v>
+        <v>31</v>
       </c>
       <c r="I908" s="3">
-        <v>11922496392</v>
+        <v>32600456260</v>
       </c>
       <c r="J908" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K908" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L908" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M908" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="909" spans="1:13">
       <c r="A909" s="1">
-        <v>90386961801796</v>
+        <v>93081293800015</v>
       </c>
       <c r="B909" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C909" s="2" t="s">
-        <v>1997</v>
+        <v>2061</v>
       </c>
       <c r="D909" s="2"/>
       <c r="E909" s="2" t="s">
-        <v>2052</v>
+        <v>2062</v>
       </c>
       <c r="F909" s="2" t="s">
-        <v>2001</v>
+        <v>2063</v>
       </c>
       <c r="G909" s="2"/>
       <c r="H909" s="2" t="s">
-        <v>509</v>
+        <v>31</v>
       </c>
       <c r="I909" s="3">
-        <v>11922496392</v>
+        <v>93830783583</v>
       </c>
       <c r="J909" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K909" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L909" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M909" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="910" spans="1:13">
       <c r="A910" s="1">
-        <v>90386961801838</v>
+        <v>93169487100019</v>
       </c>
       <c r="B910" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C910" s="2" t="s">
-        <v>1997</v>
+        <v>2064</v>
       </c>
       <c r="D910" s="2"/>
       <c r="E910" s="2" t="s">
-        <v>2053</v>
+        <v>2065</v>
       </c>
       <c r="F910" s="2" t="s">
-        <v>2001</v>
+        <v>313</v>
       </c>
       <c r="G910" s="2"/>
       <c r="H910" s="2" t="s">
-        <v>509</v>
+        <v>31</v>
       </c>
       <c r="I910" s="3">
-        <v>11922496392</v>
+        <v>52720226472</v>
       </c>
       <c r="J910" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K910" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L910" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M910" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="911" spans="1:13">
       <c r="A911" s="1">
-        <v>90386961801861</v>
+        <v>93231632600010</v>
       </c>
       <c r="B911" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C911" s="2" t="s">
-        <v>1997</v>
+        <v>2066</v>
       </c>
       <c r="D911" s="2"/>
       <c r="E911" s="2" t="s">
-        <v>2054</v>
+        <v>2067</v>
       </c>
       <c r="F911" s="2" t="s">
-        <v>2055</v>
+        <v>2068</v>
       </c>
       <c r="G911" s="2"/>
       <c r="H911" s="2" t="s">
-        <v>509</v>
+        <v>1572</v>
       </c>
       <c r="I911" s="3">
-        <v>11922496392</v>
+        <v>11931106793</v>
       </c>
       <c r="J911" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K911" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L911" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M911" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="912" spans="1:13">
       <c r="A912" s="1">
-        <v>90386961801879</v>
+        <v>93273533500014</v>
       </c>
       <c r="B912" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C912" s="2" t="s">
-        <v>1997</v>
-[...1 lines deleted...]
-      <c r="D912" s="2"/>
+        <v>2069</v>
+      </c>
+      <c r="D912" s="2" t="s">
+        <v>2069</v>
+      </c>
       <c r="E912" s="2" t="s">
-        <v>2056</v>
+        <v>2070</v>
       </c>
       <c r="F912" s="2" t="s">
-        <v>1683</v>
+        <v>2071</v>
       </c>
       <c r="G912" s="2"/>
       <c r="H912" s="2" t="s">
-        <v>509</v>
+        <v>31</v>
       </c>
       <c r="I912" s="3">
-        <v>11922496392</v>
+        <v>53561044156</v>
       </c>
       <c r="J912" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K912" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L912" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M912" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="913" spans="1:13">
       <c r="A913" s="1">
-        <v>90386961801903</v>
+        <v>93698024200080</v>
       </c>
       <c r="B913" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C913" s="2" t="s">
-        <v>1997</v>
+        <v>2072</v>
       </c>
       <c r="D913" s="2"/>
       <c r="E913" s="2" t="s">
-        <v>2057</v>
+        <v>2073</v>
       </c>
       <c r="F913" s="2" t="s">
-        <v>2058</v>
+        <v>2074</v>
       </c>
       <c r="G913" s="2"/>
       <c r="H913" s="2" t="s">
-        <v>509</v>
+        <v>348</v>
       </c>
       <c r="I913" s="3">
-        <v>11922496392</v>
+        <v>73090000609</v>
       </c>
       <c r="J913" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K913" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L913" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M913" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="914" spans="1:13">
       <c r="A914" s="1">
-        <v>91352318900011</v>
+        <v>93800705100015</v>
       </c>
       <c r="B914" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C914" s="2" t="s">
-        <v>2059</v>
+        <v>2075</v>
       </c>
       <c r="D914" s="2"/>
       <c r="E914" s="2" t="s">
-        <v>2060</v>
+        <v>2076</v>
       </c>
       <c r="F914" s="2" t="s">
-        <v>2061</v>
+        <v>2077</v>
       </c>
       <c r="G914" s="2"/>
       <c r="H914" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I914" s="3">
-        <v>44680329868</v>
+        <v>11911077391</v>
       </c>
       <c r="J914" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K914" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L914" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M914" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="915" spans="1:13">
       <c r="A915" s="1">
-        <v>91387230500010</v>
+        <v>94297711700012</v>
       </c>
       <c r="B915" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C915" s="2" t="s">
-        <v>2062</v>
+        <v>2078</v>
       </c>
       <c r="D915" s="2"/>
       <c r="E915" s="2" t="s">
-        <v>2063</v>
+        <v>2079</v>
       </c>
       <c r="F915" s="2" t="s">
-        <v>2064</v>
+        <v>2080</v>
       </c>
       <c r="G915" s="2"/>
       <c r="H915" s="2" t="s">
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="I915" s="3">
-        <v>75640534164</v>
+        <v>53291023129</v>
       </c>
       <c r="J915" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K915" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L915" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M915" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="916" spans="1:13">
       <c r="A916" s="1">
-        <v>91824670300022</v>
+        <v>94833292900025</v>
       </c>
       <c r="B916" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C916" s="2" t="s">
-        <v>2065</v>
-[...1 lines deleted...]
-      <c r="D916" s="2"/>
+        <v>2081</v>
+      </c>
+      <c r="D916" s="2" t="s">
+        <v>2082</v>
+      </c>
       <c r="E916" s="2" t="s">
-        <v>2066</v>
+        <v>2083</v>
       </c>
       <c r="F916" s="2" t="s">
-        <v>1522</v>
+        <v>2084</v>
       </c>
       <c r="G916" s="2"/>
       <c r="H916" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I916" s="3">
-        <v>84420386942</v>
+        <v>32620380962</v>
       </c>
       <c r="J916" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K916" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L916" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M916" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="917" spans="1:13">
       <c r="A917" s="1">
-        <v>91878715100011</v>
+        <v>94833292900033</v>
       </c>
       <c r="B917" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C917" s="2" t="s">
-        <v>2067</v>
-[...1 lines deleted...]
-      <c r="D917" s="2"/>
+        <v>2081</v>
+      </c>
+      <c r="D917" s="2" t="s">
+        <v>2082</v>
+      </c>
       <c r="E917" s="2" t="s">
-        <v>2068</v>
+        <v>2085</v>
       </c>
       <c r="F917" s="2" t="s">
-        <v>1522</v>
+        <v>2086</v>
       </c>
       <c r="G917" s="2"/>
       <c r="H917" s="2" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2069</v>
+        <v>348</v>
+      </c>
+      <c r="I917" s="3">
+        <v>32620380962</v>
       </c>
       <c r="J917" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K917" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L917" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M917" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="918" spans="1:13">
       <c r="A918" s="1">
-        <v>92161953200010</v>
+        <v>94833292900041</v>
       </c>
       <c r="B918" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C918" s="2" t="s">
-        <v>2070</v>
-[...1 lines deleted...]
-      <c r="D918" s="2"/>
+        <v>2081</v>
+      </c>
+      <c r="D918" s="2" t="s">
+        <v>2082</v>
+      </c>
       <c r="E918" s="2" t="s">
-        <v>2071</v>
+        <v>2087</v>
       </c>
       <c r="F918" s="2" t="s">
-        <v>2072</v>
+        <v>2086</v>
       </c>
       <c r="G918" s="2"/>
       <c r="H918" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I918" s="3">
-        <v>11770813077</v>
+        <v>32620380962</v>
       </c>
       <c r="J918" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K918" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L918" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M918" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="919" spans="1:13">
       <c r="A919" s="1">
-        <v>92757294100023</v>
+        <v>94833292900066</v>
       </c>
       <c r="B919" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C919" s="2" t="s">
-        <v>2073</v>
-[...1 lines deleted...]
-      <c r="D919" s="2"/>
+        <v>2081</v>
+      </c>
+      <c r="D919" s="2" t="s">
+        <v>2082</v>
+      </c>
       <c r="E919" s="2" t="s">
-        <v>2074</v>
+        <v>2088</v>
       </c>
       <c r="F919" s="2" t="s">
-        <v>2075</v>
+        <v>2086</v>
       </c>
       <c r="G919" s="2"/>
       <c r="H919" s="2" t="s">
-        <v>31</v>
+        <v>348</v>
       </c>
       <c r="I919" s="3">
-        <v>75230038023</v>
+        <v>32620380962</v>
       </c>
       <c r="J919" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K919" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L919" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M919" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="920" spans="1:13">
       <c r="A920" s="1">
-        <v>92838471800039</v>
+        <v>95001321900031</v>
       </c>
       <c r="B920" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C920" s="2" t="s">
-        <v>2076</v>
+        <v>2089</v>
       </c>
       <c r="D920" s="2"/>
       <c r="E920" s="2" t="s">
-        <v>2077</v>
+        <v>2090</v>
       </c>
       <c r="F920" s="2" t="s">
-        <v>2078</v>
+        <v>2091</v>
       </c>
       <c r="G920" s="2"/>
       <c r="H920" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I920" s="3">
-        <v>11931090793</v>
+        <v>93840005084</v>
       </c>
       <c r="J920" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K920" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L920" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M920" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="921" spans="1:13">
       <c r="A921" s="1">
-        <v>92929457700028</v>
+        <v>95074204900022</v>
       </c>
       <c r="B921" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C921" s="2" t="s">
-        <v>2079</v>
+        <v>2092</v>
       </c>
       <c r="D921" s="2"/>
       <c r="E921" s="2" t="s">
-        <v>1474</v>
+        <v>2093</v>
       </c>
       <c r="F921" s="2" t="s">
-        <v>1060</v>
+        <v>2094</v>
       </c>
       <c r="G921" s="2"/>
       <c r="H921" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I921" s="3">
-        <v>32600456260</v>
+        <v>75470172247</v>
       </c>
       <c r="J921" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K921" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L921" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M921" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="922" spans="1:13">
       <c r="A922" s="1">
-        <v>93081293800015</v>
+        <v>95101380400020</v>
       </c>
       <c r="B922" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C922" s="2" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="D922" s="2"/>
       <c r="E922" s="2" t="s">
-        <v>2081</v>
+        <v>2096</v>
       </c>
       <c r="F922" s="2" t="s">
-        <v>2082</v>
+        <v>2097</v>
       </c>
       <c r="G922" s="2"/>
       <c r="H922" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I922" s="3">
-        <v>93830783583</v>
+        <v>32620395662</v>
       </c>
       <c r="J922" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K922" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L922" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M922" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="923" spans="1:13">
       <c r="A923" s="1">
-        <v>93169487100019</v>
+        <v>95365314400014</v>
       </c>
       <c r="B923" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C923" s="2" t="s">
-        <v>2083</v>
+        <v>2098</v>
       </c>
       <c r="D923" s="2"/>
       <c r="E923" s="2" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
       <c r="F923" s="2" t="s">
-        <v>314</v>
+        <v>919</v>
       </c>
       <c r="G923" s="2"/>
       <c r="H923" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I923" s="3">
-        <v>52720226472</v>
+        <v>84070147307</v>
       </c>
       <c r="J923" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K923" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L923" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M923" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="924" spans="1:13">
       <c r="A924" s="1">
-        <v>93231632600010</v>
+        <v>98107826400018</v>
       </c>
       <c r="B924" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C924" s="2" t="s">
-        <v>2085</v>
-[...1 lines deleted...]
-      <c r="D924" s="2"/>
+        <v>2100</v>
+      </c>
+      <c r="D924" s="2" t="s">
+        <v>2100</v>
+      </c>
       <c r="E924" s="2" t="s">
-        <v>2086</v>
+        <v>2101</v>
       </c>
       <c r="F924" s="2" t="s">
-        <v>2087</v>
+        <v>2102</v>
       </c>
       <c r="G924" s="2"/>
       <c r="H924" s="2" t="s">
-        <v>1246</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="I924" s="3"/>
       <c r="J924" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K924" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L924" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M924" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="925" spans="1:13">
       <c r="A925" s="1">
-        <v>93273533500014</v>
+        <v>98315116800017</v>
       </c>
       <c r="B925" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C925" s="2" t="s">
-        <v>2088</v>
-[...3 lines deleted...]
-      </c>
+        <v>2103</v>
+      </c>
+      <c r="D925" s="2"/>
       <c r="E925" s="2" t="s">
-        <v>2089</v>
+        <v>2104</v>
       </c>
       <c r="F925" s="2" t="s">
-        <v>2090</v>
+        <v>1818</v>
       </c>
       <c r="G925" s="2"/>
       <c r="H925" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I925" s="3">
-        <v>53561044156</v>
+        <v>84010287801</v>
       </c>
       <c r="J925" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K925" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L925" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M925" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="926" spans="1:13">
       <c r="A926" s="1">
-        <v>93698024200080</v>
+        <v>98333340200011</v>
       </c>
       <c r="B926" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C926" s="2" t="s">
-        <v>2091</v>
-[...1 lines deleted...]
-      <c r="D926" s="2"/>
+        <v>2105</v>
+      </c>
+      <c r="D926" s="2" t="s">
+        <v>2106</v>
+      </c>
       <c r="E926" s="2" t="s">
-        <v>2092</v>
+        <v>2107</v>
       </c>
       <c r="F926" s="2" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="G926" s="2"/>
       <c r="H926" s="2" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="I926" s="3">
-        <v>73090000609</v>
+        <v>75240244224</v>
       </c>
       <c r="J926" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K926" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L926" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M926" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="927" spans="1:13">
       <c r="A927" s="1">
-        <v>93800705100015</v>
+        <v>98535099000018</v>
       </c>
       <c r="B927" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C927" s="2" t="s">
-        <v>2094</v>
+        <v>2109</v>
       </c>
       <c r="D927" s="2"/>
       <c r="E927" s="2" t="s">
-        <v>2095</v>
+        <v>2110</v>
       </c>
       <c r="F927" s="2" t="s">
-        <v>2096</v>
+        <v>2111</v>
       </c>
       <c r="G927" s="2"/>
       <c r="H927" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I927" s="3">
-        <v>11911077391</v>
+        <v>11756932075</v>
       </c>
       <c r="J927" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K927" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L927" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M927" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="928" spans="1:13">
       <c r="A928" s="1">
-        <v>94297711700012</v>
+        <v>98736208400012</v>
       </c>
       <c r="B928" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C928" s="2" t="s">
-        <v>2097</v>
+        <v>2112</v>
       </c>
       <c r="D928" s="2"/>
       <c r="E928" s="2" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="F928" s="2" t="s">
-        <v>2099</v>
+        <v>2114</v>
       </c>
       <c r="G928" s="2"/>
       <c r="H928" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I928" s="3">
-        <v>53291023129</v>
+        <v>24450431445</v>
       </c>
       <c r="J928" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K928" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L928" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M928" s="2" t="s">
-        <v>20</v>
-[...490 lines deleted...]
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -42036,31 +41472,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/01/2026 19:02:06</dc:description>
+  <dc:description>Export en date du 03/23/2026 09:21:24</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>