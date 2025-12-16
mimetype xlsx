--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -58,288 +58,288 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE ALSACE EUROMETROPOLE</t>
+  </si>
+  <si>
+    <t>CCI CAMPUS ALSACE</t>
+  </si>
+  <si>
+    <t>234 AVENUE DE COLMAR 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D INDUSTRIE METROPOLE DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>2 AVENUE DE MARBOTTE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/02/2021</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>CHAMB COMMERC INDUSTRIE NICE COTE D'AZUR</t>
+  </si>
+  <si>
+    <t>20 BOULEVARD CARABACEL 06000 NICE</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>9306P001706</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE MOSELLE METROPOLE METZ</t>
+  </si>
+  <si>
+    <t>10/12 10 AVENUE FOCH 57000 METZ</t>
+  </si>
+  <si>
+    <t>4157P000957</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DU VAR</t>
+  </si>
+  <si>
+    <t>DIR DES ENSEIGNEMENTS</t>
+  </si>
+  <si>
+    <t>CAMPUS ZI TOULON EST RES LA GRANDE TOURACHE 83130 LA GARDE</t>
+  </si>
+  <si>
+    <t>23/05/1991</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>9383P000183</t>
+  </si>
+  <si>
+    <t>CH.COMMERCE INDUSTRIE LIMOGES HTE VIENNE</t>
+  </si>
+  <si>
+    <t>CAMPUS CONSULAIRE</t>
+  </si>
+  <si>
+    <t>11 RUE PHILIPPE LEBON 87280 LIMOGES</t>
+  </si>
+  <si>
+    <t>01/10/2013</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>7487P000187</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQUE-ECOLE NAT COMMERCE</t>
+  </si>
+  <si>
+    <t>GRETA METEHOR-PARIS</t>
+  </si>
+  <si>
+    <t>70 BOULEVARD BESSIERES 75017 PARIS</t>
+  </si>
+  <si>
+    <t>03/05/1989</t>
+  </si>
+  <si>
+    <t>1175P007675</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>NOSCHOOL</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE VEGA 27 RUE THALES 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>01/09/2012</t>
+  </si>
+  <si>
+    <t>07/11/2023</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR VIDAL (ISV - FORMATION PROFESSIONNELLE)</t>
+  </si>
+  <si>
+    <t>10 RUE SESQUIERES 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>11/02/2005</t>
+  </si>
+  <si>
+    <t>OGEC SAINT MICHEL</t>
+  </si>
+  <si>
+    <t>39 RUE MARTIN PELLER 51100 REIMS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>GROUPE ECOLE SUPERIEURE DES PROFESSIONS IMMOBILIERES</t>
+  </si>
+  <si>
+    <t>23 RUE DE CRONSTADT 75015 PARIS</t>
+  </si>
+  <si>
+    <t>16/10/2017</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>GMG FORMATION</t>
+  </si>
+  <si>
+    <t>171-175 171 AVENUE DU STADE DE FRANCE 93210 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/06/2020</t>
+  </si>
+  <si>
+    <t>GROUPE CONSEIL ASSURANCES FORMATION</t>
+  </si>
+  <si>
+    <t>SUP'TERTIAIRE</t>
+  </si>
+  <si>
+    <t>39 RUE BOURET 75019 PARIS</t>
+  </si>
+  <si>
+    <t>04/08/2020</t>
+  </si>
+  <si>
+    <t>COMITE ORGANIS PATRONALE PROF IMMOBILIER</t>
+  </si>
+  <si>
+    <t>46 RUE DE ROME 75008 PARIS</t>
+  </si>
+  <si>
+    <t>17/12/2001</t>
+  </si>
+  <si>
     <t>MONCOUET FORMATION ET SERVICES</t>
   </si>
   <si>
     <t>BATIMENT HERMES 55 AVENUE LOUIS BREGUET 31400 TOULOUSE</t>
   </si>
   <si>
     <t>12/08/2014</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...7 lines deleted...]
-  <si>
     <t>E2SE</t>
   </si>
   <si>
     <t>4 RUE DES MOUETTES 14000 CAEN</t>
   </si>
   <si>
     <t>01/08/2018</t>
   </si>
   <si>
-    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE ALSACE EUROMETROPOLE</t>
-[...92 lines deleted...]
-    <t>1175P007675</t>
+    <t>CLARA MIOTTO LA SOLUTION FORMATION</t>
+  </si>
+  <si>
+    <t>10 PARC CLUB DU MILLENAIRE BAT 15 1025 AVENUE HENRI BECQUEREL 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>02/05/2015</t>
+  </si>
+  <si>
+    <t>01/03/2022</t>
   </si>
   <si>
     <t>ESI BUSINESS EXECUTIVE</t>
   </si>
   <si>
     <t>20 T RUE DE BEZONS 92400 COURBEVOIE</t>
   </si>
   <si>
     <t>12/02/2014</t>
   </si>
   <si>
     <t>ISFAC</t>
   </si>
   <si>
     <t>CENTRE D AFFAIRES ESPACE 10 17 RUE ALBIN HALLER 86000 POITIERS</t>
   </si>
   <si>
     <t>24/06/2006</t>
   </si>
   <si>
-    <t>OGEC SAINT MICHEL</t>
-[...22 lines deleted...]
-  <si>
     <t>ISPN</t>
   </si>
   <si>
     <t>6 AVENUE MARECHAL MONTGOMERY 14000 CAEN</t>
   </si>
   <si>
     <t>01/07/2016</t>
-  </si>
-[...64 lines deleted...]
-    <t>01/03/2022</t>
   </si>
   <si>
     <t>SKEDYA</t>
   </si>
   <si>
     <t>83-85 83 BOULEVARD VINCENT AURIOL 75013 PARIS</t>
   </si>
   <si>
     <t>01/06/2017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -753,839 +753,839 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>41407769300060</v>
+        <v>13002267600030</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D2" s="2"/>
+      <c r="D2" s="2" t="s">
+        <v>15</v>
+      </c>
       <c r="E2" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I2" s="3">
-        <v>73310381331</v>
+        <v>44670587467</v>
       </c>
       <c r="J2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>41811390800036</v>
+        <v>13002948100012</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I3" s="3">
-        <v>25140138814</v>
+        <v>27210429021</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>13002267600030</v>
+        <v>18060001700016</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>44670587467</v>
+        <v>24</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>28</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>13002948100012</v>
+        <v>18572202200018</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="I5" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="I5" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>18060001700016</v>
+        <v>18830001600261</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="D6" s="2"/>
+      <c r="D6" s="2" t="s">
+        <v>33</v>
+      </c>
       <c r="E6" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>18572202200018</v>
+        <v>18870801000114</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D7" s="2"/>
+        <v>38</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="E7" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>18830001600261</v>
+        <v>19750707200027</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>18870801000114</v>
+        <v>38138042700058</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="G9" s="2"/>
+        <v>52</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>53</v>
+      </c>
       <c r="H9" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>42</v>
+      </c>
+      <c r="I9" s="3">
+        <v>72330212133</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>19750707200027</v>
+        <v>39262279100045</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>42</v>
+      </c>
+      <c r="I10" s="3">
+        <v>73310193631</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>48448287200021</v>
+        <v>77811428000036</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="I11" s="3">
-        <v>11921554492</v>
+        <v>21510097651</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>49098556100011</v>
+        <v>78461733400072</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="I12" s="3">
-        <v>54860098786</v>
+        <v>11755667075</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>77811428000036</v>
+        <v>79430542500033</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="I13" s="3">
-        <v>21510097651</v>
+        <v>11930670893</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>78461733400072</v>
+        <v>39960905600052</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D14" s="2"/>
+        <v>68</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>69</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="I14" s="3">
-        <v>11755667075</v>
+        <v>11754593975</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>80414301400020</v>
+        <v>40142155700034</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>38138042700058</v>
+        <v>41407769300060</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>72</v>
+        <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="I16" s="3">
-        <v>72330212133</v>
+        <v>73310381331</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>39262279100045</v>
+        <v>41811390800036</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="I17" s="3">
-        <v>73310193631</v>
+        <v>25140138814</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>39960905600052</v>
+        <v>48383222600029</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="D18" s="2" t="s">
         <v>81</v>
       </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="G18" s="2"/>
+      <c r="G18" s="2" t="s">
+        <v>84</v>
+      </c>
       <c r="H18" s="2" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="I18" s="3">
-        <v>11754593975</v>
+        <v>91340596434</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>40142155700034</v>
+        <v>48448287200021</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="I19" s="3"/>
+        <v>42</v>
+      </c>
+      <c r="I19" s="3">
+        <v>11921554492</v>
+      </c>
       <c r="J19" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>79430542500033</v>
+        <v>49098556100011</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="I20" s="3">
-        <v>11930670893</v>
+        <v>54860098786</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>48383222600029</v>
+        <v>80414301400020</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>72</v>
+        <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="D21" s="2"/>
+        <v>91</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>91</v>
+      </c>
       <c r="E21" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="G21" s="2" t="s">
         <v>93</v>
       </c>
+      <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="I21" s="3">
-        <v>91340596434</v>
+        <v>25140276614</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>83041024700019</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="I22" s="3">
         <v>11755693775</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1598,31 +1598,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/27/2025 06:23:04</dc:description>
+  <dc:description>Export en date du 12/16/2025 14:27:34</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>