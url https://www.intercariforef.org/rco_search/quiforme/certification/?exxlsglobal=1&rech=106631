--- v1 (2025-12-16)
+++ v2 (2026-01-31)
@@ -187,150 +187,150 @@
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>NOSCHOOL</t>
   </si>
   <si>
     <t>IMMEUBLE LE VEGA 27 RUE THALES 33700 MERIGNAC</t>
   </si>
   <si>
     <t>01/09/2012</t>
   </si>
   <si>
     <t>07/11/2023</t>
   </si>
   <si>
     <t>INSTITUT SUPERIEUR VIDAL (ISV - FORMATION PROFESSIONNELLE)</t>
   </si>
   <si>
     <t>10 RUE SESQUIERES 31000 TOULOUSE</t>
   </si>
   <si>
     <t>11/02/2005</t>
   </si>
   <si>
+    <t>GROUPE CONSEIL ASSURANCES FORMATION</t>
+  </si>
+  <si>
+    <t>SUP'TERTIAIRE</t>
+  </si>
+  <si>
+    <t>39 RUE BOURET 75019 PARIS</t>
+  </si>
+  <si>
+    <t>04/08/2020</t>
+  </si>
+  <si>
+    <t>COMITE ORGANIS PATRONALE PROF IMMOBILIER</t>
+  </si>
+  <si>
+    <t>46 RUE DE ROME 75008 PARIS</t>
+  </si>
+  <si>
+    <t>17/12/2001</t>
+  </si>
+  <si>
+    <t>MONCOUET FORMATION ET SERVICES</t>
+  </si>
+  <si>
+    <t>BATIMENT HERMES 55 AVENUE LOUIS BREGUET 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>12/08/2014</t>
+  </si>
+  <si>
+    <t>E2SE</t>
+  </si>
+  <si>
+    <t>4 RUE DES MOUETTES 14000 CAEN</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t>CLARA MIOTTO LA SOLUTION FORMATION</t>
+  </si>
+  <si>
+    <t>10 PARC CLUB DU MILLENAIRE BAT 15 1025 AVENUE HENRI BECQUEREL 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>02/05/2015</t>
+  </si>
+  <si>
+    <t>01/03/2022</t>
+  </si>
+  <si>
+    <t>ESI BUSINESS EXECUTIVE</t>
+  </si>
+  <si>
+    <t>20 T RUE DE BEZONS 92400 COURBEVOIE</t>
+  </si>
+  <si>
+    <t>12/02/2014</t>
+  </si>
+  <si>
+    <t>ISFAC</t>
+  </si>
+  <si>
+    <t>CENTRE D AFFAIRES ESPACE 10 17 RUE ALBIN HALLER 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>24/06/2006</t>
+  </si>
+  <si>
     <t>OGEC SAINT MICHEL</t>
   </si>
   <si>
     <t>39 RUE MARTIN PELLER 51100 REIMS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>GROUPE ECOLE SUPERIEURE DES PROFESSIONS IMMOBILIERES</t>
   </si>
   <si>
     <t>23 RUE DE CRONSTADT 75015 PARIS</t>
   </si>
   <si>
     <t>16/10/2017</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>GMG FORMATION</t>
   </si>
   <si>
     <t>171-175 171 AVENUE DU STADE DE FRANCE 93210 SAINT-DENIS</t>
   </si>
   <si>
     <t>01/06/2020</t>
-  </si>
-[...67 lines deleted...]
-    <t>24/06/2006</t>
   </si>
   <si>
     <t>ISPN</t>
   </si>
   <si>
     <t>6 AVENUE MARECHAL MONTGOMERY 14000 CAEN</t>
   </si>
   <si>
     <t>01/07/2016</t>
   </si>
   <si>
     <t>SKEDYA</t>
   </si>
   <si>
     <t>83-85 83 BOULEVARD VINCENT AURIOL 75013 PARIS</t>
   </si>
   <si>
     <t>01/06/2017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1098,415 +1098,415 @@
       <c r="F10" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I10" s="3">
         <v>73310193631</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>77811428000036</v>
+        <v>39960905600052</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="D11" s="2"/>
+      <c r="D11" s="2" t="s">
+        <v>58</v>
+      </c>
       <c r="E11" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="I11" s="3">
-        <v>21510097651</v>
+        <v>11754593975</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>78461733400072</v>
+        <v>40142155700034</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>79430542500033</v>
+        <v>41407769300060</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="I13" s="3">
-        <v>11930670893</v>
+        <v>73310381331</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>39960905600052</v>
+        <v>41811390800036</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I14" s="3">
-        <v>11754593975</v>
+        <v>25140138814</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>40142155700034</v>
+        <v>48383222600029</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F15" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="G15" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="F15" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I15" s="3"/>
+        <v>42</v>
+      </c>
+      <c r="I15" s="3">
+        <v>91340596434</v>
+      </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>41407769300060</v>
+        <v>48448287200021</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I16" s="3">
-        <v>73310381331</v>
+        <v>11921554492</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>41811390800036</v>
+        <v>49098556100011</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I17" s="3">
-        <v>25140138814</v>
+        <v>54860098786</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>48383222600029</v>
+        <v>77811428000036</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="F18" s="2" t="s">
+      <c r="G18" s="2"/>
+      <c r="H18" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="G18" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I18" s="3">
-        <v>91340596434</v>
+        <v>21510097651</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>48448287200021</v>
+        <v>78461733400072</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>42</v>
+        <v>87</v>
       </c>
       <c r="I19" s="3">
-        <v>11921554492</v>
+        <v>11755667075</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>49098556100011</v>
+        <v>79430542500033</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="I20" s="3">
-        <v>54860098786</v>
+        <v>11930670893</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>80414301400020</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>91</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G21" s="2"/>
@@ -1526,51 +1526,51 @@
         <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>83041024700019</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>64</v>
+        <v>87</v>
       </c>
       <c r="I22" s="3">
         <v>11755693775</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1598,31 +1598,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 14:27:34</dc:description>
+  <dc:description>Export en date du 01/31/2026 01:32:45</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>