--- v2 (2026-01-31)
+++ v3 (2026-03-26)
@@ -815,51 +815,51 @@
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>13002948100012</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I3" s="3">
         <v>27210429021</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>18060001700016</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
@@ -1043,53 +1043,51 @@
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>38138042700058</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>53</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="I9" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>39262279100045</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
@@ -1267,53 +1265,51 @@
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>48383222600029</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>73</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="I15" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>48448287200021</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
@@ -1598,31 +1594,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/31/2026 01:32:45</dc:description>
+  <dc:description>Export en date du 03/26/2026 22:04:24</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>