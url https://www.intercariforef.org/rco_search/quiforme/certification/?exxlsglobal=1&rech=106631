--- v3 (2026-03-26)
+++ v4 (2026-03-26)
@@ -1594,31 +1594,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/26/2026 22:04:24</dc:description>
+  <dc:description>Export en date du 03/26/2026 23:22:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>