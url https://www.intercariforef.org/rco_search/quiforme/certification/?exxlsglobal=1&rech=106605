--- v0 (2025-10-26)
+++ v1 (2025-12-19)
@@ -94,72 +94,72 @@
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT TECHNOLOGIQUE E BELIN</t>
   </si>
   <si>
     <t>GRETA HAUTE-SAONE ET NORD FRANCHE-COMTE</t>
   </si>
   <si>
     <t>18 RUE EDOUARD BELIN 70000 VESOUL</t>
   </si>
   <si>
     <t>01/01/2001</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>4370P001470</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
+  </si>
+  <si>
+    <t>19 AVENUE DE L'OBSERVATOIRE 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>2 RUE DU CHATEAU 21800 CHEVIGNY-SAINT-SAUVEUR</t>
   </si>
   <si>
-    <t>01/01/2017</t>
-[...4 lines deleted...]
-  <si>
     <t>1 RUE ERNEST THIERRY-MIEG 90000 BELFORT</t>
-  </si>
-[...1 lines deleted...]
-    <t>19 AVENUE DE L'OBSERVATOIRE 25000 BESANCON</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -638,175 +638,175 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>82409268800012</v>
+        <v>82422814201775</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>82409268800228</v>
+        <v>82409268800012</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="3">
         <v>11930762893</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>82422814200355</v>
+        <v>82409268800228</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>82422814201775</v>
+        <v>82422814200355</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="3">
         <v>11930743393</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -838,31 +838,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/26/2025 16:22:31</dc:description>
+  <dc:description>Export en date du 12/19/2025 15:09:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>