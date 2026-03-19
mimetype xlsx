--- v1 (2025-12-19)
+++ v2 (2026-03-19)
@@ -94,72 +94,72 @@
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT TECHNOLOGIQUE E BELIN</t>
   </si>
   <si>
     <t>GRETA HAUTE-SAONE ET NORD FRANCHE-COMTE</t>
   </si>
   <si>
     <t>18 RUE EDOUARD BELIN 70000 VESOUL</t>
   </si>
   <si>
     <t>01/01/2001</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>4370P001470</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>AFPA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>31/12/2016</t>
+  </si>
+  <si>
+    <t>2 RUE DU CHATEAU 21800 CHEVIGNY-SAINT-SAUVEUR</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
+    <t>1 RUE ERNEST THIERRY-MIEG 90000 BELFORT</t>
+  </si>
+  <si>
     <t>19 AVENUE DE L'OBSERVATOIRE 25000 BESANCON</t>
-  </si>
-[...16 lines deleted...]
-    <t>1 RUE ERNEST THIERRY-MIEG 90000 BELFORT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -638,175 +638,175 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>82422814201775</v>
+        <v>82409268800012</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>82409268800012</v>
+        <v>82409268800228</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="3">
         <v>11930762893</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>82409268800228</v>
+        <v>82422814200355</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>82422814200355</v>
+        <v>82422814201775</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="3">
         <v>11930743393</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -838,31 +838,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/19/2025 15:09:59</dc:description>
+  <dc:description>Export en date du 03/19/2026 23:50:45</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>