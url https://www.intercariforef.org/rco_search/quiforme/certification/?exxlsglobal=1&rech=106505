--- v0 (2025-11-06)
+++ v1 (2026-02-08)
@@ -133,102 +133,102 @@
   <si>
     <t>GRETA-CFA 49</t>
   </si>
   <si>
     <t>3 RUE DE LETANDUERE 49000 ANGERS</t>
   </si>
   <si>
     <t>01/01/2008</t>
   </si>
   <si>
     <t>LYCEE GEN TECH LA MARTINIERE MONPLAISIR</t>
   </si>
   <si>
     <t>GRETA CFA LYON METROPOLE</t>
   </si>
   <si>
     <t>41 RUE ANTOINE LUMIERE 69008 LYON</t>
   </si>
   <si>
     <t>03/04/1989</t>
   </si>
   <si>
     <t>8269P002769</t>
   </si>
   <si>
+    <t>COOP UNION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE CHANE CHU 6 ROUTE DE SAVANNAH 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>27/09/2014</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t>CONSULTING EVENEMENT</t>
+  </si>
+  <si>
+    <t>37 RUE DE VALMY 59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>25/06/2009</t>
+  </si>
+  <si>
     <t>JEANNE DELANOUE LES TROIS PROVINCES</t>
   </si>
   <si>
     <t>CFC CFA JEANNE DELANOUE</t>
   </si>
   <si>
     <t>11 BOULEVARD JEANNE D'ARC 49300 CHOLET</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>OGEC STE CATHERINE</t>
   </si>
   <si>
     <t>202 RUE DE SAINT AUBIN 72000 LE MANS</t>
   </si>
   <si>
     <t>25/12/1986</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>PUY SEC 42 ROUTE DU CHATEAU 85200 SAINT-MARTIN-DE-FRAIGNEAU</t>
   </si>
   <si>
     <t>85.32Z</t>
-  </si>
-[...19 lines deleted...]
-    <t>71.12B</t>
   </si>
   <si>
     <t>FASK</t>
   </si>
   <si>
     <t>PARC EIFFEL DES AYGALADES 35 BOULEVARD DU CAPITAINE GEZE 13014 MARSEILLE</t>
   </si>
   <si>
     <t>13/07/2022</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -836,230 +836,230 @@
       <c r="F6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>78615112600012</v>
+        <v>45396810900034</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="D7" s="2" t="s">
+      <c r="D7" s="2"/>
+      <c r="E7" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="I7" s="3">
-        <v>52490016049</v>
+        <v>98970384697</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>78633676800035</v>
+        <v>51272226500018</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="I8" s="3">
-        <v>52720018672</v>
+        <v>32590974159</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>78646952800016</v>
+        <v>78615112600012</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
-        <v>52850040385</v>
+        <v>52490016049</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>51272226500018</v>
+        <v>78633676800035</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
-        <v>32590974159</v>
+        <v>52720018672</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>45396810900034</v>
+        <v>78646952800016</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>56</v>
       </c>
       <c r="I11" s="3">
-        <v>98970384697</v>
+        <v>52850040385</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>84527437200034</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>60</v>
@@ -1112,31 +1112,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/06/2025 02:28:13</dc:description>
+  <dc:description>Export en date du 02/08/2026 10:52:45</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>