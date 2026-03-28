--- v1 (2026-02-08)
+++ v2 (2026-03-28)
@@ -1112,31 +1112,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/08/2026 10:52:45</dc:description>
+  <dc:description>Export en date du 03/28/2026 16:09:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>