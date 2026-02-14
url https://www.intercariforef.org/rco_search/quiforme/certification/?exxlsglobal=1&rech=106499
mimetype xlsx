--- v0 (2025-12-18)
+++ v1 (2026-02-14)
@@ -91,51 +91,51 @@
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC NATIONAL ANTOINE KOENIGSWARTER</t>
   </si>
   <si>
     <t>ESRP EPNAK MURET</t>
   </si>
   <si>
     <t>23 BOULEVARD ARISTIDE BRIAND 31600 MURET</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>88.10C</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
-    <t>ASSOCIATION POUR L INSERTION SOCIO PROFESSIONNELLE</t>
+    <t>O FIL OSONS L'EMPLOI</t>
   </si>
   <si>
     <t>AISP -  CRP/CPO LA PASSERELLE 24 RTE DE THONES 74000 ANNECY</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>CRP L ENGLENNAZ 52 AVENUE DE LA SARDAGNE 74300 CLUSES</t>
   </si>
   <si>
     <t>28/10/2005</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>2 RUE DU CHATEAU 21800 CHEVIGNY-SAINT-SAUVEUR</t>
   </si>
@@ -884,31 +884,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 14:11:19</dc:description>
+  <dc:description>Export en date du 02/14/2026 10:30:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>