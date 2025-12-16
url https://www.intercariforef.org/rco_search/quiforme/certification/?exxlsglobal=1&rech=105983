--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -133,117 +133,117 @@
   <si>
     <t>LYCEE POLYVALENT JEAN PERRIN</t>
   </si>
   <si>
     <t>GRETA-CFA MARSEILLE MEDITERRANEE</t>
   </si>
   <si>
     <t>74 RUE VERDILLON 13010 MARSEILLE</t>
   </si>
   <si>
     <t>15/05/2014</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT GUSTAVE MONOD</t>
   </si>
   <si>
     <t>GRETA DU VAL D OISE</t>
   </si>
   <si>
     <t>71 AVENUE DE CEINTURE 95880 ENGHIEN-LES-BAINS</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
+    <t>BTP CFA NOUVELLE AQUITAINE</t>
+  </si>
+  <si>
+    <t>BP 1182 86 ALLEE DU MOULIN RABAUD 87100 LIMOGES</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>FEDERATION COMPAGNONNIQUE REGIONALE D' ILE DE FRANCE</t>
+  </si>
+  <si>
+    <t>143 AVENUE JEAN JAURES 75019 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>C.N.F.P</t>
+  </si>
+  <si>
+    <t>14-16-TOUR ESSOR 20E 14 RUE SCANDICCI 93500 PANTIN</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>01/06/2024</t>
+  </si>
+  <si>
     <t>ASS DE FORMATION PROFESSIONNELLE DE L INDUSTRIE LYON</t>
   </si>
   <si>
     <t>60 AVENUE JEAN MERMOZ 69008 LYON</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
     <t>CAMPUS DALKIA</t>
   </si>
   <si>
     <t>CS 20909 33 RUE DU CHATEAU D'ISENGHIEN 59160 LILLE</t>
   </si>
   <si>
     <t>15/03/2012</t>
   </si>
   <si>
+    <t>ASSOCIATION O.R.T.</t>
+  </si>
+  <si>
+    <t>NUM VOIE 50A70 50 RUE DU FOUR 94600 CHOISY-LE-ROI</t>
+  </si>
+  <si>
     <t>IFFEN ASSOCIATION</t>
   </si>
   <si>
     <t>152 RUE DE PARIS 94190 VILLENEUVE-SAINT-GEORGES</t>
   </si>
   <si>
     <t>24/07/2014</t>
-  </si>
-[...40 lines deleted...]
-    <t>01/06/2024</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>35 RUE DE LA MITTERIE 59160 LILLE</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
@@ -893,305 +893,305 @@
       <c r="F6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3">
         <v>11950602195</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>41158137400013</v>
+        <v>78235535800121</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I7" s="3">
-        <v>82690535969</v>
+        <v>72330875333</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>48886274900030</v>
+        <v>78477959700029</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I8" s="3">
-        <v>31590686259</v>
+        <v>11750060875</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>80439745300015</v>
+        <v>45205707800027</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="G9" s="2"/>
+        <v>49</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>50</v>
+      </c>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I9" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>77568810400071</v>
+        <v>41158137400013</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>11752836675</v>
+        <v>82690535969</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78235535800121</v>
+        <v>48886274900030</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>72330875333</v>
+        <v>31590686259</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>78477959700029</v>
+        <v>77568810400071</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
       <c r="I12" s="3">
-        <v>11750060875</v>
+        <v>11752836675</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>45205707800027</v>
+        <v>80439745300015</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="G13" s="2" t="s">
         <v>61</v>
       </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I13" s="3"/>
+      <c r="I13" s="3">
+        <v>11941048294</v>
+      </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I14" s="3">
         <v>11930762893</v>
@@ -1759,31 +1759,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/22/2025 17:29:50</dc:description>
+  <dc:description>Export en date du 12/16/2025 23:01:48</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>