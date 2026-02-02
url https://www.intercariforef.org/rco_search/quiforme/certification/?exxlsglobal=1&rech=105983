--- v1 (2025-12-16)
+++ v2 (2026-02-02)
@@ -133,108 +133,108 @@
   <si>
     <t>LYCEE POLYVALENT JEAN PERRIN</t>
   </si>
   <si>
     <t>GRETA-CFA MARSEILLE MEDITERRANEE</t>
   </si>
   <si>
     <t>74 RUE VERDILLON 13010 MARSEILLE</t>
   </si>
   <si>
     <t>15/05/2014</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT GUSTAVE MONOD</t>
   </si>
   <si>
     <t>GRETA DU VAL D OISE</t>
   </si>
   <si>
     <t>71 AVENUE DE CEINTURE 95880 ENGHIEN-LES-BAINS</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
+    <t>ASS DE FORMATION PROFESSIONNELLE DE L INDUSTRIE LYON</t>
+  </si>
+  <si>
+    <t>60 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>C.N.F.P</t>
+  </si>
+  <si>
+    <t>14-16-TOUR ESSOR 20E 14 RUE SCANDICCI 93500 PANTIN</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>01/06/2024</t>
+  </si>
+  <si>
+    <t>CAMPUS DALKIA</t>
+  </si>
+  <si>
+    <t>CS 20909 33 RUE DU CHATEAU D'ISENGHIEN 59160 LILLE</t>
+  </si>
+  <si>
+    <t>15/03/2012</t>
+  </si>
+  <si>
+    <t>ASSOCIATION O.R.T.</t>
+  </si>
+  <si>
+    <t>NUM VOIE 50A70 50 RUE DU FOUR 94600 CHOISY-LE-ROI</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>BTP CFA NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>BP 1182 86 ALLEE DU MOULIN RABAUD 87100 LIMOGES</t>
   </si>
   <si>
     <t>01/01/2022</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>FEDERATION COMPAGNONNIQUE REGIONALE D' ILE DE FRANCE</t>
   </si>
   <si>
     <t>143 AVENUE JEAN JAURES 75019 PARIS</t>
-  </si>
-[...40 lines deleted...]
-    <t>NUM VOIE 50A70 50 RUE DU FOUR 94600 CHOISY-LE-ROI</t>
   </si>
   <si>
     <t>IFFEN ASSOCIATION</t>
   </si>
   <si>
     <t>152 RUE DE PARIS 94190 VILLENEUVE-SAINT-GEORGES</t>
   </si>
   <si>
     <t>24/07/2014</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
@@ -893,256 +893,256 @@
       <c r="F6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3">
         <v>11950602195</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>78235535800121</v>
+        <v>41158137400013</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>72330875333</v>
+        <v>82690535969</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>78477959700029</v>
+        <v>45205707800027</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="G8" s="2"/>
+      <c r="G8" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="H8" s="2" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>45205707800027</v>
+        <v>48886274900030</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="G9" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I9" s="3"/>
+      <c r="I9" s="3">
+        <v>31590686259</v>
+      </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>41158137400013</v>
+        <v>77568810400071</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>82690535969</v>
+        <v>11752836675</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>48886274900030</v>
+        <v>78235535800121</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="I11" s="3">
-        <v>31590686259</v>
+        <v>72330875333</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>77568810400071</v>
+        <v>78477959700029</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="I12" s="3">
-        <v>11752836675</v>
+        <v>11750060875</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>80439745300015</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D13" s="2"/>
@@ -1759,31 +1759,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 23:01:48</dc:description>
+  <dc:description>Export en date du 02/02/2026 05:54:08</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>