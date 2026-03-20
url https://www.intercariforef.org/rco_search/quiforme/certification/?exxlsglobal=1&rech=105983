--- v2 (2026-02-02)
+++ v3 (2026-03-20)
@@ -1759,31 +1759,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 05:54:08</dc:description>
+  <dc:description>Export en date du 03/20/2026 13:23:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>