--- v0 (2025-10-09)
+++ v1 (2026-01-10)
@@ -58,51 +58,51 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES DU MIN DE L'EDUCATION NATIONALE, CHARGE DE L'ENSEIGNEMENT SUPERIEUR ET DE LA RECHERCHE</t>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
   </si>
   <si>
     <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
   </si>
   <si>
     <t>16/05/2012</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>UNIVERSITE COTE D'AZUR</t>
   </si>
   <si>
     <t>GRAND CHATEAU 28 AVENUE VALROSE 06100 NICE</t>
   </si>
   <si>
     <t>26/07/2019</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
@@ -274,93 +274,93 @@
   <si>
     <t>AV DE L UNIVERSITE 83130 LA GARDE</t>
   </si>
   <si>
     <t>9383P002683</t>
   </si>
   <si>
     <t>UNIVERSITE DE MARNE LA VALLEE</t>
   </si>
   <si>
     <t>CITE DESCARTES 5 BD DESCARTES 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>01/01/1998</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>ASSOCIATION SAINT-YVES / UNIVERSITE CATHOLIQUE DE L'OUEST</t>
+  </si>
+  <si>
+    <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASS GEST UNIVERSITE CATHO OUEST BRET SUD</t>
+  </si>
+  <si>
+    <t>LE VINCIN 56610 ARRADON</t>
+  </si>
+  <si>
+    <t>01/09/1995</t>
+  </si>
+  <si>
+    <t>INSTITUT CATHOLIQUE DE LILLE</t>
+  </si>
+  <si>
+    <t>60 BOULEVARD VAUBAN 59800 LILLE</t>
+  </si>
+  <si>
+    <t>EXCELIA GROUP</t>
+  </si>
+  <si>
+    <t>LES MINIMES 102 RUE DE COUREILLES 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>23/11/1988</t>
+  </si>
+  <si>
     <t>ADEFSA CTRE FORMAT APPRENTIS DESCARTES</t>
   </si>
   <si>
     <t>PARC DE LA HAUTE MAISON 23 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>01/07/2003</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...31 lines deleted...]
-    <t>23/11/1988</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1507,228 +1507,228 @@
         <v>84</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>39089496200054</v>
+        <v>78611668100010</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>89</v>
+        <v>22</v>
       </c>
       <c r="I22" s="3">
-        <v>11770565477</v>
+        <v>52490001049</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>40232332300012</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="3">
         <v>53560577856</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I24" s="3">
         <v>31590046859</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>78611668100010</v>
+        <v>34876850800015</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I25" s="3">
-        <v>52490001049</v>
+        <v>54170112617</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>34876850800015</v>
+        <v>39089496200054</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
-        <v>54170112617</v>
+        <v>11770565477</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1744,31 +1744,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/09/2025 14:53:27</dc:description>
+  <dc:description>Export en date du 01/10/2026 21:51:51</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>