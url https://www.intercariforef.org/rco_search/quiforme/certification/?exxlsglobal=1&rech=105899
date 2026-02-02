--- v0 (2025-11-04)
+++ v1 (2026-02-02)
@@ -208,72 +208,72 @@
   <si>
     <t>8269P001169</t>
   </si>
   <si>
     <t>UNIVERSITE AMIENS PICARDIE JULES VERNE</t>
   </si>
   <si>
     <t>PRESIDENCE DE L UNIVERSITE</t>
   </si>
   <si>
     <t>CHEMIN DU THIL 80000 AMIENS</t>
   </si>
   <si>
     <t>2280P000880</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS NANTERRE</t>
   </si>
   <si>
     <t>200 AVENUE DE LA REPUBLIQUE 92000 NANTERRE</t>
   </si>
   <si>
     <t>1192P000192</t>
   </si>
   <si>
+    <t>UCO LA REUNION - ASSOCIATION DE GESTION DU CAMPUS DE L'ENSEIGNEMENT CATHOLIQUE</t>
+  </si>
+  <si>
+    <t>46 BOULEVARD NOTRE DAME DE LA TRINITE 97400 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>04973146497</t>
+  </si>
+  <si>
     <t>ASSOCIATION SAINT-YVES / UNIVERSITE CATHOLIQUE DE L'OUEST</t>
   </si>
   <si>
     <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...13 lines deleted...]
-    <t>04973146497</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1196,108 +1196,108 @@
       <c r="F15" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>63</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>78611668100010</v>
+        <v>48170138100024</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>52490001049</v>
+        <v>67</v>
+      </c>
+      <c r="I16" s="3" t="s">
+        <v>68</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>48170138100024</v>
+        <v>78611668100010</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>22</v>
+      </c>
+      <c r="I17" s="3">
+        <v>52490001049</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1322,31 +1322,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 17:04:14</dc:description>
+  <dc:description>Export en date du 02/02/2026 22:48:24</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>