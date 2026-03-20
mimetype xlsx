--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -1322,31 +1322,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 22:48:24</dc:description>
+  <dc:description>Export en date du 03/20/2026 13:03:55</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>