--- v2 (2026-03-20)
+++ v3 (2026-03-20)
@@ -1322,31 +1322,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/20/2026 13:03:55</dc:description>
+  <dc:description>Export en date du 03/20/2026 14:46:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>