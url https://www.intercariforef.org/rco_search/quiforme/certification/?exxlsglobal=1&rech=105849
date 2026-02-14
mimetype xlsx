--- v0 (2025-12-24)
+++ v1 (2026-02-14)
@@ -130,54 +130,54 @@
   <si>
     <t>7331P001531</t>
   </si>
   <si>
     <t>UNIVERSITE LUMIERE LYON 2</t>
   </si>
   <si>
     <t>18 QUAI CLAUDE BERNARD 69007 LYON</t>
   </si>
   <si>
     <t>8269P001169</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>UNIVERSITE LYON 3 JEAN MOULIN</t>
   </si>
   <si>
     <t>1 RUE DE L'UNIVERSITE 69007 LYON</t>
   </si>
   <si>
     <t>24/10/2017</t>
   </si>
   <si>
+    <t>1 AVENUE DES FRERES LUMIERE 69008 LYON</t>
+  </si>
+  <si>
     <t>8269P000669</t>
-  </si>
-[...1 lines deleted...]
-    <t>1 AVENUE DES FRERES LUMIERE 69008 LYON</t>
   </si>
   <si>
     <t>UNIVERSITE SAVOIE MONT BLANC</t>
   </si>
   <si>
     <t>27 RUE MARCOZ 73000 CHAMBERY</t>
   </si>
   <si>
     <t>8273P000273</t>
   </si>
   <si>
     <t>ECOLE NORMALE SUPERIEURE</t>
   </si>
   <si>
     <t>45 RUE D'ULM 75005 PARIS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -801,89 +801,87 @@
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>19692437700019</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>19730858800015</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="2"/>
@@ -980,31 +978,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 16:57:11</dc:description>
+  <dc:description>Export en date du 02/14/2026 04:41:16</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>