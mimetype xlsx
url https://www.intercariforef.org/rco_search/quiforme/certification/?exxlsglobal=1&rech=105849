--- v1 (2026-02-14)
+++ v2 (2026-02-14)
@@ -978,31 +978,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/14/2026 04:41:16</dc:description>
+  <dc:description>Export en date du 02/14/2026 04:45:53</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>