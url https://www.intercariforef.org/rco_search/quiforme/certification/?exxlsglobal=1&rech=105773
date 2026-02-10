--- v0 (2025-12-07)
+++ v1 (2026-02-10)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="355">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="354">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -745,53 +745,50 @@
   <si>
     <t>74 RUE LOUIS PASTEUR 84000 AVIGNON</t>
   </si>
   <si>
     <t>26/09/1997</t>
   </si>
   <si>
     <t>9384P000984</t>
   </si>
   <si>
     <t>UNIVERSITE DE POITIERS</t>
   </si>
   <si>
     <t>15 RUE DE L'HOTEL DIEU 86000 POITIERS</t>
   </si>
   <si>
     <t>17/10/1994</t>
   </si>
   <si>
     <t>5486P000386</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
   </si>
   <si>
-    <t>SERVICES CENTRAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE DE TECHNOLOGIE DE BELFORT-MONTBELIARD</t>
   </si>
   <si>
     <t>90010BELFORT CEDEX 10 RUE CHATEAU 90400 SEVENANS</t>
   </si>
   <si>
     <t>14/01/1999</t>
   </si>
   <si>
     <t>4390P001890</t>
   </si>
   <si>
     <t>UNIVERSITE D'EVRY VAL D'ESSONNE</t>
   </si>
   <si>
     <t>23 BD FRANCOIS MITTERRAND 91000 EVRY-COURCOURONNES</t>
@@ -838,234 +835,234 @@
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
     <t>UNIVERSITE DES ANTILLES</t>
   </si>
   <si>
     <t>CAMPUS FOUILLOLE 97110 POINTE A PITRE</t>
   </si>
   <si>
     <t>9597P000797</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE PROVENCE ALPES COTE D4AZUR</t>
+  </si>
+  <si>
+    <t>12 PL DES ABATTOIRS 13015 MARSEILLE 15EME</t>
+  </si>
+  <si>
+    <t>16/06/2012</t>
+  </si>
+  <si>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REGION DES PAYS DE LA LOIRE - ASSOCIATION DE GESTION</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD GUY MOLLET 44300 NANTES</t>
+  </si>
+  <si>
+    <t>19/08/1991</t>
+  </si>
+  <si>
+    <t>CNAM BOURGOGNE FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>13 RUE ERNEST THIERRY-MIEG 90000 BELFORT</t>
+  </si>
+  <si>
+    <t>15/07/2002</t>
+  </si>
+  <si>
+    <t>4390P000290</t>
+  </si>
+  <si>
+    <t>CNAM HAUTS-DE-FRANCE - ASSOCIATION DE GESTION</t>
+  </si>
+  <si>
+    <t>AV DES FACULTES 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>23/01/1990</t>
+  </si>
+  <si>
+    <t>EURECOM</t>
+  </si>
+  <si>
+    <t>CAMPUS SOPHIATECH 450 ROUTE DES CHAPPES 06410 BIOT</t>
+  </si>
+  <si>
+    <t>27/09/2012</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU CNAM DE MARTINIQUE</t>
+  </si>
+  <si>
+    <t>CAMPUS INIVERSITAIRE BP 7216 CAMPUS UNIVERSITAIRE 97233 SCHOELCHER</t>
+  </si>
+  <si>
+    <t>01/03/1993</t>
+  </si>
+  <si>
+    <t>ADEFSA CTRE FORMAT APPRENTIS DESCARTES</t>
+  </si>
+  <si>
+    <t>PARC DE LA HAUTE MAISON 23 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>01/07/2003</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION DES INFORMATICIENS PAR L'APRENTISSAGE</t>
+  </si>
+  <si>
+    <t>3 AVENUE DU CANADA 91940 LES ULIS</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATIONAL DES ARTS ET METIERS EN GUADELOUPE</t>
+  </si>
+  <si>
+    <t>CAMPUS FOUILLE FOUILLOLE 97110 POINTE A PITRE</t>
+  </si>
+  <si>
+    <t>ASS GEST UNIVERSITE CATHO OUEST BRET SUD</t>
+  </si>
+  <si>
+    <t>LE VINCIN 56610 ARRADON</t>
+  </si>
+  <si>
+    <t>01/09/1995</t>
+  </si>
+  <si>
+    <t>X-EXED</t>
+  </si>
+  <si>
+    <t>ECOLE POLYTECHNIQUE ROUTE DE SACLAY 91120 PALAISEAU</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
     <t>FORMASUP HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
   </si>
   <si>
     <t>01/10/2006</t>
   </si>
   <si>
-    <t>CNAM BOURGOGNE FRANCHE-COMTE</t>
-[...79 lines deleted...]
-  <si>
     <t>CNAM BRETAGNE - AGCNAM</t>
   </si>
   <si>
     <t>2 RUE CAMILLE GUERIN 22440 PLOUFRAGAN</t>
   </si>
   <si>
     <t>02/02/2009</t>
   </si>
   <si>
-    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE PROVENCE ALPES COTE D4AZUR</t>
-[...7 lines deleted...]
-  <si>
     <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATION DES ARTS ET METIERS AUVERGNE-RHONE-ALPES</t>
   </si>
   <si>
     <t>CNAM AUVERGNE RHONE ALPES</t>
   </si>
   <si>
     <t>4 RUE RAVIER 69007 LYON</t>
   </si>
   <si>
     <t>07/07/2011</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REUNION</t>
   </si>
   <si>
     <t>ZAC 2000 18 RUE CLAUDE CHAPPE 97420 LE PORT</t>
   </si>
   <si>
     <t>26/07/2017</t>
   </si>
   <si>
     <t>CNAM CENTRE-VAL DE LOIRE - AGCNAM</t>
   </si>
   <si>
     <t>21 B RUE EUGENE VIGNAT 45000 ORLEANS</t>
   </si>
   <si>
     <t>01/04/2003</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU CNAM EN REGION OCCITANIE</t>
   </si>
   <si>
     <t>PARC EUROMEDECINE 989 RUE DE LA CROIX VERTE 34080 MONTPELLIER</t>
   </si>
   <si>
     <t>01/04/2006</t>
   </si>
   <si>
+    <t>INSTITUT CATHOLIQUE DE LILLE</t>
+  </si>
+  <si>
+    <t>60 BOULEVARD VAUBAN 59800 LILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>CNAM ILE DE FRANCE - AGCNAM</t>
   </si>
   <si>
     <t>1ER ETAGE 9 COUR DES PETITES ECURIES 75010 PARIS</t>
   </si>
   <si>
     <t>01/08/2018</t>
   </si>
   <si>
     <t>ASSOCIATION SAINT-YVES / UNIVERSITE CATHOLIQUE DE L'OUEST</t>
   </si>
   <si>
     <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>OPERATEUR PUBLIC REGIONAL DE FORMATION</t>
   </si>
   <si>
     <t>LE LARIVOT 49 LOTISSEMENT DALMAZIR 97351 MATOURY</t>
-  </si>
-[...13 lines deleted...]
-    <t>60 BOULEVARD VAUBAN 59800 LILLE</t>
   </si>
   <si>
     <t>CNAM GRAND EST</t>
   </si>
   <si>
     <t>4 AVENUE DOCTEUR HEYDENREICH 54000 NANCY</t>
   </si>
   <si>
     <t>30/08/2016</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>CNAM NOUVELLE-AQUITAINE - ASSOCIATION DE GESTION</t>
   </si>
   <si>
     <t>CITE NUMERIQUE 2 RUE MARC SANGNIER 33130 BEGLES</t>
   </si>
   <si>
     <t>01/03/2021</t>
   </si>
   <si>
     <t>CNAM NORMANDIE</t>
   </si>
@@ -4001,1429 +3998,1427 @@
         <v>241</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>242</v>
       </c>
-      <c r="D68" s="2" t="s">
+      <c r="D68" s="2"/>
+      <c r="E68" s="2" t="s">
         <v>243</v>
       </c>
-      <c r="E68" s="2" t="s">
+      <c r="F68" s="2" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I68" s="3" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>19900356700013</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="F69" s="2" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I69" s="3" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>19911975100014</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>225</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I70" s="3" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
         <v>19931238000017</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="D71" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="D71" s="2" t="s">
+      <c r="E71" s="2" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I71" s="3" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
         <v>19931827000014</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
+        <v>257</v>
+      </c>
+      <c r="D72" s="2" t="s">
         <v>258</v>
       </c>
-      <c r="D72" s="2" t="s">
+      <c r="E72" s="2" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I72" s="3"/>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
         <v>19940607500036</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="F73" s="2" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I73" s="3" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I74" s="3" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
         <v>19971585500011</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>163</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I75" s="3" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="F76" s="2" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I76" s="3"/>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>42813525500050</v>
+        <v>43964416200034</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="F77" s="2" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>22</v>
+        <v>107</v>
       </c>
       <c r="I77" s="3">
-        <v>32590996759</v>
+        <v>93131641013</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>34022316300023</v>
+        <v>32439762900118</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="F78" s="2" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I78" s="3" t="s">
-        <v>280</v>
+      <c r="I78" s="3">
+        <v>52440210544</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>34896746400028</v>
+        <v>34022316300023</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I79" s="3">
-        <v>22800077680</v>
+      <c r="I79" s="3" t="s">
+        <v>282</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>38318157500028</v>
+        <v>34896746400028</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
+        <v>284</v>
+      </c>
+      <c r="F80" s="2" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I80" s="3"/>
+      <c r="I80" s="3">
+        <v>22800077680</v>
+      </c>
       <c r="J80" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>39064039900015</v>
+        <v>38318157500028</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="F81" s="2" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>107</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I81" s="3"/>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>39089496200054</v>
+        <v>39064039900015</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="F82" s="2" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>293</v>
+        <v>107</v>
       </c>
       <c r="I82" s="3">
-        <v>11770565477</v>
+        <v>97970049697</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>39108721000046</v>
+        <v>39089496200054</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>43</v>
+        <v>294</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>107</v>
+        <v>295</v>
       </c>
       <c r="I83" s="3">
-        <v>11910594091</v>
+        <v>11770565477</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>39174243400015</v>
+        <v>39108721000046</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>296</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
         <v>297</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>289</v>
+        <v>43</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I84" s="3">
-        <v>95970009897</v>
+        <v>11910594091</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>40232332300012</v>
+        <v>39174243400015</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>298</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
         <v>299</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>22</v>
+        <v>107</v>
       </c>
       <c r="I85" s="3">
-        <v>53560577856</v>
+        <v>95970009897</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>42061943900045</v>
+        <v>40232332300012</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
+        <v>301</v>
+      </c>
+      <c r="F86" s="2" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>107</v>
+        <v>22</v>
       </c>
       <c r="I86" s="3">
-        <v>11910780091</v>
+        <v>53560577856</v>
       </c>
       <c r="J86" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>43411361900119</v>
+        <v>42061943900045</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="F87" s="2" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I87" s="3">
-        <v>53220704022</v>
+        <v>11910780091</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>43964416200034</v>
+        <v>42813525500050</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="F88" s="2" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>107</v>
+        <v>22</v>
       </c>
       <c r="I88" s="3">
-        <v>93131641013</v>
+        <v>32590996759</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>44320628900045</v>
+        <v>43411361900119</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="D89" s="2"/>
+      <c r="E89" s="2" t="s">
         <v>310</v>
       </c>
-      <c r="D89" s="2" t="s">
+      <c r="F89" s="2" t="s">
         <v>311</v>
-      </c>
-[...4 lines deleted...]
-        <v>313</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>22</v>
+        <v>107</v>
       </c>
       <c r="I89" s="3">
-        <v>82690751869</v>
+        <v>53220704022</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>44338132200025</v>
+        <v>44320628900045</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
+        <v>312</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="E90" s="2" t="s">
         <v>314</v>
       </c>
-      <c r="D90" s="2"/>
-      <c r="E90" s="2" t="s">
+      <c r="F90" s="2" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I90" s="3">
-        <v>98970282197</v>
+        <v>82690751869</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>44911357000013</v>
+        <v>44338132200025</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="F91" s="2" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>107</v>
+        <v>22</v>
       </c>
       <c r="I91" s="3">
-        <v>24450217445</v>
+        <v>98970282197</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>49189213900016</v>
+        <v>44911357000013</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
+        <v>320</v>
+      </c>
+      <c r="F92" s="2" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I92" s="3">
-        <v>91340604534</v>
+        <v>24450217445</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>78515062400365</v>
+        <v>49189213900016</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="F93" s="2" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I93" s="3">
-        <v>11753852175</v>
+        <v>91340604534</v>
       </c>
       <c r="J93" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>78611668100010</v>
+        <v>77562424000013</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="F94" s="2" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I94" s="3">
-        <v>52490001049</v>
+        <v>31590046859</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>79492628700028</v>
+        <v>78515062400365</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="F95" s="2" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="I95" s="3"/>
+      <c r="I95" s="3">
+        <v>11753852175</v>
+      </c>
       <c r="J95" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>32439762900118</v>
+        <v>78611668100010</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>331</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
         <v>332</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I96" s="3">
-        <v>52440210544</v>
+        <v>52490001049</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>77562424000013</v>
+        <v>79492628700028</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>328</v>
+        <v>34</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="I97" s="3"/>
       <c r="J97" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
         <v>82304134800017</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="F98" s="2" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="I98" s="3">
         <v>44540353454</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="F99" s="2" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I99" s="3">
         <v>75331053233</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
         <v>82456546900015</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I100" s="3">
         <v>28140302014</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
         <v>82456546900056</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F101" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="G101" s="2" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="H101" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I101" s="3">
         <v>28140302014</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
         <v>82456546900064</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="F102" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="G102" s="2" t="s">
         <v>347</v>
-      </c>
-[...4 lines deleted...]
-        <v>348</v>
       </c>
       <c r="H102" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I102" s="3">
         <v>28140302014</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
         <v>82456546900072</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="F103" s="2" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="I103" s="3">
         <v>28140302014</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
         <v>82456546900080</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="F104" s="2" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I104" s="3">
         <v>28140302014</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
         <v>82456546900106</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="F105" s="2" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>116</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>107</v>
       </c>
       <c r="I105" s="3">
         <v>28140302014</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
@@ -5457,31 +5452,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/07/2025 14:06:19</dc:description>
+  <dc:description>Export en date du 02/10/2026 16:43:09</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>