--- v0 (2025-11-21)
+++ v1 (2026-01-09)
@@ -1399,31 +1399,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/21/2025 15:37:19</dc:description>
+  <dc:description>Export en date du 01/10/2026 00:51:15</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>