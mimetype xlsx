--- v1 (2026-01-09)
+++ v2 (2026-03-17)
@@ -196,54 +196,54 @@
   <si>
     <t>01/01/2023</t>
   </si>
   <si>
     <t>UNIVERSITE DE TOURS</t>
   </si>
   <si>
     <t>60 RUE DU PLAT D'ETAIN 37000 TOURS</t>
   </si>
   <si>
     <t>04/06/2012</t>
   </si>
   <si>
     <t>2437P000437</t>
   </si>
   <si>
     <t>UNIVERSITE LYON 3 JEAN MOULIN</t>
   </si>
   <si>
     <t>1 RUE DE L'UNIVERSITE 69007 LYON</t>
   </si>
   <si>
     <t>24/10/2017</t>
   </si>
   <si>
+    <t>1 AVENUE DES FRERES LUMIERE 69008 LYON</t>
+  </si>
+  <si>
     <t>8269P000669</t>
-  </si>
-[...1 lines deleted...]
-    <t>1 AVENUE DES FRERES LUMIERE 69008 LYON</t>
   </si>
   <si>
     <t>UNIVERSITE SAVOIE MONT BLANC</t>
   </si>
   <si>
     <t>27 RUE MARCOZ 73000 CHAMBERY</t>
   </si>
   <si>
     <t>8273P000273</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS 1 PANTHEON-SORBONNE</t>
   </si>
   <si>
     <t>1175P000475</t>
   </si>
   <si>
     <t>UNIVERSITE DE ROUEN-NORMANDIE</t>
   </si>
   <si>
     <t>1 RUE THOMAS BECKET 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>2376P002876</t>
   </si>
@@ -1144,89 +1144,87 @@
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>19692437700019</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>19730858800015</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D16" s="2"/>
@@ -1399,31 +1397,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/10/2026 00:51:15</dc:description>
+  <dc:description>Export en date du 03/17/2026 05:44:40</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>