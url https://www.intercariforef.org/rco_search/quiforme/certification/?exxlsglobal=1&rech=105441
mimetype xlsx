--- v0 (2025-10-14)
+++ v1 (2026-03-03)
@@ -14,548 +14,518 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>GIP FORMATION TOUT AU LONG DE LA VIE</t>
+  </si>
+  <si>
+    <t>45 AVENUE CARNOT 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>11/09/2003</t>
+  </si>
+  <si>
+    <t>30/03/2023</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>LYCEE POLYVALENT JM CARRIAT</t>
+  </si>
+  <si>
+    <t>GRETA-CFA AIN</t>
+  </si>
+  <si>
+    <t>1 RUE DE CROUY 01000 BOURG-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>03/04/1989</t>
+  </si>
+  <si>
+    <t>8201P000501</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE DOMINIQUE VILLARS</t>
+  </si>
+  <si>
+    <t>GRETA-CFA ALPES PROVENCE</t>
+  </si>
+  <si>
+    <t>PL DE VERDUN 05000 GAP</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
+    <t>9305P000605</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNIQUE REGIONAL LES EUCALYPTUS</t>
+  </si>
+  <si>
+    <t>GRETA COTE D'AZUR</t>
+  </si>
+  <si>
+    <t>7 AVENUE DES EUCALYPTUS 06200 NICE</t>
+  </si>
+  <si>
+    <t>01/01/1994</t>
+  </si>
+  <si>
+    <t>9306P002706</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE PAUL VINCENSINI - BASTIA</t>
+  </si>
+  <si>
+    <t>GRETA DE HAUTE CORSE</t>
+  </si>
+  <si>
+    <t>RUE 4DIV MAROCAINE DE MONTAGNE 20200 BASTIA</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>9420P200220</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT HIPPOLYTE FONTAINE</t>
+  </si>
+  <si>
+    <t>GRETA 21</t>
+  </si>
+  <si>
+    <t>20 BOULEVARD VOLTAIRE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/01/2008</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT CHAPTAL</t>
+  </si>
+  <si>
+    <t>6 ALLEE CHAPTAL 22000 SAINT-BRIEUC</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>5335P001022</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JEAN MERMOZ</t>
+  </si>
+  <si>
+    <t>GRETA CFA MONTPELLIER LITTORAL</t>
+  </si>
+  <si>
+    <t>717 AVENUE JEAN MERMOZ 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>02/05/1989</t>
+  </si>
+  <si>
+    <t>9134P045834</t>
+  </si>
+  <si>
+    <t>LYCEE DES METIERS PIERRE MENDES FRANCE</t>
+  </si>
+  <si>
+    <t>GRETA EST BRETAGNE</t>
+  </si>
+  <si>
+    <t>34 RUE BAHON-RAULT 35000 RENNES</t>
+  </si>
+  <si>
+    <t>20/10/2004</t>
+  </si>
+  <si>
+    <t>5335P000935</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT BLAISE PASCAL</t>
+  </si>
+  <si>
+    <t>GRETA BERRY</t>
+  </si>
+  <si>
+    <t>27 BOULEVARD BLAISE PASCAL 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>01/09/1989</t>
+  </si>
+  <si>
+    <t>2436P000236</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE GRANDMONT</t>
+  </si>
+  <si>
+    <t>GRETA VAL DE LOIRE</t>
+  </si>
+  <si>
+    <t>6 AVENUE DE SEVIGNE 37200 TOURS</t>
+  </si>
+  <si>
+    <t>31/07/2024</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE VOLTAIRE</t>
+  </si>
+  <si>
+    <t>GRETA CENTRE-VAL DE LOIRE</t>
+  </si>
+  <si>
+    <t>3 AVENUE VOLTAIRE 45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
+    <t>LYCEE LIBERGIER</t>
+  </si>
+  <si>
+    <t>GRETA DE LA MARNE</t>
+  </si>
+  <si>
+    <t>20 RUE DES AUGUSTINS 51100 REIMS</t>
+  </si>
+  <si>
+    <t>2151P000451</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL JEAN ROSTAND</t>
+  </si>
+  <si>
+    <t>GRETA 58</t>
+  </si>
+  <si>
+    <t>LYCEE JEAN ROSTAND 9 BOULEVARD SAINT-EXUPERY 58000 NEVERS</t>
+  </si>
+  <si>
+    <t>31/01/2008</t>
+  </si>
+  <si>
+    <t>2658P000958</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE GASTON BERGER</t>
+  </si>
+  <si>
+    <t>GRETA LILLE METROPOLE</t>
+  </si>
+  <si>
+    <t>111 AVENUE DE DUNKERQUE (LILLE) 59000 LILLE</t>
+  </si>
+  <si>
+    <t>05/10/2015</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE PIERRE DE COUBERTIN</t>
+  </si>
+  <si>
+    <t>GRETA GRAND LITTORAL</t>
+  </si>
+  <si>
+    <t>320 BOULEVARD DU HUIT MAI 62100 CALAIS</t>
+  </si>
+  <si>
+    <t>11/04/1989</t>
+  </si>
+  <si>
+    <t>3162P000862</t>
+  </si>
+  <si>
+    <t>LYCEE GEN TECH LA MARTINIERE MONPLAISIR</t>
+  </si>
+  <si>
+    <t>GRETA CFA LYON METROPOLE</t>
+  </si>
+  <si>
+    <t>41 RUE ANTOINE LUMIERE 69008 LYON</t>
+  </si>
+  <si>
+    <t>8269P002769</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT TECHNOLOGIQUE E BELIN</t>
+  </si>
+  <si>
+    <t>GRETA HAUTE-SAONE ET NORD FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>18 RUE EDOUARD BELIN 70000 VESOUL</t>
+  </si>
+  <si>
+    <t>4370P001470</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQUE-ECOLE NAT COMMERCE</t>
+  </si>
+  <si>
+    <t>GRETA METEHOR-PARIS</t>
+  </si>
+  <si>
+    <t>70 BOULEVARD BESSIERES 75017 PARIS</t>
+  </si>
+  <si>
+    <t>03/05/1989</t>
+  </si>
+  <si>
+    <t>1175P007675</t>
+  </si>
+  <si>
+    <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
+  </si>
+  <si>
+    <t>GRETA ROUEN MARITIME</t>
+  </si>
+  <si>
+    <t>40 AVENUE DU MONT AUX MALADES 76130 MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>22/09/1989</t>
+  </si>
+  <si>
+    <t>2376P001876</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT VIOLLET-LE-DUC - LYCEE DES METIERS DES SCIENCES ET DES TECHNIQUES HABITAT ET ENVIRONNEMENT DURABLE</t>
+  </si>
+  <si>
+    <t>GRETA DES YVELINES</t>
+  </si>
+  <si>
+    <t>1 ROUTE DE SEPTEUIL 78640 VILLIERS-SAINT-FREDERIC</t>
+  </si>
+  <si>
+    <t>01/09/2006</t>
+  </si>
+  <si>
+    <t>1178P000978</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT TURGOT</t>
+  </si>
+  <si>
+    <t>GRETA DU LIMOUSIN</t>
+  </si>
+  <si>
+    <t>7 AVENUE SAINT ELOI 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>06/03/1989</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT FOURIER SAINT-GERMAIN</t>
+  </si>
+  <si>
+    <t>GRETA 89</t>
+  </si>
+  <si>
+    <t>44 BOULEVARD LYAUTEY 89000 AUXERRE</t>
+  </si>
+  <si>
+    <t>01/05/1989</t>
+  </si>
+  <si>
+    <t>2689P000389</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ROBERT DOISNEAU, LYCEE DES METIERS DE L'INDUSTRIE ET DES SERVICES AUX ENTREPRISES</t>
+  </si>
+  <si>
+    <t>GRETA DE L'ESSONNE</t>
+  </si>
+  <si>
+    <t>89 AVENUE SERGE DASSAULT 91100 CORBEIL-ESSONNES</t>
+  </si>
+  <si>
+    <t>1191P000491</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE AUGUSTE RENOIR</t>
+  </si>
+  <si>
+    <t>GRETA DES HAUTS DE SEINE</t>
+  </si>
+  <si>
+    <t>41 RUE DES TROIS FONTANOT 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>1192P000692</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNOLOGIQUE G. EIFFEL</t>
+  </si>
+  <si>
+    <t>GRETA SEINE-SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>16 CHEMIN DE LA RENARDIERE 93220 GAGNY</t>
+  </si>
+  <si>
+    <t>1193P000493</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT M. PERRET</t>
+  </si>
+  <si>
+    <t>GRETA MTI 94</t>
+  </si>
+  <si>
+    <t>PLACE SAN BENEDETTO DEL TRONTO 94140 ALFORTVILLE</t>
+  </si>
+  <si>
+    <t>10/11/1997</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT GUSTAVE MONOD</t>
+  </si>
+  <si>
+    <t>GRETA DU VAL D OISE</t>
+  </si>
+  <si>
+    <t>71 AVENUE DE CEINTURE 95880 ENGHIEN-LES-BAINS</t>
+  </si>
+  <si>
     <t>FRANCHIR</t>
   </si>
   <si>
     <t>18 RUE JOBBE DUVAL 75015 PARIS</t>
   </si>
   <si>
     <t>01/01/2004</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...392 lines deleted...]
-    <t>71 AVENUE DE CEINTURE 95880 ENGHIEN-LES-BAINS</t>
+    <t>LOSFOR</t>
+  </si>
+  <si>
+    <t>97 AVENUE DE LA CORSE 13007 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>A F P O L S</t>
+  </si>
+  <si>
+    <t>9 BOULEVARD DES ITALIENS 75002 PARIS</t>
+  </si>
+  <si>
+    <t>05/05/2015</t>
   </si>
   <si>
     <t>ACET FORMATION</t>
   </si>
   <si>
     <t>91 RUE SAINT-PIERRE 60000 BEAUVAIS</t>
   </si>
   <si>
     <t>22/06/2015</t>
-  </si>
-[...40 lines deleted...]
-    <t>05/05/2015</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -960,1345 +930,1323 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>39443343700032</v>
+        <v>18250023100010</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="G2" s="2"/>
+      <c r="G2" s="2" t="s">
+        <v>17</v>
+      </c>
       <c r="H2" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>18250023100010</v>
+        <v>19010016400028</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="D3" s="2"/>
+      <c r="D3" s="2" t="s">
+        <v>22</v>
+      </c>
       <c r="E3" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G3" s="2" t="s">
         <v>24</v>
       </c>
+      <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>25</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>19010016400028</v>
+        <v>19050006600039</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I4" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>19050006600039</v>
+        <v>19060075900020</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I5" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>19060075900020</v>
+        <v>19202583100020</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>19202583100020</v>
+        <v>19210018800031</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>18</v>
+      </c>
+      <c r="I7" s="3">
+        <v>26210247721</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>19210018800031</v>
+        <v>19220058200018</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="D8" s="2" t="s">
+      <c r="D8" s="2"/>
+      <c r="E8" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>26210247721</v>
+        <v>49</v>
+      </c>
+      <c r="I8" s="3" t="s">
+        <v>50</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>19220058200018</v>
+        <v>19340042100023</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+        <v>51</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>52</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>19340042100023</v>
+        <v>19350030300030</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>19350030300030</v>
+        <v>19360043400024</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>19360043400024</v>
+        <v>19370038200024</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="G12" s="2"/>
+        <v>64</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>69</v>
+      </c>
       <c r="H12" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>19370038200024</v>
+        <v>19450782800045</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="G13" s="2" t="s">
         <v>73</v>
       </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>18</v>
+      </c>
+      <c r="I13" s="3">
+        <v>24450279845</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>19450782800045</v>
+        <v>19510035900023</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D14" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="E14" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="E14" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="2" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>24450279845</v>
+        <v>18</v>
+      </c>
+      <c r="I14" s="3" t="s">
+        <v>77</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>19510035900023</v>
+        <v>19580050300037</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="D15" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="D15" s="2" t="s">
+      <c r="E15" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>82</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>19580050300037</v>
+        <v>19590258000065</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>84</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>18</v>
+      </c>
+      <c r="I16" s="3">
+        <v>31590895059</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>19590258000065</v>
+        <v>19620062000025</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D17" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="D17" s="2" t="s">
+      <c r="E17" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>31590895059</v>
+        <v>18</v>
+      </c>
+      <c r="I17" s="3" t="s">
+        <v>91</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>19620062000025</v>
+        <v>19692866700027</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>93</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>95</v>
+        <v>24</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>19692866700027</v>
+        <v>19700905300020</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C19" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="D19" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="D19" s="2" t="s">
+      <c r="E19" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="E19" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="2" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>19700905300020</v>
+        <v>19750707200027</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D20" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="D20" s="2" t="s">
+      <c r="E20" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="E20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>104</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>19750707200027</v>
+        <v>19760096800022</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>106</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>108</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>109</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>19760096800022</v>
+        <v>19782587000052</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>111</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>113</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>114</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>19782587000052</v>
+        <v>19870056900041</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>116</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>117</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>18</v>
+      </c>
+      <c r="I23" s="3">
+        <v>75870202087</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>19870056900041</v>
+        <v>19890005200020</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C24" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="D24" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="D24" s="2" t="s">
+      <c r="E24" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="E24" s="2" t="s">
+      <c r="F24" s="2" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>75870202087</v>
+        <v>18</v>
+      </c>
+      <c r="I24" s="3" t="s">
+        <v>123</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>19890005200020</v>
+        <v>19910620400027</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>124</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>125</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>126</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>19910620400027</v>
+        <v>19920131000042</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C26" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="D26" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="D26" s="2" t="s">
+      <c r="E26" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="E26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>132</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>19920131000042</v>
+        <v>19931272900023</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>134</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>136</v>
+        <v>30</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>19931272900023</v>
+        <v>19940126600044</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C28" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="D28" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="D28" s="2" t="s">
+      <c r="E28" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="E28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I28" s="3"/>
       <c r="J28" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>19940126600044</v>
+        <v>20006116600050</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C29" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="D29" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="D29" s="2" t="s">
+      <c r="E29" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="E29" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" s="2" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I29" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I29" s="3">
+        <v>11950602195</v>
+      </c>
       <c r="J29" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>20006116600050</v>
+        <v>43485700900014</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>13</v>
-[...12 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
       <c r="G30" s="2"/>
-      <c r="H30" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H30" s="2"/>
+      <c r="I30" s="3"/>
       <c r="J30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>81235895000010</v>
+        <v>39443343700032</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I31" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I31" s="3">
+        <v>11920706792</v>
+      </c>
       <c r="J31" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>43123004400023</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="C32" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C32" s="2"/>
       <c r="D32" s="2"/>
-      <c r="E32" s="2" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
       <c r="I32" s="3"/>
       <c r="J32" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>43485700900014</v>
+        <v>78288396100032</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>156</v>
+        <v>147</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>157</v>
+        <v>148</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>158</v>
+        <v>149</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="I33" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I33" s="3">
+        <v>93131163613</v>
+      </c>
       <c r="J33" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>78288396100032</v>
+        <v>78435388000023</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I34" s="3">
-        <v>93131163613</v>
+        <v>11750117975</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>78435388000023</v>
+        <v>81235895000010</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I35" s="3"/>
       <c r="J35" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
@@ -2320,31 +2268,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/14/2025 18:08:41</dc:description>
+  <dc:description>Export en date du 03/03/2026 11:29:11</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>