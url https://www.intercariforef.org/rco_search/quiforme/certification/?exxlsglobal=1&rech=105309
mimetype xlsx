--- v0 (2025-10-21)
+++ v1 (2025-12-11)
@@ -91,153 +91,153 @@
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC NATIONAL ANTOINE KOENIGSWARTER</t>
   </si>
   <si>
     <t>ESRP EPNAK SOISY</t>
   </si>
   <si>
     <t>1 RUE DE L’ERMITAGE 91450 SOISY-SUR-SEINE</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>88.10C</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>ASSOCIATION FAMILIALE DU LYCEE TECHNIQUE PRIVE LE PUYS DE L'AUNE</t>
+  </si>
+  <si>
+    <t>RUE LOUIS BLANC 42110 FEURS</t>
+  </si>
+  <si>
+    <t>22/11/2001</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>CENTRE REEDUCATION INVALIDES CIVILS</t>
+  </si>
+  <si>
+    <t>19 PLACE DE LA CROIX DE PIERRE 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>AKALI</t>
+  </si>
+  <si>
+    <t>62 RUE ADRIEN LAGOURGUE 97424 SAINT-LEU</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>POINFOR</t>
+  </si>
+  <si>
+    <t>ZI LES FRANCHISES 132 RUE DE LA POUDRIERE 52200 LANGRES</t>
+  </si>
+  <si>
+    <t>18/07/2012</t>
+  </si>
+  <si>
+    <t>CONSEIL GESTION PRESTATION DISPOSITIFS MEDICAUX</t>
+  </si>
+  <si>
+    <t>105 AVENUE DE SAINT EMILION 33127 MARTIGNAS-SUR-JALLE</t>
+  </si>
+  <si>
+    <t>30/01/2010</t>
+  </si>
+  <si>
+    <t>64.20Z</t>
+  </si>
+  <si>
+    <t>PASSERELLE POUR EMPLOI INITIATIVE ECON</t>
+  </si>
+  <si>
+    <t>CASTEL 97129 LAMENTIN</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>IF2M</t>
+  </si>
+  <si>
+    <t>113 RUE MARIETTON 69009 LYON</t>
+  </si>
+  <si>
+    <t>02/01/2014</t>
+  </si>
+  <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>AVENUE DU GENERAL GIRAUD 52100 SAINT-DIZIER</t>
   </si>
   <si>
     <t>RUE DU GENERAL MICHELER 51100 REIMS</t>
   </si>
   <si>
     <t>6 SQUARE EUGENE HERZOG 54390 FROUARD</t>
   </si>
   <si>
     <t>2 RUE DE LA GARENNE 95310 SAINT-OUEN-L'AUMONE</t>
-  </si>
-[...70 lines deleted...]
-    <t>02/01/2014</t>
   </si>
   <si>
     <t>INSTITUT DES METIERS D'ASSISTANCE ET D'AIDE A LA PERSONNE</t>
   </si>
   <si>
     <t>ZONE D'ACTIVITES DES GLAISES 8 AVENUE DU 1ER MAI 91120 PALAISEAU</t>
   </si>
   <si>
     <t>27/10/2021</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -728,558 +728,558 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
         <v>11910865091</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>82409268800012</v>
+        <v>77630753000027</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I4" s="3">
-        <v>11930762893</v>
+        <v>82420098342</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>82409268800137</v>
+        <v>77694494400011</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="I5" s="3">
-        <v>11930762893</v>
+        <v>73310124431</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>82409268800244</v>
+        <v>79524650300044</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="I6" s="3">
-        <v>11930762893</v>
+        <v>98970412297</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>82422814200223</v>
+        <v>40332561600072</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="I7" s="3">
-        <v>11930743393</v>
+        <v>21520013052</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>82422814200702</v>
+        <v>41794245500052</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="I8" s="3">
-        <v>11930743393</v>
+        <v>72330852133</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>82422814201007</v>
+        <v>48024587700018</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="I9" s="3">
-        <v>11930743393</v>
+        <v>95970137297</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>82422814201387</v>
+        <v>52358209600039</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="I10" s="3">
-        <v>11930743393</v>
+        <v>82691128969</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>40332561600072</v>
+        <v>82409268800012</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="I11" s="3">
-        <v>21520013052</v>
+        <v>11930762893</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>41794245500052</v>
+        <v>82409268800137</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I12" s="3">
-        <v>72330852133</v>
+        <v>11930762893</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>48024587700018</v>
+        <v>82409268800244</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="I13" s="3">
-        <v>95970137297</v>
+        <v>11930762893</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>77630753000027</v>
+        <v>82422814200223</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="I14" s="3">
-        <v>82420098342</v>
+        <v>11930743393</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77694494400011</v>
+        <v>82422814200702</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="I15" s="3">
-        <v>73310124431</v>
+        <v>11930743393</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>79524650300044</v>
+        <v>82422814201007</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="I16" s="3">
-        <v>98970412297</v>
+        <v>11930743393</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>52358209600039</v>
+        <v>82422814201387</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="I17" s="3">
-        <v>82691128969</v>
+        <v>11930743393</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>90479063100025</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>62</v>
       </c>
@@ -1333,31 +1333,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/21/2025 03:49:58</dc:description>
+  <dc:description>Export en date du 12/11/2025 02:27:38</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>