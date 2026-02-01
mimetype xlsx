--- v1 (2025-12-11)
+++ v2 (2026-02-01)
@@ -91,123 +91,123 @@
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC NATIONAL ANTOINE KOENIGSWARTER</t>
   </si>
   <si>
     <t>ESRP EPNAK SOISY</t>
   </si>
   <si>
     <t>1 RUE DE L’ERMITAGE 91450 SOISY-SUR-SEINE</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>88.10C</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>POINFOR</t>
+  </si>
+  <si>
+    <t>ZI LES FRANCHISES 132 RUE DE LA POUDRIERE 52200 LANGRES</t>
+  </si>
+  <si>
+    <t>18/07/2012</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>CONSEIL GESTION PRESTATION DISPOSITIFS MEDICAUX</t>
+  </si>
+  <si>
+    <t>105 AVENUE DE SAINT EMILION 33127 MARTIGNAS-SUR-JALLE</t>
+  </si>
+  <si>
+    <t>30/01/2010</t>
+  </si>
+  <si>
+    <t>64.20Z</t>
+  </si>
+  <si>
+    <t>PASSERELLE POUR EMPLOI INITIATIVE ECON</t>
+  </si>
+  <si>
+    <t>CASTEL 97129 LAMENTIN</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>IF2M</t>
+  </si>
+  <si>
+    <t>113 RUE MARIETTON 69009 LYON</t>
+  </si>
+  <si>
+    <t>02/01/2014</t>
+  </si>
+  <si>
     <t>ASSOCIATION FAMILIALE DU LYCEE TECHNIQUE PRIVE LE PUYS DE L'AUNE</t>
   </si>
   <si>
     <t>RUE LOUIS BLANC 42110 FEURS</t>
   </si>
   <si>
     <t>22/11/2001</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>CENTRE REEDUCATION INVALIDES CIVILS</t>
   </si>
   <si>
     <t>19 PLACE DE LA CROIX DE PIERRE 31300 TOULOUSE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>AKALI</t>
   </si>
   <si>
     <t>62 RUE ADRIEN LAGOURGUE 97424 SAINT-LEU</t>
   </si>
   <si>
     <t>01/08/2018</t>
-  </si>
-[...43 lines deleted...]
-    <t>02/01/2014</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>AVENUE DU GENERAL GIRAUD 52100 SAINT-DIZIER</t>
   </si>
   <si>
     <t>RUE DU GENERAL MICHELER 51100 REIMS</t>
   </si>
@@ -728,549 +728,549 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
         <v>11910865091</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>77630753000027</v>
+        <v>40332561600072</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I4" s="3">
-        <v>82420098342</v>
+        <v>21520013052</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>77694494400011</v>
+        <v>41794245500052</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="I5" s="3">
-        <v>73310124431</v>
+        <v>72330852133</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>79524650300044</v>
+        <v>48024587700018</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="I6" s="3">
-        <v>98970412297</v>
+        <v>95970137297</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>40332561600072</v>
+        <v>52358209600039</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="I7" s="3">
-        <v>21520013052</v>
+        <v>82691128969</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>41794245500052</v>
+        <v>77630753000027</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I8" s="3">
-        <v>72330852133</v>
+        <v>82420098342</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>48024587700018</v>
+        <v>77694494400011</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>95970137297</v>
+        <v>73310124431</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>52358209600039</v>
+        <v>79524650300044</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="I10" s="3">
-        <v>82691128969</v>
+        <v>98970412297</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="I11" s="3">
         <v>11930762893</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="I12" s="3">
         <v>11930762893</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>82409268800244</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="I13" s="3">
         <v>11930762893</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>82422814200223</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="I14" s="3">
         <v>11930743393</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>82422814200702</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="I15" s="3">
         <v>11930743393</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>82422814201007</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="I16" s="3">
         <v>11930743393</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>82422814201387</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="I17" s="3">
         <v>11930743393</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>90479063100025</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
@@ -1333,31 +1333,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/11/2025 02:27:38</dc:description>
+  <dc:description>Export en date du 02/02/2026 00:31:28</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>