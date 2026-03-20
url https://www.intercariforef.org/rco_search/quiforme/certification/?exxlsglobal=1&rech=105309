--- v2 (2026-02-01)
+++ v3 (2026-03-20)
@@ -1333,31 +1333,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 00:31:28</dc:description>
+  <dc:description>Export en date du 03/20/2026 23:41:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>