--- v0 (2025-12-16)
+++ v1 (2026-01-31)
@@ -1118,31 +1118,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 17:11:25</dc:description>
+  <dc:description>Export en date du 01/31/2026 19:44:03</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>