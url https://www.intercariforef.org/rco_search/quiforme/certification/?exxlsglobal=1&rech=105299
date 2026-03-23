--- v1 (2026-01-31)
+++ v2 (2026-03-23)
@@ -121,51 +121,51 @@
   <si>
     <t>GRETA CFA HERAULT OUEST</t>
   </si>
   <si>
     <t>17 AV DES MARTYRS DE LA RESISTANCE 34500 BEZIERS</t>
   </si>
   <si>
     <t>02/05/1989</t>
   </si>
   <si>
     <t>9134P063934</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT NELSON MANDELA</t>
   </si>
   <si>
     <t>GRETA POITOU CHARENTES</t>
   </si>
   <si>
     <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
-    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+    <t>ASSOCIATION OUVRIERE DES COMPAGNONS DU DEVOIR DU TOUR DE FRANCE</t>
   </si>
   <si>
     <t>1 RUE THEROIGNE DE MERICOURT 17000 LA ROCHELLE</t>
   </si>
   <si>
     <t>01/11/2013</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>BATIMENT 1   1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
   </si>
@@ -1118,31 +1118,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/31/2026 19:44:03</dc:description>
+  <dc:description>Export en date du 03/23/2026 22:48:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>