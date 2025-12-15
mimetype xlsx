--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -76,159 +76,159 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>PLB</t>
   </si>
   <si>
     <t>3-5 3 RUE MAURICE RAVEL 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>03/08/2018</t>
   </si>
   <si>
     <t>62.02A</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>GROUPE FRANCEFORMA</t>
+  </si>
+  <si>
+    <t>91 RUE DU FAUBOURG SAINT-DENIS 75010 PARIS</t>
+  </si>
+  <si>
+    <t>01/11/2014</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>DAVIDSON CONSULTING</t>
+  </si>
+  <si>
+    <t>40 RUE FANFAN LA TULIPE 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>01/03/2019</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
     <t>AGILBEE</t>
   </si>
   <si>
     <t>29 RUE VIALA 75015 PARIS</t>
   </si>
   <si>
     <t>01/03/2012</t>
   </si>
   <si>
-    <t>85.59A</t>
+    <t>QRP FRANCE</t>
+  </si>
+  <si>
+    <t>60 AVENUE CHARLES DE GAULLE 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>01/02/2015</t>
+  </si>
+  <si>
+    <t>KAGILUM</t>
+  </si>
+  <si>
+    <t>8 IMPASSE BONNET 31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/12/2016</t>
+  </si>
+  <si>
+    <t>62.01Z</t>
+  </si>
+  <si>
+    <t>AUDAVIA</t>
+  </si>
+  <si>
+    <t>141 AVENUE DE WAGRAM 75017 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>CERTYOU</t>
+  </si>
+  <si>
+    <t>37 RUE DES MATHURINS 75008 PARIS</t>
+  </si>
+  <si>
+    <t>02/09/2014</t>
   </si>
   <si>
     <t>OO2</t>
   </si>
   <si>
     <t>128 RUE LA BOETIE 75008 PARIS</t>
   </si>
   <si>
     <t>09/10/2018</t>
   </si>
   <si>
-    <t>KAGILUM</t>
-[...35 lines deleted...]
-    <t>01/01/2020</t>
+    <t>FITEC</t>
+  </si>
+  <si>
+    <t>79-105 79 AVENUE FRANCOIS ARAGO 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>01/04/2021</t>
+  </si>
+  <si>
+    <t>INSPEARIT</t>
+  </si>
+  <si>
+    <t>21 RUE DE LA BANQUE 75002 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/2014</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
   </si>
   <si>
     <t>ATP FORMATION</t>
   </si>
   <si>
     <t>31 AVENUE DU GRANIER 38240 MEYLAN</t>
   </si>
   <si>
     <t>01/01/1993</t>
-  </si>
-[...40 lines deleted...]
-    <t>70.22Z</t>
   </si>
   <si>
     <t>SKILLS4ALL</t>
   </si>
   <si>
     <t>54-56 54 AVENUE HOCHE 75008 PARIS</t>
   </si>
   <si>
     <t>24/06/2019</t>
   </si>
   <si>
     <t>26 ACADEMY</t>
   </si>
   <si>
     <t>17 RUE D'ORLEANS 92200 NEUILLY-SUR-SEINE</t>
   </si>
   <si>
     <t>22/06/2018</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>ELITEK</t>
   </si>
@@ -769,443 +769,443 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
         <v>11921130092</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>50139714500027</v>
+        <v>79458237900028</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>11755039075</v>
+        <v>11755158475</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>53157067900039</v>
+        <v>48389867200058</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>11756061575</v>
+        <v>11922080592</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>53222292400039</v>
+        <v>50139714500027</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D5" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I5" s="3">
-        <v>73310646031</v>
+        <v>11755039075</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>80450946100013</v>
+        <v>51138006500033</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="D6" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>11755252475</v>
+        <v>11921706192</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>51138006500033</v>
+        <v>53222292400039</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I7" s="3">
-        <v>11921706192</v>
+        <v>73310646031</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>52038890100065</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I8" s="3">
         <v>11754512575</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>39003205000010</v>
+        <v>80450946100013</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+        <v>41</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>41</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>82380184838</v>
+        <v>11755252475</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>79458237900028</v>
+        <v>53157067900039</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>11755158475</v>
+        <v>11756061575</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>48389867200058</v>
+        <v>34964000300100</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>34964000300100</v>
+        <v>35164779700056</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I12" s="3"/>
+        <v>53</v>
+      </c>
+      <c r="I12" s="3">
+        <v>11755207775</v>
+      </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>35164779700056</v>
+        <v>39003205000010</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="I13" s="3">
-        <v>11755207775</v>
+        <v>82380184838</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>82815451800025</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D14" s="2"/>
@@ -1271,88 +1271,88 @@
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>83426949000019</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="I16" s="3">
         <v>11922207592</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>83426949000035</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="I17" s="3">
         <v>11922207592</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>83751276300017</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
@@ -1458,88 +1458,88 @@
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>87818468800017</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="I21" s="3">
         <v>93131795613</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>87845619300019</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="I22" s="3">
         <v>93060873506</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>87871356900019</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
@@ -1604,31 +1604,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/27/2025 01:31:00</dc:description>
+  <dc:description>Export en date du 12/15/2025 19:25:04</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>