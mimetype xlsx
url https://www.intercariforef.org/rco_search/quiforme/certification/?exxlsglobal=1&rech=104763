--- v0 (2025-11-30)
+++ v1 (2026-01-21)
@@ -172,66 +172,66 @@
   <si>
     <t>74 RUE DE POULAINVILLE 80080 AMIENS</t>
   </si>
   <si>
     <t>AFPI PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>44 BOULEVARD DES LOGES 53940 SAINT-BERTHEVIN</t>
   </si>
   <si>
     <t>01/01/1996</t>
   </si>
   <si>
     <t>1 RUE DU RIBAY 72000 LE MANS</t>
   </si>
   <si>
     <t>01/07/2008</t>
   </si>
   <si>
     <t>9 RUE DE L'HALBRANE 44340 BOUGUENAIS</t>
   </si>
   <si>
     <t>15/06/2020</t>
   </si>
   <si>
+    <t>ORGANISME DE FORMATION INSERTION PAR LA FORMATION L EMPLOI PROFESSIONNALISATION</t>
+  </si>
+  <si>
+    <t>201 IMPASSE DU RAZETEUR 13160 CHATEAURENARD</t>
+  </si>
+  <si>
+    <t>25/04/2023</t>
+  </si>
+  <si>
     <t>AFPI ACM FORMATION</t>
   </si>
   <si>
     <t>360 RUE MIROSLAW HOLLER 62110 HENIN-BEAUMONT</t>
   </si>
   <si>
     <t>01/07/2016</t>
-  </si>
-[...7 lines deleted...]
-    <t>25/04/2023</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION REGIONAL DES INDUSTRIES ALIMENTAIRES DE L'OUEST</t>
   </si>
   <si>
     <t>MOULIN DES LANDES 5 RUE PIERRE TREMINTIN 29000 QUIMPER</t>
   </si>
   <si>
     <t>26/03/2015</t>
   </si>
   <si>
     <t>IFCA</t>
   </si>
   <si>
     <t>17 BOULEVARD D'ANVAUX 36000 CHATEAUROUX</t>
   </si>
   <si>
     <t>01/11/2005</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>FORMATION PRO.COM</t>
   </si>
@@ -1155,117 +1155,117 @@
       <c r="F12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I12" s="3">
         <v>52440004544</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>44531243200138</v>
+        <v>49157711000027</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I13" s="3">
-        <v>31590578459</v>
+        <v>93131242513</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>49157711000027</v>
+        <v>44531243200138</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I14" s="3">
-        <v>93131242513</v>
+        <v>31590578459</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>41093664500044</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>33</v>
@@ -2245,31 +2245,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/30/2025 17:22:00</dc:description>
+  <dc:description>Export en date du 01/21/2026 19:28:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>