--- v1 (2026-01-21)
+++ v2 (2026-03-09)
@@ -130,129 +130,129 @@
   <si>
     <t>GRETA LILLE METROPOLE</t>
   </si>
   <si>
     <t>111 AVENUE DE DUNKERQUE (LILLE) 59000 LILLE</t>
   </si>
   <si>
     <t>05/10/2015</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>LYCEE D'ENSEIGNEMENT GENERAL ET TECHNOLOGIQUE AGRICOLE DE LA ROCHE-SUR-FORON</t>
   </si>
   <si>
     <t>LEGTA - ENILV - ECOLE NAT INDUSTRIES LAIT VIANDES</t>
   </si>
   <si>
     <t>212 RUE ANATOLE FRANCE 74800 LA ROCHE-SUR-FORON</t>
   </si>
   <si>
     <t>8274P000174</t>
   </si>
   <si>
+    <t>INSTITUT DE FORMATION REGIONAL DES INDUSTRIES ALIMENTAIRES DE L'OUEST</t>
+  </si>
+  <si>
+    <t>MOULIN DES LANDES 5 RUE PIERRE TREMINTIN 29000 QUIMPER</t>
+  </si>
+  <si>
+    <t>26/03/2015</t>
+  </si>
+  <si>
+    <t>IFCA</t>
+  </si>
+  <si>
+    <t>17 BOULEVARD D'ANVAUX 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>AFPI ACM FORMATION</t>
+  </si>
+  <si>
+    <t>360 RUE MIROSLAW HOLLER 62110 HENIN-BEAUMONT</t>
+  </si>
+  <si>
+    <t>01/07/2016</t>
+  </si>
+  <si>
+    <t>ORGANISME DE FORMATION INSERTION PAR LA FORMATION L EMPLOI PROFESSIONNALISATION</t>
+  </si>
+  <si>
+    <t>201 IMPASSE DU RAZETEUR 13160 CHATEAURENARD</t>
+  </si>
+  <si>
+    <t>25/04/2023</t>
+  </si>
+  <si>
     <t>GROUPE SCOLAIRE D'ENSEIGNEMENT AGRICOLE  PRIVE ANTOINE DE SAINT-EXUPERY</t>
   </si>
   <si>
     <t>LA LANDE DU BREIL 39 RUE FERNAND ROBERT 35000 RENNES</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
   </si>
   <si>
     <t>ZA LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
   </si>
   <si>
     <t>01/07/2020</t>
   </si>
   <si>
     <t>74 RUE DE POULAINVILLE 80080 AMIENS</t>
   </si>
   <si>
     <t>AFPI PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>44 BOULEVARD DES LOGES 53940 SAINT-BERTHEVIN</t>
   </si>
   <si>
     <t>01/01/1996</t>
   </si>
   <si>
     <t>1 RUE DU RIBAY 72000 LE MANS</t>
   </si>
   <si>
     <t>01/07/2008</t>
   </si>
   <si>
     <t>9 RUE DE L'HALBRANE 44340 BOUGUENAIS</t>
   </si>
   <si>
     <t>15/06/2020</t>
-  </si>
-[...37 lines deleted...]
-    <t>70.22Z</t>
   </si>
   <si>
     <t>FORMATION PRO.COM</t>
   </si>
   <si>
     <t>BAT NOMINOE 3 B RUE LOUIS PASTEUR 35290 SAINT-MEEN-LE-GRAND</t>
   </si>
   <si>
     <t>05/10/2020</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>RUE DE ROSEL 14000 CAEN</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
@@ -933,406 +933,406 @@
       <c r="F6" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>37</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>77774619900010</v>
+        <v>41093664500044</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I7" s="3">
-        <v>53350117135</v>
+        <v>53290768029</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>78050734900139</v>
+        <v>41226820300038</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="D8" s="2"/>
+      <c r="D8" s="2" t="s">
+        <v>41</v>
+      </c>
       <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="I8" s="3">
-        <v>22600001660</v>
+        <v>24360051536</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>78050734900147</v>
+        <v>44531243200138</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I9" s="3">
-        <v>22600001660</v>
+        <v>31590578459</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>78835426400053</v>
+        <v>49157711000027</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I10" s="3">
-        <v>52440004544</v>
+        <v>93131242513</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78835426400087</v>
+        <v>77774619900010</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>52440004544</v>
+        <v>53350117135</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>78835426400095</v>
+        <v>78050734900139</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I12" s="3">
-        <v>52440004544</v>
+        <v>22600001660</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>49157711000027</v>
+        <v>78050734900147</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I13" s="3">
-        <v>93131242513</v>
+        <v>22600001660</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>44531243200138</v>
+        <v>78835426400053</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I14" s="3">
-        <v>31590578459</v>
+        <v>52440004544</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>41093664500044</v>
+        <v>78835426400087</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I15" s="3">
-        <v>53290768029</v>
+        <v>52440004544</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>41226820300038</v>
+        <v>78835426400095</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>64</v>
+        <v>33</v>
       </c>
       <c r="I16" s="3">
-        <v>24360051536</v>
+        <v>52440004544</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>81078264900034</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D17" s="2"/>
@@ -2245,31 +2245,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/21/2026 19:28:23</dc:description>
+  <dc:description>Export en date du 03/09/2026 09:49:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>