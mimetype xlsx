--- v0 (2025-12-08)
+++ v1 (2026-02-02)
@@ -121,96 +121,96 @@
   <si>
     <t>18 RUE EDOUARD BELIN 70000 VESOUL</t>
   </si>
   <si>
     <t>01/01/2001</t>
   </si>
   <si>
     <t>4370P001470</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LANGEVIN-WALLON</t>
   </si>
   <si>
     <t>GRETA VAL-DE-MARNE</t>
   </si>
   <si>
     <t>126 AVENUE ROGER SALENGRO 94500 CHAMPIGNY-SUR-MARNE</t>
   </si>
   <si>
     <t>06/03/1989</t>
   </si>
   <si>
     <t>1194P000194</t>
   </si>
   <si>
+    <t>ASSOC FORMATION PROF INDUSTRIE SAVOIE</t>
+  </si>
+  <si>
+    <t>131 RUE DE L'ERIER 73290 LA MOTTE-SERVOLEX</t>
+  </si>
+  <si>
+    <t>14/11/1996</t>
+  </si>
+  <si>
     <t>ICAM OUEST</t>
   </si>
   <si>
     <t>35 AVENUE DU CHAMP DE MANOEUVRES 44470 CARQUEFOU</t>
   </si>
   <si>
     <t>01/09/1989</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
+    <t>AFPI PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>9 RUE DE L'HALBRANE 44340 BOUGUENAIS</t>
+  </si>
+  <si>
+    <t>15/06/2020</t>
+  </si>
+  <si>
+    <t>CENTRE PIERRE COINTREAU 132 AVENUE DE LATTRE DE TASSIGNY 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>04/07/2022</t>
+  </si>
+  <si>
     <t>TRAJECTOIRE FORMATIONS TECHNIQUES</t>
   </si>
   <si>
     <t>TFT</t>
   </si>
   <si>
     <t>21 GRANDE RUE 39110 LA CHAPELLE-SUR-FURIEUSE</t>
   </si>
   <si>
     <t>15/11/2019</t>
-  </si>
-[...22 lines deleted...]
-    <t>14/11/1996</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>2 RUE DU CHATEAU 21800 CHEVIGNY-SAINT-SAUVEUR</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>675 ROUTE DE MACULLY 74330 POISY</t>
   </si>
@@ -818,227 +818,227 @@
       <c r="F5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>35263692200028</v>
+        <v>30207987600025</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>52440189944</v>
+        <v>82730000673</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>80526633500027</v>
+        <v>35263692200028</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="D7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="I7" s="3">
-        <v>43390103739</v>
+        <v>52440189944</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>78835426400095</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I8" s="3">
         <v>52440004544</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>78835426400103</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3">
         <v>52440004544</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>30207987600025</v>
+        <v>80526633500027</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D10" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>82730000673</v>
+        <v>43390103739</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>53</v>
       </c>
@@ -1316,31 +1316,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/08/2025 02:48:56</dc:description>
+  <dc:description>Export en date du 02/02/2026 10:54:41</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>