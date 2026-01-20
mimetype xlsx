--- v0 (2025-10-19)
+++ v1 (2026-01-20)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -328,50 +328,53 @@
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE L'INDRE</t>
   </si>
   <si>
     <t>24 PLACE GAMBETTA 36000 CHATEAUROUX</t>
   </si>
   <si>
     <t>10/08/1983</t>
   </si>
   <si>
     <t>2436P000136</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE GRENOBLE</t>
   </si>
   <si>
     <t>GROUPE FORMATION-CCI FORMATION-CFA IMT-ISCO</t>
   </si>
   <si>
     <t>7 RUE HOCHE 38000 GRENOBLE</t>
   </si>
   <si>
     <t>01/09/1993</t>
   </si>
   <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
     <t>8238P001138</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE LA MAYENNE</t>
   </si>
   <si>
     <t>12 RUE DE VERDUN 53000 LAVAL</t>
   </si>
   <si>
     <t>31/03/2025</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE &amp; INDUSTRIE PAU BEARN</t>
   </si>
   <si>
     <t>EKLORE-ED</t>
   </si>
   <si>
     <t>CAMPUS UNIVERSITAIRE 3 RUE SAINT-JOHN PERSE 64000 PAU</t>
   </si>
   <si>
     <t>08/12/1989</t>
   </si>
   <si>
     <t>7264P000564</t>
@@ -409,81 +412,81 @@
   <si>
     <t>01/01/1985</t>
   </si>
   <si>
     <t>9383P000183</t>
   </si>
   <si>
     <t>DIR DES ENSEIGNEMENTS</t>
   </si>
   <si>
     <t>CAMPUS ZI TOULON EST RES LA GRANDE TOURACHE 83130 LA GARDE</t>
   </si>
   <si>
     <t>23/05/1991</t>
   </si>
   <si>
     <t>CAMPUS DU LAC</t>
   </si>
   <si>
     <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
+    <t>FACULTE DES METIERS DE L ESSONNE</t>
+  </si>
+  <si>
+    <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>SCHOLAR FAB ENTREPRISE</t>
+  </si>
+  <si>
+    <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
+  </si>
+  <si>
+    <t>06/05/1991</t>
+  </si>
+  <si>
+    <t>SCHOLAR FAB ORGANISATION</t>
+  </si>
+  <si>
+    <t>04/11/2002</t>
+  </si>
+  <si>
     <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
   </si>
   <si>
     <t>3 BOULEVARD BATONNIER CHOLET 44100 NANTES</t>
   </si>
   <si>
     <t>14/02/2002</t>
-  </si>
-[...22 lines deleted...]
-    <t>06/05/1991</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1696,495 +1699,497 @@
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>99</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>18383001700152</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>101</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="G23" s="2"/>
+      <c r="G23" s="2" t="s">
+        <v>104</v>
+      </c>
       <c r="H23" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>18530044900013</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="3">
         <v>52530049653</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>18640002400060</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>18720092800120</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I26" s="3">
         <v>52720101272</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>18750002000073</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>18830001600121</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>18830001600261</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>41058110200010</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I30" s="3">
         <v>72330424333</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>42417546100021</v>
+        <v>45235951600021</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="I31" s="3">
-        <v>52440404744</v>
+        <v>11910566091</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>44492238900010</v>
+        <v>78071407700069</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I32" s="3"/>
       <c r="J32" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>45235951600021</v>
+        <v>44492238900010</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>139</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I33" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I33" s="3"/>
       <c r="J33" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>78071407700069</v>
+        <v>42417546100021</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="I34" s="3"/>
+        <v>55</v>
+      </c>
+      <c r="I34" s="3">
+        <v>52440404744</v>
+      </c>
       <c r="J34" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2197,31 +2202,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/19/2025 23:53:20</dc:description>
+  <dc:description>Export en date du 01/20/2026 11:52:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>