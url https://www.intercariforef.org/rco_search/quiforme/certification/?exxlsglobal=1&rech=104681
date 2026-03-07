--- v1 (2026-01-20)
+++ v2 (2026-03-07)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -331,53 +331,50 @@
   <si>
     <t>24 PLACE GAMBETTA 36000 CHATEAUROUX</t>
   </si>
   <si>
     <t>10/08/1983</t>
   </si>
   <si>
     <t>2436P000136</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE GRENOBLE</t>
   </si>
   <si>
     <t>GROUPE FORMATION-CCI FORMATION-CFA IMT-ISCO</t>
   </si>
   <si>
     <t>7 RUE HOCHE 38000 GRENOBLE</t>
   </si>
   <si>
     <t>01/09/1993</t>
   </si>
   <si>
     <t>27/10/2025</t>
   </si>
   <si>
-    <t>8238P001138</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE LA MAYENNE</t>
   </si>
   <si>
     <t>12 RUE DE VERDUN 53000 LAVAL</t>
   </si>
   <si>
     <t>31/03/2025</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE &amp; INDUSTRIE PAU BEARN</t>
   </si>
   <si>
     <t>EKLORE-ED</t>
   </si>
   <si>
     <t>CAMPUS UNIVERSITAIRE 3 RUE SAINT-JOHN PERSE 64000 PAU</t>
   </si>
   <si>
     <t>08/12/1989</t>
   </si>
   <si>
     <t>7264P000564</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE LE MANS SARTHE</t>
@@ -412,81 +409,81 @@
   <si>
     <t>01/01/1985</t>
   </si>
   <si>
     <t>9383P000183</t>
   </si>
   <si>
     <t>DIR DES ENSEIGNEMENTS</t>
   </si>
   <si>
     <t>CAMPUS ZI TOULON EST RES LA GRANDE TOURACHE 83130 LA GARDE</t>
   </si>
   <si>
     <t>23/05/1991</t>
   </si>
   <si>
     <t>CAMPUS DU LAC</t>
   </si>
   <si>
     <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
+    <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD BATONNIER CHOLET 44100 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2002</t>
+  </si>
+  <si>
+    <t>SCHOLAR FAB ORGANISATION</t>
+  </si>
+  <si>
+    <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
+  </si>
+  <si>
+    <t>04/11/2002</t>
+  </si>
+  <si>
     <t>FACULTE DES METIERS DE L ESSONNE</t>
   </si>
   <si>
     <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>01/01/2005</t>
   </si>
   <si>
     <t>SCHOLAR FAB ENTREPRISE</t>
   </si>
   <si>
-    <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
-[...1 lines deleted...]
-  <si>
     <t>06/05/1991</t>
-  </si>
-[...13 lines deleted...]
-    <t>14/02/2002</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1719,477 +1716,473 @@
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>18383001700152</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>101</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>104</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="I23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>18530044900013</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I24" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>18640002400060</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="D25" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="D25" s="2" t="s">
+      <c r="E25" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="E25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>18720092800120</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="D26" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="D26" s="2" t="s">
+      <c r="E26" s="2" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I26" s="3">
         <v>52720101272</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>18750002000073</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>18830001600121</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D28" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="D28" s="2" t="s">
+      <c r="E28" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="E28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>18830001600261</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D29" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="E29" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="E29" s="2" t="s">
+      <c r="F29" s="2" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>41058110200010</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I30" s="3">
         <v>72330424333</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>45235951600021</v>
+        <v>42417546100021</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="I31" s="3">
-        <v>11910566091</v>
+        <v>52440404744</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>78071407700069</v>
+        <v>44492238900010</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I32" s="3"/>
       <c r="J32" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>44492238900010</v>
+        <v>45235951600021</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>139</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I33" s="3"/>
+      <c r="I33" s="3">
+        <v>11910566091</v>
+      </c>
       <c r="J33" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>42417546100021</v>
+        <v>78071407700069</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I34" s="3"/>
       <c r="J34" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2202,31 +2195,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/20/2026 11:52:18</dc:description>
+  <dc:description>Export en date du 03/07/2026 14:12:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>