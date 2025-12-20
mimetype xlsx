--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -58,837 +58,837 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE MAYOTTE</t>
+  </si>
+  <si>
+    <t>KAWENI CCT1 PL MARIAGE 97600 MAMOUDZOU</t>
+  </si>
+  <si>
+    <t>20/01/2005</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>06970006697</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE D INDUSTRIE DE MAINE LOIRE</t>
+  </si>
+  <si>
+    <t>8 BOULEVARD DU ROI RENE 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/2008</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA CORREZE</t>
+  </si>
+  <si>
+    <t>MAISON DU POLE BOIS AVENUE DU DOCTEUR ALBERT SCHWEITZER 19000 TULLE</t>
+  </si>
+  <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
+    <t>7419P000619</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE PUY-DE-DOME CLERMONT AUVERGNE METROPOLE</t>
+  </si>
+  <si>
+    <t>CCI FORMATION</t>
+  </si>
+  <si>
+    <t>LA PARDIEU 14 RUE JEAN CLARET 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>04/11/2009</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE INDUSTRIE AVEYRON</t>
+  </si>
+  <si>
+    <t>17 RUE ARISTIDE BRIAND 12000 RODEZ</t>
+  </si>
+  <si>
+    <t>26/01/2009</t>
+  </si>
+  <si>
+    <t>03/01/2022</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE INDUSTRIE NANTES - SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>16 QUAI ERNEST RENAUD 44000 NANTES</t>
+  </si>
+  <si>
+    <t>21/08/2008</t>
+  </si>
+  <si>
+    <t>19/02/2024</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE COTE-D'OR DIJON METROPOLE</t>
+  </si>
+  <si>
+    <t>PL JEAN BOUHEY 21000 DIJON</t>
+  </si>
+  <si>
+    <t>22/12/2010</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D INDUSTRIE DE HAUTE LOIRE</t>
+  </si>
+  <si>
+    <t>16 BD BERTRAND 43750 VALS-PRES-LE-PUY</t>
+  </si>
+  <si>
+    <t>22/09/2009</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D INDUSTRIE DE L ARDECHE</t>
+  </si>
+  <si>
+    <t>140 CHEMIN DE SAINT CLAIR 07000 PRIVAS</t>
+  </si>
+  <si>
+    <t>25/08/2009</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D INDUSTRIE DE REGION DES ILES DE GUADELOUPE</t>
+  </si>
+  <si>
+    <t>RUE FELIX EBOUE 97110 POINTE A PITRE</t>
+  </si>
+  <si>
+    <t>07/10/2010</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE CORSE</t>
+  </si>
+  <si>
+    <t>CCI FORMATION CORSICA</t>
+  </si>
+  <si>
+    <t>VALROSE 726 STRADA VECCHIA 20290 BORGO</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE LYON METROPOLE-SAINT-ETIENNE ROANNE</t>
+  </si>
+  <si>
+    <t>CCIT CCI FORMATION</t>
+  </si>
+  <si>
+    <t>36 RUE SERGENT MICHEL BERTHET 69009 LYON</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE OUEST NORMANDIE</t>
+  </si>
+  <si>
+    <t>86 RUE DE L'EXODE 50000 SAINT-LO</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE METROPOLITAINE ROUEN METROPOLE</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION CONTINUE CEPPIC</t>
+  </si>
+  <si>
+    <t>194 RUE DE LA RONCE 76230 ISNEAUVILLE</t>
+  </si>
+  <si>
+    <t>02/07/2021</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE PORTES DE NORMANDIE</t>
+  </si>
+  <si>
+    <t>215 RTE DE PARIS 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>ECOLE SUPERIEURE DE LA CCI- PORTES DE NORMANDIE</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITE DE LA FORET 461 RUE HENRI BECQUEREL 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D INDUSTRIE TERRITORIALE DE LA CHARENTE</t>
+  </si>
+  <si>
+    <t>27 PLACE BOUILLAUD 16000 ANGOULEME</t>
+  </si>
+  <si>
+    <t>23/11/2016</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE ALSACE EUROMETROPOLE</t>
+  </si>
+  <si>
+    <t>10 PLACE GUTENBERG 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>16/12/2016</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE REGION AUVERGNE-RHONE-ALPES</t>
+  </si>
+  <si>
+    <t>CCI LOCALE BEAUJOLAIS</t>
+  </si>
+  <si>
+    <t>23 CHEMIN DU MARTELET 69400 LIMAS</t>
+  </si>
+  <si>
+    <t>06/09/2021</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE REGION HAUTS-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>299 BOULEVARD DE LEEDS 59777 LILLE</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE ILLE-ET-VILAINE</t>
+  </si>
+  <si>
+    <t>2 AVENUE DE LA PREFECTURE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>12/12/2016</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DE L'ALLIER</t>
+  </si>
+  <si>
+    <t>CCIT DE L'ALLIER - DELEGATION MOULINS</t>
+  </si>
+  <si>
+    <t>17 COURS JEAN JAURES 03000 MOULINS</t>
+  </si>
+  <si>
+    <t>25/11/2016</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE FINISTERE</t>
+  </si>
+  <si>
+    <t>CCI FINISTERE SIEGE</t>
+  </si>
+  <si>
+    <t>1 PLACE DU 19EME R.I. 29200 BREST</t>
+  </si>
+  <si>
+    <t>15/12/2016</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE D'INDUSTRIE DE L'AIN</t>
+  </si>
+  <si>
+    <t>1 RUE JOSEPH BERNIER 01000 BOURG-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>8201P083901</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE INDUSTRIE DU PAYS ARLES</t>
+  </si>
+  <si>
+    <t>AV DE LA PREM DIV FRANC LIBRE 13104 ARLES</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE ET D'INDUSTRIE DU CHER</t>
+  </si>
+  <si>
+    <t>AVENUE D'ISSOUDUN 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>19/09/2024</t>
+  </si>
+  <si>
+    <t>2418P000118</t>
+  </si>
+  <si>
+    <t>FORMATION</t>
+  </si>
+  <si>
+    <t>BATIMENT B 14 ALLEE CHARLES PATHE 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>10/07/1990</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DES COTES D'ARMOR</t>
+  </si>
+  <si>
+    <t>16 RUE DE GUERNESEY 22000 SAINT-BRIEUC</t>
+  </si>
+  <si>
+    <t>5322P001722</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE ET INDUSTRIE DE GUERET</t>
+  </si>
+  <si>
+    <t>CENTRE DE LA FORMATION DE LA CCI</t>
+  </si>
+  <si>
+    <t>MAISON DE L'ECONOMIE 8 AVENUE D'AUVERGNE 23000 GUERET</t>
+  </si>
+  <si>
+    <t>01/03/2017</t>
+  </si>
+  <si>
+    <t>7423P000223</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE INDUSTRIE DORDOGNE</t>
+  </si>
+  <si>
+    <t>POLE INTERCONSULAIRE CRE@VALLEE NORD BOULEVARD DES SAVEURS 24660 COULOUNIEIX-CHAMIERS</t>
+  </si>
+  <si>
+    <t>14/12/2009</t>
+  </si>
+  <si>
+    <t>7224P004024</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE INDUSTRIE DE LA DROME</t>
+  </si>
+  <si>
+    <t>SERVICE ENSEIGNEMENT</t>
+  </si>
+  <si>
+    <t>74 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>16/03/1983</t>
+  </si>
+  <si>
+    <t>8226P000126</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION</t>
+  </si>
+  <si>
+    <t>1 AVENUE MARCEL PROUST 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>09/09/1985</t>
+  </si>
+  <si>
+    <t>2428P000128</t>
+  </si>
+  <si>
+    <t>5 B AVENUE MARCEL PROUST 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>05/07/2004</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE L'INDRE</t>
+  </si>
+  <si>
+    <t>24 PLACE GAMBETTA 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>10/08/1983</t>
+  </si>
+  <si>
+    <t>2436P000136</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE ET INDUSTRIE GRENOBLE</t>
+  </si>
+  <si>
+    <t>GROUPE FORMATION-CCI FORMATION-CFA IMT-ISCO</t>
+  </si>
+  <si>
+    <t>7 RUE HOCHE 38000 GRENOBLE</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>8238P001138</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE ET INDUSTRIE NORD ISERE</t>
+  </si>
+  <si>
+    <t>2 PLACE SAINT PIERRE 38200 VIENNE</t>
+  </si>
+  <si>
+    <t>8238P000238</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE ET INDUSTRIE DES LANDES</t>
+  </si>
+  <si>
+    <t>293 AVENUE DU MARECHAL FOCH 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>7240P003840</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE ET INDUSTRIE LA MAYENNE</t>
+  </si>
+  <si>
+    <t>12 RUE DE VERDUN 53000 LAVAL</t>
+  </si>
+  <si>
+    <t>31/03/2025</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE GRAND NANCY METROPOLE MEURTHE-ET-MOSELLE</t>
+  </si>
+  <si>
+    <t>53 RUE STANISLAS 54000 NANCY</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE ET INDUSTRIE MORBIHAN</t>
+  </si>
+  <si>
+    <t>21 QUAI DES INDES 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>5356P001456</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE MOSELLE METROPOLE METZ</t>
+  </si>
+  <si>
+    <t>10/12 10 AVENUE FOCH 57000 METZ</t>
+  </si>
+  <si>
+    <t>4157P000957</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE ET INDUSTRIE LA NIEVRE</t>
+  </si>
+  <si>
+    <t>GROUPE CCI FORMATION</t>
+  </si>
+  <si>
+    <t>74 RUE FAIDHERBE 58000 NEVERS</t>
+  </si>
+  <si>
+    <t>18/12/2006</t>
+  </si>
+  <si>
+    <t>2658P000558</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE &amp; INDUSTRIE PAU BEARN</t>
+  </si>
+  <si>
+    <t>EKLORE-ED</t>
+  </si>
+  <si>
+    <t>CAMPUS UNIVERSITAIRE 3 RUE SAINT-JOHN PERSE 64000 PAU</t>
+  </si>
+  <si>
+    <t>08/12/1989</t>
+  </si>
+  <si>
+    <t>7264P000564</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE BAYONNE PAYS BASQUE</t>
+  </si>
+  <si>
+    <t>50-51 50 ALLEES MARINES 64100 BAYONNE</t>
+  </si>
+  <si>
+    <t>27/09/1983</t>
+  </si>
+  <si>
+    <t>7264P000464</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE LE MANS SARTHE</t>
+  </si>
+  <si>
+    <t>EMECI / EGC / EKOD / CEL</t>
+  </si>
+  <si>
+    <t>7 AVENUE DES PLATANES 72100 LE MANS</t>
+  </si>
+  <si>
+    <t>25/12/1990</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA HAUTE-SAVOIE</t>
+  </si>
+  <si>
+    <t>5 RUE DU 27 EME BCA 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>15/07/2003</t>
+  </si>
+  <si>
+    <t>8274P076974</t>
+  </si>
+  <si>
+    <t>CCI FRANCE</t>
+  </si>
+  <si>
+    <t>8-10 8 RUE PIERRE BROSSOLETTE 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>05/12/2018</t>
+  </si>
+  <si>
+    <t>1175P008075</t>
+  </si>
+  <si>
+    <t>1 AVENUE JOHANNES GUTENBERG 77700 SERRIS</t>
+  </si>
+  <si>
+    <t>01/01/2011</t>
+  </si>
+  <si>
+    <t>1177P000677</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE ET INDUSTRIE VAUCLUSE</t>
+  </si>
+  <si>
+    <t>46 COURS JEAN JAURES 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>9384P000184</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET DE L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>16 RUE OLIVIER DE CLISSON 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DE LA VIENNE</t>
+  </si>
+  <si>
+    <t>TELEPORT 1 7 AVENUE DU TOUR DE FRANCE 86360 CHASSENEUIL-DU-POITOU</t>
+  </si>
+  <si>
+    <t>27/09/2010</t>
+  </si>
+  <si>
+    <t>CH.COMMERCE INDUSTRIE LIMOGES HTE VIENNE</t>
+  </si>
+  <si>
+    <t>16 PLACE JOURDAN 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>7487P000187</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D INDUSTRIE DES VOSGES</t>
+  </si>
+  <si>
+    <t>10 RUE CLAUDE GELEE 88000 EPINAL</t>
+  </si>
+  <si>
+    <t>05/01/2004</t>
+  </si>
+  <si>
+    <t>4188P002288</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE INDUSTRIE DE L'YONNE</t>
+  </si>
+  <si>
+    <t>26 RUE ETIENNE DOLET 89000 AUXERRE</t>
+  </si>
+  <si>
+    <t>06/12/2004</t>
+  </si>
+  <si>
+    <t>04/11/2022</t>
+  </si>
+  <si>
+    <t>2689P000489</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE ET INDUSTRIE MARTINIQUE</t>
+  </si>
+  <si>
+    <t>50 RUE ERNEST DEPROGE 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>14/09/1983</t>
+  </si>
+  <si>
+    <t>9797P000897</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
+  </si>
+  <si>
+    <t>CCI REUNION-POLE FORMATION CENTHOR</t>
+  </si>
+  <si>
+    <t>SAINT GILLES LES BAINS 1 ROUTE DE L'EPERON 97435 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>01/01/1994</t>
+  </si>
+  <si>
+    <t>CCI REUNION-POLE FORMATION NORD</t>
+  </si>
+  <si>
+    <t>ZI DU CHAUDRON 12 RUE GABRIEL DE KERVEGUEN 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>02/02/1996</t>
+  </si>
+  <si>
+    <t>CCI REUNION-POLE FORMATION SUD</t>
+  </si>
+  <si>
+    <t>15 CHEMIN DE LA BALANCE 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>01/01/1999</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>CHAMBRE AGRICULTURE COMMERCE INDUSTRIE METIERS ARTISANAT</t>
+  </si>
+  <si>
+    <t>4 BOULEVARD CONSTANT COLMAY 97500 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>02/11/1900</t>
+  </si>
+  <si>
+    <t>05973158197</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION DE LA MEUSE</t>
+  </si>
+  <si>
+    <t>PARC BRADFER 8 RUE ANTOINE DURENNE 55000 BAR-LE-DUC</t>
+  </si>
+  <si>
+    <t>01/07/1987</t>
+  </si>
+  <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...2 lines deleted...]
-    <t>VRAI</t>
+    <t>SCHOLAR FAB ORGANISATION</t>
+  </si>
+  <si>
+    <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
+  </si>
+  <si>
+    <t>04/11/2002</t>
+  </si>
+  <si>
+    <t>POLE UNIVERSITAIRE D'ALENCON CAMPUS DE DAMIGNY 61250 DAMIGNY</t>
+  </si>
+  <si>
+    <t>CIPECMA</t>
+  </si>
+  <si>
+    <t>MAISON DE LA FORMATION 17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASS MEUSIENNE INTER FORMATION ET PROMOTI</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>SKEMA  BUSINESS SCHOOL</t>
+  </si>
+  <si>
+    <t>CAMPUS SOPHIA-ANTIPOLIS 60 RUE DOSTOIEVSKI 06560 VALBONNE</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>CCI FORMATION GERS</t>
+  </si>
+  <si>
+    <t>10 RUE DIDEROT 32000 AUCH</t>
+  </si>
+  <si>
+    <t>02/08/2018</t>
+  </si>
+  <si>
+    <t>FACULTE DES METIERS DE L ESSONNE</t>
+  </si>
+  <si>
+    <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>CCI FORMATION 82</t>
+  </si>
+  <si>
+    <t>61 AVENUE LEON GAMBETTA 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>ECOLE DE MANAGEMENT COMMERCIAL DU JURA</t>
+  </si>
+  <si>
+    <t>BP 377 33 PLACE DE LA COMEDIE 39000 LONS-LE-SAUNIER</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RIEHL CLAUDIA   </t>
+  </si>
+  <si>
+    <t>24 B RUE JEANNE D ALBRET 91390 MORSANG-SUR-ORGE</t>
+  </si>
+  <si>
+    <t>24/04/2007</t>
+  </si>
+  <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>INTERFOR</t>
+  </si>
+  <si>
+    <t>2 RUE VADE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
   </si>
   <si>
     <t>A D P S FORMATION</t>
   </si>
   <si>
     <t>Y SCHOOLS - FORMATION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>18 AVENUE DES LOMBARDS 10000 TROYES</t>
   </si>
   <si>
     <t>29/11/1994</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...727 lines deleted...]
-  <si>
     <t>SOCIETE D'INTERVENTION EN FORMATION ET CONSEIL - SIFCO</t>
   </si>
   <si>
     <t>46 AVENUE VILLARCEAU 25000 BESANCON</t>
   </si>
   <si>
     <t>29/08/2009</t>
-  </si>
-[...22 lines deleted...]
-    <t>01/01/1997</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>CCI FORMATION PRO</t>
   </si>
   <si>
     <t>11/05/2021</t>
   </si>
   <si>
     <t>49 COURS FAURIEL 42100 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>01/07/2021</t>
   </si>
 </sst>
 </file>
 
@@ -1314,2978 +1314,2978 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>38980220800014</v>
+        <v>13000337900018</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-        <v>72470033047</v>
+      <c r="I2" s="3" t="s">
+        <v>18</v>
       </c>
       <c r="J2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>39917881300016</v>
+        <v>13000460900017</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>21100030510</v>
+        <v>52490236949</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>13000337900018</v>
+        <v>13000770100027</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I4" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I4" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J4" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>13000460900017</v>
+        <v>13000772700071</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="I5" s="3">
-        <v>52490236949</v>
+        <v>83630419163</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>13000770100027</v>
+        <v>13000809700011</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G6" s="2"/>
+        <v>36</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>37</v>
+      </c>
       <c r="H6" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>17</v>
+      </c>
+      <c r="I6" s="3">
+        <v>76120131912</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>13000772700071</v>
+        <v>13000810500012</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G7" s="2"/>
+        <v>40</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>41</v>
+      </c>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="3">
-        <v>83630419163</v>
+        <v>52440613744</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>13000809700011</v>
+        <v>13001310500056</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D8" s="2"/>
+        <v>42</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="E8" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>13000810500012</v>
+        <v>13001313900014</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="G9" s="2" t="s">
         <v>48</v>
       </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I9" s="3">
-        <v>52440613744</v>
+        <v>83430323343</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>13001310500056</v>
+        <v>13001400400019</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="D10" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="G10" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I10" s="3"/>
+      <c r="I10" s="3">
+        <v>82070078607</v>
+      </c>
       <c r="J10" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>13001313900014</v>
+        <v>13001408700014</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>83430323343</v>
+        <v>95970041997</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>13001400400019</v>
+        <v>13001457400078</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I12" s="3">
-        <v>82070078607</v>
+        <v>94202111120</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>13001408700014</v>
+        <v>13002170200043</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+        <v>60</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>61</v>
+      </c>
       <c r="E13" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>13001457400078</v>
+        <v>13002172800014</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D14" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="I14" s="3">
-        <v>94202111120</v>
+        <v>25500110350</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>13002170200043</v>
+        <v>13002175100156</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="D15" s="2" t="s">
+      <c r="E15" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I15" s="3"/>
+        <v>32</v>
+      </c>
+      <c r="I15" s="3">
+        <v>28760539776</v>
+      </c>
       <c r="J15" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>13002172800014</v>
+        <v>13002179300018</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I16" s="3">
-        <v>25500110350</v>
+        <v>28270194427</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>13002175100156</v>
+        <v>13002179300026</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="E17" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D17" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="2" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I17" s="3">
-        <v>28760539776</v>
+        <v>28270194427</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>13002179300018</v>
+        <v>13002245200010</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I18" s="3">
-        <v>28270194427</v>
+        <v>75160091116</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>13002179300026</v>
+        <v>13002267600014</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="D19" s="2" t="s">
+      <c r="D19" s="2"/>
+      <c r="E19" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="3">
-        <v>28270194427</v>
+        <v>44670587467</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>13002245200010</v>
+        <v>13002269200367</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D20" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I20" s="3">
-        <v>75160091116</v>
+        <v>84691521069</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>13002267600014</v>
+        <v>13002271800014</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I21" s="3">
-        <v>44670587467</v>
+        <v>32590928359</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>13002269200367</v>
+        <v>13002280900011</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="D22" s="2" t="s">
+      <c r="D22" s="2"/>
+      <c r="E22" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I22" s="3">
-        <v>84691521069</v>
+        <v>53351000435</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>13002271800014</v>
+        <v>13002286600011</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D23" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I23" s="3">
-        <v>32590928359</v>
+        <v>84030359803</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>13002280900011</v>
+        <v>13002293200011</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="D24" s="2"/>
+      <c r="D24" s="2" t="s">
+        <v>95</v>
+      </c>
       <c r="E24" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I24" s="3">
-        <v>53351000435</v>
+        <v>53290897729</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>13002286600011</v>
+        <v>18013001500019</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="D25" s="2" t="s">
         <v>98</v>
       </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>84030359803</v>
+        <v>17</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>101</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>13002293200011</v>
+        <v>18130003900011</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="D26" s="2" t="s">
         <v>102</v>
       </c>
+      <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I26" s="3">
-        <v>53290897729</v>
+        <v>93131667313</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>18013001500019</v>
+        <v>18180001200013</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="G27" s="2" t="s">
         <v>106</v>
       </c>
-      <c r="F27" s="2" t="s">
+      <c r="H27" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="G27" s="2"/>
-[...5 lines deleted...]
-      </c>
       <c r="J27" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>18130003900011</v>
+        <v>18180001200021</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="E28" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="D28" s="2"/>
-      <c r="E28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>93131667313</v>
+        <v>32</v>
+      </c>
+      <c r="I28" s="3" t="s">
+        <v>107</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>18180001200013</v>
+        <v>18220005500016</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="G29" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="G29" s="2"/>
+      <c r="H29" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I29" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="H29" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J29" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>18180001200021</v>
+        <v>18230801500136</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>115</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>18220005500016</v>
+        <v>18240014300117</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>107</v>
+        <v>121</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>18230801500136</v>
+        <v>18263001200041</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>18240014300117</v>
+        <v>18280001100047</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="D33" s="2"/>
+        <v>128</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>129</v>
+      </c>
       <c r="E33" s="2" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="I33" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>18263001200041</v>
+        <v>18280001100104</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>18280001100047</v>
+        <v>18360001400017</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="D35" s="2" t="s">
+      <c r="D35" s="2"/>
+      <c r="E35" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="E35" s="2" t="s">
+      <c r="F35" s="2" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="3" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>18280001100104</v>
+        <v>18383001700152</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="D36" s="2"/>
+        <v>139</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>140</v>
+      </c>
       <c r="E36" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G36" s="2"/>
+        <v>142</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>143</v>
+      </c>
       <c r="H36" s="2" t="s">
-        <v>27</v>
+        <v>144</v>
       </c>
       <c r="I36" s="3" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>18360001400017</v>
+        <v>18383002500015</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>144</v>
+        <v>100</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I37" s="3" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>18383001700152</v>
+        <v>18400002400010</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I38" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="I38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J38" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>18383002500015</v>
+        <v>18530044900013</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="F39" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="G39" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="F39" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>17</v>
+      </c>
+      <c r="I39" s="3">
+        <v>52530049653</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>18400002400010</v>
+        <v>18542202900016</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I40" s="3"/>
       <c r="J40" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>18530044900013</v>
+        <v>18560005300010</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>107</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>52530049653</v>
+        <v>17</v>
+      </c>
+      <c r="I41" s="3" t="s">
+        <v>159</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>18542202900016</v>
+        <v>18572202200018</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I42" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I42" s="3" t="s">
+        <v>162</v>
+      </c>
       <c r="J42" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>18560005300010</v>
+        <v>18580003400067</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="D43" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>165</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>107</v>
+        <v>166</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>18572202200018</v>
+        <v>18640002400060</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="D44" s="2"/>
+        <v>168</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>169</v>
+      </c>
       <c r="E44" s="2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>107</v>
+        <v>171</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>18580003400067</v>
+        <v>18640005700011</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>170</v>
-[...3 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>18640002400060</v>
+        <v>18720092800088</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>179</v>
+        <v>59</v>
+      </c>
+      <c r="I46" s="3">
+        <v>52720101272</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>18640005700011</v>
+        <v>18743001200067</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>18720092800088</v>
+        <v>18750002000073</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="D48" s="2" t="s">
         <v>185</v>
       </c>
+      <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>186</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>187</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>52720101272</v>
+        <v>17</v>
+      </c>
+      <c r="I48" s="3" t="s">
+        <v>188</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>18743001200067</v>
+        <v>18770918300235</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>188</v>
+        <v>128</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>189</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>190</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>191</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>18750002000073</v>
+        <v>18840001400018</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>193</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>194</v>
+        <v>100</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>18770918300235</v>
+        <v>18850049000019</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>135</v>
+        <v>195</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
         <v>196</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>197</v>
+        <v>100</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>17</v>
+      </c>
+      <c r="I51" s="3">
+        <v>52850109285</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>18840001400018</v>
+        <v>18860003500144</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>107</v>
+        <v>199</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>17</v>
+      </c>
+      <c r="I52" s="3">
+        <v>54860109086</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>18850049000019</v>
+        <v>18870801000015</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>52850109285</v>
+        <v>17</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>202</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>18860003500144</v>
+        <v>18882211800017</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="F54" s="2" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>54860109086</v>
+        <v>17</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>206</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>18870801000015</v>
+        <v>18890911300014</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>207</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>208</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="G55" s="2"/>
+        <v>209</v>
+      </c>
+      <c r="G55" s="2" t="s">
+        <v>210</v>
+      </c>
       <c r="H55" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>18882211800017</v>
+        <v>18972002200012</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>18890911300014</v>
+        <v>18974211700063</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="D57" s="2"/>
+        <v>216</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>217</v>
+      </c>
       <c r="E57" s="2" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>216</v>
-[...3 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>218</v>
+        <v>144</v>
+      </c>
+      <c r="I57" s="3">
+        <v>98970017797</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>18972002200012</v>
+        <v>18974211700097</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>219</v>
-[...1 lines deleted...]
-      <c r="D58" s="2"/>
+        <v>216</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>220</v>
+      </c>
       <c r="E58" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>222</v>
+        <v>32</v>
+      </c>
+      <c r="I58" s="3">
+        <v>98970017797</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>18974211700063</v>
+        <v>18974211700121</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="D59" s="2" t="s">
         <v>223</v>
       </c>
-      <c r="D59" s="2" t="s">
+      <c r="E59" s="2" t="s">
         <v>224</v>
       </c>
-      <c r="E59" s="2" t="s">
+      <c r="F59" s="2" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>151</v>
+        <v>226</v>
       </c>
       <c r="I59" s="3">
         <v>98970017797</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>18974211700097</v>
+        <v>18975000300015</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="D60" s="2" t="s">
         <v>227</v>
       </c>
+      <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>229</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I60" s="3">
-        <v>98970017797</v>
+      <c r="I60" s="3" t="s">
+        <v>230</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>18974211700121</v>
+        <v>34174419100014</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>223</v>
-[...3 lines deleted...]
-      </c>
+        <v>231</v>
+      </c>
+      <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>233</v>
+        <v>32</v>
       </c>
       <c r="I61" s="3">
-        <v>98970017797</v>
+        <v>41550006255</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>18975000300015</v>
+        <v>38980220800014</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>234</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
         <v>235</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>236</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>237</v>
+        <v>32</v>
+      </c>
+      <c r="I62" s="3">
+        <v>72470033047</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>49773899700012</v>
+        <v>44492238900010</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="F63" s="2" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="I63" s="3"/>
       <c r="J63" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>44492238900010</v>
+        <v>44492238900044</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>243</v>
+        <v>58</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I64" s="3"/>
       <c r="J64" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>44492238900044</v>
+        <v>78128367600018</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>241</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I65" s="3"/>
+        <v>32</v>
+      </c>
+      <c r="I65" s="3">
+        <v>54170000117</v>
+      </c>
       <c r="J65" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>45235951600021</v>
+        <v>78338177500023</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>246</v>
+        <v>232</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>17</v>
+        <v>245</v>
       </c>
       <c r="I66" s="3">
-        <v>11910566091</v>
+        <v>41550000155</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>47991356800024</v>
+        <v>78370584100048</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="I67" s="3">
-        <v>73820050682</v>
+        <v>31590018459</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>53921684600011</v>
+        <v>78803676200037</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I68" s="3">
-        <v>43390093239</v>
+        <v>73320039232</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>78128367600018</v>
+        <v>45235951600021</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I69" s="3">
-        <v>54170000117</v>
+        <v>11910566091</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>78338177500023</v>
+        <v>47991356800024</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>259</v>
+        <v>32</v>
       </c>
       <c r="I70" s="3">
-        <v>41550000155</v>
+        <v>73820050682</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>78370584100048</v>
+        <v>53921684600011</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>66</v>
+        <v>32</v>
       </c>
       <c r="I71" s="3">
-        <v>31590018459</v>
+        <v>43390093239</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>78803676200037</v>
+        <v>49773899700012</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I72" s="3">
-        <v>73320039232</v>
+        <v>11910614991</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>51402217700018</v>
+        <v>41058110200010</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>17</v>
+        <v>144</v>
       </c>
       <c r="I73" s="3">
-        <v>43250236725</v>
+        <v>72330424333</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
         <v>30340844700033</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="I74" s="3">
         <v>22800001380</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>34174419100014</v>
+        <v>39917881300016</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="E75" s="2" t="s">
         <v>272</v>
-      </c>
-[...2 lines deleted...]
-        <v>258</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>273</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I75" s="3">
-        <v>41550006255</v>
+        <v>21100030510</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>41058110200010</v>
+        <v>51402217700018</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>274</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
         <v>275</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>276</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>151</v>
+        <v>32</v>
       </c>
       <c r="I76" s="3">
-        <v>72330424333</v>
+        <v>43250236725</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
         <v>89079142900016</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>277</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
         <v>278</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>279</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I77" s="3">
         <v>76341086134</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
         <v>90007495600013</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>280</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>281</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I78" s="3">
         <v>84691862869</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
         <v>90007495600021</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>280</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
         <v>282</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>283</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I79" s="3">
         <v>84691862869</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -4298,31 +4298,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 09:50:32</dc:description>
+  <dc:description>Export en date du 12/20/2025 09:04:15</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>