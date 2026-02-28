--- v1 (2025-12-20)
+++ v2 (2026-02-28)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="284">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="282">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -337,62 +337,62 @@
   <si>
     <t>1 RUE JOSEPH BERNIER 01000 BOURG-EN-BRESSE</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>8201P083901</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE INDUSTRIE DU PAYS ARLES</t>
   </si>
   <si>
     <t>AV DE LA PREM DIV FRANC LIBRE 13104 ARLES</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET D'INDUSTRIE DU CHER</t>
   </si>
   <si>
     <t>AVENUE D'ISSOUDUN 18000 BOURGES</t>
   </si>
   <si>
     <t>19/09/2024</t>
   </si>
   <si>
+    <t>FORMATION</t>
+  </si>
+  <si>
+    <t>BATIMENT B 14 ALLEE CHARLES PATHE 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>10/07/1990</t>
+  </si>
+  <si>
     <t>2418P000118</t>
   </si>
   <si>
-    <t>FORMATION</t>
-[...7 lines deleted...]
-  <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DES COTES D'ARMOR</t>
   </si>
   <si>
     <t>16 RUE DE GUERNESEY 22000 SAINT-BRIEUC</t>
   </si>
   <si>
     <t>5322P001722</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE DE GUERET</t>
   </si>
   <si>
     <t>CENTRE DE LA FORMATION DE LA CCI</t>
   </si>
   <si>
     <t>MAISON DE L'ECONOMIE 8 AVENUE D'AUVERGNE 23000 GUERET</t>
   </si>
   <si>
     <t>01/03/2017</t>
   </si>
   <si>
     <t>7423P000223</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE INDUSTRIE DORDOGNE</t>
@@ -451,53 +451,50 @@
   <si>
     <t>10/08/1983</t>
   </si>
   <si>
     <t>2436P000136</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE GRENOBLE</t>
   </si>
   <si>
     <t>GROUPE FORMATION-CCI FORMATION-CFA IMT-ISCO</t>
   </si>
   <si>
     <t>7 RUE HOCHE 38000 GRENOBLE</t>
   </si>
   <si>
     <t>01/09/1993</t>
   </si>
   <si>
     <t>27/10/2025</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
-    <t>8238P001138</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE NORD ISERE</t>
   </si>
   <si>
     <t>2 PLACE SAINT PIERRE 38200 VIENNE</t>
   </si>
   <si>
     <t>8238P000238</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE DES LANDES</t>
   </si>
   <si>
     <t>293 AVENUE DU MARECHAL FOCH 40000 MONT-DE-MARSAN</t>
   </si>
   <si>
     <t>7240P003840</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE LA MAYENNE</t>
   </si>
   <si>
     <t>12 RUE DE VERDUN 53000 LAVAL</t>
   </si>
   <si>
     <t>31/03/2025</t>
@@ -649,53 +646,50 @@
   <si>
     <t>CHAMBRE DE COMMERCE ET D INDUSTRIE DES VOSGES</t>
   </si>
   <si>
     <t>10 RUE CLAUDE GELEE 88000 EPINAL</t>
   </si>
   <si>
     <t>05/01/2004</t>
   </si>
   <si>
     <t>4188P002288</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE INDUSTRIE DE L'YONNE</t>
   </si>
   <si>
     <t>26 RUE ETIENNE DOLET 89000 AUXERRE</t>
   </si>
   <si>
     <t>06/12/2004</t>
   </si>
   <si>
     <t>04/11/2022</t>
   </si>
   <si>
-    <t>2689P000489</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MARTINIQUE</t>
   </si>
   <si>
     <t>50 RUE ERNEST DEPROGE 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>14/09/1983</t>
   </si>
   <si>
     <t>9797P000897</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION CENTHOR</t>
   </si>
   <si>
     <t>SAINT GILLES LES BAINS 1 ROUTE DE L'EPERON 97435 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/01/1994</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION NORD</t>
@@ -709,186 +703,186 @@
   <si>
     <t>CCI REUNION-POLE FORMATION SUD</t>
   </si>
   <si>
     <t>15 CHEMIN DE LA BALANCE 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>01/01/1999</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>CHAMBRE AGRICULTURE COMMERCE INDUSTRIE METIERS ARTISANAT</t>
   </si>
   <si>
     <t>4 BOULEVARD CONSTANT COLMAY 97500 SAINT-PIERRE</t>
   </si>
   <si>
     <t>02/11/1900</t>
   </si>
   <si>
     <t>05973158197</t>
   </si>
   <si>
+    <t>INTERFOR</t>
+  </si>
+  <si>
+    <t>2 RUE VADE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
+  </si>
+  <si>
     <t>ASSOCIATION DE FORMATION DE LA MEUSE</t>
   </si>
   <si>
     <t>PARC BRADFER 8 RUE ANTOINE DURENNE 55000 BAR-LE-DUC</t>
   </si>
   <si>
     <t>01/07/1987</t>
   </si>
   <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
+    <t>ECOLE DE MANAGEMENT COMMERCIAL DU JURA</t>
+  </si>
+  <si>
+    <t>BP 377 33 PLACE DE LA COMEDIE 39000 LONS-LE-SAUNIER</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>A D P S FORMATION</t>
+  </si>
+  <si>
+    <t>Y SCHOOLS - FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>18 AVENUE DES LOMBARDS 10000 TROYES</t>
+  </si>
+  <si>
+    <t>29/11/1994</t>
+  </si>
+  <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
     <t>SCHOLAR FAB ORGANISATION</t>
   </si>
   <si>
     <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
   </si>
   <si>
     <t>04/11/2002</t>
   </si>
   <si>
     <t>POLE UNIVERSITAIRE D'ALENCON CAMPUS DE DAMIGNY 61250 DAMIGNY</t>
   </si>
   <si>
+    <t>FACULTE DES METIERS DE L ESSONNE</t>
+  </si>
+  <si>
+    <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>CCI FORMATION 82</t>
+  </si>
+  <si>
+    <t>61 AVENUE LEON GAMBETTA 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RIEHL CLAUDIA   </t>
+  </si>
+  <si>
+    <t>24 B RUE JEANNE D ALBRET 91390 MORSANG-SUR-ORGE</t>
+  </si>
+  <si>
+    <t>24/04/2007</t>
+  </si>
+  <si>
+    <t>SOCIETE D'INTERVENTION EN FORMATION ET CONSEIL - SIFCO</t>
+  </si>
+  <si>
+    <t>46 AVENUE VILLARCEAU 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>29/08/2009</t>
+  </si>
+  <si>
     <t>CIPECMA</t>
   </si>
   <si>
     <t>MAISON DE LA FORMATION 17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>ASS MEUSIENNE INTER FORMATION ET PROMOTI</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>SKEMA  BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>CAMPUS SOPHIA-ANTIPOLIS 60 RUE DOSTOIEVSKI 06560 VALBONNE</t>
   </si>
   <si>
     <t>01/01/2010</t>
   </si>
   <si>
     <t>CCI FORMATION GERS</t>
   </si>
   <si>
     <t>10 RUE DIDEROT 32000 AUCH</t>
   </si>
   <si>
     <t>02/08/2018</t>
-  </si>
-[...73 lines deleted...]
-    <t>29/08/2009</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>CCI FORMATION PRO</t>
   </si>
   <si>
     <t>11/05/2021</t>
   </si>
   <si>
     <t>49 COURS FAURIEL 42100 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>01/07/2021</t>
   </si>
 </sst>
 </file>
 
@@ -1485,92 +1479,88 @@
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>13000809700011</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I6" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>13000810500012</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I7" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>13001310500056</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>29</v>
@@ -2280,91 +2270,89 @@
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>18180001200013</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>105</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>106</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>18180001200021</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D28" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="E28" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="E28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>18220005500016</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D29" s="2"/>
@@ -2625,1258 +2613,1254 @@
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>18383001700152</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>140</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>141</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>142</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>143</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="I36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I36" s="3"/>
       <c r="J36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>18383002500015</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="3" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>18400002400010</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>18530044900013</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I39" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I39" s="3"/>
       <c r="J39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>18542202900016</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="3"/>
       <c r="J40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>18560005300010</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>18572202200018</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>18580003400067</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="D43" s="2" t="s">
         <v>163</v>
       </c>
-      <c r="D43" s="2" t="s">
+      <c r="E43" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="E43" s="2" t="s">
+      <c r="F43" s="2" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>18640002400060</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="D44" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="D44" s="2" t="s">
+      <c r="E44" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="E44" s="2" t="s">
+      <c r="F44" s="2" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>18640005700011</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>18720092800088</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="D46" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="D46" s="2" t="s">
+      <c r="E46" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="E46" s="2" t="s">
+      <c r="F46" s="2" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I46" s="3">
         <v>52720101272</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>18743001200067</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="F47" s="2" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>18750002000073</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="F48" s="2" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>18770918300235</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>128</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F49" s="2" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>18840001400018</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>18850049000019</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="3">
         <v>52850109285</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>18860003500144</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="F52" s="2" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="3">
         <v>54860109086</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>18870801000015</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>18882211800017</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="F54" s="2" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>18890911300014</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="F55" s="2" t="s">
         <v>208</v>
       </c>
-      <c r="F55" s="2" t="s">
+      <c r="G55" s="2" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I55" s="3"/>
       <c r="J55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>18972002200012</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>18974211700063</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="E57" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="D57" s="2" t="s">
+      <c r="F57" s="2" t="s">
         <v>217</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>144</v>
       </c>
       <c r="I57" s="3">
         <v>98970017797</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>18974211700097</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D58" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="F58" s="2" t="s">
         <v>220</v>
-      </c>
-[...4 lines deleted...]
-        <v>222</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I58" s="3">
         <v>98970017797</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>18974211700121</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D59" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="E59" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="F59" s="2" t="s">
         <v>223</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="I59" s="3">
         <v>98970017797</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>18975000300015</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>34174419100014</v>
+        <v>30340844700033</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>32</v>
+        <v>144</v>
       </c>
       <c r="I61" s="3">
-        <v>41550006255</v>
+        <v>22800001380</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>38980220800014</v>
+        <v>34174419100014</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I62" s="3">
-        <v>72470033047</v>
+        <v>41550006255</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>44492238900010</v>
+        <v>38980220800014</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="I63" s="3"/>
+      <c r="I63" s="3">
+        <v>72470033047</v>
+      </c>
       <c r="J63" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>44492238900044</v>
+        <v>53921684600011</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="F64" s="2" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="I64" s="3"/>
+      <c r="I64" s="3">
+        <v>43390093239</v>
+      </c>
       <c r="J64" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>78128367600018</v>
+        <v>39917881300016</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>241</v>
       </c>
-      <c r="D65" s="2"/>
+      <c r="D65" s="2" t="s">
+        <v>242</v>
+      </c>
       <c r="E65" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I65" s="3">
-        <v>54170000117</v>
+        <v>21100030510</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>78338177500023</v>
+        <v>41058110200010</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>232</v>
+        <v>246</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>245</v>
+        <v>144</v>
       </c>
       <c r="I66" s="3">
-        <v>41550000155</v>
+        <v>72330424333</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>78370584100048</v>
+        <v>44492238900010</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="I67" s="3"/>
       <c r="J67" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>78803676200037</v>
+        <v>44492238900044</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>251</v>
+        <v>58</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="I68" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I68" s="3"/>
       <c r="J68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>45235951600021</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>252</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
         <v>253</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>254</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I69" s="3">
         <v>11910566091</v>
@@ -3911,362 +3895,360 @@
       <c r="F70" s="2" t="s">
         <v>257</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I70" s="3">
         <v>73820050682</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>53921684600011</v>
+        <v>49773899700012</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>258</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
         <v>259</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>260</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I71" s="3">
-        <v>43390093239</v>
+        <v>11910614991</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>49773899700012</v>
+        <v>51402217700018</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>261</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
         <v>262</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>263</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I72" s="3">
-        <v>11910614991</v>
+        <v>43250236725</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>41058110200010</v>
+        <v>78128367600018</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>264</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
         <v>265</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>266</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>144</v>
+        <v>32</v>
       </c>
       <c r="I73" s="3">
-        <v>72330424333</v>
+        <v>54170000117</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>30340844700033</v>
+        <v>78338177500023</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>267</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>268</v>
+        <v>233</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>144</v>
+        <v>268</v>
       </c>
       <c r="I74" s="3">
-        <v>22800001380</v>
+        <v>41550000155</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>39917881300016</v>
+        <v>78370584100048</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="D75" s="2"/>
+      <c r="E75" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="D75" s="2" t="s">
+      <c r="F75" s="2" t="s">
         <v>271</v>
-      </c>
-[...4 lines deleted...]
-        <v>273</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="I75" s="3">
-        <v>21100030510</v>
+        <v>31590018459</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>51402217700018</v>
+        <v>78803676200037</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I76" s="3">
-        <v>43250236725</v>
+        <v>73320039232</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
         <v>89079142900016</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I77" s="3">
         <v>76341086134</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
         <v>90007495600013</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I78" s="3">
         <v>84691862869</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
         <v>90007495600021</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I79" s="3">
         <v>84691862869</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -4298,31 +4280,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/20/2025 09:04:15</dc:description>
+  <dc:description>Export en date du 02/28/2026 07:15:57</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>