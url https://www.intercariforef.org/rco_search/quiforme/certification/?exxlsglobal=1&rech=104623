--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -79,243 +79,243 @@
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE ILLE-ET-VILAINE</t>
   </si>
   <si>
     <t>FACULTE DES METIERS CAMPUS DE BRUZ KERLANN</t>
   </si>
   <si>
     <t>RUE DES FRERES MONTGOLFIER 35170 BRUZ</t>
   </si>
   <si>
     <t>12/12/2016</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
+    <t>NOVACAP FORMATION</t>
+  </si>
+  <si>
+    <t>25 PLACE DES BONS ENFANTS 01000 BOURG-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>30/09/2015</t>
+  </si>
+  <si>
+    <t>12/05/2021</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR TOURANGEAU PAR ABREVIATION IST</t>
+  </si>
+  <si>
+    <t>1 AVENUE DU GENERAL NIESSEL 37200 TOURS</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t xml:space="preserve">DEVELAY PASCAL   </t>
   </si>
   <si>
     <t>IMPULS</t>
   </si>
   <si>
     <t>BAT. ANTARES, BAT D 365 RUE PIERRE SEGHERS 84000 AVIGNON</t>
   </si>
   <si>
     <t>11/11/2019</t>
   </si>
   <si>
     <t>10/01/2024</t>
   </si>
   <si>
-    <t>FAUX</t>
+    <t>LAERA</t>
+  </si>
+  <si>
+    <t>13 COURS DU DANUBE 77700 SERRIS</t>
+  </si>
+  <si>
+    <t>08/12/2017</t>
+  </si>
+  <si>
+    <t>18/03/2024</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>E2SE</t>
+  </si>
+  <si>
+    <t>4 RUE DES MOUETTES 14000 CAEN</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t>FORE ALTERNANCE</t>
+  </si>
+  <si>
+    <t>ZI DE JARRY 23 RUE ALFRED LUMIERE 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>24/12/2001</t>
+  </si>
+  <si>
+    <t>21/11/2024</t>
+  </si>
+  <si>
+    <t>AEQUALIA CONSULTANTS</t>
+  </si>
+  <si>
+    <t>QUARTIER TRASLEPUY CHEMIN DE LA CAVALIERE 30150 ROQUEMAURE</t>
+  </si>
+  <si>
+    <t>15/04/2003</t>
   </si>
   <si>
     <t>ICADEMIE</t>
   </si>
   <si>
     <t>ICADEMIE TOULON</t>
   </si>
   <si>
     <t>15 BOULEVARD DE STRASBOURG 83000 TOULON</t>
   </si>
   <si>
     <t>01/08/2013</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>ISFAC</t>
   </si>
   <si>
     <t>CENTRE D AFFAIRES ESPACE 10 17 RUE ALBIN HALLER 86000 POITIERS</t>
   </si>
   <si>
     <t>24/06/2006</t>
   </si>
   <si>
     <t>17 RUE JEAN PERRIN BOULEVARD DE LA REPUBLIQUE 17000 LA ROCHELLE</t>
   </si>
   <si>
     <t>01/11/2006</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>1 A RUE PAUL LANGEVIN 79000 NIORT</t>
   </si>
   <si>
     <t>01/06/2008</t>
   </si>
   <si>
     <t>MANITUDE</t>
   </si>
   <si>
     <t>215 ZA DE LA BAYETTE 83220 LE PRADET</t>
   </si>
   <si>
     <t>01/12/2018</t>
   </si>
   <si>
     <t>07/06/2022</t>
   </si>
   <si>
-    <t>70.22Z</t>
-[...1 lines deleted...]
-  <si>
     <t>SOLUT. IS</t>
   </si>
   <si>
     <t>12 AVENUE DE LA GRANDE BEGUDE 13770 VENELLES</t>
   </si>
   <si>
     <t>01/07/2010</t>
   </si>
   <si>
-    <t>E2SE</t>
-[...19 lines deleted...]
-  <si>
     <t>LA COMPAGNIE DE FORMATION</t>
   </si>
   <si>
     <t>PIGIER/MBWAY</t>
   </si>
   <si>
     <t>LE MILLENAIRE ALLEE JEAN-MARIE TJIBAOU 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>31/12/2014</t>
   </si>
   <si>
-    <t>LAERA</t>
-[...22 lines deleted...]
-  <si>
     <t>CENTRE D'ENSEIGNEMENT SUPERIEUR D'ADMINISTRATION ET DE MANAGEMENT DES ENTREPRISES SUP</t>
   </si>
   <si>
     <t>CESAME SUP</t>
   </si>
   <si>
     <t>1350 AVENUE ALBERT EINSTEIN 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>27/11/2017</t>
   </si>
   <si>
     <t>PROPULS'UP</t>
   </si>
   <si>
     <t>EBM BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>3-5 3 PLACE DU VILLAGE DES BARBANNIERS 92230 GENNEVILLIERS</t>
   </si>
   <si>
     <t>23/12/2020</t>
   </si>
   <si>
     <t>07/10/2024</t>
   </si>
   <si>
     <t>ESNA (ECOLE SUPERIEURE DE NEGOCIATION D'AFFAIRES)</t>
   </si>
   <si>
     <t>39 RUE DE LAXOU 54000 NANCY</t>
   </si>
   <si>
     <t>04/11/2019</t>
-  </si>
-[...19 lines deleted...]
-    <t>15/04/2003</t>
   </si>
   <si>
     <t>INSTITUT SUPERIEUR DE FORMATION HAVRAIS</t>
   </si>
   <si>
     <t>ISPN LH</t>
   </si>
   <si>
     <t>73 RUE GENERAL HOCHE 76600 LE HAVRE</t>
   </si>
   <si>
     <t>16/04/2018</t>
   </si>
   <si>
     <t>29/09/2023</t>
   </si>
   <si>
     <t>PROXIMA PARTENAIRE</t>
   </si>
   <si>
     <t>25 RUE COMMANDANT CHARCOT 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/04/2021</t>
   </si>
@@ -828,693 +828,693 @@
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3">
         <v>53351000435</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>35404194900075</v>
+        <v>80019756800028</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="F3" s="2" t="s">
+      <c r="G3" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="G3" s="2" t="s">
+      <c r="H3" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="H3" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I3" s="3">
-        <v>93840422384</v>
+        <v>82010158301</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>48908897100051</v>
+        <v>42975186000033</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="D4" s="2" t="s">
+      <c r="D4" s="2"/>
+      <c r="E4" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="F4" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="F4" s="2" t="s">
+      <c r="G4" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3">
-        <v>93830380583</v>
+        <v>24370181137</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>49098556100011</v>
+        <v>35404194900075</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="D5" s="2"/>
+      <c r="D5" s="2" t="s">
+        <v>33</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G5" s="2"/>
+        <v>35</v>
+      </c>
+      <c r="G5" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="H5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="3">
-        <v>54860098786</v>
+        <v>93840422384</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>49098556100029</v>
+        <v>79395696200021</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="G6" s="2"/>
+        <v>39</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>40</v>
+      </c>
       <c r="H6" s="2" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="I6" s="3">
-        <v>54860098786</v>
+        <v>11755071275</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>49098556100045</v>
+        <v>41811390800036</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="3">
-        <v>54860098786</v>
+        <v>25140138814</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>49136841100048</v>
+        <v>44062052400015</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="I8" s="3">
-        <v>93830581083</v>
+        <v>95970113997</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>52382066000018</v>
+        <v>44824029100014</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="I9" s="3">
-        <v>93131374513</v>
+        <v>76300435330</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>41811390800036</v>
+        <v>48908897100051</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D10" s="2"/>
+        <v>52</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>53</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I10" s="3">
-        <v>25140138814</v>
+        <v>93830380583</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>42975186000033</v>
+        <v>49098556100011</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="I11" s="3">
-        <v>24370181137</v>
+        <v>54860098786</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>32922456200614</v>
+        <v>49098556100029</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D12" s="2" t="s">
         <v>56</v>
       </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3">
-        <v>11755201275</v>
+        <v>54860098786</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>79395696200021</v>
+        <v>49098556100045</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="G13" s="2" t="s">
         <v>62</v>
       </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="I13" s="3">
-        <v>11755071275</v>
+        <v>54860098786</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>80019756800028</v>
+        <v>49136841100048</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="D14" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>66</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="I14" s="3">
-        <v>82010158301</v>
+        <v>93830581083</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>80210238400046</v>
+        <v>52382066000018</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="D15" s="2" t="s">
+      <c r="D15" s="2"/>
+      <c r="E15" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="I15" s="3"/>
+        <v>41</v>
+      </c>
+      <c r="I15" s="3">
+        <v>93131374513</v>
+      </c>
       <c r="J15" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>80389525900023</v>
+        <v>32922456200614</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="D16" s="2" t="s">
+      <c r="E16" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="F16" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="I16" s="3">
-        <v>11922686592</v>
+        <v>11755201275</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>80966890800035</v>
+        <v>80210238400046</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="E17" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="D17" s="2"/>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>44062052400015</v>
+        <v>80389525900023</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>82</v>
       </c>
       <c r="H18" s="2" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="I18" s="3">
-        <v>95970113997</v>
+        <v>11922686592</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>44824029100014</v>
+        <v>80966890800035</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="I19" s="3">
-        <v>76300435330</v>
+        <v>41540341454</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>84017027800013</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>87</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F20" s="2" t="s">
@@ -1767,31 +1767,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 11:07:07</dc:description>
+  <dc:description>Export en date du 12/22/2025 11:41:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>