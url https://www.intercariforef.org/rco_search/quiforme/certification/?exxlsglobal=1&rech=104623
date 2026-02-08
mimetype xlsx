--- v1 (2025-12-22)
+++ v2 (2026-02-08)
@@ -76,210 +76,210 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE ILLE-ET-VILAINE</t>
   </si>
   <si>
     <t>FACULTE DES METIERS CAMPUS DE BRUZ KERLANN</t>
   </si>
   <si>
     <t>RUE DES FRERES MONTGOLFIER 35170 BRUZ</t>
   </si>
   <si>
     <t>12/12/2016</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>LA COMPAGNIE DE FORMATION</t>
+  </si>
+  <si>
+    <t>PIGIER/MBWAY</t>
+  </si>
+  <si>
+    <t>LE MILLENAIRE ALLEE JEAN-MARIE TJIBAOU 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>31/12/2014</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
+    <t xml:space="preserve">DEVELAY PASCAL   </t>
+  </si>
+  <si>
+    <t>IMPULS</t>
+  </si>
+  <si>
+    <t>BAT. ANTARES, BAT D 365 RUE PIERRE SEGHERS 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>11/11/2019</t>
+  </si>
+  <si>
+    <t>10/01/2024</t>
+  </si>
+  <si>
+    <t>ISFAC</t>
+  </si>
+  <si>
+    <t>CENTRE D AFFAIRES ESPACE 10 17 RUE ALBIN HALLER 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>24/06/2006</t>
+  </si>
+  <si>
+    <t>17 RUE JEAN PERRIN BOULEVARD DE LA REPUBLIQUE 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>01/11/2006</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>1 A RUE PAUL LANGEVIN 79000 NIORT</t>
+  </si>
+  <si>
+    <t>01/06/2008</t>
+  </si>
+  <si>
+    <t>MANITUDE</t>
+  </si>
+  <si>
+    <t>215 ZA DE LA BAYETTE 83220 LE PRADET</t>
+  </si>
+  <si>
+    <t>01/12/2018</t>
+  </si>
+  <si>
+    <t>07/06/2022</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>LAERA</t>
+  </si>
+  <si>
+    <t>13 COURS DU DANUBE 77700 SERRIS</t>
+  </si>
+  <si>
+    <t>08/12/2017</t>
+  </si>
+  <si>
+    <t>18/03/2024</t>
+  </si>
+  <si>
+    <t>E2SE</t>
+  </si>
+  <si>
+    <t>4 RUE DES MOUETTES 14000 CAEN</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR TOURANGEAU PAR ABREVIATION IST</t>
+  </si>
+  <si>
+    <t>1 AVENUE DU GENERAL NIESSEL 37200 TOURS</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>FORE ALTERNANCE</t>
+  </si>
+  <si>
+    <t>ZI DE JARRY 23 RUE ALFRED LUMIERE 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>24/12/2001</t>
+  </si>
+  <si>
+    <t>21/11/2024</t>
+  </si>
+  <si>
+    <t>AEQUALIA CONSULTANTS</t>
+  </si>
+  <si>
+    <t>QUARTIER TRASLEPUY CHEMIN DE LA CAVALIERE 30150 ROQUEMAURE</t>
+  </si>
+  <si>
+    <t>15/04/2003</t>
+  </si>
+  <si>
+    <t>ICADEMIE</t>
+  </si>
+  <si>
+    <t>ICADEMIE TOULON</t>
+  </si>
+  <si>
+    <t>15 BOULEVARD DE STRASBOURG 83000 TOULON</t>
+  </si>
+  <si>
+    <t>01/08/2013</t>
+  </si>
+  <si>
+    <t>SOLUT. IS</t>
+  </si>
+  <si>
+    <t>12 AVENUE DE LA GRANDE BEGUDE 13770 VENELLES</t>
+  </si>
+  <si>
+    <t>01/07/2010</t>
+  </si>
+  <si>
     <t>NOVACAP FORMATION</t>
   </si>
   <si>
     <t>25 PLACE DES BONS ENFANTS 01000 BOURG-EN-BRESSE</t>
   </si>
   <si>
     <t>30/09/2015</t>
   </si>
   <si>
     <t>12/05/2021</t>
-  </si>
-[...145 lines deleted...]
-    <t>31/12/2014</t>
   </si>
   <si>
     <t>CENTRE D'ENSEIGNEMENT SUPERIEUR D'ADMINISTRATION ET DE MANAGEMENT DES ENTREPRISES SUP</t>
   </si>
   <si>
     <t>CESAME SUP</t>
   </si>
   <si>
     <t>1350 AVENUE ALBERT EINSTEIN 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>27/11/2017</t>
   </si>
   <si>
     <t>PROPULS'UP</t>
   </si>
   <si>
     <t>EBM BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>3-5 3 PLACE DU VILLAGE DES BARBANNIERS 92230 GENNEVILLIERS</t>
   </si>
   <si>
     <t>23/12/2020</t>
   </si>
@@ -828,930 +828,930 @@
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3">
         <v>53351000435</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>80019756800028</v>
+        <v>32922456200614</v>
       </c>
       <c r="B3" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="2" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="G3" s="2" t="s">
+      <c r="G3" s="2"/>
+      <c r="H3" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="H3" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I3" s="3">
-        <v>82010158301</v>
+        <v>11755201275</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>42975186000033</v>
+        <v>35404194900075</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="D4" s="2"/>
+      <c r="D4" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="E4" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I4" s="3">
-        <v>24370181137</v>
+        <v>93840422384</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>35404194900075</v>
+        <v>49098556100011</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="D5" s="2" t="s">
+      <c r="D5" s="2"/>
+      <c r="E5" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="F5" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="F5" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="3">
-        <v>93840422384</v>
+        <v>54860098786</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>79395696200021</v>
+        <v>49098556100029</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I6" s="3">
-        <v>11755071275</v>
+        <v>54860098786</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>41811390800036</v>
+        <v>49098556100045</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="3">
-        <v>25140138814</v>
+        <v>54860098786</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>44062052400015</v>
+        <v>49136841100048</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="I8" s="3">
-        <v>95970113997</v>
+        <v>93830581083</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>44824029100014</v>
+        <v>79395696200021</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G9" s="2"/>
+        <v>47</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>48</v>
+      </c>
       <c r="H9" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="I9" s="3">
-        <v>76300435330</v>
+        <v>11755071275</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>48908897100051</v>
+        <v>41811390800036</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I10" s="3">
-        <v>93830380583</v>
+        <v>25140138814</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>49098556100011</v>
+        <v>42975186000033</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="G11" s="2"/>
+        <v>54</v>
+      </c>
+      <c r="G11" s="2" t="s">
+        <v>55</v>
+      </c>
       <c r="H11" s="2" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="I11" s="3">
-        <v>54860098786</v>
+        <v>24370181137</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>49098556100029</v>
+        <v>44062052400015</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="G12" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="F12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="I12" s="3">
-        <v>54860098786</v>
+        <v>95970113997</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>49098556100045</v>
+        <v>44824029100014</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="I13" s="3">
-        <v>54860098786</v>
+        <v>76300435330</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>49136841100048</v>
+        <v>48908897100051</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="D14" s="2"/>
+      <c r="D14" s="2" t="s">
+        <v>64</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G14" s="2" t="s">
         <v>66</v>
       </c>
+      <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="I14" s="3">
-        <v>93830581083</v>
+        <v>93830380583</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>52382066000018</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="I15" s="3">
         <v>93131374513</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>32922456200614</v>
+        <v>80019756800028</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D16" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="E16" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="F16" s="2" t="s">
+      <c r="G16" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I16" s="3">
-        <v>11755201275</v>
+        <v>82010158301</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>80210238400046</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>80389525900023</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>79</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>82</v>
       </c>
       <c r="H18" s="2" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="I18" s="3">
         <v>11922686592</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>80966890800035</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="3">
         <v>41540341454</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>84017027800013</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>87</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>90</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="3">
         <v>28760579676</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>84539364400024</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>94</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="3">
         <v>75331298833</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>88128967200035</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>96</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>97</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="3">
         <v>44670654167</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>88130557700010</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>99</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="3">
         <v>76310994931</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>88217465900012</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>105</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="3">
         <v>11922335392</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>89315204100016</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>108</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="3">
         <v>76311038731</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1767,31 +1767,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/22/2025 11:41:43</dc:description>
+  <dc:description>Export en date du 02/08/2026 04:31:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>