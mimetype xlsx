--- v2 (2026-02-08)
+++ v3 (2026-03-25)
@@ -112,162 +112,162 @@
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t xml:space="preserve">DEVELAY PASCAL   </t>
   </si>
   <si>
     <t>IMPULS</t>
   </si>
   <si>
     <t>BAT. ANTARES, BAT D 365 RUE PIERRE SEGHERS 84000 AVIGNON</t>
   </si>
   <si>
     <t>11/11/2019</t>
   </si>
   <si>
     <t>10/01/2024</t>
   </si>
   <si>
+    <t>E2SE</t>
+  </si>
+  <si>
+    <t>4 RUE DES MOUETTES 14000 CAEN</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR TOURANGEAU PAR ABREVIATION IST</t>
+  </si>
+  <si>
+    <t>1 AVENUE DU GENERAL NIESSEL 37200 TOURS</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>FORE ALTERNANCE</t>
+  </si>
+  <si>
+    <t>ZI DE JARRY 23 RUE ALFRED LUMIERE 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>24/12/2001</t>
+  </si>
+  <si>
+    <t>21/11/2024</t>
+  </si>
+  <si>
+    <t>AEQUALIA CONSULTANTS</t>
+  </si>
+  <si>
+    <t>QUARTIER TRASLEPUY CHEMIN DE LA CAVALIERE 30150 ROQUEMAURE</t>
+  </si>
+  <si>
+    <t>15/04/2003</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>ICADEMIE</t>
+  </si>
+  <si>
+    <t>ICADEMIE TOULON</t>
+  </si>
+  <si>
+    <t>15 BOULEVARD DE STRASBOURG 83000 TOULON</t>
+  </si>
+  <si>
+    <t>01/08/2013</t>
+  </si>
+  <si>
     <t>ISFAC</t>
   </si>
   <si>
     <t>CENTRE D AFFAIRES ESPACE 10 17 RUE ALBIN HALLER 86000 POITIERS</t>
   </si>
   <si>
     <t>24/06/2006</t>
   </si>
   <si>
     <t>17 RUE JEAN PERRIN BOULEVARD DE LA REPUBLIQUE 17000 LA ROCHELLE</t>
   </si>
   <si>
     <t>01/11/2006</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>1 A RUE PAUL LANGEVIN 79000 NIORT</t>
   </si>
   <si>
     <t>01/06/2008</t>
   </si>
   <si>
     <t>MANITUDE</t>
   </si>
   <si>
     <t>215 ZA DE LA BAYETTE 83220 LE PRADET</t>
   </si>
   <si>
     <t>01/12/2018</t>
   </si>
   <si>
     <t>07/06/2022</t>
   </si>
   <si>
-    <t>70.22Z</t>
+    <t>SOLUT. IS</t>
+  </si>
+  <si>
+    <t>12 AVENUE DE LA GRANDE BEGUDE 13770 VENELLES</t>
+  </si>
+  <si>
+    <t>01/07/2010</t>
   </si>
   <si>
     <t>LAERA</t>
   </si>
   <si>
     <t>13 COURS DU DANUBE 77700 SERRIS</t>
   </si>
   <si>
     <t>08/12/2017</t>
   </si>
   <si>
     <t>18/03/2024</t>
-  </si>
-[...61 lines deleted...]
-    <t>01/07/2010</t>
   </si>
   <si>
     <t>NOVACAP FORMATION</t>
   </si>
   <si>
     <t>25 PLACE DES BONS ENFANTS 01000 BOURG-EN-BRESSE</t>
   </si>
   <si>
     <t>30/09/2015</t>
   </si>
   <si>
     <t>12/05/2021</t>
   </si>
   <si>
     <t>CENTRE D'ENSEIGNEMENT SUPERIEUR D'ADMINISTRATION ET DE MANAGEMENT DES ENTREPRISES SUP</t>
   </si>
   <si>
     <t>CESAME SUP</t>
   </si>
   <si>
     <t>1350 AVENUE ALBERT EINSTEIN 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>27/11/2017</t>
   </si>
@@ -890,511 +890,499 @@
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>35404194900075</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>31</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I4" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>49098556100011</v>
+        <v>41811390800036</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="3">
-        <v>54860098786</v>
+        <v>25140138814</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>49098556100029</v>
+        <v>42975186000033</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="G6" s="2"/>
+        <v>37</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>38</v>
+      </c>
       <c r="H6" s="2" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>49098556100045</v>
+        <v>44062052400015</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F7" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="G7" s="2"/>
-[...5 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>49136841100048</v>
+        <v>44824029100014</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="I8" s="3">
-        <v>93830581083</v>
+        <v>76300435330</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>79395696200021</v>
+        <v>48908897100051</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+        <v>48</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>49</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="I9" s="3">
-        <v>11755071275</v>
+        <v>93830380583</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>41811390800036</v>
+        <v>49098556100011</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="3">
-        <v>25140138814</v>
+        <v>54860098786</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>42975186000033</v>
+        <v>49098556100029</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="I11" s="3">
-        <v>24370181137</v>
+        <v>54860098786</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>44062052400015</v>
+        <v>49098556100045</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="G12" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="I12" s="3">
-        <v>95970113997</v>
+        <v>54860098786</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>44824029100014</v>
+        <v>49136841100048</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="F13" s="2" t="s">
+      <c r="G13" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>48908897100051</v>
+        <v>52382066000018</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="D14" s="2"/>
+      <c r="E14" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="I14" s="3">
-        <v>93830380583</v>
+        <v>93131374513</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>52382066000018</v>
+        <v>79395696200021</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="F15" s="2" t="s">
+      <c r="G15" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>80019756800028</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>73</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I16" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>80210238400046</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>75</v>
@@ -1424,55 +1412,53 @@
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>80389525900023</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>79</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>82</v>
       </c>
       <c r="H18" s="2" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>80966890800035</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
@@ -1504,92 +1490,88 @@
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>84017027800013</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>87</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>90</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I20" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>84539364400024</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>94</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I21" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>88128967200035</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>96</v>
@@ -1660,53 +1642,51 @@
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>88217465900012</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>105</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I24" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>89315204100016</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
@@ -1767,31 +1747,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/08/2026 04:31:27</dc:description>
+  <dc:description>Export en date du 03/25/2026 10:10:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>