--- v3 (2026-03-25)
+++ v4 (2026-03-25)
@@ -76,108 +76,108 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE ILLE-ET-VILAINE</t>
   </si>
   <si>
     <t>FACULTE DES METIERS CAMPUS DE BRUZ KERLANN</t>
   </si>
   <si>
     <t>RUE DES FRERES MONTGOLFIER 35170 BRUZ</t>
   </si>
   <si>
     <t>12/12/2016</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR TOURANGEAU PAR ABREVIATION IST</t>
+  </si>
+  <si>
+    <t>1 AVENUE DU GENERAL NIESSEL 37200 TOURS</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
     <t>LA COMPAGNIE DE FORMATION</t>
   </si>
   <si>
     <t>PIGIER/MBWAY</t>
   </si>
   <si>
     <t>LE MILLENAIRE ALLEE JEAN-MARIE TJIBAOU 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>31/12/2014</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">DEVELAY PASCAL   </t>
   </si>
   <si>
     <t>IMPULS</t>
   </si>
   <si>
     <t>BAT. ANTARES, BAT D 365 RUE PIERRE SEGHERS 84000 AVIGNON</t>
   </si>
   <si>
     <t>11/11/2019</t>
   </si>
   <si>
     <t>10/01/2024</t>
   </si>
   <si>
     <t>E2SE</t>
   </si>
   <si>
     <t>4 RUE DES MOUETTES 14000 CAEN</t>
   </si>
   <si>
     <t>01/08/2018</t>
-  </si>
-[...13 lines deleted...]
-    <t>85.32Z</t>
   </si>
   <si>
     <t>FORE ALTERNANCE</t>
   </si>
   <si>
     <t>ZI DE JARRY 23 RUE ALFRED LUMIERE 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>24/12/2001</t>
   </si>
   <si>
     <t>21/11/2024</t>
   </si>
   <si>
     <t>AEQUALIA CONSULTANTS</t>
   </si>
   <si>
     <t>QUARTIER TRASLEPUY CHEMIN DE LA CAVALIERE 30150 ROQUEMAURE</t>
   </si>
   <si>
     <t>15/04/2003</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
@@ -828,910 +828,910 @@
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3">
         <v>53351000435</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>32922456200614</v>
+        <v>42975186000033</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D3" s="2" t="s">
         <v>21</v>
       </c>
+      <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="G3" s="2"/>
+      <c r="G3" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="H3" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="I3" s="3"/>
       <c r="J3" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>35404194900075</v>
+        <v>32922456200614</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="G4" s="2" t="s">
+      <c r="G4" s="2"/>
+      <c r="H4" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="H4" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I4" s="3"/>
+      <c r="I4" s="3">
+        <v>11755201275</v>
+      </c>
       <c r="J4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>41811390800036</v>
+        <v>35404194900075</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="D5" s="2"/>
+      <c r="D5" s="2" t="s">
+        <v>33</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G5" s="2"/>
+        <v>35</v>
+      </c>
+      <c r="G5" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="H5" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I5" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>42975186000033</v>
+        <v>41811390800036</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="I6" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I6" s="3">
+        <v>25140138814</v>
+      </c>
       <c r="J6" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>44062052400015</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H7" s="2" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>44824029100014</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I8" s="3">
         <v>76300435330</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>48908897100051</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="I9" s="3">
         <v>93830380583</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>49098556100011</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="3">
         <v>54860098786</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>49098556100029</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="I11" s="3">
         <v>54860098786</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>49098556100045</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="3">
         <v>54860098786</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>49136841100048</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>52382066000018</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I14" s="3">
         <v>93131374513</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>79395696200021</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>69</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>80019756800028</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>73</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>80210238400046</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>80389525900023</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>79</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>82</v>
       </c>
       <c r="H18" s="2" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>80966890800035</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="3">
         <v>41540341454</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>84017027800013</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>87</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>90</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>84539364400024</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>94</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>88128967200035</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>96</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>97</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="3">
         <v>44670654167</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>88130557700010</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>99</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="3">
         <v>76310994931</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>88217465900012</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>105</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>89315204100016</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>108</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="3">
         <v>76311038731</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1747,31 +1747,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/25/2026 10:10:20</dc:description>
+  <dc:description>Export en date du 03/25/2026 11:39:38</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>