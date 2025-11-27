--- v0 (2025-10-05)
+++ v1 (2025-11-27)
@@ -14,194 +14,197 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>ICD</t>
+  </si>
+  <si>
+    <t>PARC DE L EVENEMENT 1 ALLEE D'EFFIAT 91160 LONGJUMEAU</t>
+  </si>
+  <si>
+    <t>29/06/2002</t>
+  </si>
+  <si>
+    <t>90.02Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
     <t>EXCELIA GROUP</t>
   </si>
   <si>
     <t>LES MINIMES 102 RUE DE COUREILLES 17000 LA ROCHELLE</t>
   </si>
   <si>
     <t>23/11/1988</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>ASS INSTIT SUP COM PRESSE AUDIOVISUEL</t>
+  </si>
+  <si>
+    <t>12 RUE ALEXANDRE PARODI 75010 PARIS</t>
+  </si>
+  <si>
+    <t>07/07/1999</t>
+  </si>
+  <si>
+    <t>59.11A</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>A.3.D.</t>
+  </si>
+  <si>
+    <t>11-13 11 RUE CHARLES COULOMB 22950 TREGUEUX</t>
+  </si>
+  <si>
+    <t>23/03/2005</t>
+  </si>
+  <si>
+    <t>28/01/2022</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>I.T.C.</t>
+  </si>
+  <si>
+    <t>11 RUE RABELAIS 22000 SAINT-BRIEUC</t>
+  </si>
+  <si>
     <t>COM'FORMATIONS</t>
   </si>
   <si>
     <t>19 AVENUE ARISTIDE BRIAND 03200 VICHY</t>
   </si>
   <si>
     <t>25/01/2022</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
-    <t>FAUX</t>
+    <t>INSTITUT DE GESTION SOCIALE</t>
+  </si>
+  <si>
+    <t>1 RUE JACQUES BINGEN 75017 PARIS</t>
+  </si>
+  <si>
+    <t>21/12/1999</t>
+  </si>
+  <si>
+    <t>GROUPE IGS - CIEFA</t>
+  </si>
+  <si>
+    <t>06/11/1992</t>
   </si>
   <si>
     <t>MTV</t>
   </si>
   <si>
+    <t>SKILZH</t>
+  </si>
+  <si>
     <t>20 RUE DE LA TOURELLE 29000 QUIMPER</t>
   </si>
   <si>
     <t>15/07/2020</t>
-  </si>
-[...61 lines deleted...]
-    <t>11 RUE RABELAIS 22000 SAINT-BRIEUC</t>
   </si>
   <si>
     <t>SMT</t>
   </si>
   <si>
     <t>02/11/2020</t>
   </si>
   <si>
     <t>24/02/2021</t>
   </si>
   <si>
     <t>EM NORMANDIE COMPETENCES</t>
   </si>
   <si>
     <t>9 RUE CLAUDE BLOCH 14000 CAEN</t>
   </si>
   <si>
     <t>03/09/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -624,455 +627,457 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>34876850800015</v>
+        <v>34221359200070</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>81249236100033</v>
+        <v>34876850800015</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="3">
-        <v>84630557063</v>
+        <v>54170112617</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>82041060300022</v>
+        <v>45367815300017</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I4" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>31249509600157</v>
+        <v>48180466400011</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G5" s="2"/>
+        <v>31</v>
+      </c>
+      <c r="G5" s="2" t="s">
+        <v>32</v>
+      </c>
       <c r="H5" s="2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I5" s="3">
-        <v>11750247275</v>
+        <v>53220797422</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>33264146300028</v>
+        <v>48180466400037</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D6" s="2"/>
+        <v>29</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>34</v>
+      </c>
       <c r="E6" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I6" s="3">
-        <v>11752052275</v>
+        <v>53220797422</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>34221359200070</v>
+        <v>81249236100033</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="I7" s="3"/>
+        <v>39</v>
+      </c>
+      <c r="I7" s="3">
+        <v>84630557063</v>
+      </c>
       <c r="J7" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>45367815300017</v>
+        <v>31249509600157</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I8" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I8" s="3">
+        <v>11750247275</v>
+      </c>
       <c r="J8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>48180466400011</v>
+        <v>33264146300028</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="G9" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I9" s="3">
-        <v>53220797422</v>
+        <v>11752052275</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>48180466400037</v>
+        <v>82041060300022</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I10" s="3">
-        <v>53220797422</v>
+        <v>53290893029</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>89060487900019</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I11" s="3">
         <v>53290973229</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>90170349600025</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I12" s="3">
         <v>28760644876</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1085,31 +1090,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/05/2025 05:53:21</dc:description>
+  <dc:description>Export en date du 11/27/2025 20:43:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>