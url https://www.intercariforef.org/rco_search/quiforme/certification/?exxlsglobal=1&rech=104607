--- v1 (2025-11-27)
+++ v2 (2026-01-16)
@@ -88,96 +88,96 @@
   <si>
     <t>29/06/2002</t>
   </si>
   <si>
     <t>90.02Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>EXCELIA GROUP</t>
   </si>
   <si>
     <t>LES MINIMES 102 RUE DE COUREILLES 17000 LA ROCHELLE</t>
   </si>
   <si>
     <t>23/11/1988</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>IFIC (INSTITUT DE FORMATION A L'INFORMATION ET A LA COMMUNICATION)</t>
+  </si>
+  <si>
+    <t>19 AVENUE ARISTIDE BRIAND 03200 VICHY</t>
+  </si>
+  <si>
+    <t>25/01/2022</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>A.3.D.</t>
+  </si>
+  <si>
+    <t>11-13 11 RUE CHARLES COULOMB 22950 TREGUEUX</t>
+  </si>
+  <si>
+    <t>23/03/2005</t>
+  </si>
+  <si>
+    <t>28/01/2022</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>I.T.C.</t>
+  </si>
+  <si>
+    <t>11 RUE RABELAIS 22000 SAINT-BRIEUC</t>
+  </si>
+  <si>
     <t>ASS INSTIT SUP COM PRESSE AUDIOVISUEL</t>
   </si>
   <si>
     <t>12 RUE ALEXANDRE PARODI 75010 PARIS</t>
   </si>
   <si>
     <t>07/07/1999</t>
   </si>
   <si>
     <t>59.11A</t>
-  </si>
-[...34 lines deleted...]
-    <t>85.59B</t>
   </si>
   <si>
     <t>INSTITUT DE GESTION SOCIALE</t>
   </si>
   <si>
     <t>1 RUE JACQUES BINGEN 75017 PARIS</t>
   </si>
   <si>
     <t>21/12/1999</t>
   </si>
   <si>
     <t>GROUPE IGS - CIEFA</t>
   </si>
   <si>
     <t>06/11/1992</t>
   </si>
   <si>
     <t>MTV</t>
   </si>
   <si>
     <t>SKILZH</t>
   </si>
   <si>
     <t>20 RUE DE LA TOURELLE 29000 QUIMPER</t>
   </si>
@@ -699,81 +699,83 @@
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="3">
         <v>54170112617</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>45367815300017</v>
+        <v>81249236100033</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I4" s="3"/>
+      <c r="I4" s="3">
+        <v>84630557063</v>
+      </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>48180466400011</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>33</v>
       </c>
@@ -812,83 +814,81 @@
       <c r="F6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I6" s="3">
         <v>53220797422</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>81249236100033</v>
+        <v>45367815300017</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="I7" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>31249509600157</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I8" s="3">
         <v>11750247275</v>
@@ -896,51 +896,51 @@
       <c r="J8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>33264146300028</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I9" s="3">
         <v>11752052275</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
@@ -1090,31 +1090,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/27/2025 20:43:18</dc:description>
+  <dc:description>Export en date du 01/16/2026 03:43:48</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>