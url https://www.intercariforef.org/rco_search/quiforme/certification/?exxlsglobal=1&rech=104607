--- v2 (2026-01-16)
+++ v3 (2026-03-03)
@@ -14,185 +14,176 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>INSTITUT DE GESTION SOCIALE</t>
+  </si>
+  <si>
+    <t>1 RUE JACQUES BINGEN 75017 PARIS</t>
+  </si>
+  <si>
+    <t>21/12/1999</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>GROUPE IGS - CIEFA</t>
+  </si>
+  <si>
+    <t>12 RUE ALEXANDRE PARODI 75010 PARIS</t>
+  </si>
+  <si>
+    <t>06/11/1992</t>
+  </si>
+  <si>
     <t>ICD</t>
   </si>
   <si>
     <t>PARC DE L EVENEMENT 1 ALLEE D'EFFIAT 91160 LONGJUMEAU</t>
   </si>
   <si>
     <t>29/06/2002</t>
   </si>
   <si>
     <t>90.02Z</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>EXCELIA GROUP</t>
   </si>
   <si>
     <t>LES MINIMES 102 RUE DE COUREILLES 17000 LA ROCHELLE</t>
   </si>
   <si>
     <t>23/11/1988</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
-    <t>VRAI</t>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>A.3.D.</t>
+  </si>
+  <si>
+    <t>11-13 11 RUE CHARLES COULOMB 22950 TREGUEUX</t>
+  </si>
+  <si>
+    <t>23/03/2005</t>
+  </si>
+  <si>
+    <t>28/01/2022</t>
+  </si>
+  <si>
+    <t>I.T.C.</t>
+  </si>
+  <si>
+    <t>11 RUE RABELAIS 22000 SAINT-BRIEUC</t>
   </si>
   <si>
     <t>IFIC (INSTITUT DE FORMATION A L'INFORMATION ET A LA COMMUNICATION)</t>
   </si>
   <si>
     <t>19 AVENUE ARISTIDE BRIAND 03200 VICHY</t>
   </si>
   <si>
     <t>25/01/2022</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...49 lines deleted...]
-    <t>06/11/1992</t>
   </si>
   <si>
     <t>MTV</t>
   </si>
   <si>
     <t>SKILZH</t>
   </si>
   <si>
     <t>20 RUE DE LA TOURELLE 29000 QUIMPER</t>
   </si>
   <si>
     <t>15/07/2020</t>
   </si>
   <si>
     <t>SMT</t>
   </si>
   <si>
     <t>02/11/2020</t>
   </si>
   <si>
     <t>24/02/2021</t>
   </si>
   <si>
     <t>EM NORMANDIE COMPETENCES</t>
   </si>
@@ -627,457 +618,445 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>34221359200070</v>
+        <v>31249509600157</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3"/>
+      <c r="I2" s="3">
+        <v>11750247275</v>
+      </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>34876850800015</v>
+        <v>33264146300028</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>54170112617</v>
+        <v>11752052275</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>81249236100033</v>
+        <v>34221359200070</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" s="2" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>48180466400011</v>
+        <v>34876850800015</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="F5" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I5" s="3">
-        <v>53220797422</v>
+        <v>54170112617</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>48180466400037</v>
+        <v>45367815300017</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="C6" s="2" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
       <c r="G6" s="2"/>
-      <c r="H6" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H6" s="2"/>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>45367815300017</v>
+        <v>48180466400011</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G7" s="2"/>
+        <v>34</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>35</v>
+      </c>
       <c r="H7" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>31249509600157</v>
+        <v>48180466400037</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D8" s="2"/>
+        <v>32</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="E8" s="2" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>11750247275</v>
+        <v>53220797422</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>33264146300028</v>
+        <v>81249236100033</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="I9" s="3">
-        <v>11752052275</v>
+        <v>84630557063</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>82041060300022</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>45</v>
-      </c>
-[...7 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I10" s="3">
         <v>53290893029</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>89060487900019</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="F11" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="2" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>90170349600025</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I12" s="3">
         <v>28760644876</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1090,31 +1069,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/16/2026 03:43:48</dc:description>
+  <dc:description>Export en date du 03/03/2026 11:41:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>