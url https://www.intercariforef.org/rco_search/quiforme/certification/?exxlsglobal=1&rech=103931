--- v0 (2025-10-04)
+++ v1 (2025-12-17)
@@ -58,51 +58,51 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES DU MIN DE L'EDUCATION NATIONALE, CHARGE DE L'ENSEIGNEMENT SUPERIEUR ET DE LA RECHERCHE</t>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
   </si>
   <si>
     <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
   </si>
   <si>
     <t>16/05/2012</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>UNIVERSITE DE MONTPELLIER</t>
   </si>
   <si>
     <t>163 RUE AUGUSTE BROUSSONNET 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
@@ -694,62 +694,64 @@
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>18009202500113</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I5" s="3"/>
+      <c r="I5" s="3">
+        <v>76300411830</v>
+      </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>18009202500154</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
@@ -797,31 +799,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/04/2025 05:09:32</dc:description>
+  <dc:description>Export en date du 12/17/2025 02:08:06</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>