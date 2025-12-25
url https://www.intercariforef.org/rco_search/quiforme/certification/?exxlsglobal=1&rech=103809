--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -58,471 +58,471 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
+  </si>
+  <si>
+    <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
+  </si>
+  <si>
+    <t>16/05/2012</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE NIMES</t>
+  </si>
+  <si>
+    <t>RUE DU DOCTEUR GEORGES SALAN 30000 NIMES</t>
+  </si>
+  <si>
+    <t>07/05/2007</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE D INDUSTRIE DE MAINE LOIRE</t>
+  </si>
+  <si>
+    <t>8 BOULEVARD DU ROI RENE 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/2008</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>ETS FORMATION ANGERS</t>
+  </si>
+  <si>
+    <t>CENTRE PIERRE COINTREAU 132 AVENUE DE LATTRE DE TASSIGNY 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE STRASBOURG</t>
+  </si>
+  <si>
+    <t>4 RUE BLAISE PASCAL 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>18/08/2008</t>
+  </si>
+  <si>
+    <t>UNIVERSITE D'AIX MARSEILLE</t>
+  </si>
+  <si>
+    <t>58 BOULEVARD CHARLES LIVON 13007 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE LORRAINE</t>
+  </si>
+  <si>
+    <t>34 COURS LEOPOLD 54000 NANCY</t>
+  </si>
+  <si>
+    <t>UNIVERSITE POLYTECHNIQUE HAUTS-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>UNIV VALENCIEN MONT HOUY 59300 AULNOY-LEZ-VALENCIENNES</t>
+  </si>
+  <si>
+    <t>11/09/2019</t>
+  </si>
+  <si>
+    <t>UNIVERSITE PARIS-SACLAY</t>
+  </si>
+  <si>
+    <t>BATIMENT BREGUET 3 RUE JOLIOT-CURIE 91190 GIF-SUR-YVETTE</t>
+  </si>
+  <si>
+    <t>01/04/2021</t>
+  </si>
+  <si>
+    <t>GIP FORMATION ET CERTIFICATION POUR L'INSERTION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>CFA DE L'ACADEMIE DE TOULOUSE</t>
+  </si>
+  <si>
+    <t>75 RUE SAINT ROCH 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>7331P006331</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION REUNION</t>
+  </si>
+  <si>
+    <t>URMA - CENTRE DE FORMATION DE ST GILLES LES HAUTS</t>
+  </si>
+  <si>
+    <t>1 ROUTE DE L'EPERON 97435 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT VALERY LARBAUD</t>
+  </si>
+  <si>
+    <t>8 BOULEVARD GABRIEL PERONNET 03300 CUSSET</t>
+  </si>
+  <si>
+    <t>01/09/1999</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>LA ROCHELLE UNIVERSITE</t>
+  </si>
+  <si>
+    <t>UNIVERSITE LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>23 AVENUE ALBERT EINSTEIN 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>28/01/1993</t>
+  </si>
+  <si>
+    <t>5417P001817</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE BESANCON</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>1 RUE CLAUDE GOUDIMEL 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>05/10/1994</t>
+  </si>
+  <si>
+    <t>4325P000425</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE ARISTIDE BRIAND</t>
+  </si>
+  <si>
+    <t>GRETA PORTES NORMANDES</t>
+  </si>
+  <si>
+    <t>GRETA PORTES NORMANDES 2 RUE PIERRE SEMARD 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>01/09/2008</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE TOURS</t>
+  </si>
+  <si>
+    <t>60 RUE DU PLAT D'ETAIN 37000 TOURS</t>
+  </si>
+  <si>
+    <t>04/06/2012</t>
+  </si>
+  <si>
+    <t>2437P000437</t>
+  </si>
+  <si>
+    <t>UNIVERSITE JEAN MONNET SAINT ETIENNE</t>
+  </si>
+  <si>
+    <t>MAISON DE L'UNIVERSITE 10 RUE TREFILERIE 42100 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>17/01/2011</t>
+  </si>
+  <si>
+    <t>8242P000242</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DU LITTORAL COTE D'OPALE</t>
+  </si>
+  <si>
+    <t>1 PLACE DE L'YSER 59140 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t>3162P003062</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT DIDEROT - LYCEE DES METIERS DE L'INGENIERIE INDUSTRIELLE ET DE L'HORLOGERIE</t>
+  </si>
+  <si>
+    <t>GRETA GPI2D</t>
+  </si>
+  <si>
+    <t>61 RUE DAVID D'ANGERS 75019 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/1995</t>
+  </si>
+  <si>
+    <t>1175P007075</t>
+  </si>
+  <si>
+    <t>NOVETUDE SANTE PRO I</t>
+  </si>
+  <si>
+    <t>ESOL NICE</t>
+  </si>
+  <si>
+    <t>21 AVENUE SIMONE VEIL 06200 NICE</t>
+  </si>
+  <si>
+    <t>02/05/2022</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE PARIS</t>
+  </si>
+  <si>
+    <t>33 RUE WURTZ 75013 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
     <t>ECOLE SUPERIEURE D OPTIQUE DE L OUEST</t>
   </si>
   <si>
     <t>10 RUE ALEXANDRE FLEMING 49000 ANGERS</t>
   </si>
   <si>
-    <t>01/09/1995</t>
-[...10 lines deleted...]
-  <si>
     <t>ECPM</t>
   </si>
   <si>
     <t>NEOSUP</t>
   </si>
   <si>
     <t>PARC TECNOSUD 283 RUE JAMES WATT 66100 PERPIGNAN</t>
   </si>
   <si>
     <t>01/08/2014</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
-    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
-[...221 lines deleted...]
-    <t>1175P007075</t>
+    <t>OGEC ST LUC CAMBRAI</t>
+  </si>
+  <si>
+    <t>L.P.E.S. 31 BOULEVARD DE LA LIBERTE 59400 CAMBRAI</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
+  </si>
+  <si>
+    <t>INSTITUT ET CAMPUS D'OPTIQUE</t>
+  </si>
+  <si>
+    <t>134 ROUTE DE CHARTRES 91440 BURES-SUR-YVETTE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>UNION UNIVERSITE ECONOMIE</t>
+  </si>
+  <si>
+    <t>8 BOULEVARD DUBREUIL 91400 ORSAY</t>
+  </si>
+  <si>
+    <t>22/11/2023</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE TOULOUSE</t>
+  </si>
+  <si>
+    <t>19 RUE DE BAYARD 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>22/07/2014</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE LYON</t>
+  </si>
+  <si>
+    <t>9 AVENUE LECLERC 69007 LYON</t>
+  </si>
+  <si>
+    <t>18/01/2011</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE NANTES</t>
+  </si>
+  <si>
+    <t>BAT. 14 14 RUE DE LA RAINIERE 44300 NANTES</t>
+  </si>
+  <si>
+    <t>NOVETUDE SANTE PRO II</t>
+  </si>
+  <si>
+    <t>ESOL DIJON</t>
+  </si>
+  <si>
+    <t>18 BOULEVARD WINSTON CHURCHILL 21000 DIJON</t>
+  </si>
+  <si>
+    <t>24/04/2023</t>
+  </si>
+  <si>
+    <t>CENTRE D'ENSEIGNEMENT SUPERIEUR EN OPTIQUE LUNETTERIE, CESOL</t>
+  </si>
+  <si>
+    <t>39 BOULEVARD ALBERT EINSTEIN 44300 NANTES</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
   </si>
   <si>
     <t>PROGRESS SUP</t>
   </si>
   <si>
     <t>PROGRESS SANTE</t>
   </si>
   <si>
     <t>N°15 AU 17 15 RUE LOUIS BLANC 75010 PARIS</t>
   </si>
   <si>
     <t>04/09/2006</t>
   </si>
   <si>
     <t>5 RUE BERLIOZ 06000 NICE</t>
   </si>
   <si>
     <t>01/03/2022</t>
   </si>
   <si>
     <t>INSTITUT SUPERIEUR D'OPTIQUE DE MARSEILLE</t>
   </si>
   <si>
     <t>43 RUE FREDERIC JOLIOT-CURIE 13013 MARSEILLE</t>
   </si>
   <si>
     <t>30/07/2021</t>
   </si>
   <si>
     <t>INSTITUT SUPERIEUR D'OPTIQUE DE NANCY</t>
   </si>
   <si>
     <t>34 RUE STANISLAS 54000 NANCY</t>
   </si>
   <si>
     <t>01/07/2022</t>
   </si>
   <si>
     <t>INSTITUT SUPERIEUR D'OPTIQUE DE RENNES</t>
   </si>
   <si>
     <t>7 BOULEVARD SOLFERINO 35000 RENNES</t>
   </si>
   <si>
     <t>05/10/2009</t>
   </si>
   <si>
-    <t>INSTITUT SUPERIEUR D'OPTIQUE DE NANTES</t>
-[...46 lines deleted...]
-  <si>
     <t>INSTITUT SUPERIEUR D'OPTIQUE DE BORDEAUX</t>
   </si>
   <si>
     <t>10 QUAI DE PALUDATE 33800 BORDEAUX</t>
   </si>
   <si>
     <t>26/09/2016</t>
   </si>
   <si>
     <t>01/09/2024</t>
   </si>
   <si>
     <t>323 AVENUE THIERS 33100 BORDEAUX</t>
   </si>
   <si>
     <t>19/06/2024</t>
   </si>
   <si>
-    <t>NOVETUDE SANTE PRO I</t>
-[...10 lines deleted...]
-  <si>
     <t>INSTITUT SUPERIEUR D'OPTIQUE DE LILLE</t>
   </si>
   <si>
     <t>64 RUE SAINT-ETIENNE 59800 LILLE</t>
   </si>
   <si>
     <t>03/09/2012</t>
-  </si>
-[...31 lines deleted...]
-    <t>33 RUE WURTZ 75013 PARIS</t>
   </si>
   <si>
     <t>POLE DE FORMATION PASTEUR</t>
   </si>
   <si>
     <t>13 RUE DES DOCKS REMOIS 51450 BETHENY</t>
   </si>
   <si>
     <t>09/02/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -936,1556 +936,1556 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>38246285100025</v>
+        <v>11004401300040</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>39254661000032</v>
+        <v>13000375900011</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="D3" s="2"/>
+      <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="F3" s="2" t="s">
+      <c r="G3" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I3" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I3" s="3"/>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>11004401300040</v>
+        <v>13000460900017</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I4" s="3"/>
+      <c r="I4" s="3">
+        <v>52490236949</v>
+      </c>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>13000375900011</v>
+        <v>13000460900058</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="G5" s="2" t="s">
-[...5 lines deleted...]
-      <c r="I5" s="3"/>
+      <c r="I5" s="3">
+        <v>52490236949</v>
+      </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>13000460900017</v>
+        <v>13000545700010</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="I6" s="3">
-        <v>52490236949</v>
+        <v>42670409067</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>13000460900058</v>
+        <v>13001533200013</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D7" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I7" s="3">
-        <v>52490236949</v>
+        <v>93131411013</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>13000545700010</v>
+        <v>13001550600012</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I8" s="3">
-        <v>42670409067</v>
+        <v>41540301854</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>13001533200013</v>
+        <v>13002574500014</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I9" s="3">
-        <v>93131411013</v>
+        <v>32591012359</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>13001550600012</v>
+        <v>13002602400054</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I10" s="3">
-        <v>41540301854</v>
+        <v>11910861991</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>13002574500014</v>
+        <v>18310907300035</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C11" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E11" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="D11" s="2"/>
-      <c r="E11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="F11" s="2" t="s">
+      <c r="G11" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>32591012359</v>
+        <v>52</v>
+      </c>
+      <c r="I11" s="3" t="s">
+        <v>53</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>13002602400054</v>
+        <v>18974011100167</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="D12" s="2"/>
+        <v>54</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>55</v>
+      </c>
       <c r="E12" s="2" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I12" s="3">
-        <v>11910861991</v>
+        <v>98970229897</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>18310907300035</v>
+        <v>19030959100013</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="I13" s="3" t="s">
         <v>61</v>
       </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>18974011100167</v>
+        <v>19170032700015</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>98970229897</v>
+        <v>24</v>
+      </c>
+      <c r="I14" s="3" t="s">
+        <v>66</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>19030959100013</v>
+        <v>19251215000363</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="D15" s="2"/>
+        <v>67</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>68</v>
+      </c>
       <c r="E15" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="G15" s="2"/>
+        <v>70</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>23</v>
+      </c>
       <c r="H15" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="I15" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I15" s="3" t="s">
+        <v>71</v>
+      </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>19170032700015</v>
+        <v>19270016900027</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>32</v>
+      </c>
+      <c r="I16" s="3">
+        <v>28270198127</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>19251215000363</v>
+        <v>19370800500478</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="D17" s="2" t="s">
         <v>76</v>
       </c>
+      <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="G17" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>79</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>19270016900027</v>
+        <v>19421095100423</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="D18" s="2" t="s">
+      <c r="D18" s="2"/>
+      <c r="E18" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="F18" s="2" t="s">
+      <c r="G18" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H18" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="I18" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="G18" s="2"/>
-[...5 lines deleted...]
-      </c>
       <c r="J18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>19370800500478</v>
+        <v>19594403800205</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="D19" s="2"/>
+      <c r="D19" s="2" t="s">
+        <v>84</v>
+      </c>
       <c r="E19" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>87</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>19421095100423</v>
+        <v>19750712200046</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="D20" s="2"/>
+      <c r="D20" s="2" t="s">
+        <v>89</v>
+      </c>
       <c r="E20" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>19594403800205</v>
+        <v>51536300000081</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>24</v>
+      </c>
+      <c r="I21" s="3">
+        <v>91340855234</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>19750712200046</v>
+        <v>34806572300044</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="D22" s="2" t="s">
         <v>97</v>
       </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>16</v>
+        <v>99</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>99</v>
+        <v>24</v>
+      </c>
+      <c r="I22" s="3">
+        <v>11753179275</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>48264727800035</v>
+        <v>38246285100025</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="D23" s="2" t="s">
+      <c r="D23" s="2"/>
+      <c r="E23" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="E23" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F23" s="2" t="s">
-        <v>103</v>
+        <v>91</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I23" s="3">
-        <v>11755950875</v>
+        <v>52490304249</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>48264727800043</v>
+        <v>39254661000032</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="D24" s="2"/>
+        <v>102</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>103</v>
+      </c>
       <c r="E24" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>17</v>
+        <v>106</v>
       </c>
       <c r="I24" s="3">
-        <v>11755950875</v>
+        <v>91660100366</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>49042877800032</v>
+        <v>78354361400029</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I25" s="3">
-        <v>93131233313</v>
+        <v>31590037359</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>49937783600022</v>
+        <v>78517491300018</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I26" s="3">
-        <v>41540260854</v>
+        <v>11910010691</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>50219577900025</v>
+        <v>41197343100033</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I27" s="3">
-        <v>53350842335</v>
+        <v>11910788191</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>44895270500037</v>
+        <v>43256926700029</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I28" s="3">
-        <v>52440420844</v>
+        <v>73310371931</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>44965372400202</v>
+        <v>43328538400023</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="D29" s="2" t="s">
         <v>119</v>
       </c>
+      <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>121</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I29" s="3">
-        <v>82690808269</v>
+        <v>82690727769</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>78354361400029</v>
+        <v>44895270500037</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>124</v>
+        <v>99</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I30" s="3">
-        <v>31590037359</v>
+        <v>52440420844</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>78517491300018</v>
+        <v>44965372400202</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D31" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>126</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>127</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I31" s="3">
-        <v>11910010691</v>
+        <v>82690808269</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>80413148000027</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>128</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>130</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I32" s="3">
         <v>52440729744</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>51213263000041</v>
+        <v>48264727800035</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="D33" s="2"/>
+      <c r="D33" s="2" t="s">
+        <v>132</v>
+      </c>
       <c r="E33" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="G33" s="2" t="s">
         <v>134</v>
       </c>
+      <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I33" s="3">
-        <v>72330773933</v>
+        <v>11755950875</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>51213263000058</v>
+        <v>48264727800043</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>136</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I34" s="3">
-        <v>72330773933</v>
+        <v>11755950875</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>51536300000081</v>
+        <v>49042877800032</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="D35" s="2" t="s">
+      <c r="D35" s="2"/>
+      <c r="E35" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="E35" s="2" t="s">
+      <c r="F35" s="2" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I35" s="3">
-        <v>91340855234</v>
+        <v>93131233313</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>52037299600030</v>
+        <v>49937783600022</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F36" s="2" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I36" s="3">
-        <v>31590740959</v>
+        <v>41540260854</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>41197343100033</v>
+        <v>50219577900025</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="F37" s="2" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I37" s="3">
-        <v>11910788191</v>
+        <v>53350842335</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>43256926700029</v>
+        <v>51213263000041</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="F38" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="F38" s="2" t="s">
+      <c r="G38" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I38" s="3">
-        <v>73310371931</v>
+        <v>72330773933</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>43328538400023</v>
+        <v>51213263000058</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I39" s="3">
-        <v>82690727769</v>
+        <v>72330773933</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>34806572300044</v>
+        <v>52037299600030</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="F40" s="2" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I40" s="3">
-        <v>11753179275</v>
+        <v>31590740959</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>91018960400010</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>155</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>156</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>157</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I41" s="3">
         <v>44510223751</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2498,31 +2498,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 00:16:52</dc:description>
+  <dc:description>Export en date du 12/26/2025 00:57:51</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>