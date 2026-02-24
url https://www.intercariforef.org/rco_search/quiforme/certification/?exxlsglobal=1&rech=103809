--- v1 (2025-12-25)
+++ v2 (2026-02-24)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -175,53 +175,50 @@
   <si>
     <t>BATIMENT BREGUET 3 RUE JOLIOT-CURIE 91190 GIF-SUR-YVETTE</t>
   </si>
   <si>
     <t>01/04/2021</t>
   </si>
   <si>
     <t>GIP FORMATION ET CERTIFICATION POUR L'INSERTION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>CFA DE L'ACADEMIE DE TOULOUSE</t>
   </si>
   <si>
     <t>75 RUE SAINT ROCH 31400 TOULOUSE</t>
   </si>
   <si>
     <t>01/01/2016</t>
   </si>
   <si>
     <t>01/09/2025</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
-    <t>7331P006331</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION REUNION</t>
   </si>
   <si>
     <t>URMA - CENTRE DE FORMATION DE ST GILLES LES HAUTS</t>
   </si>
   <si>
     <t>1 ROUTE DE L'EPERON 97435 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/01/2014</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT VALERY LARBAUD</t>
   </si>
   <si>
     <t>8 BOULEVARD GABRIEL PERONNET 03300 CUSSET</t>
   </si>
   <si>
     <t>01/09/1999</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>LA ROCHELLE UNIVERSITE</t>
@@ -229,300 +226,294 @@
   <si>
     <t>UNIVERSITE LA ROCHELLE</t>
   </si>
   <si>
     <t>23 AVENUE ALBERT EINSTEIN 17000 LA ROCHELLE</t>
   </si>
   <si>
     <t>28/01/1993</t>
   </si>
   <si>
     <t>5417P001817</t>
   </si>
   <si>
     <t>UNIVERSITE DE BESANCON</t>
   </si>
   <si>
     <t>UNIVERSITE DE FRANCHE-COMTE</t>
   </si>
   <si>
     <t>1 RUE CLAUDE GOUDIMEL 25000 BESANCON</t>
   </si>
   <si>
     <t>05/10/1994</t>
   </si>
   <si>
-    <t>4325P000425</t>
-[...1 lines deleted...]
-  <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE ARISTIDE BRIAND</t>
   </si>
   <si>
     <t>GRETA PORTES NORMANDES</t>
   </si>
   <si>
     <t>GRETA PORTES NORMANDES 2 RUE PIERRE SEMARD 27000 EVREUX</t>
   </si>
   <si>
     <t>01/09/2008</t>
   </si>
   <si>
     <t>UNIVERSITE DE TOURS</t>
   </si>
   <si>
     <t>60 RUE DU PLAT D'ETAIN 37000 TOURS</t>
   </si>
   <si>
     <t>04/06/2012</t>
   </si>
   <si>
     <t>2437P000437</t>
   </si>
   <si>
     <t>UNIVERSITE JEAN MONNET SAINT ETIENNE</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE 10 RUE TREFILERIE 42100 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>17/01/2011</t>
   </si>
   <si>
-    <t>8242P000242</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE DU LITTORAL COTE D'OPALE</t>
   </si>
   <si>
     <t>1 PLACE DE L'YSER 59140 DUNKERQUE</t>
   </si>
   <si>
     <t>01/09/1996</t>
   </si>
   <si>
     <t>3162P003062</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT DIDEROT - LYCEE DES METIERS DE L'INGENIERIE INDUSTRIELLE ET DE L'HORLOGERIE</t>
   </si>
   <si>
     <t>GRETA GPI2D</t>
   </si>
   <si>
     <t>61 RUE DAVID D'ANGERS 75019 PARIS</t>
   </si>
   <si>
     <t>01/09/1995</t>
   </si>
   <si>
     <t>1175P007075</t>
   </si>
   <si>
+    <t>ECPM</t>
+  </si>
+  <si>
+    <t>NEOSUP</t>
+  </si>
+  <si>
+    <t>PARC TECNOSUD 283 RUE JAMES WATT 66100 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>01/08/2014</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE MARSEILLE</t>
+  </si>
+  <si>
+    <t>43 RUE FREDERIC JOLIOT-CURIE 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>30/07/2021</t>
+  </si>
+  <si>
     <t>NOVETUDE SANTE PRO I</t>
   </si>
   <si>
     <t>ESOL NICE</t>
   </si>
   <si>
     <t>21 AVENUE SIMONE VEIL 06200 NICE</t>
   </si>
   <si>
     <t>02/05/2022</t>
   </si>
   <si>
     <t>INSTITUT SUPERIEUR D'OPTIQUE DE PARIS</t>
   </si>
   <si>
     <t>33 RUE WURTZ 75013 PARIS</t>
   </si>
   <si>
     <t>01/09/2021</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE D OPTIQUE DE L OUEST</t>
   </si>
   <si>
     <t>10 RUE ALEXANDRE FLEMING 49000 ANGERS</t>
   </si>
   <si>
-    <t>ECPM</t>
-[...11 lines deleted...]
-    <t>85.59B</t>
+    <t>UNION UNIVERSITE ECONOMIE</t>
+  </si>
+  <si>
+    <t>8 BOULEVARD DUBREUIL 91400 ORSAY</t>
+  </si>
+  <si>
+    <t>22/11/2023</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE TOULOUSE</t>
+  </si>
+  <si>
+    <t>19 RUE DE BAYARD 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>22/07/2014</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE LYON</t>
+  </si>
+  <si>
+    <t>9 AVENUE LECLERC 69007 LYON</t>
+  </si>
+  <si>
+    <t>18/01/2011</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE NANTES</t>
+  </si>
+  <si>
+    <t>BAT. 14 14 RUE DE LA RAINIERE 44300 NANTES</t>
+  </si>
+  <si>
+    <t>NOVETUDE SANTE PRO II</t>
+  </si>
+  <si>
+    <t>ESOL DIJON</t>
+  </si>
+  <si>
+    <t>18 BOULEVARD WINSTON CHURCHILL 21000 DIJON</t>
+  </si>
+  <si>
+    <t>24/04/2023</t>
+  </si>
+  <si>
+    <t>PROGRESS SUP</t>
+  </si>
+  <si>
+    <t>PROGRESS SANTE</t>
+  </si>
+  <si>
+    <t>N°15 AU 17 15 RUE LOUIS BLANC 75010 PARIS</t>
+  </si>
+  <si>
+    <t>04/09/2006</t>
+  </si>
+  <si>
+    <t>5 RUE BERLIOZ 06000 NICE</t>
+  </si>
+  <si>
+    <t>01/03/2022</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE NANCY</t>
+  </si>
+  <si>
+    <t>34 RUE STANISLAS 54000 NANCY</t>
+  </si>
+  <si>
+    <t>01/07/2022</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE RENNES</t>
+  </si>
+  <si>
+    <t>7 BOULEVARD SOLFERINO 35000 RENNES</t>
+  </si>
+  <si>
+    <t>05/10/2009</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE BORDEAUX</t>
+  </si>
+  <si>
+    <t>10 QUAI DE PALUDATE 33800 BORDEAUX</t>
+  </si>
+  <si>
+    <t>26/09/2016</t>
+  </si>
+  <si>
+    <t>01/09/2024</t>
+  </si>
+  <si>
+    <t>323 AVENUE THIERS 33100 BORDEAUX</t>
+  </si>
+  <si>
+    <t>19/06/2024</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE LILLE</t>
+  </si>
+  <si>
+    <t>64 RUE SAINT-ETIENNE 59800 LILLE</t>
+  </si>
+  <si>
+    <t>03/09/2012</t>
   </si>
   <si>
     <t>OGEC ST LUC CAMBRAI</t>
   </si>
   <si>
     <t>L.P.E.S. 31 BOULEVARD DE LA LIBERTE 59400 CAMBRAI</t>
   </si>
   <si>
     <t>01/09/2009</t>
   </si>
   <si>
     <t>INSTITUT ET CAMPUS D'OPTIQUE</t>
   </si>
   <si>
     <t>134 ROUTE DE CHARTRES 91440 BURES-SUR-YVETTE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
-    <t>UNION UNIVERSITE ECONOMIE</t>
-[...43 lines deleted...]
-  <si>
     <t>CENTRE D'ENSEIGNEMENT SUPERIEUR EN OPTIQUE LUNETTERIE, CESOL</t>
   </si>
   <si>
     <t>39 BOULEVARD ALBERT EINSTEIN 44300 NANTES</t>
   </si>
   <si>
     <t>01/09/2018</t>
-  </si>
-[...70 lines deleted...]
-    <t>03/09/2012</t>
   </si>
   <si>
     <t>POLE DE FORMATION PASTEUR</t>
   </si>
   <si>
     <t>13 RUE DES DOCKS REMOIS 51450 BETHENY</t>
   </si>
   <si>
     <t>09/02/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1294,1179 +1285,1171 @@
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>18310907300035</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="I11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>18974011100167</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="D12" s="2" t="s">
+      <c r="E12" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I12" s="3">
         <v>98970229897</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>19030959100013</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>19170032700015</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="E14" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>19251215000363</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="D15" s="2" t="s">
+      <c r="E15" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>19270016900027</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="E16" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I16" s="3">
         <v>28270198127</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>19370800500478</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>19421095100423</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>19594403800205</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>19750712200046</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="E20" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>88</v>
-      </c>
-[...7 lines deleted...]
-        <v>91</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>51536300000081</v>
+        <v>39254661000032</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="E21" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>93</v>
-      </c>
-[...7 lines deleted...]
-        <v>96</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>24</v>
+        <v>94</v>
       </c>
       <c r="I21" s="3">
-        <v>91340855234</v>
+        <v>91660100366</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>34806572300044</v>
+        <v>49042877800032</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="3">
-        <v>11753179275</v>
+        <v>93131233313</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>38246285100025</v>
+        <v>51536300000081</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="E23" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="D23" s="2"/>
-      <c r="E23" s="2" t="s">
+      <c r="F23" s="2" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="3">
-        <v>52490304249</v>
+        <v>91340855234</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>39254661000032</v>
+        <v>34806572300044</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="D24" s="2" t="s">
+      <c r="D24" s="2"/>
+      <c r="E24" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="E24" s="2" t="s">
+      <c r="F24" s="2" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>106</v>
+        <v>24</v>
       </c>
       <c r="I24" s="3">
-        <v>91660100366</v>
+        <v>11753179275</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>78354361400029</v>
+        <v>38246285100025</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>109</v>
+        <v>88</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="I25" s="3">
-        <v>31590037359</v>
+        <v>52490304249</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>78517491300018</v>
+        <v>41197343100033</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="3">
-        <v>11910010691</v>
+        <v>11910788191</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>41197343100033</v>
+        <v>43256926700029</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I27" s="3">
-        <v>11910788191</v>
+        <v>73310371931</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>43256926700029</v>
+        <v>43328538400023</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I28" s="3">
-        <v>73310371931</v>
+        <v>82690727769</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>43328538400023</v>
+        <v>44895270500037</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>121</v>
+        <v>104</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I29" s="3">
-        <v>82690727769</v>
+        <v>52440420844</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>44895270500037</v>
+        <v>44965372400202</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="D30" s="2"/>
+        <v>118</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>119</v>
+      </c>
       <c r="E30" s="2" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>99</v>
+        <v>121</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I30" s="3">
-        <v>52440420844</v>
+        <v>82690808269</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>44965372400202</v>
+        <v>48264727800035</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E31" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="D31" s="2" t="s">
+      <c r="F31" s="2" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="I31" s="3">
-        <v>82690808269</v>
+        <v>11755950875</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>80413148000027</v>
+        <v>48264727800043</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="3">
-        <v>52440729744</v>
+        <v>11755950875</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>48264727800035</v>
+        <v>49937783600022</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="3">
-        <v>11755950875</v>
+        <v>41540260854</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>48264727800043</v>
+        <v>50219577900025</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="3">
-        <v>11755950875</v>
+        <v>53350842335</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>49042877800032</v>
+        <v>51213263000041</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="G35" s="2"/>
+        <v>136</v>
+      </c>
+      <c r="G35" s="2" t="s">
+        <v>137</v>
+      </c>
       <c r="H35" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I35" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I35" s="3"/>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>49937783600022</v>
+        <v>51213263000058</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="3">
-        <v>41540260854</v>
+        <v>72330773933</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>50219577900025</v>
+        <v>52037299600030</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="3">
-        <v>53350842335</v>
+        <v>31590740959</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>51213263000041</v>
+        <v>78354361400029</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>148</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="I38" s="3">
-        <v>72330773933</v>
+        <v>31590037359</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>51213263000058</v>
+        <v>78517491300018</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="3">
-        <v>72330773933</v>
+        <v>11910010691</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>52037299600030</v>
+        <v>80413148000027</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="3">
-        <v>31590740959</v>
+        <v>52440729744</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>91018960400010</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I41" s="3">
         <v>44510223751</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -2498,31 +2481,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 00:57:51</dc:description>
+  <dc:description>Export en date du 02/24/2026 06:38:08</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>