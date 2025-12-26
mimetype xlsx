--- v0 (2025-11-05)
+++ v1 (2025-12-26)
@@ -58,98 +58,236 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>FORMATION TRANSPORT GESTION RISQUE</t>
+  </si>
+  <si>
+    <t>RN 88 RTE N 88 12160 MANHAC</t>
+  </si>
+  <si>
+    <t>01/07/2004</t>
+  </si>
+  <si>
+    <t>85.53Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VOGELGESANG DIDIER   </t>
+  </si>
+  <si>
+    <t>9 RUE DE LA MONTAGNE 57200 SARREGUEMINES</t>
+  </si>
+  <si>
+    <t>EURO TEAM CAPELLE</t>
+  </si>
+  <si>
+    <t>12 MONTEE DE SILHOL 30100 ALES</t>
+  </si>
+  <si>
+    <t>10/02/2020</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>MENDIBOURE FORMATION</t>
+  </si>
+  <si>
+    <t>ZI DE SAINT ETIENNE CHEMIN DE CAZENAVE 64100 BAYONNE</t>
+  </si>
+  <si>
+    <t>28/09/2004</t>
+  </si>
+  <si>
+    <t>MENDIBOURE GILBERT FORMATION</t>
+  </si>
+  <si>
+    <t>QUARTIER LES CIBLES CHEMIN DE MESTURON 40990 SAINT-PAUL-LES-DAX</t>
+  </si>
+  <si>
+    <t>01/06/2008</t>
+  </si>
+  <si>
+    <t>BOYER FORMATION</t>
+  </si>
+  <si>
+    <t>FONT DE DURANCE SUD 04700 ORAISON</t>
+  </si>
+  <si>
+    <t>10/12/2004</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>ORAKIN SUD LORRAINE</t>
+  </si>
+  <si>
+    <t>LD MARGUERITE DITE DE MENIL FLIN 54122 CHENEVIERES</t>
+  </si>
+  <si>
+    <t>01/01/2006</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>8-10 8 RUE JOSEPH CUGNOT 51430 TINQUEUX</t>
+  </si>
+  <si>
+    <t>05/10/2020</t>
+  </si>
+  <si>
+    <t>ZONE HELLIEULE IV AVENUE PIERRE MENDES FRANCE 88100 SAINT-DIE-DES-VOSGES</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION BLANCHARD</t>
+  </si>
+  <si>
+    <t>ZA DE LA RABETTE RUE JEAN LOUIS CHANOINE 28100 DREUX</t>
+  </si>
+  <si>
+    <t>02/11/2005</t>
+  </si>
+  <si>
+    <t>COTARD ENTREPRISES</t>
+  </si>
+  <si>
+    <t>2713 BOULEVARD DE STALINGRAD 76120 LE GRAND-QUEVILLY</t>
+  </si>
+  <si>
+    <t>01/07/2006</t>
+  </si>
+  <si>
+    <t>CENTRES D'EDUCATIONS ET DE SECURITES ROUTIERES DE CORSE  CESR 20</t>
+  </si>
+  <si>
+    <t>LD CASATORRA 20620 BIGUGLIA</t>
+  </si>
+  <si>
+    <t>21/12/2005</t>
+  </si>
+  <si>
+    <t>GO! FORM'ACTION</t>
+  </si>
+  <si>
+    <t>GO FORM ACTION 54</t>
+  </si>
+  <si>
+    <t>POLE INDUSTRIEL TOUL EUROPE - SE 430 RUE MARIE MARVINGT 54200 TOUL</t>
+  </si>
+  <si>
+    <t>01/11/2006</t>
+  </si>
+  <si>
+    <t>PROMOROUTE FORMATION</t>
+  </si>
+  <si>
+    <t>RUE DES PAQUOTTIERS 52000 CHAUMONT</t>
+  </si>
+  <si>
+    <t>01/11/2009</t>
+  </si>
+  <si>
+    <t>AUTO ECOLE DE LA COMEDIE FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>8 RUE BOUSSAIROLLES 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>07/06/2007</t>
+  </si>
+  <si>
     <t>MINISTERE DU TRAVAIL ET DES SOLIDARITES</t>
   </si>
   <si>
     <t>14 AVENUE DUQUESNE 75007 PARIS</t>
   </si>
   <si>
     <t>11/06/1997</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE FINISTERE</t>
   </si>
   <si>
     <t>CCI FINISTERE SIEGE</t>
   </si>
   <si>
     <t>1 PLACE DU 19EME R.I. 29200 BREST</t>
   </si>
   <si>
     <t>15/12/2016</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
-    <t>VRAI</t>
-[...1 lines deleted...]
-  <si>
     <t>LYCEE POLYVALENT YVES THEPOT</t>
   </si>
   <si>
     <t>GRETA-CFA DE BRETAGNE OCCIDENTALE</t>
   </si>
   <si>
     <t>5 RUE DE L'ILE BREHAT 29000 QUIMPER</t>
   </si>
   <si>
     <t>03/04/1989</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>5335P000829</t>
   </si>
   <si>
     <t>LYCEE DES METIERS PIERRE MENDES FRANCE</t>
   </si>
   <si>
     <t>GRETA EST BRETAGNE</t>
   </si>
   <si>
     <t>34 RUE BAHON-RAULT 35000 RENNES</t>
   </si>
   <si>
     <t>20/10/2004</t>
   </si>
   <si>
     <t>5335P000935</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE LIVET</t>
   </si>
   <si>
     <t>GRETA LOIRE-ATLANTIQUE</t>
   </si>
   <si>
     <t>16 RUE DUFOUR 44000 NANTES</t>
@@ -187,62 +325,65 @@
   <si>
     <t>GRETA POITOU CHARENTES</t>
   </si>
   <si>
     <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ROBERT DOISNEAU, LYCEE DES METIERS DE L'INDUSTRIE ET DES SERVICES AUX ENTREPRISES</t>
   </si>
   <si>
     <t>GRETA DE L'ESSONNE</t>
   </si>
   <si>
     <t>89 AVENUE SERGE DASSAULT 91100 CORBEIL-ESSONNES</t>
   </si>
   <si>
     <t>06/03/1989</t>
   </si>
   <si>
     <t>1191P000491</t>
   </si>
   <si>
+    <t>SAS FRANCE FORMATION ROUTIERE</t>
+  </si>
+  <si>
+    <t>QUARTIER LES CHASSIS OUEST 75 A RTE DE TAIN 26600 MERCUROL-VEAUNES</t>
+  </si>
+  <si>
     <t>LABORDE</t>
   </si>
   <si>
     <t>1114 RUE JULES FERRY 62110 HENIN-BEAUMONT</t>
   </si>
   <si>
     <t>01/01/1992</t>
   </si>
   <si>
-    <t>85.53Z</t>
-[...1 lines deleted...]
-  <si>
     <t>RECRUTEMENT FORMATION TRANSPORT</t>
   </si>
   <si>
     <t>ZI DE TRAPPES 4 RUE ALBERT EINSTEIN 78190 TRAPPES</t>
   </si>
   <si>
     <t>01/06/2001</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION PROFESS DE LA ROUTE</t>
   </si>
   <si>
     <t>CFPR</t>
   </si>
   <si>
     <t>ROUTE DE NAVES 81100 CASTRES</t>
   </si>
   <si>
     <t>01/04/1989</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>SECURITE ET CONDUITE</t>
@@ -397,53 +538,50 @@
   <si>
     <t>01/04/1995</t>
   </si>
   <si>
     <t>COUZI FORMATION</t>
   </si>
   <si>
     <t>CHEMIN DES ECUREUILS 81990 CAMBON</t>
   </si>
   <si>
     <t>22/06/2009</t>
   </si>
   <si>
     <t>COUNTY FRANCE TRAINING</t>
   </si>
   <si>
     <t>AV 1ERE RUE -PORT FLUVIAL 59211 SANTES</t>
   </si>
   <si>
     <t>19/11/2001</t>
   </si>
   <si>
     <t>COTARD FORMATIONS</t>
   </si>
   <si>
-    <t>2713 BOULEVARD DE STALINGRAD 76120 LE GRAND-QUEVILLY</t>
-[...1 lines deleted...]
-  <si>
     <t>01/07/1999</t>
   </si>
   <si>
     <t>ZI AVELON 122 RUE DU FAUBOURG SAINT-JEAN 60000 BEAUVAIS</t>
   </si>
   <si>
     <t>01/06/1999</t>
   </si>
   <si>
     <t>ZONE INDUSTRIELLE LOUIS DELAPORTE 76370 ROUXMESNIL-BOUTEILLES</t>
   </si>
   <si>
     <t>01/10/2003</t>
   </si>
   <si>
     <t>128 T AVENUE ARISTIDE BRIAND 27930 GRAVIGNY</t>
   </si>
   <si>
     <t>01/02/2016</t>
   </si>
   <si>
     <t>ECF COTARD</t>
   </si>
   <si>
     <t>PARC D ACTIVITE DU CHATEAU 1700 RUE DES POTIERS 76170 MELAMARE</t>
@@ -499,137 +637,1232 @@
   <si>
     <t>01/07/1996</t>
   </si>
   <si>
     <t>9045 RUE NORMANDIE NIEMEN 64121 SERRES-CASTET</t>
   </si>
   <si>
     <t>01/01/2011</t>
   </si>
   <si>
     <t>RD 4 LE PERIER D AURIERE 24380 SANILHAC</t>
   </si>
   <si>
     <t>03/08/2018</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION DES CONDUCTEURS ROUTIERS DE LA MOSELLE SARL</t>
   </si>
   <si>
     <t>160 RUE DES JARDINS 57600 FORBACH</t>
   </si>
   <si>
     <t>01/12/2006</t>
   </si>
   <si>
-    <t>ORAKIN SUD LORRAINE</t>
-[...74 lines deleted...]
-    <t>07/06/2007</t>
+    <t>CENTRE DE FORMATION OHLICHER</t>
+  </si>
+  <si>
+    <t>IMM SIMEG 3711 ROUTE DE DEGRAD DES CANNES 97354 REMIRE-MONTJOLY</t>
+  </si>
+  <si>
+    <t>01/03/2000</t>
+  </si>
+  <si>
+    <t>ECOLE DE CONDUITE FRANCAISE CHERRI</t>
+  </si>
+  <si>
+    <t>15 AVENUE DE STALINGRAD 13200 ARLES</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION DE CONDUCTEURS REGION AUVERGNE VIGIER</t>
+  </si>
+  <si>
+    <t>5 RUE DU PAVIN 63360 GERZAT</t>
+  </si>
+  <si>
+    <t>09/03/2006</t>
+  </si>
+  <si>
+    <t>25 RUE BENOIST D'AZY 03100 MONTLUCON</t>
+  </si>
+  <si>
+    <t>01/06/2011</t>
+  </si>
+  <si>
+    <t>PRES DE CHANCHANY 43000 ESPALY-SAINT-MARCEL</t>
+  </si>
+  <si>
+    <t>21/02/2014</t>
+  </si>
+  <si>
+    <t>ZAC PUITS GRUNER 42230 ROCHE-LA-MOLIERE</t>
+  </si>
+  <si>
+    <t>27/09/2019</t>
+  </si>
+  <si>
+    <t>EFPR PARIS NORD OUEST</t>
+  </si>
+  <si>
+    <t>COPRACQ</t>
+  </si>
+  <si>
+    <t>ZA DU VAL D'ARGENT 11 RUE GUY MOQUET 95100 ARGENTEUIL</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>AFA FORMATION</t>
+  </si>
+  <si>
+    <t>LE GRAVIER 49000 ECOUFLANT</t>
+  </si>
+  <si>
+    <t>22/09/2016</t>
+  </si>
+  <si>
+    <t>RICHARD FORMATION</t>
+  </si>
+  <si>
+    <t>CITY'PRO</t>
+  </si>
+  <si>
+    <t>7 BOULEVARD JUST MARIE RAYNOUARD 83170 BRIGNOLES</t>
+  </si>
+  <si>
+    <t>01/12/2003</t>
+  </si>
+  <si>
+    <t>GOUPIL FORMATION</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE 4 RUE DU HAUT BOIS 28400 SAINT-JEAN-PIERRE-FIXTE</t>
+  </si>
+  <si>
+    <t>STOP AUTO ECOLE BLASQUEZ</t>
+  </si>
+  <si>
+    <t>1 RUE ERNEST MALLARD 18200 SAINT-AMAND-MONTROND</t>
+  </si>
+  <si>
+    <t>01/03/2004</t>
+  </si>
+  <si>
+    <t>CAMPUS FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE DES FRERES LUMIERE 14120 MONDEVILLE</t>
+  </si>
+  <si>
+    <t>15/11/2010</t>
+  </si>
+  <si>
+    <t>ISTYA CONSEIL &amp; FORMATION</t>
+  </si>
+  <si>
+    <t>ZONE INOVA 3000-THAON LES VOSGES ALL NUMERO 7 88150 THAON-LES-VOSGES</t>
+  </si>
+  <si>
+    <t>15/11/2020</t>
+  </si>
+  <si>
+    <t>CONSEIL ASSISTANCE FORMATION CONDUITE ANTILLAISE ET ENERGIE</t>
+  </si>
+  <si>
+    <t>LES JARDINS DE HOUELBOURG - ZI JARRY - BD DU MARQUISAT DU HOUELBOURG 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>FAST LINE</t>
+  </si>
+  <si>
+    <t>ZI DE KAWENI DERRIERE CASERNE DES POMPIERS 97600 MAMOUDZOU</t>
+  </si>
+  <si>
+    <t>28/05/2013</t>
+  </si>
+  <si>
+    <t>06970006297</t>
+  </si>
+  <si>
+    <t>EURL TLJ FORMATIONS</t>
+  </si>
+  <si>
+    <t>RTE D ASQUES 33240 CUBZAC-LES-PONTS</t>
+  </si>
+  <si>
+    <t>28/06/2013</t>
+  </si>
+  <si>
+    <t>BEARN PYRENEES FORMATION</t>
+  </si>
+  <si>
+    <t>AEB</t>
+  </si>
+  <si>
+    <t>73 ROUTE DE BAYONNE 64140 BILLERE</t>
+  </si>
+  <si>
+    <t>01/06/2016</t>
+  </si>
+  <si>
+    <t>ECF CESR FPE</t>
+  </si>
+  <si>
+    <t>18/12/2013</t>
+  </si>
+  <si>
+    <t>9045 AV NORMANDIE NIEMEN 64121 SERRES CASTET</t>
+  </si>
+  <si>
+    <t>01/06/2014</t>
+  </si>
+  <si>
+    <t>AFTRAL</t>
+  </si>
+  <si>
+    <t>CHATEAU DE RENEMONT AVENUE DU GENERAL DE GAULLE 54140 JARVILLE-LA-MALGRANGE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>368 BOULEVARD HENRI BARNIER 13016 MARSEILLE</t>
+  </si>
+  <si>
+    <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
+  </si>
+  <si>
+    <t>RUE REPUBLIQUE 60290 MONCHY-SAINT-ELOI</t>
+  </si>
+  <si>
+    <t>01/01/1981</t>
+  </si>
+  <si>
+    <t>94 RUE DU PORTEAU 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>01/03/1985</t>
+  </si>
+  <si>
+    <t>4 AVENUE DE L'ENERGIE 67800 BISCHHEIM</t>
+  </si>
+  <si>
+    <t>20/08/1986</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE 10440 TORVILLIERS</t>
+  </si>
+  <si>
+    <t>11 PLACE D'AQUITAINE MIN 94550 CHEVILLY-LARUE</t>
+  </si>
+  <si>
+    <t>01/01/1990</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE RUE HANS GEIGER 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>16/04/1993</t>
+  </si>
+  <si>
+    <t>AUTOPORT DES PYRENEES BOULEVARD DU PRESIDENT KENNEDY 65000 TARBES</t>
+  </si>
+  <si>
+    <t>01/12/1988</t>
+  </si>
+  <si>
+    <t>AFT-FC TOULOUSE</t>
+  </si>
+  <si>
+    <t>72 RUE EDMOND ROSTAND 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>25/12/1995</t>
+  </si>
+  <si>
+    <t>AFT TC</t>
+  </si>
+  <si>
+    <t>RUE HARALD STAMMBACH 59290 WASQUEHAL</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>ZAC DE LA MAISON NEUVE 2 RUE JEAN MERMOZ 44980 SAINTE-LUCE-SUR-LOIRE</t>
+  </si>
+  <si>
+    <t>17 RUE DE L’INGENIEUR BERTIN 21600 LONGVIC</t>
+  </si>
+  <si>
+    <t>RUE DES CHARMILLES 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>RUE DE LA MOUEE 57070 METZ</t>
+  </si>
+  <si>
+    <t>01/09/1997</t>
+  </si>
+  <si>
+    <t>18 RUE DU VAL CLAIR 51100 REIMS</t>
+  </si>
+  <si>
+    <t>ALLEE DE GASCOGNE 33370 ARTIGUES-PRES-BORDEAUX</t>
+  </si>
+  <si>
+    <t>AFT FC</t>
+  </si>
+  <si>
+    <t>248 AVENUE FRANKLIN ROOSEVELT 69120 VAULX-EN-VELIN</t>
+  </si>
+  <si>
+    <t>01/05/1998</t>
+  </si>
+  <si>
+    <t>MAISON DU TRANSPORT RUE LOUIS SAILLANT 26800 PORTES-LES-VALENCE</t>
+  </si>
+  <si>
+    <t>52 RUE DE LA TALAUDIERE 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>01/06/1998</t>
+  </si>
+  <si>
+    <t>TREODET 29500 ERGUE GABERIC</t>
+  </si>
+  <si>
+    <t>01/09/2001</t>
+  </si>
+  <si>
+    <t>AFT-FC</t>
+  </si>
+  <si>
+    <t>D ACTIVITES MEDITERRANNEE 34470 PEROLS</t>
+  </si>
+  <si>
+    <t>01/03/2002</t>
+  </si>
+  <si>
+    <t>273 RUE DE L'ARTISANAT 14500 VIRE NORMANDIE</t>
+  </si>
+  <si>
+    <t>01/04/2002</t>
+  </si>
+  <si>
+    <t>3 AVENUE ELSA TRIOLET 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>619 RUE DENIS PAPIN 73290 LA MOTTE-SERVOLEX</t>
+  </si>
+  <si>
+    <t>11 ROUTE PRINCIPALE DU PORT 92230 GENNEVILLIERS</t>
+  </si>
+  <si>
+    <t>ZAE DU PONT DU CERF MAISON DU TRANSPORT 24380 SANILHAC</t>
+  </si>
+  <si>
+    <t>RN 7 PRC LOGISTIQUE ALLIER 03400 TOULON-SUR-ALLIER</t>
+  </si>
+  <si>
+    <t>01/01/2003</t>
+  </si>
+  <si>
+    <t>ZAC EURESPACES 7 RUE DES GRANDES PIECES 25770 SERRE-LES-SAPINS</t>
+  </si>
+  <si>
+    <t>AVENUE JEAN GIRAUDOUX 87410 LE PALAIS-SUR-VIENNE</t>
+  </si>
+  <si>
+    <t>01/04/2003</t>
+  </si>
+  <si>
+    <t>ZAE AERODROME EST 2 RUE COLI 59121 PROUVY</t>
+  </si>
+  <si>
+    <t>01/09/2004</t>
+  </si>
+  <si>
+    <t>RUE DU ZINC 77176 SAVIGNY-LE-TEMPLE</t>
+  </si>
+  <si>
+    <t>08/10/2004</t>
+  </si>
+  <si>
+    <t>8 RUE VINCENT VAN GOGH 76290 MONTIVILLIERS</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t>ZI DES BLETTRYS 71530 CHAMPFORGEUIL</t>
+  </si>
+  <si>
+    <t>01/02/2007</t>
+  </si>
+  <si>
+    <t>ZAC DES CHATELIERS RUE LEONARD DE VINCI 45400 SEMOY</t>
+  </si>
+  <si>
+    <t>01/03/2007</t>
+  </si>
+  <si>
+    <t>ZI DU PRAT 31 AVENUE PAUL DUPLAIX 56000 VANNES</t>
+  </si>
+  <si>
+    <t>01/09/2007</t>
+  </si>
+  <si>
+    <t>ZI DES SOEURS 2 AVENUE ANDRE DULIN 17300 ROCHEFORT</t>
+  </si>
+  <si>
+    <t>01/05/2008</t>
+  </si>
+  <si>
+    <t>340 RUE DE LA GARE 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>01/07/2008</t>
+  </si>
+  <si>
+    <t>BATIMENT P GARONOR 93600 AULNAY-SOUS-BOIS</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>2 RUE BORDAZAHAR 64990 MOUGUERRE</t>
+  </si>
+  <si>
+    <t>01/03/2010</t>
+  </si>
+  <si>
+    <t>15 RUE DE LA MARE BLANCHE 77186 NOISIEL</t>
+  </si>
+  <si>
+    <t>ZAC DES REPDYCK RUE FRANCOIS-NOEL BABEUF 59760 GRANDE-SYNTHE</t>
+  </si>
+  <si>
+    <t>622 RUE DES HAUTS DE FRANCE 62110 HENIN-BEAUMONT</t>
+  </si>
+  <si>
+    <t>01/02/2012</t>
+  </si>
+  <si>
+    <t>4 RUE PIERRE BOURDAN 02000 LAON</t>
+  </si>
+  <si>
+    <t>01/09/2012</t>
+  </si>
+  <si>
+    <t>RUE DU BOIS JOLI 63800 COURNON-D'AUVERGNE</t>
+  </si>
+  <si>
+    <t>RUE DE LA COTONNIERE 14000 CAEN</t>
+  </si>
+  <si>
+    <t>POLE D'ACTIVITE DE NICOPOLIS ZONE B 260 ALLEE DES EGLANTINES 83170 BRIGNOLES</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>ZI DES PLAINES 39570 COURLAOUX</t>
+  </si>
+  <si>
+    <t>01/12/2013</t>
+  </si>
+  <si>
+    <t>ZAC DES PLATIERES 38670 CHASSE-SUR-RHONE</t>
+  </si>
+  <si>
+    <t>ZA TECHNOLAND ETUPES 4 RUE DE LA VOIVRE 25490 FESCHES-LE-CHATEL</t>
+  </si>
+  <si>
+    <t>AFT-IFTIM</t>
+  </si>
+  <si>
+    <t>ZI LA GARE 22940 PLAINTEL</t>
+  </si>
+  <si>
+    <t>01/11/2013</t>
+  </si>
+  <si>
+    <t>5 RUE DES ARTISANS 16400 PUYMOYEN</t>
+  </si>
+  <si>
+    <t>01/02/2015</t>
+  </si>
+  <si>
+    <t>ZI CROIX DU SUD 23 AVENUE DES ETANGS 11100 NARBONNE</t>
+  </si>
+  <si>
+    <t>01/03/2015</t>
+  </si>
+  <si>
+    <t>ZI GREZAN 45 AVENUE FREDERIC BARTHOLDI 30000 NIMES</t>
+  </si>
+  <si>
+    <t>PARC DE LA VENTE OLIVIERS 145 CHEMIN DES TAILLIS 76800 SAINT-ETIENNE-DU-ROUVRAY</t>
+  </si>
+  <si>
+    <t>46 CHEMIN DES RUELLES 89380 APPOIGNY</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>ZA DU MONNE RUE DU CHATELET 72700 ALLONNES</t>
+  </si>
+  <si>
+    <t>01/09/2015</t>
+  </si>
+  <si>
+    <t>ZI CAMBAIE 99 RUE HENRI CORNU 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>31/10/2015</t>
+  </si>
+  <si>
+    <t>6 RUE LOUIS PASTEUR 28630 GELLAINVILLE</t>
+  </si>
+  <si>
+    <t>MIN MARCHE INTERET NATIONAL MARCHE GARE 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>6001 ZI DE CARROS 1 ZONE INDUSTRIELLE 06510 CARROS</t>
+  </si>
+  <si>
+    <t>31/03/2017</t>
+  </si>
+  <si>
+    <t>160 CHEMIN DU MOULIN 04220 SAINTE-TULLE</t>
+  </si>
+  <si>
+    <t>01/06/2017</t>
+  </si>
+  <si>
+    <t>1 AVENUE DE SUISSE 68390 SAUSHEIM</t>
+  </si>
+  <si>
+    <t>01/09/2017</t>
+  </si>
+  <si>
+    <t>ZA LA GAUFRERIE ROUTE DE SAINT NAZAIRE 53000 LAVAL</t>
+  </si>
+  <si>
+    <t>01/03/2018</t>
+  </si>
+  <si>
+    <t>BATIMENT A101 RUE DU CAP GRIS NEZ 62100 CALAIS</t>
+  </si>
+  <si>
+    <t>01/05/2018</t>
+  </si>
+  <si>
+    <t>33 IMPASSE DES ARBOUSIERS 69400 ARNAS</t>
+  </si>
+  <si>
+    <t>30/11/2018</t>
+  </si>
+  <si>
+    <t>ST SYLVAIN D'ANJOU RUE FABIEN CESBRON 49112 VERRIERES-EN-ANJOU</t>
+  </si>
+  <si>
+    <t>31/03/2019</t>
+  </si>
+  <si>
+    <t>130 ALLEE DE LA VOLLA 38113 VEUREY-VOROIZE</t>
+  </si>
+  <si>
+    <t>30/04/2019</t>
+  </si>
+  <si>
+    <t>ZI DE BRAIS RUE NICEPHORE NIEPCE 44600 SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>01/05/2019</t>
+  </si>
+  <si>
+    <t>322 RUE POUILLY LOCHE 71000 MACON</t>
+  </si>
+  <si>
+    <t>01/06/2019</t>
+  </si>
+  <si>
+    <t>6 AVENUE ANTOINE-LAURENT LAVOISIER 64140 LONS</t>
+  </si>
+  <si>
+    <t>31/05/2019</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES DES BELLEVUES RUE DE LA PATELLE 95310 SAINT-OUEN-L'AUMONE</t>
+  </si>
+  <si>
+    <t>01/08/2019</t>
+  </si>
+  <si>
+    <t>387 AVENUE DE BONPORT 76320 SAINT-PIERRE-LES-ELBEUF</t>
+  </si>
+  <si>
+    <t>01/09/2019</t>
+  </si>
+  <si>
+    <t>3 RUE DES BAUCHES 78260 ACHERES</t>
+  </si>
+  <si>
+    <t>01/11/2019</t>
+  </si>
+  <si>
+    <t>ZA DE BAUSSAY RUE ANITA CONTI 79260 LA CRECHE</t>
+  </si>
+  <si>
+    <t>01/12/2019</t>
+  </si>
+  <si>
+    <t>2064 AVENUE HENRI SCHNEIDER 69330 JONAGE</t>
+  </si>
+  <si>
+    <t>70 BOUCLE DE LA RAMEE 38070 SAINT-QUENTIN-FALLAVIER</t>
+  </si>
+  <si>
+    <t>DOMAINE DE LA MERIQUETTE BAT 10 D ROUTE NATIONALE 568 13270 FOS-SUR-MER</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>M.I.N D'AGEN AV AQUITAINE 47550 BOE</t>
+  </si>
+  <si>
+    <t>11 B ZONE DE KERMAT 29410 GUICLAN</t>
+  </si>
+  <si>
+    <t>ZA LA COUDRIERE II 37210 PARCAY-MESLAY</t>
+  </si>
+  <si>
+    <t>RN9 MONTEE DES NOYERS ROUTE DE NARBONNE D'609 34500 BEZIERS</t>
+  </si>
+  <si>
+    <t>17 B AVENUE ARSENE D'ARSONVAL 01000 BOURG-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>01/06/2020</t>
+  </si>
+  <si>
+    <t>AV ABEL BARBIN ET CHARLES BENOIT 02100 ROUVROY</t>
+  </si>
+  <si>
+    <t>01/08/2020</t>
+  </si>
+  <si>
+    <t>3 AVENUE ROGER RONCIER 19100 BRIVE-LA-GAILLARDE</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>29 RUE DE STRASBOURG 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>ZA LA ROUGEMARE 27930 FAUVILLE</t>
+  </si>
+  <si>
+    <t>ZAC TECHNOLAND RUE PIERRE MARTI 25460 ETUPES</t>
+  </si>
+  <si>
+    <t>01/12/2020</t>
+  </si>
+  <si>
+    <t>PLAINE DE LACHAUD QUARTIER SERRE NIOU 05000 NEFFES</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>2 RUE GUSTAVE EIFFEL 91070 BONDOUFLE</t>
+  </si>
+  <si>
+    <t>17/12/2020</t>
+  </si>
+  <si>
+    <t>4 RUE ALBERT EINSTEIN 78190 TRAPPES</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE LE POIRIER PENCHE RN19 77170 SERVON</t>
+  </si>
+  <si>
+    <t>ZI DU BOIS JOLY 5 RUE ETIENNE LENOIR 85500 LES HERBIERS</t>
+  </si>
+  <si>
+    <t>01/04/2021</t>
+  </si>
+  <si>
+    <t>66 QUAI FRANCAIS 33530 BASSENS</t>
+  </si>
+  <si>
+    <t>01/05/2021</t>
+  </si>
+  <si>
+    <t>RUE DE L'INDUSTRIE 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>41 RUE SIMONE SIGNORET 81380 LESCURE-D'ALBIGEOIS</t>
+  </si>
+  <si>
+    <t>SITE CONFLUENCES 1 PL DE LA GARE-LIEUDITBAC A L AUMONE 60280 CLAIROIX</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>9 RUE ALEXIS CLAIRAUT 29200 BREST</t>
+  </si>
+  <si>
+    <t>01/03/2022</t>
+  </si>
+  <si>
+    <t>PARC E-VALLEY 6 RUE DU PATROLLER 59268 HAYNECOURT</t>
+  </si>
+  <si>
+    <t>10 AVENUE DES CHATELETS 22440 PLOUFRAGAN</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
+    <t>5 RUE DE MONTIMONT 08350 DONCHERY</t>
+  </si>
+  <si>
+    <t>01/06/2022</t>
+  </si>
+  <si>
+    <t>5 RUE LUCETTE BONARD 80330 LONGUEAU</t>
+  </si>
+  <si>
+    <t>01/12/2022</t>
+  </si>
+  <si>
+    <t>181 RUE D'ARGENTAN 61000 ALENCON</t>
+  </si>
+  <si>
+    <t>01/01/2023</t>
+  </si>
+  <si>
+    <t>RUE DE LA GRAVIERE 40230 SAINT-GEOURS-DE-MAREMNE</t>
+  </si>
+  <si>
+    <t>01/06/2023</t>
+  </si>
+  <si>
+    <t>52 CHEMIN DES SIRETTES 78710 ROSNY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>CENTRE D'EDUCATION &amp; SECURITE ROUTIERE</t>
+  </si>
+  <si>
+    <t>55 BOULEVARD DES DROITS DE L'HOMME 69120 VAULX-EN-VELIN</t>
+  </si>
+  <si>
+    <t>17/10/2016</t>
+  </si>
+  <si>
+    <t>ECOLE DE CONDUITE FRANCAISE COOPERATIVE D'EDUCATION ROUTIERE CENTRE ATLANTIQUE- E.C.F. CERCA</t>
+  </si>
+  <si>
+    <t>ECF</t>
+  </si>
+  <si>
+    <t>LA CLAVERIE RUE LEONARD DE VINCI 49070 SAINT-LEGER-DE-LINIERES</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>CHAVAGNE ROUTE DE LA MOTHE 79260 LA CRECHE</t>
+  </si>
+  <si>
+    <t>04/02/1999</t>
+  </si>
+  <si>
+    <t>LE GUET DU MARCHAND 87570 RILHAC-RANCON</t>
+  </si>
+  <si>
+    <t>01/07/1995</t>
+  </si>
+  <si>
+    <t>LES MOINARDS 86130 SAINT-GEORGES-LES-BAILLARGEAUX</t>
+  </si>
+  <si>
+    <t>01/06/1995</t>
+  </si>
+  <si>
+    <t>RUE DES GRANDS CHAMPS 41000 BLOIS</t>
+  </si>
+  <si>
+    <t>01/09/2003</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE 16440 NERSAC</t>
+  </si>
+  <si>
+    <t>01/04/2009</t>
+  </si>
+  <si>
+    <t>LES CHAMPS 23000 SAINTE-FEYRE</t>
+  </si>
+  <si>
+    <t>01/06/2012</t>
+  </si>
+  <si>
+    <t>RUE WILLY BRANDT 37390 NOTRE DAME D'OE</t>
+  </si>
+  <si>
+    <t>01/06/2013</t>
+  </si>
+  <si>
+    <t>ZAC 2 PARC D'ACTIVITES DU CORMIER 25 RUE GUSTAVE FOUILLARON 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>01/06/2018</t>
+  </si>
+  <si>
+    <t>11 RUE DES ORFEVRES 44840 LES SORINIERES</t>
+  </si>
+  <si>
+    <t>01/07/2018</t>
+  </si>
+  <si>
+    <t>ZI A CANA 19100 BRIVE LA GAILLARDE</t>
+  </si>
+  <si>
+    <t>385 RUE DE LA RIVIERE 19270 DONZENAC</t>
+  </si>
+  <si>
+    <t>24/04/2023</t>
+  </si>
+  <si>
+    <t>CENTRE D'EDUCATION ET DE SECURITE ROUTIERE 34</t>
+  </si>
+  <si>
+    <t>IMM ALBERES BD PRESIDENT KENNEDY 34500 BEZIERS</t>
+  </si>
+  <si>
+    <t>CENTRE EDUCA SECU ROUTIERE 38</t>
+  </si>
+  <si>
+    <t>RUE DES GLAIRAUX 38120 SAINT-EGREVE</t>
+  </si>
+  <si>
+    <t>ECOLE DE CONDUITE SABOLIENNE</t>
+  </si>
+  <si>
+    <t>RESIDENCE DU MAINE 48 RUE DU MANS 72300 SABLE-SUR-SARTHE</t>
+  </si>
+  <si>
+    <t>15/01/1980</t>
+  </si>
+  <si>
+    <t>LEGON FORMATION</t>
+  </si>
+  <si>
+    <t>954 RTE ZI DU CHATELET 74800 CORNIER</t>
+  </si>
+  <si>
+    <t>01/01/1994</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION ROUTIERE MARIONNEAU</t>
+  </si>
+  <si>
+    <t>BELLEVILLE SUR VIE 13 LA POIRIERE 85170 BELLEVIGNY</t>
+  </si>
+  <si>
+    <t>04/01/1990</t>
+  </si>
+  <si>
+    <t>9 ROUTE PLESSIS BOUCHET 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>11 RUE DE LA BLANCHARDIERE 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>29/05/2017</t>
+  </si>
+  <si>
+    <t>CESCA</t>
+  </si>
+  <si>
+    <t>12 QUAI DU MUSEE 88000 EPINAL</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>CENTRE D'EDUCATION ROUTIERE RHONE ALPES</t>
+  </si>
+  <si>
+    <t>RTE DEPARTEMENTALE 30 69670 VAUGNERAY</t>
+  </si>
+  <si>
+    <t>01/01/1979</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION DES CONDUCTEURS DU NORD AVEYRON</t>
+  </si>
+  <si>
+    <t>55 ALLEE EMILE ARNAL 12850 SAINTE-RADEGONDE</t>
+  </si>
+  <si>
+    <t>CENTRE D'EDUCATION ROUTIERE DE L'ARTOIS</t>
+  </si>
+  <si>
+    <t>33 RUE DU GENERAL DE GAULLE 62880 ANNAY</t>
+  </si>
+  <si>
+    <t>31/12/1981</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAURENT GEORGES   </t>
+  </si>
+  <si>
+    <t>7 AVENUE HENRI BRISSON 18100 VIERZON</t>
+  </si>
+  <si>
+    <t>06/09/1993</t>
+  </si>
+  <si>
+    <t>31/08/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIARD CHANTAL   </t>
+  </si>
+  <si>
+    <t>RUE SIRETTES 78710 ROSNY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>ORAKIN SAS</t>
+  </si>
+  <si>
+    <t>RTE DU RHIN 67240 KALTENHOUSE</t>
+  </si>
+  <si>
+    <t>18/07/1986</t>
+  </si>
+  <si>
+    <t>LLERENA</t>
+  </si>
+  <si>
+    <t>RUE DES FRERES PEUGEOT 68127 SAINTE-CROIX-EN-PLAINE</t>
+  </si>
+  <si>
+    <t>01/06/1993</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>12 RUE DE SAINT-NAZAIRE 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>PARC DE HAYE RUE DES FRENES 54840 BOIS-DE-HAYE</t>
+  </si>
+  <si>
+    <t>7 ROUTE DE WASSELONNE 67201 ECKBOLSHEIM</t>
+  </si>
+  <si>
+    <t>27/10/2008</t>
+  </si>
+  <si>
+    <t>30 RUE AMPERE 67120 DUTTLENHEIM</t>
+  </si>
+  <si>
+    <t>01/04/2023</t>
+  </si>
+  <si>
+    <t>ECOLE DE CONDUITE DE LA LIBERATION</t>
+  </si>
+  <si>
+    <t>27 AVENUE DE LA LIBERATION 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>01/07/1981</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION TRANSPORT</t>
+  </si>
+  <si>
+    <t>RUE DU FOND SQUIN 62500 SAINT-MARTIN-LEZ-TATINGHEM</t>
+  </si>
+  <si>
+    <t>01/08/1995</t>
+  </si>
+  <si>
+    <t>RTE ZA DE LA CANARDIERE 62360 ISQUES</t>
+  </si>
+  <si>
+    <t>30/03/2001</t>
+  </si>
+  <si>
+    <t>ZI DE REPDYCK RUE DE L'ABBE GREGOIRE 59760 GRANDE-SYNTHE</t>
+  </si>
+  <si>
+    <t>01/10/2012</t>
+  </si>
+  <si>
+    <t>ZI BORNES DU TEMPS II 753 RUE DES CATELETS 80470 SAINT-SAUVEUR</t>
+  </si>
+  <si>
+    <t>01/11/2021</t>
+  </si>
+  <si>
+    <t>CENTRE D'EDUCATION ET DE SECURITE ROUTIERE MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>PEAGE NORD MAS DE LA GARRIGUE NORD 66600 RIVESALTES</t>
+  </si>
+  <si>
+    <t>19/04/1991</t>
+  </si>
+  <si>
+    <t>BOUSCAREN</t>
+  </si>
+  <si>
+    <t>58 COURS GAMBETTA 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/01/1985</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION ROUTIERE 11</t>
+  </si>
+  <si>
+    <t>LD LE POIRIER PENCHES RN19 77170 SERVON</t>
+  </si>
+  <si>
+    <t>AUTO ECOLE EUGENE</t>
+  </si>
+  <si>
+    <t>3 RUE DES MARCHANDS 67600 SELESTAT</t>
+  </si>
+  <si>
+    <t>01/01/1987</t>
+  </si>
+  <si>
+    <t>ASSIFEP OUEST</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE DE PENHOAT RUE GUSTAVE EIFFEL 29860 PLABENNEC</t>
+  </si>
+  <si>
+    <t>PARC D ACTIVITES LES GRANDS SILL 35150 CORPS-NUDS</t>
+  </si>
+  <si>
+    <t>BOULAY FORMATION</t>
+  </si>
+  <si>
+    <t>ZA DU CARREFOUR DES BIARDS 17 RUE DES ARTISANS 50540 ISIGNY-LE-BUAT</t>
+  </si>
+  <si>
+    <t>26/03/2008</t>
+  </si>
+  <si>
+    <t>ORAKIN BOURGOGNE/FRANCHE COMTE</t>
+  </si>
+  <si>
+    <t>ZI DE CHEMAUDIN 25320 CHEMAUDIN ET VAUX</t>
+  </si>
+  <si>
+    <t>01/04/2008</t>
+  </si>
+  <si>
+    <t>CONDUITE SECURITE +</t>
+  </si>
+  <si>
+    <t>9 AVENUE DE L'AERODROME 66240 SAINT-ESTEVE</t>
+  </si>
+  <si>
+    <t>01/05/2017</t>
+  </si>
+  <si>
+    <t>PILOTE FORMATION OZONE PLUS</t>
+  </si>
+  <si>
+    <t>RTE DE SAINT NICOLAS DE PORT 54210 VILLE-EN-VERMOIS</t>
+  </si>
+  <si>
+    <t>15/09/2008</t>
+  </si>
+  <si>
+    <t>ABSKILL I</t>
+  </si>
+  <si>
+    <t>79 ROUTE DU CHENE 72230 ARNAGE</t>
+  </si>
+  <si>
+    <t>01/01/2009</t>
+  </si>
+  <si>
+    <t>ABSKILL</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITE DES BORDS DE SAONE RUE GEORGE EASTMAN 71100 CHALON-SUR-SAONE</t>
+  </si>
+  <si>
+    <t>ZA DES MACHERINS 2 RUE DE MADRID 89470 MONETEAU</t>
+  </si>
+  <si>
+    <t>ZAC DE LA PORTE OCEANE 11 RUE DU DANEMARK 56400 AURAY</t>
+  </si>
+  <si>
+    <t>18 RUE DES FRERES LUMIERE 14120 MONDEVILLE</t>
+  </si>
+  <si>
+    <t>FOUCHY ROUTE DE CULOISON 10600 LA CHAPELLE-SAINT-LUC</t>
+  </si>
+  <si>
+    <t>FORGET FORMATION</t>
+  </si>
+  <si>
+    <t>ZA MI VOIE 5 RUE HENRI POLLES 35136 SAINT-JACQUES-DE-LA-LANDE</t>
+  </si>
+  <si>
+    <t>6 RUE DES CARRIERES MORILLON 5 RUE DE LA SABLIERE 94290 VILLENEUVE-LE-ROI</t>
+  </si>
+  <si>
+    <t>1 A RUE DU MURGELOT 25220 CHALEZEULE</t>
+  </si>
+  <si>
+    <t>ZI ANGERS BEAUCOUZE 3 RUE DE L'EBEAUPIN 49070 BEAUCOUZE</t>
+  </si>
+  <si>
+    <t>01/04/2012</t>
+  </si>
+  <si>
+    <t>8 RUE EUGENE HENAFF 69200 VENISSIEUX</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
+  </si>
+  <si>
+    <t>20 RUE DE SAINT GERMAIN 61250 CONDE-SUR-SARTHE</t>
+  </si>
+  <si>
+    <t>31/12/2012</t>
+  </si>
+  <si>
+    <t>ZAC DE KERGARADEC 12 RUE HENRI BECQUEREL 29850 GOUESNOU</t>
+  </si>
+  <si>
+    <t>21 RUE DE PASQUIS 03100 MONTLUCON</t>
+  </si>
+  <si>
+    <t>PARC D ACTIVITES UNEXPO AVENUE DE L'EPINETTE 59113 SECLIN</t>
+  </si>
+  <si>
+    <t>25/03/2016</t>
+  </si>
+  <si>
+    <t>1 C BOULEVARD DE LA COMMUNICATION 53950 LOUVERNE</t>
+  </si>
+  <si>
+    <t>02/05/2022</t>
+  </si>
+  <si>
+    <t>CENTRE EUROPEEN DE FRET 64990 MOUGUERRE</t>
+  </si>
+  <si>
+    <t>03/07/2023</t>
+  </si>
+  <si>
+    <t>LE BOIS GROLIN 16590 BRIE</t>
+  </si>
+  <si>
+    <t>122 RUE EMILE COMBES 33270 FLOIRAC</t>
+  </si>
+  <si>
+    <t>12 RUE GEORGES GUYNEMER 64230 SAUVAGNON</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE DE BEAUREGARD 16 RUE GUSTAVE COURBET 19100 BRIVE-LA-GAILLARDE</t>
+  </si>
+  <si>
+    <t>AV LOUIS LESCURE 24330 BOULAZAC ISLE MANOIRE</t>
+  </si>
+  <si>
+    <t>ZAC DE MAMOURA NORD 551 ALLEE DE MAMOURA 40090 SAINT-AVIT</t>
+  </si>
+  <si>
+    <t>ZONE EST ZAC EUROCENTRE AVENUE DU GIROU 31620 VILLENEUVE-LES-BOULOC</t>
+  </si>
+  <si>
+    <t>2 ZONE DES PORTES D’ESTILLAC 47310 ESTILLAC</t>
+  </si>
+  <si>
+    <t>RUE GUSTAVE EIFFEL 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>17-19-21 17 RUE DE LA BLANCHARDIERE 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>01/06/2024</t>
+  </si>
+  <si>
+    <t>AUTO ECOLE NOTRE DAME II</t>
+  </si>
+  <si>
+    <t>AUTO ECOLE NOTRE DAME</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA PREFECTURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>30/06/2017</t>
+  </si>
+  <si>
+    <t>MACHADO</t>
+  </si>
+  <si>
+    <t>CFR MACHADO</t>
+  </si>
+  <si>
+    <t>22 B BOULEVARD ALEXANDRE CLAIR 43000 LE PUY-EN-VELAY</t>
   </si>
   <si>
     <t>BARABAN AUTO-ECOLE</t>
   </si>
   <si>
     <t>25 RUE DU LYONNAIS 69800 SAINT-PRIEST</t>
   </si>
   <si>
-    <t>01/06/2020</t>
-[...1 lines deleted...]
-  <si>
     <t>FORMASECO</t>
   </si>
   <si>
     <t>KERVIDANNOU 2 ZI DE LA MADELEINE 29300 MELLAC</t>
   </si>
   <si>
     <t>06/09/2010</t>
   </si>
   <si>
     <t>CESR'PRO</t>
   </si>
   <si>
     <t>731 ROUTE DE FALAISE 14123 IFS</t>
   </si>
   <si>
     <t>24/02/2011</t>
   </si>
   <si>
     <t>RUE ZAC DE LA CROIX CARREE 50180 AGNEAUX</t>
   </si>
   <si>
     <t>01/09/2011</t>
   </si>
   <si>
     <t>ZA DE L'ESPERANCE ROUTE DE PARIS 14100 LISIEUX</t>
@@ -640,74 +1873,68 @@
   <si>
     <t>CESR CITY PRO</t>
   </si>
   <si>
     <t>2 RUE DE LA PLAINE 76700 GONFREVILLE-L'ORCHER</t>
   </si>
   <si>
     <t>01/12/2012</t>
   </si>
   <si>
     <t>RUE JACQUES TATI 61200 ARGENTAN</t>
   </si>
   <si>
     <t>01/05/2022</t>
   </si>
   <si>
     <t>JEAN-CHRISTOPHE GENIN - ECOLE DE CONDUITE VESULIENNE (ECV)</t>
   </si>
   <si>
     <t>CENTRE COMMERCIAL DU GRAND MONTMARIN RUE EDOUARD BELIN 70000 VESOUL</t>
   </si>
   <si>
     <t>17/11/2011</t>
   </si>
   <si>
-    <t>31/08/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>C.F.C.R. 2</t>
   </si>
   <si>
     <t>ZA DE L'AUPRETIN ALLEE PIERRE ET MARIE CURIE 71500 LOUHANS</t>
   </si>
   <si>
     <t>01/08/2012</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LA PROMOTION SOCIALE ET LA FORMATION PROFESSIONNELLE DANS LES TRANSPORTS ROUTIERS</t>
   </si>
   <si>
     <t>RUE DE LA GRANDE EPINE 76800 SAINT-ETIENNE-DU-ROUVRAY</t>
   </si>
   <si>
     <t>01/03/1991</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>PROMOTRANS</t>
   </si>
   <si>
     <t>9 ALLEE DU BOIS DE L'ORME 41100 SAINT-OUEN</t>
   </si>
   <si>
     <t>01/09/1993</t>
   </si>
   <si>
     <t>C.E.S.R. BERNARD COUTURIER</t>
   </si>
   <si>
     <t>ROUTE DE NOGENT LE ROI 28500 SAINTE-GEMME-MORONVAL</t>
   </si>
   <si>
     <t>03/01/1996</t>
   </si>
   <si>
     <t>GO FORMATIONS</t>
   </si>
   <si>
     <t>GO FORMATIONS 54 - AUTO-ECOLE GO - MOTO ECOLE GO</t>
   </si>
   <si>
     <t>POLE INDUSTRIEL TOUL EUROPE SECTEUR B 430 RUE MARIE MARVINGT 54200 TOUL</t>
@@ -727,1206 +1954,297 @@
   <si>
     <t>CER LOPEZ</t>
   </si>
   <si>
     <t>127 AVENUE AMPERE 30600 VAUVERT</t>
   </si>
   <si>
     <t>28/06/2003</t>
   </si>
   <si>
     <t>PARIS SUD FORMATION</t>
   </si>
   <si>
     <t>85 AVENUE DE NEUILLY 94120 FONTENAY-SOUS-BOIS</t>
   </si>
   <si>
     <t>15/06/2001</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION DE PERMIS DE CONDUIRE GEORGES HOAREAU</t>
   </si>
   <si>
     <t>145- 145 B RUE MARIUS ET ARY LEBLOND 97410 SAINT-PIERRE</t>
   </si>
   <si>
-    <t>01/01/1997</t>
-[...1 lines deleted...]
-  <si>
     <t>MAUFFREY ACADEMY</t>
   </si>
   <si>
     <t>27 AVENUE DE LATTRE DE TASSIGNY 88510 ELOYES</t>
   </si>
   <si>
     <t>01/04/2022</t>
   </si>
   <si>
     <t>GAILLARD FORMATION</t>
   </si>
   <si>
     <t>RUE DES FRERES LUMIERE 15000 AURILLAC</t>
   </si>
   <si>
     <t>01/04/2005</t>
   </si>
   <si>
     <t>ZA DE NOLHAC 43350 SAINT-PAULIEN</t>
   </si>
   <si>
-    <t>01/09/2019</t>
-[...1 lines deleted...]
-  <si>
     <t>ZAC MONTERRAD 42500 LE CHAMBON-FEUGEROLLES</t>
   </si>
   <si>
     <t>01/12/2021</t>
   </si>
   <si>
     <t>ARVOR INSTITUTIONS</t>
   </si>
   <si>
     <t>ZONE ARTISANALE 25 RUE DE LA MAREBAUDIERE 35760 MONTGERMONT</t>
   </si>
   <si>
     <t>10/09/1997</t>
   </si>
   <si>
-    <t>ECF</t>
-[...1 lines deleted...]
-  <si>
     <t>ZAC DU POINT DU JOUR 22590 PORDIC</t>
   </si>
   <si>
     <t>ALIX FORMATION</t>
   </si>
   <si>
     <t>ECOLE DE CONDUITE-E.C.F.</t>
   </si>
   <si>
     <t>LES HAUTES MARLHES 90 RUE NOUVELLE 26300 ALIXAN</t>
   </si>
   <si>
     <t>30/03/1999</t>
   </si>
   <si>
+    <t>CENTRE DE FORMATION BLANCHARD LOUVIERS</t>
+  </si>
+  <si>
+    <t>297 RUE DES VIVES TERRES 27400 VIRONVAY</t>
+  </si>
+  <si>
+    <t>02/10/2023</t>
+  </si>
+  <si>
     <t>C.F.C.R</t>
   </si>
   <si>
     <t>RTE DEPARTEMENTALE 190 190 ROUTE DE MEULAN 78440 GUITRANCOURT</t>
   </si>
   <si>
     <t>01/01/2000</t>
   </si>
   <si>
-    <t>31/12/2024</t>
-[...829 lines deleted...]
-  <si>
     <t>MICHEL GEORGES FORMATION</t>
   </si>
   <si>
     <t>21 RUE DE L'ORIENT 88100 SAINT-DIE-DES-VOSGES</t>
   </si>
   <si>
     <t>01/03/1987</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
-    <t>CONSEIL ASSISTANCE FORMATION CONDUITE ANTILLAISE ET ENERGIE</t>
-[...44 lines deleted...]
-    <t>01/06/2014</t>
+    <t>ECF BEQUET</t>
+  </si>
+  <si>
+    <t>ZAC DU PAYS ALNELOIS 1 RUE MARIE MARVINGT 28700 AUNEAU-BLEURY-SAINT-SYMPHORIEN</t>
+  </si>
+  <si>
+    <t>31/10/2008</t>
+  </si>
+  <si>
+    <t>INSTITUT GT</t>
+  </si>
+  <si>
+    <t>21/07/1995</t>
   </si>
   <si>
     <t>JP EUGENE FORMATION</t>
   </si>
   <si>
     <t>ZONE D'ACTIVITES EST 67730 CHATENOIS</t>
   </si>
   <si>
     <t>30/01/2014</t>
   </si>
   <si>
     <t>IFA</t>
   </si>
   <si>
     <t>2 RUE DE LA LUNE CORAIL 95800 CERGY</t>
   </si>
   <si>
     <t>28/04/2014</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION ROCHE</t>
   </si>
   <si>
     <t>31 RUE LOUIS ALPHONSE POITEVIN 71380 SAINT-MARCEL</t>
   </si>
   <si>
     <t>12/03/2019</t>
   </si>
   <si>
     <t>POLE FORMATION</t>
   </si>
   <si>
     <t>ZONE DE KERMELIN 69 KERMELIN 56890 SAINT-AVE</t>
   </si>
   <si>
     <t>14/09/2022</t>
   </si>
   <si>
     <t>SARL CSPL35</t>
   </si>
   <si>
     <t>SARIAN FORMATIONS 35</t>
   </si>
   <si>
     <t>6 IMP DU RUISSEAU ZA NOYAL SUD   LA RI 35530 NOYAL-SUR-VILAINE</t>
   </si>
   <si>
-    <t>CONDUITE SECURITE +</t>
-[...149 lines deleted...]
-    <t>22 B BOULEVARD ALEXANDRE CLAIR 43000 LE PUY-EN-VELAY</t>
+    <t>ECF G. SACAREAU</t>
+  </si>
+  <si>
+    <t>ZI EN JACCA 8 CHEMIN DE L'ECHUT 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>13/03/2017</t>
+  </si>
+  <si>
+    <t>PROMOTRANS FORMATION PROFESSIONNELLE CONTINUE</t>
+  </si>
+  <si>
+    <t>9-11 ALLEE DU BOIS DE L'ORME 41100 SAINT-OUEN</t>
+  </si>
+  <si>
+    <t>ZA DE L'ECLUSE 22120 YFFINIAC</t>
+  </si>
+  <si>
+    <t>10 RUE LAVOISIER 45140 INGRE</t>
+  </si>
+  <si>
+    <t>02/06/2025</t>
+  </si>
+  <si>
+    <t>ZAC LA VALLEE RUE MARCEL PAUL 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>14 RUE DE LA CESIERE 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>31 RUE DU VAL CLAIR 51100 REIMS</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE RUE NICEPHORE NIEPCE 14120 MONDEVILLE</t>
+  </si>
+  <si>
+    <t>ZI DE BORDEAUX FRET RUE DE STRASBOURG 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>18 RUE PASCAL 77100 MEAUX</t>
+  </si>
+  <si>
+    <t>PLATEFORME LOGISTIQUE DU GRAND LYON RPT BERNARD VOS 69780 MIONS</t>
+  </si>
+  <si>
+    <t>1000 RUE DE LA CASTELLE 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>208 RUE CLEMENT ADER 13340 ROGNAC</t>
+  </si>
+  <si>
+    <t>RUE DE LA CHOCOLATERIE 26290 DONZERE</t>
+  </si>
+  <si>
+    <t>20 RUE DU BEL AIR 94400 VITRY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE D ANTOIGNE 72380 SAINTE-JAMME-SUR-SARTHE</t>
+  </si>
+  <si>
+    <t>RUE JOHN HADLEY 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>BOULEVARD SALVADOR ALLENDE 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>ZAC LE VALLON 3 RUE CLAUDE CHAPPE 35230 NOYAL-CHATILLON-SUR-SEICHE</t>
+  </si>
+  <si>
+    <t>ZAC DU PARC DES TULIPES SUD 1 AVENUE DU XXIEME SIECLE 95500 GONESSE</t>
+  </si>
+  <si>
+    <t>01/08/2016</t>
+  </si>
+  <si>
+    <t>GROUPE PROMOTRANS</t>
+  </si>
+  <si>
+    <t>ZA DU PACAGE 4 RUE DU FOUR A CHAUX 62223 SAINTE-CATHERINE</t>
+  </si>
+  <si>
+    <t>PROMOTRANS FPC</t>
+  </si>
+  <si>
+    <t>1247 AVENUE DE LA HOUILLE BLANCHE 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>ZI DE THIBAUD - BAT B2 8 RUE COLOMIES 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>ZI ACTINORD LES SAUGES LE BAS PALLUAU 72650 LA CHAPELLE-SAINT-AUBIN</t>
+  </si>
+  <si>
+    <t>3 RUE GEORGES MAHIEU 76290 MONTIVILLIERS</t>
+  </si>
+  <si>
+    <t>AVENUE JULES CESAR 62223 SAINT-LAURENT-BLANGY</t>
+  </si>
+  <si>
+    <t>5 RUE GASTON RAMON 57050 METZ</t>
+  </si>
+  <si>
+    <t>ZAC DU ROUTHOUAN IMPASSE DE L'ABLETTE 35400 SAINT-MALO</t>
+  </si>
+  <si>
+    <t>11/04/2023</t>
   </si>
   <si>
     <t>CAPL FORMATION</t>
   </si>
   <si>
     <t>RUE DU LEY 64121 SERRES-CASTET</t>
   </si>
   <si>
     <t>01/05/2015</t>
   </si>
   <si>
     <t>CF LIVRY CONDUITE</t>
   </si>
   <si>
     <t>5 AVENUE JEAN JACQUES ROUSSEAU 93190 LIVRY-GARGAN</t>
   </si>
   <si>
     <t>07/05/2015</t>
   </si>
   <si>
     <t>CAB FORMATIONS</t>
   </si>
   <si>
     <t>151 AVENUE GALLIENI 93170 BAGNOLET</t>
   </si>
@@ -1945,359 +2263,50 @@
   <si>
     <t>10/09/2015</t>
   </si>
   <si>
     <t>CER PRO CONDUITE MONTGERON</t>
   </si>
   <si>
     <t>8 ROUTE DE CORBEIL 91230 MONTGERON</t>
   </si>
   <si>
     <t>07/07/2015</t>
   </si>
   <si>
     <t>19 AVENUE DE LA DIVISION LECLERC 91290 ARPAJON</t>
   </si>
   <si>
     <t>11/02/2022</t>
   </si>
   <si>
     <t>MG FORMATION EPINAL</t>
   </si>
   <si>
     <t>57 RTE D'EPINAL 88390 UXEGNEY</t>
   </si>
   <si>
-    <t>ECF G. SACAREAU</t>
-[...307 lines deleted...]
-  <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>35 RUE DE LA MITTERIE 59160 LILLE</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
@@ -2360,59 +2369,50 @@
     <t>19 B RUE ROBERT SCHUMAN 54850 MESSEIN</t>
   </si>
   <si>
     <t>05/12/2016</t>
   </si>
   <si>
     <t>FORMA PLUS</t>
   </si>
   <si>
     <t>16 BOULEVARD DES JARDINIERS 06200 NICE</t>
   </si>
   <si>
     <t>22/05/2025</t>
   </si>
   <si>
     <t>TURPEAU FORMATION</t>
   </si>
   <si>
     <t>CARREFOUR D 948 LE FOUR 85480 FOUGERE</t>
   </si>
   <si>
     <t>20/01/2017</t>
   </si>
   <si>
     <t>9 LA GARE DES EPESSES 85500 LES HERBIERS</t>
-  </si>
-[...7 lines deleted...]
-    <t>02/10/2023</t>
   </si>
   <si>
     <t>DUCOS FABIEN FORMATION</t>
   </si>
   <si>
     <t>49 ALLEE DU REFUGE 40090 SAINT-AVIT</t>
   </si>
   <si>
     <t>03/10/2022</t>
   </si>
   <si>
     <t>FORMA SUD CONSEIL</t>
   </si>
   <si>
     <t>4 RUE PAUL MASSOT 66000 PERPIGNAN</t>
   </si>
   <si>
     <t>AGENEAU FORMATION</t>
   </si>
   <si>
     <t>27 RUE DE LA SARTHE 49300 CHOLET</t>
   </si>
   <si>
     <t>02/03/2018</t>
   </si>
@@ -2970,14073 +2970,14073 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>11000007200014</v>
+        <v>45391242000016</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3"/>
+      <c r="I2" s="3">
+        <v>73120046012</v>
+      </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>13002293200011</v>
+        <v>47754825900019</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D3" s="2" t="s">
         <v>20</v>
       </c>
+      <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>53290897729</v>
+        <v>41570231057</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>19290071000026</v>
+        <v>47769611600037</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>25</v>
+      </c>
+      <c r="I4" s="3">
+        <v>91300243730</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>19350030300030</v>
+        <v>47991324600019</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>17</v>
+      </c>
+      <c r="I5" s="3">
+        <v>72640251364</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>19440029700025</v>
+        <v>47991324600043</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I6" s="3">
-        <v>52440417944</v>
+        <v>72640251364</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>19560026700049</v>
+        <v>47998853700011</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>35</v>
+      </c>
+      <c r="I7" s="3">
+        <v>93040059904</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>19850027400040</v>
+        <v>48201278800022</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="I8" s="3">
-        <v>52850271785</v>
+        <v>41540242854</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>19860037100043</v>
+        <v>48201278800030</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I9" s="3">
-        <v>54860142086</v>
+        <v>41540242854</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>19910620400027</v>
+        <v>48201278800055</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>39</v>
+      </c>
+      <c r="I10" s="3">
+        <v>41540242854</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>34926669200038</v>
+        <v>48525654900018</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>31620046062</v>
+        <v>24280035528</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>35066904000031</v>
+        <v>48811772200022</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="I12" s="3"/>
+        <v>25</v>
+      </c>
+      <c r="I12" s="3">
+        <v>23760376476</v>
+      </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>35098901800014</v>
+        <v>48815270300010</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>66</v>
+        <v>51</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I13" s="3">
-        <v>73810017181</v>
+        <v>94202000520</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>35278742800023</v>
+        <v>49299343100013</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I14" s="3">
-        <v>72470003747</v>
+        <v>41540256854</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>37810015000036</v>
+        <v>49331937000026</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I15" s="3">
-        <v>25500014950</v>
+        <v>21520023952</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>38044044600025</v>
+        <v>49845726600019</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>76</v>
+        <v>60</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>77</v>
+        <v>61</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>78</v>
+        <v>62</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I16" s="3">
-        <v>11770016877</v>
+        <v>91340642434</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>38124453200036</v>
+        <v>11000007200014</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>38124453200051</v>
+        <v>13002293200011</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="D18" s="2"/>
+        <v>67</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>68</v>
+      </c>
       <c r="E18" s="2" t="s">
-        <v>82</v>
+        <v>69</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>83</v>
+        <v>70</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="I18" s="3">
-        <v>53290043029</v>
+        <v>53290897729</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>38124453200077</v>
+        <v>19290071000026</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="D19" s="2"/>
+        <v>72</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>73</v>
+      </c>
       <c r="E19" s="2" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>53290043029</v>
+        <v>25</v>
+      </c>
+      <c r="I19" s="3" t="s">
+        <v>76</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>38211584800014</v>
+        <v>19350030300030</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="D20" s="2"/>
+        <v>77</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>78</v>
+      </c>
       <c r="E20" s="2" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>82690054169</v>
+        <v>25</v>
+      </c>
+      <c r="I20" s="3" t="s">
+        <v>81</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>38462139700023</v>
+        <v>19440029700025</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D21" s="2"/>
+        <v>82</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>83</v>
+      </c>
       <c r="E21" s="2" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I21" s="3">
-        <v>97970117997</v>
+        <v>52440417944</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>38491515300017</v>
+        <v>19560026700049</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>11930107893</v>
+        <v>25</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>89</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>38960270700017</v>
+        <v>19850027400040</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="D23" s="2"/>
+        <v>90</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>91</v>
+      </c>
       <c r="E23" s="2" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I23" s="3">
-        <v>42680089068</v>
+        <v>52850271785</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>39016543900204</v>
+        <v>19860037100043</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="D24" s="2"/>
+        <v>94</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>95</v>
+      </c>
       <c r="E24" s="2" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I24" s="3">
-        <v>54790035679</v>
+        <v>54860142086</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>39058913300086</v>
+        <v>19910620400027</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="D25" s="2"/>
+        <v>98</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>99</v>
+      </c>
       <c r="E25" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>93131039813</v>
+        <v>25</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>102</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>39058913300094</v>
+        <v>34432126000046</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>106</v>
+        <v>38</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I26" s="3">
-        <v>93131039813</v>
+        <v>82260031526</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>39058913300128</v>
+        <v>34926669200038</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I27" s="3">
-        <v>93131039813</v>
+        <v>31620046062</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>39058913300144</v>
+        <v>35066904000031</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>47</v>
+        <v>110</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I28" s="3"/>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>39058913300151</v>
+        <v>35098901800014</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I29" s="3">
-        <v>93131039813</v>
+        <v>73810017181</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>39215531300068</v>
+        <v>35278742800023</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>13</v>
+        <v>115</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="G30" s="2"/>
+        <v>107</v>
+      </c>
+      <c r="G30" s="2" t="s">
+        <v>118</v>
+      </c>
       <c r="H30" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I30" s="3">
-        <v>25140062614</v>
+        <v>72470003747</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>39234709200026</v>
+        <v>37810015000036</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>13</v>
+        <v>115</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="G31" s="2"/>
+        <v>121</v>
+      </c>
+      <c r="G31" s="2" t="s">
+        <v>122</v>
+      </c>
       <c r="H31" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I31" s="3">
-        <v>53560456756</v>
+        <v>25500014950</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>39259646600046</v>
+        <v>38044044600025</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I32" s="3">
-        <v>73810037781</v>
+        <v>11770016877</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>39400768600022</v>
+        <v>38124453200036</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I33" s="3">
-        <v>31590308059</v>
+        <v>53290043029</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>39433208400059</v>
+        <v>38124453200051</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I34" s="3">
-        <v>23760214476</v>
+        <v>53290043029</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>39433208400067</v>
+        <v>38124453200077</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I35" s="3">
-        <v>23760214476</v>
+        <v>53290043029</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>39433208400083</v>
+        <v>38211584800014</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I36" s="3">
-        <v>23760214476</v>
+        <v>82690054169</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>39433208400141</v>
+        <v>38462139700023</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I37" s="3">
-        <v>23760214476</v>
+        <v>97970117997</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>39433208400158</v>
+        <v>38491515300017</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>126</v>
+        <v>139</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I38" s="3">
-        <v>23760214476</v>
+        <v>11930107893</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>39441880000048</v>
+        <v>38960270700017</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I39" s="3">
-        <v>73820015682</v>
+        <v>42680089068</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>39441880000063</v>
+        <v>39016543900204</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>138</v>
-[...3 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I40" s="3">
-        <v>73820015682</v>
+        <v>54790035679</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>39785587500068</v>
+        <v>39058913300086</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I41" s="3">
-        <v>24180044018</v>
+        <v>93131039813</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>39785587500134</v>
+        <v>39058913300094</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I42" s="3">
-        <v>24180044018</v>
+        <v>93131039813</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>39806026900022</v>
+        <v>39058913300128</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I43" s="3">
-        <v>72330325633</v>
+        <v>93131039813</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>39806026900097</v>
+        <v>39058913300144</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>155</v>
+        <v>93</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I44" s="3">
-        <v>72330325633</v>
+        <v>93131039813</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>39806026900154</v>
+        <v>39058913300151</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="D45" s="2"/>
+        <v>149</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>157</v>
+      </c>
       <c r="E45" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I45" s="3">
-        <v>72330325633</v>
+        <v>93131039813</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>39890939000021</v>
+        <v>39215531300068</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="D46" s="2"/>
+        <v>160</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>161</v>
+      </c>
       <c r="E46" s="2" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I46" s="3">
-        <v>41570044357</v>
+        <v>25140062614</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>48201278800022</v>
+        <v>39234709200026</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>164</v>
+        <v>17</v>
       </c>
       <c r="I47" s="3">
-        <v>41540242854</v>
+        <v>53560456756</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>48201278800030</v>
+        <v>39259646600046</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I48" s="3">
-        <v>41540242854</v>
+        <v>73810037781</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>48201278800055</v>
+        <v>39400768600022</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>164</v>
+        <v>17</v>
       </c>
       <c r="I49" s="3">
-        <v>41540242854</v>
+        <v>31590308059</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>48525654900018</v>
+        <v>39433208400059</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>170</v>
+        <v>48</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I50" s="3">
-        <v>24280035528</v>
+        <v>23760214476</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>48811772200022</v>
+        <v>39433208400067</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>127</v>
+        <v>175</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I51" s="3">
-        <v>23760376476</v>
+        <v>23760214476</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>48815270300010</v>
+        <v>39433208400083</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I52" s="3">
-        <v>94202000520</v>
+        <v>23760214476</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>49299343100013</v>
+        <v>39433208400141</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>177</v>
-[...3 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>179</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>180</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I53" s="3">
-        <v>41540256854</v>
+        <v>23760214476</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>49331937000026</v>
+        <v>39433208400158</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="D54" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
         <v>182</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>183</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I54" s="3">
-        <v>21520023952</v>
+        <v>23760214476</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>49845726600019</v>
+        <v>39441880000048</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>184</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>185</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>186</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I55" s="3">
-        <v>91340642434</v>
+        <v>73820015682</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>52298653800059</v>
+        <v>39441880000063</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>187</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>188</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>189</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I56" s="3">
-        <v>82691335669</v>
+        <v>73820015682</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>52468744900016</v>
+        <v>39785587500068</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="D57" s="2"/>
+      <c r="D57" s="2" t="s">
+        <v>191</v>
+      </c>
       <c r="E57" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I57" s="3">
-        <v>53290843829</v>
+        <v>24180044018</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>53072890600013</v>
+        <v>39785587500134</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D58" s="2"/>
+        <v>190</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>194</v>
+      </c>
       <c r="E58" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I58" s="3">
-        <v>25140244814</v>
+        <v>24180044018</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>53072890600039</v>
+        <v>39806026900022</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>197</v>
+      </c>
+      <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I59" s="3">
-        <v>25140244814</v>
+        <v>72330325633</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>53072890600047</v>
+        <v>39806026900097</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I60" s="3">
-        <v>25140244814</v>
+        <v>72330325633</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>53072890600054</v>
+        <v>39806026900154</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>197</v>
+      </c>
+      <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I61" s="3">
-        <v>25140244814</v>
+        <v>72330325633</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>53072890600104</v>
+        <v>39890939000021</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I62" s="3">
-        <v>25140244814</v>
+        <v>41570044357</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>53794833300019</v>
+        <v>43003223500011</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>207</v>
-[...3 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I63" s="3">
-        <v>43700051470</v>
+        <v>96973027097</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>75401639200013</v>
+        <v>43498102300014</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I64" s="3">
-        <v>26710220271</v>
+        <v>93130643413</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>77568013500396</v>
+        <v>43870754900020</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>215</v>
+        <v>17</v>
       </c>
       <c r="I65" s="3">
-        <v>11753207275</v>
+        <v>83630352763</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>77568013500446</v>
+        <v>43870754900046</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="D66" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="D66" s="2"/>
+      <c r="E66" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="E66" s="2" t="s">
+      <c r="F66" s="2" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>215</v>
+        <v>17</v>
       </c>
       <c r="I66" s="3">
-        <v>11753207275</v>
+        <v>83630352763</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>40332253000011</v>
+        <v>43870754900061</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I67" s="3">
-        <v>24280081328</v>
+        <v>83630352763</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>40486684000071</v>
+        <v>43870754900079</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>222</v>
-[...3 lines deleted...]
-      </c>
+        <v>213</v>
+      </c>
+      <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I68" s="3">
-        <v>41540249654</v>
+        <v>83630352763</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>40486684000089</v>
+        <v>44258015500020</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I69" s="3"/>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>40849598400028</v>
+        <v>44432770400086</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I70" s="3">
-        <v>91300018930</v>
+        <v>52490195549</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>41005566900031</v>
+        <v>45110209900012</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>232</v>
-      </c>
-[...5 lines deleted...]
-        <v>234</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I71" s="3">
-        <v>11940449594</v>
+        <v>93830348283</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>41050563000013</v>
+        <v>45170031400037</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>237</v>
+        <v>178</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I72" s="3">
-        <v>98970205097</v>
+        <v>24280132328</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>41104468800033</v>
+        <v>45176047400028</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>215</v>
+        <v>17</v>
       </c>
       <c r="I73" s="3">
-        <v>41880074388</v>
+        <v>24180080318</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>41173463500039</v>
+        <v>45300359200020</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I74" s="3">
-        <v>83150298315</v>
+        <v>25140157714</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>41173463500088</v>
+        <v>78990155000028</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>241</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I75" s="3">
-        <v>83150298315</v>
+        <v>42670490867</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>41173463500138</v>
+        <v>79240186100028</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>247</v>
+        <v>163</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I76" s="3">
-        <v>83150298315</v>
+        <v>95970191397</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>41369266600014</v>
+        <v>79327644500020</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>53350571335</v>
+        <v>17</v>
+      </c>
+      <c r="I77" s="3" t="s">
+        <v>249</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>41369266600022</v>
+        <v>79506360100012</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="D78" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="D78" s="2"/>
+      <c r="E78" s="2" t="s">
         <v>251</v>
       </c>
-      <c r="E78" s="2" t="s">
+      <c r="F78" s="2" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I78" s="3">
-        <v>53350571335</v>
+        <v>72330926733</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>42249090400022</v>
+        <v>79904809500027</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>253</v>
       </c>
       <c r="D79" s="2" t="s">
         <v>254</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>255</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>256</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I79" s="3">
-        <v>82260095626</v>
+        <v>75640444964</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>42931837100011</v>
+        <v>79929134900014</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>257</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="F80" s="2" t="s">
         <v>258</v>
       </c>
-      <c r="F80" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I80" s="3">
-        <v>11780036578</v>
+        <v>72330946233</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>43003223500011</v>
+        <v>79929134900030</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I81" s="3">
-        <v>96973027097</v>
+        <v>72330946233</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
         <v>30540504500025</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I82" s="3">
         <v>11750091675</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
         <v>30540504500041</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I83" s="3">
         <v>11750091675</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
         <v>30540504500066</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I84" s="3">
         <v>11750091675</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
         <v>30540504500116</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I85" s="3">
         <v>11750091675</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
         <v>30540504500132</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I86" s="3">
         <v>11750091675</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
         <v>30540504500223</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I87" s="3">
         <v>11750091675</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
         <v>30540504500249</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I88" s="3">
         <v>11750091675</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
         <v>30540504500363</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I89" s="3">
         <v>11750091675</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
         <v>30540504500371</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I90" s="3">
         <v>11750091675</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
         <v>30540504500397</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I91" s="3">
         <v>11750091675</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
         <v>30540504500421</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D92" s="2" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I92" s="3">
         <v>11750091675</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
         <v>30540504500504</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>237</v>
+        <v>284</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I93" s="3">
         <v>11750091675</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
         <v>30540504500512</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>237</v>
+        <v>284</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I94" s="3">
         <v>11750091675</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
         <v>30540504500520</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>237</v>
+        <v>284</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>215</v>
+        <v>35</v>
       </c>
       <c r="I95" s="3">
         <v>11750091675</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
         <v>30540504500579</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>237</v>
+        <v>284</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I96" s="3">
         <v>11750091675</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M96" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
         <v>30540504500587</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I97" s="3">
         <v>11750091675</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M97" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
         <v>30540504500595</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I98" s="3">
         <v>11750091675</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M98" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
         <v>30540504500603</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I99" s="3">
         <v>11750091675</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M99" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
         <v>30540504500637</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D100" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="E100" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="F100" s="2" t="s">
         <v>294</v>
-      </c>
-[...4 lines deleted...]
-        <v>296</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I100" s="3">
         <v>11750091675</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M100" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
         <v>30540504500652</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I101" s="3">
         <v>11750091675</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
         <v>30540504500660</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D102" s="2" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I102" s="3">
         <v>11750091675</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M102" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
         <v>30540504500694</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I103" s="3">
         <v>11750091675</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M103" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
         <v>30540504500702</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D104" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="E104" s="2" t="s">
+        <v>301</v>
+      </c>
+      <c r="F104" s="2" t="s">
         <v>302</v>
-      </c>
-[...4 lines deleted...]
-        <v>304</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I104" s="3">
         <v>11750091675</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M104" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
         <v>30540504500744</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D105" s="2" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I105" s="3">
         <v>11750091675</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
         <v>30540504500751</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I106" s="3">
         <v>11750091675</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
         <v>30540504500777</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I107" s="3">
         <v>11750091675</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
         <v>30540504500785</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D108" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="E108" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="F108" s="2" t="s">
         <v>302</v>
-      </c>
-[...4 lines deleted...]
-        <v>304</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I108" s="3">
         <v>11750091675</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M108" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
         <v>30540504500868</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I109" s="3">
         <v>11750091675</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M109" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
         <v>30540504500991</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I110" s="3">
         <v>11750091675</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M110" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I111" s="3">
         <v>11750091675</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M111" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
         <v>30540504501031</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I112" s="3">
         <v>11750091675</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M112" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
         <v>30540504501080</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I113" s="3">
         <v>11750091675</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L113" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M113" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
         <v>30540504501130</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I114" s="3">
         <v>11750091675</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M114" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
         <v>30540504501171</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I115" s="3">
         <v>11750091675</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L115" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M115" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
         <v>30540504501213</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I116" s="3">
         <v>11750091675</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M116" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
         <v>30540504501221</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I117" s="3">
         <v>11750091675</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M117" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
         <v>30540504501262</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I118" s="3">
         <v>11750091675</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M118" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
         <v>30540504501338</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I119" s="3">
         <v>11750091675</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L119" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M119" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
         <v>30540504501346</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I120" s="3">
         <v>11750091675</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M120" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
         <v>30540504501387</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I121" s="3">
         <v>11750091675</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L121" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
         <v>30540504501403</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I122" s="3">
         <v>11750091675</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M122" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
         <v>30540504501429</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I123" s="3">
         <v>11750091675</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
         <v>30540504501452</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I124" s="3">
         <v>11750091675</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M124" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
         <v>30540504501478</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I125" s="3">
         <v>11750091675</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M125" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
         <v>30540504501510</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I126" s="3">
         <v>11750091675</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M126" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
         <v>30540504501528</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I127" s="3">
         <v>11750091675</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M127" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
         <v>30540504501536</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I128" s="3">
         <v>11750091675</v>
       </c>
       <c r="J128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M128" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
         <v>30540504501577</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I129" s="3">
         <v>11750091675</v>
       </c>
       <c r="J129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K129" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M129" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
         <v>30540504501601</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I130" s="3">
         <v>11750091675</v>
       </c>
       <c r="J130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M130" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
         <v>30540504501619</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I131" s="3">
         <v>11750091675</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M131" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
         <v>30540504501627</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I132" s="3">
         <v>11750091675</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K132" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L132" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M132" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
         <v>30540504501635</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D133" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="E133" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="F133" s="2" t="s">
         <v>350</v>
-      </c>
-[...4 lines deleted...]
-        <v>352</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I133" s="3">
         <v>11750091675</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L133" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M133" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
         <v>30540504501668</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I134" s="3">
         <v>11750091675</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L134" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M134" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
         <v>30540504501692</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I135" s="3">
         <v>11750091675</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K135" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L135" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M135" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
         <v>30540504501700</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I136" s="3">
         <v>11750091675</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K136" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L136" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M136" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
         <v>30540504501718</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I137" s="3">
         <v>11750091675</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L137" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M137" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
         <v>30540504501759</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I138" s="3">
         <v>11750091675</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L138" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M138" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
         <v>30540504501775</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I139" s="3">
         <v>11750091675</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L139" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M139" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
         <v>30540504501783</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I140" s="3">
         <v>11750091675</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L140" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M140" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
         <v>30540504501809</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>366</v>
+        <v>256</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I141" s="3">
         <v>11750091675</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L141" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M141" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
         <v>30540504501866</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>134</v>
+        <v>180</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I142" s="3">
         <v>11750091675</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L142" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M142" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
         <v>30540504501874</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I143" s="3">
         <v>11750091675</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L143" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M143" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
         <v>30540504501882</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I144" s="3">
         <v>11750091675</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K144" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L144" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M144" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
         <v>30540504501908</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I145" s="3">
         <v>11750091675</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K145" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L145" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M145" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
         <v>30540504501932</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I146" s="3">
         <v>11750091675</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M146" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
         <v>30540504501940</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I147" s="3">
         <v>11750091675</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K147" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L147" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M147" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
         <v>30540504501957</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I148" s="3">
         <v>11750091675</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K148" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L148" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M148" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
         <v>30540504501965</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I149" s="3">
         <v>11750091675</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K149" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L149" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M149" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
         <v>30540504501999</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I150" s="3">
         <v>11750091675</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K150" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L150" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M150" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
         <v>30540504502005</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I151" s="3">
         <v>11750091675</v>
       </c>
       <c r="J151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K151" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L151" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M151" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
         <v>30540504502013</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I152" s="3">
         <v>11750091675</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L152" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M152" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
         <v>30540504502021</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I153" s="3">
         <v>11750091675</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K153" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L153" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M153" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
         <v>30540504502039</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I154" s="3">
         <v>11750091675</v>
       </c>
       <c r="J154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K154" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L154" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M154" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
         <v>30540504502054</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>245</v>
+        <v>390</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I155" s="3">
         <v>11750091675</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K155" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L155" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M155" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
         <v>30540504502112</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I156" s="3">
         <v>11750091675</v>
       </c>
       <c r="J156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K156" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L156" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M156" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
         <v>30540504502138</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I157" s="3">
         <v>11750091675</v>
       </c>
       <c r="J157" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K157" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L157" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M157" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
         <v>30540504502153</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I158" s="3">
         <v>11750091675</v>
       </c>
       <c r="J158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K158" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L158" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M158" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
         <v>30540504502161</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I159" s="3">
         <v>11750091675</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K159" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L159" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M159" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
         <v>30540504502195</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I160" s="3">
         <v>11750091675</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K160" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L160" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M160" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
         <v>30540504502203</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I161" s="3">
         <v>11750091675</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K161" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L161" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M161" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
         <v>30540504502211</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I162" s="3">
         <v>11750091675</v>
       </c>
       <c r="J162" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K162" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L162" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M162" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
         <v>30540504502237</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>74</v>
+        <v>121</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I163" s="3">
         <v>11750091675</v>
       </c>
       <c r="J163" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K163" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L163" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M163" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
         <v>30540504502245</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>74</v>
+        <v>121</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I164" s="3">
         <v>11750091675</v>
       </c>
       <c r="J164" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K164" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L164" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M164" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
         <v>30540504502286</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>189</v>
+        <v>404</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I165" s="3">
         <v>11750091675</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K165" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L165" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M165" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
         <v>30540504502302</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
+        <v>405</v>
+      </c>
+      <c r="F166" s="2" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I166" s="3">
         <v>11750091675</v>
       </c>
       <c r="J166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K166" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L166" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M166" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
         <v>30540504502310</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="F167" s="2" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I167" s="3">
         <v>11750091675</v>
       </c>
       <c r="J167" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K167" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L167" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M167" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
         <v>30540504502328</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I168" s="3">
         <v>11750091675</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K168" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L168" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M168" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
         <v>30540504502336</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I169" s="3">
         <v>11750091675</v>
       </c>
       <c r="J169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K169" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L169" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M169" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
         <v>30540504502377</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="F170" s="2" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I170" s="3">
         <v>11750091675</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K170" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L170" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M170" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
         <v>30540504502385</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="F171" s="2" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I171" s="3">
         <v>11750091675</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K171" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L171" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M171" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
         <v>30540504502393</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="F172" s="2" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I172" s="3">
         <v>11750091675</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K172" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L172" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M172" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
         <v>30540504502401</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I173" s="3">
         <v>11750091675</v>
       </c>
       <c r="J173" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K173" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L173" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M173" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
         <v>30540504502419</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I174" s="3">
         <v>11750091675</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K174" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L174" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M174" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
         <v>30540504502450</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="F175" s="2" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I175" s="3">
         <v>11750091675</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K175" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L175" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M175" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
         <v>30540504502468</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
+        <v>421</v>
+      </c>
+      <c r="F176" s="2" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I176" s="3">
         <v>11750091675</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K176" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L176" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M176" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
         <v>30540504502526</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
+        <v>423</v>
+      </c>
+      <c r="F177" s="2" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I177" s="3">
         <v>11750091675</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K177" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L177" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M177" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
         <v>30540504502534</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I178" s="3">
         <v>11750091675</v>
       </c>
       <c r="J178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K178" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L178" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M178" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
         <v>30540504502559</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="s">
+        <v>426</v>
+      </c>
+      <c r="F179" s="2" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I179" s="3">
         <v>11750091675</v>
       </c>
       <c r="J179" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K179" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L179" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M179" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
         <v>30540504502617</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
+        <v>428</v>
+      </c>
+      <c r="F180" s="2" t="s">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I180" s="3">
         <v>11750091675</v>
       </c>
       <c r="J180" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K180" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L180" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M180" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
         <v>30540504502625</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I181" s="3">
         <v>11750091675</v>
       </c>
       <c r="J181" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K181" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L181" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M181" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
         <v>30540504502641</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="s">
+        <v>431</v>
+      </c>
+      <c r="F182" s="2" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I182" s="3">
         <v>11750091675</v>
       </c>
       <c r="J182" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K182" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L182" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M182" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
         <v>30540504502658</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="s">
+        <v>433</v>
+      </c>
+      <c r="F183" s="2" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I183" s="3">
         <v>11750091675</v>
       </c>
       <c r="J183" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K183" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L183" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M183" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
         <v>30540504502716</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="F184" s="2" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I184" s="3">
         <v>11750091675</v>
       </c>
       <c r="J184" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K184" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L184" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M184" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
         <v>30540504502732</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="F185" s="2" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I185" s="3">
         <v>11750091675</v>
       </c>
       <c r="J185" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K185" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L185" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M185" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
         <v>30540504502781</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
+        <v>439</v>
+      </c>
+      <c r="F186" s="2" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I186" s="3">
         <v>11750091675</v>
       </c>
       <c r="J186" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K186" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L186" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M186" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
         <v>30540504502880</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>168</v>
+        <v>43</v>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I187" s="3">
         <v>11750091675</v>
       </c>
       <c r="J187" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K187" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L187" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M187" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
         <v>31227281800195</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
+        <v>443</v>
+      </c>
+      <c r="F188" s="2" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I188" s="3">
         <v>82690043469</v>
       </c>
       <c r="J188" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K188" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L188" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M188" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
         <v>31237926601205</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C189" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="D189" s="2" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>447</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I189" s="3">
         <v>54790001979</v>
       </c>
       <c r="J189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M189" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
         <v>31237926601221</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="s">
         <v>449</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>450</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I190" s="3">
         <v>54790001979</v>
       </c>
       <c r="J190" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K190" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L190" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M190" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
         <v>31237926601270</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="s">
         <v>451</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>452</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I191" s="3">
         <v>54790001979</v>
       </c>
       <c r="J191" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K191" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L191" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M191" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="1">
         <v>31237926601288</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="s">
         <v>453</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>454</v>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I192" s="3">
         <v>54790001979</v>
       </c>
       <c r="J192" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K192" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L192" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M192" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="1">
         <v>31237926601411</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="s">
         <v>455</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>456</v>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I193" s="3">
         <v>54790001979</v>
       </c>
       <c r="J193" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K193" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L193" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M193" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="1">
         <v>31237926601619</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2" t="s">
         <v>457</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>458</v>
       </c>
       <c r="G194" s="2"/>
       <c r="H194" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I194" s="3">
         <v>54790001979</v>
       </c>
       <c r="J194" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K194" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L194" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M194" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="1">
         <v>31237926601742</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C195" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="D195" s="2" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>459</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>460</v>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I195" s="3">
         <v>54790001979</v>
       </c>
       <c r="J195" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K195" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L195" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M195" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="1">
         <v>31237926601775</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="D196" s="2" t="s">
-        <v>141</v>
+        <v>187</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>461</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>462</v>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I196" s="3">
         <v>54790001979</v>
       </c>
       <c r="J196" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K196" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L196" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M196" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="1">
         <v>31237926601817</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="s">
         <v>463</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>464</v>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I197" s="3">
         <v>54790001979</v>
       </c>
       <c r="J197" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K197" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L197" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M197" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="1">
         <v>31237926601825</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="s">
         <v>465</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>466</v>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I198" s="3">
         <v>54790001979</v>
       </c>
       <c r="J198" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K198" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L198" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M198" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="1">
         <v>31237926601866</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="s">
         <v>467</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I199" s="3">
         <v>54790001979</v>
       </c>
       <c r="J199" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K199" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L199" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M199" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="1">
         <v>31237926601973</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2" t="s">
         <v>468</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>469</v>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I200" s="3">
         <v>54790001979</v>
       </c>
       <c r="J200" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K200" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L200" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M200" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" s="1">
         <v>31263173200020</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C201" s="2" t="s">
         <v>470</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="s">
         <v>471</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I201" s="3"/>
       <c r="J201" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K201" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L201" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M201" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" s="1">
         <v>31266709000012</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C202" s="2" t="s">
         <v>472</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="s">
         <v>473</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="G202" s="2"/>
       <c r="H202" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I202" s="3">
         <v>82380021638</v>
       </c>
       <c r="J202" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K202" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L202" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M202" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" s="1">
         <v>31303015700025</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C203" s="2" t="s">
         <v>474</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="s">
         <v>475</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>476</v>
       </c>
       <c r="G203" s="2"/>
       <c r="H203" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I203" s="3">
         <v>52720052972</v>
       </c>
       <c r="J203" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K203" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L203" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M203" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" s="1">
         <v>31472073100053</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C204" s="2" t="s">
         <v>477</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2" t="s">
         <v>478</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>479</v>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I204" s="3">
         <v>82740008674</v>
       </c>
       <c r="J204" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K204" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L204" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M204" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" s="1">
         <v>31584483700056</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C205" s="2" t="s">
         <v>480</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>482</v>
       </c>
       <c r="G205" s="2"/>
       <c r="H205" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I205" s="3">
         <v>52750001685</v>
       </c>
       <c r="J205" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K205" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L205" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M205" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" s="1">
         <v>31584483700072</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C206" s="2" t="s">
         <v>480</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="G206" s="2"/>
       <c r="H206" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I206" s="3">
         <v>52750001685</v>
       </c>
       <c r="J206" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K206" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L206" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M206" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" s="1">
         <v>31584483700155</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C207" s="2" t="s">
         <v>480</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="s">
         <v>484</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>485</v>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I207" s="3">
         <v>52750001685</v>
       </c>
       <c r="J207" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K207" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L207" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M207" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" s="1">
         <v>31683181700028</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C208" s="2" t="s">
         <v>486</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="s">
         <v>487</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>488</v>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I208" s="3">
         <v>41880059988</v>
       </c>
       <c r="J208" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K208" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L208" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M208" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" s="1">
         <v>31723470600016</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C209" s="2" t="s">
         <v>489</v>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="s">
         <v>490</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>491</v>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I209" s="3">
         <v>82690460269</v>
       </c>
       <c r="J209" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K209" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L209" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M209" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" s="1">
         <v>31723772500013</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C210" s="2" t="s">
         <v>492</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="s">
         <v>493</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>491</v>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I210" s="3">
         <v>73120001712</v>
       </c>
       <c r="J210" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K210" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L210" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M210" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" s="1">
         <v>31788665300029</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C211" s="2" t="s">
         <v>494</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="s">
         <v>495</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>496</v>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I211" s="3">
         <v>31620012262</v>
       </c>
       <c r="J211" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K211" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L211" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M211" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" s="1">
         <v>31932618700022</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>68</v>
+        <v>115</v>
       </c>
       <c r="C212" s="2" t="s">
         <v>497</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="s">
         <v>498</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>499</v>
       </c>
       <c r="G212" s="2" t="s">
-        <v>208</v>
+        <v>500</v>
       </c>
       <c r="H212" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I212" s="3">
         <v>24180004718</v>
       </c>
       <c r="J212" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K212" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L212" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M212" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" s="1">
         <v>31997562900035</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>237</v>
+        <v>284</v>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I213" s="3">
         <v>11780204078</v>
       </c>
       <c r="J213" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K213" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L213" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M213" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" s="1">
         <v>32159235400021</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I214" s="3">
         <v>42670009767</v>
       </c>
       <c r="J214" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K214" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L214" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M214" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" s="1">
         <v>32159235400062</v>
       </c>
       <c r="B215" s="2" t="s">
-        <v>68</v>
+        <v>115</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D215" s="2" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="E215" s="2" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="G215" s="2" t="s">
-        <v>260</v>
+        <v>509</v>
       </c>
       <c r="H215" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I215" s="3">
         <v>42670009767</v>
       </c>
       <c r="J215" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K215" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L215" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M215" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" s="1">
         <v>32159235400088</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I216" s="3">
         <v>42670009767</v>
       </c>
       <c r="J216" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K216" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L216" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M216" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" s="1">
         <v>32159235400104</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>83</v>
+        <v>130</v>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I217" s="3">
         <v>42670009767</v>
       </c>
       <c r="J217" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K217" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L217" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M217" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" s="1">
         <v>32159235400120</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I218" s="3">
         <v>42670009767</v>
       </c>
       <c r="J218" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K218" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L218" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M218" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" s="1">
         <v>32159235400161</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="G219" s="2"/>
       <c r="H219" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I219" s="3">
         <v>42670009767</v>
       </c>
       <c r="J219" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K219" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L219" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M219" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" s="1">
         <v>32211900900015</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I220" s="3">
         <v>82420014842</v>
       </c>
       <c r="J220" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K220" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L220" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M220" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" s="1">
         <v>32359078600055</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I221" s="3">
         <v>31620002462</v>
       </c>
       <c r="J221" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K221" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L221" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M221" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" s="1">
         <v>32359078600071</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I222" s="3">
         <v>31620002462</v>
       </c>
       <c r="J222" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K222" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L222" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M222" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" s="1">
         <v>32359078600121</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I223" s="3">
         <v>31620002462</v>
       </c>
       <c r="J223" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K223" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L223" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M223" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" s="1">
         <v>32359078600154</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="G224" s="2"/>
       <c r="H224" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I224" s="3">
         <v>31620002462</v>
       </c>
       <c r="J224" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K224" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L224" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M224" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" s="1">
         <v>32361187100043</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="G225" s="2"/>
       <c r="H225" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I225" s="3">
         <v>91660002766</v>
       </c>
       <c r="J225" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K225" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L225" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M225" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" s="1">
         <v>33163173900017</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="G226" s="2"/>
       <c r="H226" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I226" s="3">
         <v>91340009634</v>
       </c>
       <c r="J226" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K226" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L226" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M226" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" s="1">
         <v>33380263500032</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>63</v>
+        <v>110</v>
       </c>
       <c r="G227" s="2"/>
       <c r="H227" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I227" s="3"/>
       <c r="J227" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K227" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L227" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M227" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" s="1">
         <v>34036524600016</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="G228" s="2"/>
       <c r="H228" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I228" s="3">
         <v>42670188067</v>
       </c>
       <c r="J228" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K228" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L228" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M228" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" s="1">
-        <v>34063957400011</v>
+        <v>50231871000014</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>539</v>
-[...3 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="G229" s="2"/>
       <c r="H229" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I229" s="3">
-        <v>41880003088</v>
+        <v>53290824729</v>
       </c>
       <c r="J229" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K229" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L229" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M229" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" s="1">
-        <v>79240186100028</v>
+        <v>50231871000048</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>116</v>
+        <v>429</v>
       </c>
       <c r="G230" s="2"/>
       <c r="H230" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I230" s="3">
-        <v>95970191397</v>
+        <v>53290824729</v>
       </c>
       <c r="J230" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K230" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L230" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M230" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" s="1">
-        <v>79327644500020</v>
+        <v>50334870800010</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C231" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="D231" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="E231" s="2" t="s">
         <v>543</v>
       </c>
-      <c r="D231" s="2"/>
-      <c r="E231" s="2" t="s">
+      <c r="F231" s="2" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="G231" s="2"/>
       <c r="H231" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>546</v>
+        <v>17</v>
+      </c>
+      <c r="I231" s="3">
+        <v>25500093650</v>
       </c>
       <c r="J231" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K231" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L231" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M231" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" s="1">
-        <v>79506360100012</v>
+        <v>50345083500015</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="G232" s="2"/>
       <c r="H232" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I232" s="3">
-        <v>72330926733</v>
+        <v>43250226425</v>
       </c>
       <c r="J232" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K232" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L232" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M232" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" s="1">
-        <v>79904809500027</v>
+        <v>50407425300023</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C233" s="2" t="s">
+        <v>548</v>
+      </c>
+      <c r="D233" s="2"/>
+      <c r="E233" s="2" t="s">
+        <v>549</v>
+      </c>
+      <c r="F233" s="2" t="s">
         <v>550</v>
-      </c>
-[...7 lines deleted...]
-        <v>366</v>
       </c>
       <c r="G233" s="2"/>
       <c r="H233" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I233" s="3">
-        <v>75640444964</v>
+        <v>91660137966</v>
       </c>
       <c r="J233" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K233" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L233" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M233" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" s="1">
-        <v>79929134900014</v>
+        <v>50814916800017</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2" t="s">
-        <v>152</v>
+        <v>552</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="G234" s="2"/>
       <c r="H234" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I234" s="3">
-        <v>72330946233</v>
+        <v>41540270754</v>
       </c>
       <c r="J234" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K234" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L234" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M234" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" s="1">
-        <v>79929134900030</v>
+        <v>50943290200054</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2" t="s">
         <v>555</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>556</v>
       </c>
       <c r="G235" s="2"/>
       <c r="H235" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I235" s="3">
-        <v>72330946233</v>
+        <v>11757341275</v>
       </c>
       <c r="J235" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K235" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L235" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M235" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" s="1">
-        <v>80066618200012</v>
+        <v>50943290200062</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C236" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="D236" s="2" t="s">
         <v>557</v>
       </c>
-      <c r="D236" s="2"/>
       <c r="E236" s="2" t="s">
         <v>558</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="G236" s="2"/>
       <c r="H236" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I236" s="3">
-        <v>42670534167</v>
+        <v>11757341275</v>
       </c>
       <c r="J236" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K236" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L236" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M236" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" s="1">
-        <v>80101720300028</v>
+        <v>50943290200070</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>560</v>
+        <v>554</v>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>562</v>
+        <v>556</v>
       </c>
       <c r="G237" s="2"/>
       <c r="H237" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="I237" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I237" s="3">
+        <v>11757341275</v>
+      </c>
       <c r="J237" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K237" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L237" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M237" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" s="1">
-        <v>80252833100027</v>
+        <v>50943290200104</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>563</v>
+        <v>554</v>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>565</v>
+        <v>556</v>
       </c>
       <c r="G238" s="2"/>
       <c r="H238" s="2" t="s">
-        <v>215</v>
+        <v>17</v>
       </c>
       <c r="I238" s="3">
-        <v>26710236371</v>
+        <v>11757341275</v>
       </c>
       <c r="J238" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K238" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L238" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M238" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" s="1">
-        <v>80284086800045</v>
+        <v>50943290200112</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>566</v>
+        <v>554</v>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="s">
-        <v>567</v>
+        <v>561</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>568</v>
+        <v>556</v>
       </c>
       <c r="G239" s="2"/>
       <c r="H239" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I239" s="3">
-        <v>53560894356</v>
+        <v>11757341275</v>
       </c>
       <c r="J239" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K239" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L239" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M239" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" s="1">
-        <v>80320210000035</v>
+        <v>50943290200120</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>569</v>
-[...3 lines deleted...]
-      </c>
+        <v>554</v>
+      </c>
+      <c r="D240" s="2"/>
       <c r="E240" s="2" t="s">
-        <v>571</v>
+        <v>562</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>525</v>
+        <v>556</v>
       </c>
       <c r="G240" s="2"/>
       <c r="H240" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I240" s="3">
-        <v>53560897856</v>
+        <v>11757341275</v>
       </c>
       <c r="J240" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K240" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L240" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M240" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" s="1">
-        <v>50407425300023</v>
+        <v>50943290200146</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>572</v>
-[...1 lines deleted...]
-      <c r="D241" s="2"/>
+        <v>554</v>
+      </c>
+      <c r="D241" s="2" t="s">
+        <v>563</v>
+      </c>
       <c r="E241" s="2" t="s">
-        <v>573</v>
+        <v>564</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>574</v>
+        <v>556</v>
       </c>
       <c r="G241" s="2"/>
       <c r="H241" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I241" s="3">
-        <v>91660137966</v>
+        <v>11757341275</v>
       </c>
       <c r="J241" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K241" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L241" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M241" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" s="1">
-        <v>50814916800017</v>
+        <v>50943290200161</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>575</v>
+        <v>554</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2" t="s">
-        <v>576</v>
+        <v>565</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>577</v>
+        <v>556</v>
       </c>
       <c r="G242" s="2"/>
       <c r="H242" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I242" s="3">
-        <v>41540270754</v>
+        <v>11757341275</v>
       </c>
       <c r="J242" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K242" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L242" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M242" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" s="1">
-        <v>50943290200054</v>
+        <v>50943290200195</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>578</v>
+        <v>554</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2" t="s">
-        <v>579</v>
+        <v>566</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>580</v>
+        <v>556</v>
       </c>
       <c r="G243" s="2"/>
       <c r="H243" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I243" s="3">
         <v>11757341275</v>
       </c>
       <c r="J243" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K243" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L243" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M243" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" s="1">
-        <v>50943290200062</v>
+        <v>50943290200286</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>578</v>
-[...3 lines deleted...]
-      </c>
+        <v>554</v>
+      </c>
+      <c r="D244" s="2"/>
       <c r="E244" s="2" t="s">
-        <v>582</v>
+        <v>567</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>580</v>
+        <v>568</v>
       </c>
       <c r="G244" s="2"/>
       <c r="H244" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I244" s="3">
         <v>11757341275</v>
       </c>
       <c r="J244" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K244" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L244" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M244" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" s="1">
-        <v>50943290200070</v>
+        <v>50943290200294</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>578</v>
+        <v>554</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2" t="s">
-        <v>583</v>
+        <v>569</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>580</v>
+        <v>570</v>
       </c>
       <c r="G245" s="2"/>
       <c r="H245" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I245" s="3">
         <v>11757341275</v>
       </c>
       <c r="J245" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K245" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L245" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M245" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" s="1">
-        <v>50943290200104</v>
+        <v>50943290200302</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>578</v>
+        <v>554</v>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2" t="s">
-        <v>584</v>
+        <v>571</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>580</v>
+        <v>572</v>
       </c>
       <c r="G246" s="2"/>
       <c r="H246" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I246" s="3">
         <v>11757341275</v>
       </c>
       <c r="J246" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K246" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L246" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M246" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" s="1">
-        <v>50943290200112</v>
+        <v>50943290200310</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>578</v>
+        <v>554</v>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2" t="s">
-        <v>585</v>
+        <v>573</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>580</v>
+        <v>525</v>
       </c>
       <c r="G247" s="2"/>
       <c r="H247" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I247" s="3">
         <v>11757341275</v>
       </c>
       <c r="J247" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K247" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L247" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M247" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" s="1">
-        <v>50943290200120</v>
+        <v>50943290200344</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>578</v>
+        <v>554</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="s">
-        <v>586</v>
+        <v>574</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>580</v>
+        <v>93</v>
       </c>
       <c r="G248" s="2"/>
       <c r="H248" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I248" s="3">
         <v>11757341275</v>
       </c>
       <c r="J248" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K248" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L248" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M248" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" s="1">
-        <v>50943290200146</v>
+        <v>50943290200351</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>578</v>
-[...3 lines deleted...]
-      </c>
+        <v>554</v>
+      </c>
+      <c r="D249" s="2"/>
       <c r="E249" s="2" t="s">
-        <v>588</v>
+        <v>575</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="G249" s="2"/>
       <c r="H249" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I249" s="3">
         <v>11757341275</v>
       </c>
       <c r="J249" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K249" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L249" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M249" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" s="1">
-        <v>50943290200161</v>
+        <v>50943290200393</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>578</v>
+        <v>554</v>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2" t="s">
-        <v>589</v>
+        <v>577</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="G250" s="2"/>
       <c r="H250" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I250" s="3">
         <v>11757341275</v>
       </c>
       <c r="J250" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K250" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L250" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M250" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" s="1">
-        <v>50943290200195</v>
+        <v>50943290200450</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>578</v>
-[...1 lines deleted...]
-      <c r="D251" s="2"/>
+        <v>554</v>
+      </c>
+      <c r="D251" s="2" t="s">
+        <v>557</v>
+      </c>
       <c r="E251" s="2" t="s">
-        <v>590</v>
+        <v>579</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>580</v>
       </c>
       <c r="G251" s="2"/>
       <c r="H251" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I251" s="3">
         <v>11757341275</v>
       </c>
       <c r="J251" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K251" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L251" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M251" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" s="1">
-        <v>50943290200286</v>
+        <v>50943290200468</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>578</v>
-[...1 lines deleted...]
-      <c r="D252" s="2"/>
+        <v>554</v>
+      </c>
+      <c r="D252" s="2" t="s">
+        <v>557</v>
+      </c>
       <c r="E252" s="2" t="s">
-        <v>591</v>
+        <v>581</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>592</v>
+        <v>580</v>
       </c>
       <c r="G252" s="2"/>
       <c r="H252" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I252" s="3">
         <v>11757341275</v>
       </c>
       <c r="J252" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K252" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L252" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M252" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" s="1">
-        <v>50943290200294</v>
+        <v>50943290200476</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>578</v>
-[...1 lines deleted...]
-      <c r="D253" s="2"/>
+        <v>554</v>
+      </c>
+      <c r="D253" s="2" t="s">
+        <v>557</v>
+      </c>
       <c r="E253" s="2" t="s">
-        <v>593</v>
+        <v>582</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>594</v>
+        <v>580</v>
       </c>
       <c r="G253" s="2"/>
       <c r="H253" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I253" s="3">
         <v>11757341275</v>
       </c>
       <c r="J253" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K253" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L253" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M253" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" s="1">
-        <v>50943290200302</v>
+        <v>50943290200500</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>578</v>
-[...1 lines deleted...]
-      <c r="D254" s="2"/>
+        <v>554</v>
+      </c>
+      <c r="D254" s="2" t="s">
+        <v>557</v>
+      </c>
       <c r="E254" s="2" t="s">
-        <v>595</v>
+        <v>583</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>596</v>
+        <v>580</v>
       </c>
       <c r="G254" s="2"/>
       <c r="H254" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I254" s="3">
         <v>11757341275</v>
       </c>
       <c r="J254" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K254" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L254" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M254" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" s="1">
-        <v>50943290200310</v>
+        <v>50943290200518</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>578</v>
-[...1 lines deleted...]
-      <c r="D255" s="2"/>
+        <v>554</v>
+      </c>
+      <c r="D255" s="2" t="s">
+        <v>557</v>
+      </c>
       <c r="E255" s="2" t="s">
-        <v>597</v>
+        <v>584</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>523</v>
+        <v>580</v>
       </c>
       <c r="G255" s="2"/>
       <c r="H255" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I255" s="3">
         <v>11757341275</v>
       </c>
       <c r="J255" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K255" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L255" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M255" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" s="1">
-        <v>50943290200344</v>
+        <v>50943290200526</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>578</v>
-[...1 lines deleted...]
-      <c r="D256" s="2"/>
+        <v>554</v>
+      </c>
+      <c r="D256" s="2" t="s">
+        <v>557</v>
+      </c>
       <c r="E256" s="2" t="s">
-        <v>598</v>
+        <v>585</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>47</v>
+        <v>580</v>
       </c>
       <c r="G256" s="2"/>
       <c r="H256" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I256" s="3">
         <v>11757341275</v>
       </c>
       <c r="J256" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K256" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L256" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M256" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" s="1">
-        <v>50943290200351</v>
+        <v>50943290200534</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>578</v>
-[...1 lines deleted...]
-      <c r="D257" s="2"/>
+        <v>554</v>
+      </c>
+      <c r="D257" s="2" t="s">
+        <v>557</v>
+      </c>
       <c r="E257" s="2" t="s">
-        <v>599</v>
+        <v>586</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>600</v>
+        <v>580</v>
       </c>
       <c r="G257" s="2"/>
       <c r="H257" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I257" s="3">
         <v>11757341275</v>
       </c>
       <c r="J257" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K257" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L257" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M257" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" s="1">
-        <v>50943290200393</v>
+        <v>50943290200542</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>578</v>
-[...1 lines deleted...]
-      <c r="D258" s="2"/>
+        <v>554</v>
+      </c>
+      <c r="D258" s="2" t="s">
+        <v>557</v>
+      </c>
       <c r="E258" s="2" t="s">
-        <v>601</v>
+        <v>587</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>602</v>
+        <v>580</v>
       </c>
       <c r="G258" s="2"/>
       <c r="H258" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I258" s="3">
         <v>11757341275</v>
       </c>
       <c r="J258" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K258" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L258" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M258" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" s="1">
-        <v>50943290200450</v>
+        <v>50943290200559</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>578</v>
+        <v>554</v>
       </c>
       <c r="D259" s="2" t="s">
-        <v>581</v>
+        <v>557</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>603</v>
+        <v>588</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>604</v>
+        <v>580</v>
       </c>
       <c r="G259" s="2"/>
       <c r="H259" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I259" s="3">
         <v>11757341275</v>
       </c>
       <c r="J259" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K259" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L259" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M259" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" s="1">
-        <v>50943290200468</v>
+        <v>50943290200583</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>578</v>
-[...3 lines deleted...]
-      </c>
+        <v>554</v>
+      </c>
+      <c r="D260" s="2"/>
       <c r="E260" s="2" t="s">
-        <v>605</v>
+        <v>589</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>604</v>
+        <v>580</v>
       </c>
       <c r="G260" s="2"/>
       <c r="H260" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I260" s="3">
         <v>11757341275</v>
       </c>
       <c r="J260" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K260" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L260" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M260" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" s="1">
-        <v>50943290200476</v>
+        <v>50943290200609</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>578</v>
-[...3 lines deleted...]
-      </c>
+        <v>554</v>
+      </c>
+      <c r="D261" s="2"/>
       <c r="E261" s="2" t="s">
-        <v>606</v>
+        <v>590</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>604</v>
+        <v>591</v>
       </c>
       <c r="G261" s="2"/>
       <c r="H261" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I261" s="3">
         <v>11757341275</v>
       </c>
       <c r="J261" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K261" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L261" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M261" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" s="1">
-        <v>50943290200500</v>
+        <v>50973480200028</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>578</v>
+        <v>592</v>
       </c>
       <c r="D262" s="2" t="s">
-        <v>581</v>
+        <v>593</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>607</v>
+        <v>594</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>604</v>
+        <v>595</v>
       </c>
       <c r="G262" s="2"/>
       <c r="H262" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I262" s="3">
-        <v>11757341275</v>
+        <v>27210370021</v>
       </c>
       <c r="J262" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K262" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L262" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M262" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" s="1">
-        <v>50943290200518</v>
+        <v>51937217100016</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>578</v>
+        <v>596</v>
       </c>
       <c r="D263" s="2" t="s">
-        <v>581</v>
+        <v>597</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>608</v>
+        <v>598</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>604</v>
+        <v>331</v>
       </c>
       <c r="G263" s="2"/>
       <c r="H263" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I263" s="3">
-        <v>11757341275</v>
+        <v>84430347243</v>
       </c>
       <c r="J263" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K263" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L263" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M263" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" s="1">
-        <v>50943290200526</v>
+        <v>52298653800059</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="D264" s="2" t="s">
-        <v>581</v>
+        <v>599</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>609</v>
+        <v>600</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>604</v>
+        <v>404</v>
       </c>
       <c r="G264" s="2"/>
       <c r="H264" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I264" s="3">
-        <v>11757341275</v>
+        <v>82691335669</v>
       </c>
       <c r="J264" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K264" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L264" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M264" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" s="1">
-        <v>50943290200534</v>
+        <v>52468744900016</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>578</v>
-[...3 lines deleted...]
-      </c>
+        <v>601</v>
+      </c>
+      <c r="D265" s="2"/>
       <c r="E265" s="2" t="s">
-        <v>610</v>
+        <v>602</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="G265" s="2"/>
       <c r="H265" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I265" s="3">
-        <v>11757341275</v>
+        <v>53290843829</v>
       </c>
       <c r="J265" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K265" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L265" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M265" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" s="1">
-        <v>50943290200542</v>
+        <v>53072890600013</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>578</v>
-[...3 lines deleted...]
-      </c>
+        <v>604</v>
+      </c>
+      <c r="D266" s="2"/>
       <c r="E266" s="2" t="s">
-        <v>611</v>
+        <v>605</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="G266" s="2"/>
       <c r="H266" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I266" s="3">
-        <v>11757341275</v>
+        <v>25140244814</v>
       </c>
       <c r="J266" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K266" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L266" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M266" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" s="1">
-        <v>50943290200559</v>
+        <v>53072890600039</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>578</v>
+        <v>604</v>
       </c>
       <c r="D267" s="2" t="s">
-        <v>581</v>
+        <v>604</v>
       </c>
       <c r="E267" s="2" t="s">
-        <v>612</v>
+        <v>607</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="G267" s="2"/>
       <c r="H267" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I267" s="3">
-        <v>11757341275</v>
+        <v>25140244814</v>
       </c>
       <c r="J267" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K267" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L267" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M267" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" s="1">
-        <v>50943290200583</v>
+        <v>53072890600047</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>578</v>
+        <v>604</v>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="G268" s="2"/>
       <c r="H268" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I268" s="3">
-        <v>11757341275</v>
+        <v>25140244814</v>
       </c>
       <c r="J268" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K268" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L268" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M268" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" s="1">
-        <v>50943290200609</v>
+        <v>53072890600054</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>578</v>
-[...1 lines deleted...]
-      <c r="D269" s="2"/>
+        <v>604</v>
+      </c>
+      <c r="D269" s="2" t="s">
+        <v>611</v>
+      </c>
       <c r="E269" s="2" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="G269" s="2"/>
       <c r="H269" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I269" s="3">
-        <v>11757341275</v>
+        <v>25140244814</v>
       </c>
       <c r="J269" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K269" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L269" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M269" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" s="1">
-        <v>50973480200028</v>
+        <v>53072890600104</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>616</v>
+        <v>604</v>
       </c>
       <c r="D270" s="2" t="s">
-        <v>617</v>
+        <v>611</v>
       </c>
       <c r="E270" s="2" t="s">
-        <v>618</v>
+        <v>614</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="G270" s="2"/>
       <c r="H270" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I270" s="3">
-        <v>27210370021</v>
+        <v>25140244814</v>
       </c>
       <c r="J270" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K270" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L270" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M270" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" s="1">
-        <v>51937217100016</v>
+        <v>53794833300019</v>
       </c>
       <c r="B271" s="2" t="s">
-        <v>13</v>
+        <v>115</v>
       </c>
       <c r="C271" s="2" t="s">
-        <v>620</v>
-[...3 lines deleted...]
-      </c>
+        <v>616</v>
+      </c>
+      <c r="D271" s="2"/>
       <c r="E271" s="2" t="s">
-        <v>622</v>
+        <v>617</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="G271" s="2"/>
+        <v>618</v>
+      </c>
+      <c r="G271" s="2" t="s">
+        <v>500</v>
+      </c>
       <c r="H271" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I271" s="3">
-        <v>84430347243</v>
+        <v>43700051470</v>
       </c>
       <c r="J271" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K271" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L271" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M271" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" s="1">
-        <v>81071202600014</v>
+        <v>75401639200013</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>623</v>
+        <v>619</v>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2" t="s">
-        <v>624</v>
+        <v>620</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
       <c r="G272" s="2"/>
       <c r="H272" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I272" s="3">
-        <v>72640383764</v>
+        <v>26710220271</v>
       </c>
       <c r="J272" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K272" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L272" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M272" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" s="1">
-        <v>81129079000013</v>
+        <v>77568013500396</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>626</v>
+        <v>622</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="s">
-        <v>627</v>
+        <v>623</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>628</v>
+        <v>624</v>
       </c>
       <c r="G273" s="2"/>
       <c r="H273" s="2" t="s">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="I273" s="3">
-        <v>11930784093</v>
+        <v>11753207275</v>
       </c>
       <c r="J273" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K273" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L273" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M273" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" s="1">
-        <v>81129252300107</v>
+        <v>77568013500446</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>629</v>
-[...1 lines deleted...]
-      <c r="D274" s="2"/>
+        <v>622</v>
+      </c>
+      <c r="D274" s="2" t="s">
+        <v>625</v>
+      </c>
       <c r="E274" s="2" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="G274" s="2"/>
       <c r="H274" s="2" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="I274" s="3">
-        <v>11931026693</v>
+        <v>11753207275</v>
       </c>
       <c r="J274" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K274" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L274" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M274" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" s="1">
-        <v>81194469300027</v>
+        <v>40332253000011</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>632</v>
-[...3 lines deleted...]
-      </c>
+        <v>628</v>
+      </c>
+      <c r="D275" s="2"/>
       <c r="E275" s="2" t="s">
-        <v>634</v>
+        <v>629</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>635</v>
+        <v>630</v>
       </c>
       <c r="G275" s="2"/>
       <c r="H275" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I275" s="3">
-        <v>11910773991</v>
+        <v>24280081328</v>
       </c>
       <c r="J275" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K275" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L275" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M275" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" s="1">
-        <v>81194469300035</v>
+        <v>40486684000071</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C276" s="2" t="s">
+        <v>631</v>
+      </c>
+      <c r="D276" s="2" t="s">
         <v>632</v>
       </c>
-      <c r="D276" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E276" s="2" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
       <c r="G276" s="2"/>
       <c r="H276" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I276" s="3">
-        <v>11910773991</v>
+        <v>41540249654</v>
       </c>
       <c r="J276" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K276" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L276" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M276" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" s="1">
-        <v>81194469300050</v>
+        <v>40486684000089</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>632</v>
-[...1 lines deleted...]
-      <c r="D277" s="2"/>
+        <v>631</v>
+      </c>
+      <c r="D277" s="2" t="s">
+        <v>635</v>
+      </c>
       <c r="E277" s="2" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="G277" s="2"/>
       <c r="H277" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I277" s="3">
-        <v>11910773991</v>
+        <v>41540249654</v>
       </c>
       <c r="J277" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K277" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L277" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M277" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" s="1">
-        <v>81363207200019</v>
+        <v>40849598400028</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="G278" s="2"/>
       <c r="H278" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I278" s="3">
-        <v>41880129688</v>
+        <v>91300018930</v>
       </c>
       <c r="J278" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K278" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L278" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M278" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" s="1">
-        <v>80860917600025</v>
+        <v>41005566900031</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="G279" s="2"/>
       <c r="H279" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I279" s="3">
-        <v>76310902831</v>
+        <v>11940449594</v>
       </c>
       <c r="J279" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K279" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L279" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M279" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" s="1">
-        <v>80863414100028</v>
+        <v>41050563000013</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>360</v>
+        <v>284</v>
       </c>
       <c r="G280" s="2"/>
       <c r="H280" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I280" s="3">
-        <v>11755334375</v>
+        <v>98970205097</v>
       </c>
       <c r="J280" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K280" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L280" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M280" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" s="1">
-        <v>80863414100044</v>
+        <v>41104468800033</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C281" s="2" t="s">
         <v>646</v>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2" t="s">
+        <v>647</v>
+      </c>
+      <c r="F281" s="2" t="s">
         <v>648</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="G281" s="2"/>
       <c r="H281" s="2" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="I281" s="3">
-        <v>11755334375</v>
+        <v>41880074388</v>
       </c>
       <c r="J281" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K281" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L281" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M281" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" s="1">
-        <v>80863414100051</v>
+        <v>41173463500039</v>
       </c>
       <c r="B282" s="2" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>360</v>
-[...3 lines deleted...]
-      </c>
+        <v>651</v>
+      </c>
+      <c r="G282" s="2"/>
       <c r="H282" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I282" s="3">
-        <v>11755334375</v>
+        <v>83150298315</v>
       </c>
       <c r="J282" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K282" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L282" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M282" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" s="1">
-        <v>80863414100069</v>
+        <v>41173463500088</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>360</v>
+        <v>390</v>
       </c>
       <c r="G283" s="2"/>
       <c r="H283" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I283" s="3">
-        <v>11755334375</v>
+        <v>83150298315</v>
       </c>
       <c r="J283" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K283" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L283" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M283" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" s="1">
-        <v>80863414100085</v>
+        <v>41173463500138</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>360</v>
+        <v>654</v>
       </c>
       <c r="G284" s="2"/>
       <c r="H284" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I284" s="3">
-        <v>11755334375</v>
+        <v>83150298315</v>
       </c>
       <c r="J284" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K284" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L284" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M284" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" s="1">
-        <v>80863414100093</v>
+        <v>41369266600014</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>360</v>
+        <v>657</v>
       </c>
       <c r="G285" s="2"/>
       <c r="H285" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I285" s="3">
-        <v>11755334375</v>
+        <v>53350571335</v>
       </c>
       <c r="J285" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K285" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L285" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M285" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" s="1">
-        <v>80863414100101</v>
+        <v>41369266600022</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>646</v>
-[...1 lines deleted...]
-      <c r="D286" s="2"/>
+        <v>655</v>
+      </c>
+      <c r="D286" s="2" t="s">
+        <v>446</v>
+      </c>
       <c r="E286" s="2" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>360</v>
+        <v>130</v>
       </c>
       <c r="G286" s="2"/>
       <c r="H286" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I286" s="3">
-        <v>11755334375</v>
+        <v>53350571335</v>
       </c>
       <c r="J286" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K286" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L286" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M286" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" s="1">
-        <v>80863414100127</v>
+        <v>42249090400022</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>646</v>
-[...1 lines deleted...]
-      <c r="D287" s="2"/>
+        <v>659</v>
+      </c>
+      <c r="D287" s="2" t="s">
+        <v>660</v>
+      </c>
       <c r="E287" s="2" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>360</v>
+        <v>662</v>
       </c>
       <c r="G287" s="2"/>
       <c r="H287" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I287" s="3">
-        <v>11755334375</v>
+        <v>82260095626</v>
       </c>
       <c r="J287" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K287" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L287" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M287" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" s="1">
-        <v>80863414100135</v>
+        <v>82935906600026</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>646</v>
+        <v>663</v>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>360</v>
+        <v>665</v>
       </c>
       <c r="G288" s="2"/>
       <c r="H288" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I288" s="3">
-        <v>11755334375</v>
+        <v>28270204327</v>
       </c>
       <c r="J288" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K288" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L288" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M288" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" s="1">
-        <v>80863414100143</v>
+        <v>42931837100011</v>
       </c>
       <c r="B289" s="2" t="s">
-        <v>13</v>
+        <v>115</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>646</v>
+        <v>666</v>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>360</v>
-[...1 lines deleted...]
-      <c r="G289" s="2"/>
+        <v>668</v>
+      </c>
+      <c r="G289" s="2" t="s">
+        <v>509</v>
+      </c>
       <c r="H289" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I289" s="3">
-        <v>11755334375</v>
+        <v>11780036578</v>
       </c>
       <c r="J289" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K289" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L289" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M289" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" s="1">
-        <v>80863414100168</v>
+        <v>34063957400011</v>
       </c>
       <c r="B290" s="2" t="s">
-        <v>13</v>
+        <v>115</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>646</v>
+        <v>669</v>
       </c>
       <c r="D290" s="2"/>
       <c r="E290" s="2" t="s">
-        <v>658</v>
+        <v>670</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>360</v>
-[...1 lines deleted...]
-      <c r="G290" s="2"/>
+        <v>671</v>
+      </c>
+      <c r="G290" s="2" t="s">
+        <v>672</v>
+      </c>
       <c r="H290" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I290" s="3">
-        <v>11755334375</v>
+        <v>41880003088</v>
       </c>
       <c r="J290" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K290" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L290" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M290" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" s="1">
-        <v>80863414100176</v>
+        <v>40151763600031</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>646</v>
-[...1 lines deleted...]
-      <c r="D291" s="2"/>
+        <v>673</v>
+      </c>
+      <c r="D291" s="2" t="s">
+        <v>673</v>
+      </c>
       <c r="E291" s="2" t="s">
-        <v>213</v>
+        <v>674</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>360</v>
+        <v>675</v>
       </c>
       <c r="G291" s="2"/>
       <c r="H291" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I291" s="3">
-        <v>11755334375</v>
+        <v>24280171128</v>
       </c>
       <c r="J291" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K291" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L291" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M291" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" s="1">
-        <v>80863414100184</v>
+        <v>40184592000016</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>646</v>
+        <v>676</v>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2" t="s">
-        <v>659</v>
+        <v>421</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>360</v>
+        <v>677</v>
       </c>
       <c r="G292" s="2"/>
       <c r="H292" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="I292" s="3"/>
       <c r="J292" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K292" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L292" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M292" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" s="1">
-        <v>80863414100192</v>
+        <v>80066618200012</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>646</v>
+        <v>678</v>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2" t="s">
-        <v>660</v>
+        <v>679</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>360</v>
+        <v>680</v>
       </c>
       <c r="G293" s="2"/>
       <c r="H293" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I293" s="3">
-        <v>11755334375</v>
+        <v>42670534167</v>
       </c>
       <c r="J293" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K293" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L293" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M293" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" s="1">
-        <v>80863414100200</v>
+        <v>80101720300028</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>646</v>
+        <v>681</v>
       </c>
       <c r="D294" s="2"/>
       <c r="E294" s="2" t="s">
-        <v>661</v>
+        <v>682</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>360</v>
+        <v>683</v>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I294" s="3"/>
       <c r="J294" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K294" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L294" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M294" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" s="1">
-        <v>80863414100218</v>
+        <v>80252833100027</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>646</v>
+        <v>684</v>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2" t="s">
-        <v>662</v>
+        <v>685</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>360</v>
+        <v>686</v>
       </c>
       <c r="G295" s="2"/>
       <c r="H295" s="2" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="I295" s="3">
-        <v>11755334375</v>
+        <v>26710236371</v>
       </c>
       <c r="J295" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K295" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L295" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M295" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" s="1">
-        <v>80863414100242</v>
+        <v>80284086800045</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>646</v>
+        <v>687</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="s">
-        <v>663</v>
+        <v>688</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>360</v>
+        <v>689</v>
       </c>
       <c r="G296" s="2"/>
       <c r="H296" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I296" s="3">
-        <v>11755334375</v>
+        <v>53560894356</v>
       </c>
       <c r="J296" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K296" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L296" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M296" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297" s="1">
-        <v>80863414100291</v>
+        <v>80320210000035</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>646</v>
-[...1 lines deleted...]
-      <c r="D297" s="2"/>
+        <v>690</v>
+      </c>
+      <c r="D297" s="2" t="s">
+        <v>691</v>
+      </c>
       <c r="E297" s="2" t="s">
-        <v>664</v>
+        <v>692</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>360</v>
+        <v>527</v>
       </c>
       <c r="G297" s="2"/>
       <c r="H297" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I297" s="3">
-        <v>11755334375</v>
+        <v>53560897856</v>
       </c>
       <c r="J297" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K297" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L297" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M297" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298" s="1">
-        <v>80863414100325</v>
+        <v>80860917600025</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>646</v>
+        <v>693</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2" t="s">
-        <v>665</v>
+        <v>694</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>112</v>
+        <v>695</v>
       </c>
       <c r="G298" s="2"/>
       <c r="H298" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I298" s="3">
-        <v>11755334375</v>
+        <v>76310902831</v>
       </c>
       <c r="J298" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K298" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L298" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M298" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299" s="1">
-        <v>80863414100333</v>
+        <v>80863414100028</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>646</v>
+        <v>696</v>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2" t="s">
-        <v>666</v>
+        <v>697</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>667</v>
+        <v>358</v>
       </c>
       <c r="G299" s="2"/>
       <c r="H299" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I299" s="3">
         <v>11755334375</v>
       </c>
       <c r="J299" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K299" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L299" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M299" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300" s="1">
-        <v>80863414100341</v>
+        <v>80863414100044</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>646</v>
-[...3 lines deleted...]
-      </c>
+        <v>696</v>
+      </c>
+      <c r="D300" s="2"/>
       <c r="E300" s="2" t="s">
-        <v>669</v>
+        <v>698</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>375</v>
+        <v>358</v>
       </c>
       <c r="G300" s="2"/>
       <c r="H300" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I300" s="3">
         <v>11755334375</v>
       </c>
       <c r="J300" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K300" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L300" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M300" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301" s="1">
-        <v>80863414100358</v>
+        <v>80863414100051</v>
       </c>
       <c r="B301" s="2" t="s">
-        <v>13</v>
+        <v>115</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>646</v>
-[...3 lines deleted...]
-      </c>
+        <v>696</v>
+      </c>
+      <c r="D301" s="2"/>
       <c r="E301" s="2" t="s">
-        <v>671</v>
+        <v>699</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>375</v>
-[...1 lines deleted...]
-      <c r="G301" s="2"/>
+        <v>358</v>
+      </c>
+      <c r="G301" s="2" t="s">
+        <v>700</v>
+      </c>
       <c r="H301" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I301" s="3">
         <v>11755334375</v>
       </c>
       <c r="J301" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K301" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L301" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M301" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302" s="1">
-        <v>80863414100374</v>
+        <v>80863414100069</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>646</v>
-[...3 lines deleted...]
-      </c>
+        <v>696</v>
+      </c>
+      <c r="D302" s="2"/>
       <c r="E302" s="2" t="s">
-        <v>672</v>
+        <v>701</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>245</v>
+        <v>358</v>
       </c>
       <c r="G302" s="2"/>
       <c r="H302" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I302" s="3">
         <v>11755334375</v>
       </c>
       <c r="J302" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K302" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L302" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M302" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303" s="1">
-        <v>80863414100382</v>
+        <v>80863414100085</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>646</v>
-[...3 lines deleted...]
-      </c>
+        <v>696</v>
+      </c>
+      <c r="D303" s="2"/>
       <c r="E303" s="2" t="s">
-        <v>673</v>
+        <v>702</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>245</v>
+        <v>358</v>
       </c>
       <c r="G303" s="2"/>
       <c r="H303" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I303" s="3">
         <v>11755334375</v>
       </c>
       <c r="J303" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K303" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L303" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M303" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304" s="1">
-        <v>80863414100390</v>
+        <v>80863414100093</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>646</v>
-[...3 lines deleted...]
-      </c>
+        <v>696</v>
+      </c>
+      <c r="D304" s="2"/>
       <c r="E304" s="2" t="s">
-        <v>674</v>
+        <v>703</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>396</v>
+        <v>358</v>
       </c>
       <c r="G304" s="2"/>
       <c r="H304" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I304" s="3">
         <v>11755334375</v>
       </c>
       <c r="J304" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K304" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L304" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M304" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305" s="1">
-        <v>80863414100416</v>
+        <v>80863414100101</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>646</v>
-[...3 lines deleted...]
-      </c>
+        <v>696</v>
+      </c>
+      <c r="D305" s="2"/>
       <c r="E305" s="2" t="s">
-        <v>675</v>
+        <v>704</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>425</v>
+        <v>358</v>
       </c>
       <c r="G305" s="2"/>
       <c r="H305" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I305" s="3">
         <v>11755334375</v>
       </c>
       <c r="J305" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K305" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L305" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M305" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306" s="1">
-        <v>80863414100440</v>
+        <v>80863414100127</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>646</v>
+        <v>696</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2" t="s">
-        <v>676</v>
+        <v>705</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>437</v>
+        <v>358</v>
       </c>
       <c r="G306" s="2"/>
       <c r="H306" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I306" s="3">
         <v>11755334375</v>
       </c>
       <c r="J306" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K306" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L306" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M306" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307" s="1">
-        <v>80863414100457</v>
+        <v>80863414100135</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>646</v>
-[...3 lines deleted...]
-      </c>
+        <v>696</v>
+      </c>
+      <c r="D307" s="2"/>
       <c r="E307" s="2" t="s">
-        <v>677</v>
+        <v>706</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>678</v>
+        <v>358</v>
       </c>
       <c r="G307" s="2"/>
       <c r="H307" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I307" s="3">
         <v>11755334375</v>
       </c>
       <c r="J307" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K307" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L307" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M307" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308" s="1">
-        <v>78990155000028</v>
+        <v>80863414100143</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>679</v>
+        <v>696</v>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2" t="s">
-        <v>680</v>
+        <v>707</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>681</v>
+        <v>358</v>
       </c>
       <c r="G308" s="2"/>
       <c r="H308" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I308" s="3">
-        <v>42670490867</v>
+        <v>11755334375</v>
       </c>
       <c r="J308" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K308" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L308" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M308" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309" s="1">
-        <v>40151763600031</v>
+        <v>80863414100168</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>682</v>
-[...3 lines deleted...]
-      </c>
+        <v>696</v>
+      </c>
+      <c r="D309" s="2"/>
       <c r="E309" s="2" t="s">
-        <v>683</v>
+        <v>708</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>684</v>
+        <v>358</v>
       </c>
       <c r="G309" s="2"/>
       <c r="H309" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I309" s="3">
-        <v>24280171128</v>
+        <v>11755334375</v>
       </c>
       <c r="J309" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K309" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L309" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M309" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310" s="1">
-        <v>40184592000016</v>
+        <v>80863414100176</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>685</v>
+        <v>696</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2" t="s">
-        <v>422</v>
+        <v>623</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>686</v>
+        <v>358</v>
       </c>
       <c r="G310" s="2"/>
       <c r="H310" s="2" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I310" s="3"/>
+        <v>25</v>
+      </c>
+      <c r="I310" s="3">
+        <v>11755334375</v>
+      </c>
       <c r="J310" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K310" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L310" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M310" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311" s="1">
-        <v>34432126000046</v>
+        <v>80863414100184</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>687</v>
+        <v>696</v>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2" t="s">
-        <v>688</v>
+        <v>709</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>163</v>
+        <v>358</v>
       </c>
       <c r="G311" s="2"/>
       <c r="H311" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I311" s="3">
-        <v>82260031526</v>
+        <v>11755334375</v>
       </c>
       <c r="J311" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K311" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L311" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M311" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" s="1">
-        <v>50231871000014</v>
+        <v>80863414100192</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="D312" s="2"/>
       <c r="E312" s="2" t="s">
-        <v>690</v>
+        <v>710</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>83</v>
+        <v>358</v>
       </c>
       <c r="G312" s="2"/>
       <c r="H312" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I312" s="3">
-        <v>53290824729</v>
+        <v>11755334375</v>
       </c>
       <c r="J312" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K312" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L312" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M312" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" s="1">
-        <v>50231871000048</v>
+        <v>80863414100200</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2" t="s">
-        <v>691</v>
+        <v>711</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>430</v>
+        <v>358</v>
       </c>
       <c r="G313" s="2"/>
       <c r="H313" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I313" s="3">
-        <v>53290824729</v>
+        <v>11755334375</v>
       </c>
       <c r="J313" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K313" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L313" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M313" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" s="1">
-        <v>50334870800010</v>
+        <v>80863414100218</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>692</v>
-[...3 lines deleted...]
-      </c>
+        <v>696</v>
+      </c>
+      <c r="D314" s="2"/>
       <c r="E314" s="2" t="s">
-        <v>693</v>
+        <v>712</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>694</v>
+        <v>358</v>
       </c>
       <c r="G314" s="2"/>
       <c r="H314" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I314" s="3">
-        <v>25500093650</v>
+        <v>11755334375</v>
       </c>
       <c r="J314" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K314" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L314" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M314" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" s="1">
-        <v>50345083500015</v>
+        <v>80863414100242</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2" t="s">
-        <v>696</v>
+        <v>713</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>697</v>
+        <v>358</v>
       </c>
       <c r="G315" s="2"/>
       <c r="H315" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I315" s="3">
-        <v>43250226425</v>
+        <v>11755334375</v>
       </c>
       <c r="J315" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K315" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L315" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M315" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" s="1">
-        <v>47991324600019</v>
+        <v>80863414100291</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2" t="s">
-        <v>699</v>
+        <v>714</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>700</v>
+        <v>358</v>
       </c>
       <c r="G316" s="2"/>
       <c r="H316" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I316" s="3">
-        <v>72640251364</v>
+        <v>11755334375</v>
       </c>
       <c r="J316" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K316" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L316" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M316" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" s="1">
-        <v>47991324600043</v>
+        <v>80863414100325</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>698</v>
-[...3 lines deleted...]
-      </c>
+        <v>696</v>
+      </c>
+      <c r="D317" s="2"/>
       <c r="E317" s="2" t="s">
-        <v>702</v>
+        <v>715</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>703</v>
+        <v>159</v>
       </c>
       <c r="G317" s="2"/>
       <c r="H317" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I317" s="3">
-        <v>72640251364</v>
+        <v>11755334375</v>
       </c>
       <c r="J317" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K317" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L317" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M317" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" s="1">
-        <v>47998853700011</v>
+        <v>80863414100333</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>704</v>
-[...3 lines deleted...]
-      </c>
+        <v>696</v>
+      </c>
+      <c r="D318" s="2"/>
       <c r="E318" s="2" t="s">
-        <v>705</v>
+        <v>716</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>706</v>
+        <v>717</v>
       </c>
       <c r="G318" s="2"/>
       <c r="H318" s="2" t="s">
-        <v>215</v>
+        <v>25</v>
       </c>
       <c r="I318" s="3">
-        <v>93040059904</v>
+        <v>11755334375</v>
       </c>
       <c r="J318" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K318" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L318" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M318" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" s="1">
-        <v>43498102300014</v>
+        <v>80863414100341</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>707</v>
-[...1 lines deleted...]
-      <c r="D319" s="2"/>
+        <v>696</v>
+      </c>
+      <c r="D319" s="2" t="s">
+        <v>718</v>
+      </c>
       <c r="E319" s="2" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>709</v>
+        <v>372</v>
       </c>
       <c r="G319" s="2"/>
       <c r="H319" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I319" s="3">
-        <v>93130643413</v>
+        <v>11755334375</v>
       </c>
       <c r="J319" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K319" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L319" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M319" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" s="1">
-        <v>43870754900020</v>
+        <v>80863414100358</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>710</v>
-[...1 lines deleted...]
-      <c r="D320" s="2"/>
+        <v>696</v>
+      </c>
+      <c r="D320" s="2" t="s">
+        <v>720</v>
+      </c>
       <c r="E320" s="2" t="s">
-        <v>711</v>
+        <v>721</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>712</v>
+        <v>372</v>
       </c>
       <c r="G320" s="2"/>
       <c r="H320" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I320" s="3">
-        <v>83630352763</v>
+        <v>11755334375</v>
       </c>
       <c r="J320" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K320" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L320" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M320" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" s="1">
-        <v>43870754900046</v>
+        <v>80863414100374</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>710</v>
-[...1 lines deleted...]
-      <c r="D321" s="2"/>
+        <v>696</v>
+      </c>
+      <c r="D321" s="2" t="s">
+        <v>720</v>
+      </c>
       <c r="E321" s="2" t="s">
-        <v>713</v>
+        <v>722</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>714</v>
+        <v>390</v>
       </c>
       <c r="G321" s="2"/>
       <c r="H321" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I321" s="3">
-        <v>83630352763</v>
+        <v>11755334375</v>
       </c>
       <c r="J321" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K321" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L321" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M321" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" s="1">
-        <v>43870754900061</v>
+        <v>80863414100382</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>710</v>
-[...1 lines deleted...]
-      <c r="D322" s="2"/>
+        <v>696</v>
+      </c>
+      <c r="D322" s="2" t="s">
+        <v>720</v>
+      </c>
       <c r="E322" s="2" t="s">
-        <v>715</v>
+        <v>723</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>716</v>
+        <v>390</v>
       </c>
       <c r="G322" s="2"/>
       <c r="H322" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I322" s="3">
-        <v>83630352763</v>
+        <v>11755334375</v>
       </c>
       <c r="J322" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K322" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L322" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M322" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" s="1">
-        <v>43870754900079</v>
+        <v>80863414100390</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>710</v>
-[...1 lines deleted...]
-      <c r="D323" s="2"/>
+        <v>696</v>
+      </c>
+      <c r="D323" s="2" t="s">
+        <v>720</v>
+      </c>
       <c r="E323" s="2" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>718</v>
+        <v>394</v>
       </c>
       <c r="G323" s="2"/>
       <c r="H323" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I323" s="3">
-        <v>83630352763</v>
+        <v>11755334375</v>
       </c>
       <c r="J323" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K323" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L323" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M323" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" s="1">
-        <v>44258015500020</v>
+        <v>80863414100416</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>719</v>
+        <v>696</v>
       </c>
       <c r="D324" s="2" t="s">
-        <v>720</v>
+        <v>625</v>
       </c>
       <c r="E324" s="2" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>722</v>
+        <v>424</v>
       </c>
       <c r="G324" s="2"/>
       <c r="H324" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="I324" s="3"/>
+        <v>25</v>
+      </c>
+      <c r="I324" s="3">
+        <v>11755334375</v>
+      </c>
       <c r="J324" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K324" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L324" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M324" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" s="1">
-        <v>44432770400086</v>
+        <v>80863414100440</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>723</v>
+        <v>696</v>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>725</v>
+        <v>436</v>
       </c>
       <c r="G325" s="2"/>
       <c r="H325" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I325" s="3">
-        <v>52490195549</v>
+        <v>11755334375</v>
       </c>
       <c r="J325" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K325" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L325" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M325" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" s="1">
-        <v>45110209900012</v>
+        <v>80863414100457</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>726</v>
+        <v>696</v>
       </c>
       <c r="D326" s="2" t="s">
+        <v>625</v>
+      </c>
+      <c r="E326" s="2" t="s">
         <v>727</v>
       </c>
-      <c r="E326" s="2" t="s">
+      <c r="F326" s="2" t="s">
         <v>728</v>
-      </c>
-[...1 lines deleted...]
-        <v>729</v>
       </c>
       <c r="G326" s="2"/>
       <c r="H326" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I326" s="3">
-        <v>93830348283</v>
+        <v>11755334375</v>
       </c>
       <c r="J326" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K326" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L326" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M326" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327" s="1">
-        <v>45170031400037</v>
+        <v>81071202600014</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>730</v>
+        <v>729</v>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2" t="s">
+        <v>730</v>
+      </c>
+      <c r="F327" s="2" t="s">
         <v>731</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="G327" s="2"/>
       <c r="H327" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I327" s="3">
-        <v>24280132328</v>
+        <v>72640383764</v>
       </c>
       <c r="J327" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K327" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L327" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M327" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328" s="1">
-        <v>45176047400028</v>
+        <v>81129079000013</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C328" s="2" t="s">
         <v>732</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2" t="s">
         <v>733</v>
       </c>
       <c r="F328" s="2" t="s">
         <v>734</v>
       </c>
       <c r="G328" s="2"/>
       <c r="H328" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I328" s="3">
-        <v>24180080318</v>
+        <v>11930784093</v>
       </c>
       <c r="J328" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K328" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L328" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M328" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329" s="1">
-        <v>45300359200020</v>
+        <v>81129252300107</v>
       </c>
       <c r="B329" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C329" s="2" t="s">
         <v>735</v>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2" t="s">
         <v>736</v>
       </c>
       <c r="F329" s="2" t="s">
         <v>737</v>
       </c>
       <c r="G329" s="2"/>
       <c r="H329" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I329" s="3">
-        <v>25140157714</v>
+        <v>11931026693</v>
       </c>
       <c r="J329" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K329" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L329" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M329" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="330" spans="1:13">
       <c r="A330" s="1">
-        <v>45391242000016</v>
+        <v>81194469300027</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C330" s="2" t="s">
         <v>738</v>
       </c>
-      <c r="D330" s="2"/>
+      <c r="D330" s="2" t="s">
+        <v>739</v>
+      </c>
       <c r="E330" s="2" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="G330" s="2"/>
       <c r="H330" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I330" s="3">
-        <v>73120046012</v>
+        <v>11910773991</v>
       </c>
       <c r="J330" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K330" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L330" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M330" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="331" spans="1:13">
       <c r="A331" s="1">
-        <v>47754825900019</v>
+        <v>81194469300035</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>741</v>
-[...1 lines deleted...]
-      <c r="D331" s="2"/>
+        <v>738</v>
+      </c>
+      <c r="D331" s="2" t="s">
+        <v>742</v>
+      </c>
       <c r="E331" s="2" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="G331" s="2"/>
       <c r="H331" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I331" s="3">
-        <v>41570231057</v>
+        <v>11910773991</v>
       </c>
       <c r="J331" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K331" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L331" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M331" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="332" spans="1:13">
       <c r="A332" s="1">
-        <v>47769611600037</v>
+        <v>81194469300050</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>743</v>
-[...3 lines deleted...]
-      </c>
+        <v>738</v>
+      </c>
+      <c r="D332" s="2"/>
       <c r="E332" s="2" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="G332" s="2"/>
       <c r="H332" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I332" s="3">
-        <v>91300243730</v>
+        <v>11910773991</v>
       </c>
       <c r="J332" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K332" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L332" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M332" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="333" spans="1:13">
       <c r="A333" s="1">
-        <v>82409268800012</v>
+        <v>81363207200019</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>748</v>
+        <v>741</v>
       </c>
       <c r="G333" s="2"/>
       <c r="H333" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I333" s="3">
-        <v>11930762893</v>
+        <v>41880129688</v>
       </c>
       <c r="J333" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K333" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L333" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M333" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="334" spans="1:13">
       <c r="A334" s="1">
-        <v>82409268800095</v>
+        <v>82409268800012</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="D334" s="2"/>
       <c r="E334" s="2" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="G334" s="2"/>
       <c r="H334" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I334" s="3">
         <v>11930762893</v>
       </c>
       <c r="J334" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K334" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L334" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M334" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="335" spans="1:13">
       <c r="A335" s="1">
-        <v>82409268800137</v>
+        <v>82409268800095</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="G335" s="2"/>
       <c r="H335" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I335" s="3">
         <v>11930762893</v>
       </c>
       <c r="J335" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K335" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L335" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M335" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="336" spans="1:13">
       <c r="A336" s="1">
-        <v>82409268800160</v>
+        <v>82409268800137</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="G336" s="2"/>
       <c r="H336" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I336" s="3">
         <v>11930762893</v>
       </c>
       <c r="J336" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K336" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L336" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M336" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="337" spans="1:13">
       <c r="A337" s="1">
-        <v>82409268800178</v>
+        <v>82409268800160</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="D337" s="2"/>
       <c r="E337" s="2" t="s">
+        <v>755</v>
+      </c>
+      <c r="F337" s="2" t="s">
         <v>753</v>
-      </c>
-[...1 lines deleted...]
-        <v>750</v>
       </c>
       <c r="G337" s="2"/>
       <c r="H337" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I337" s="3">
         <v>11930762893</v>
       </c>
       <c r="J337" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K337" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L337" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M337" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="338" spans="1:13">
       <c r="A338" s="1">
-        <v>82409268800210</v>
+        <v>82409268800178</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="G338" s="2"/>
       <c r="H338" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I338" s="3">
         <v>11930762893</v>
       </c>
       <c r="J338" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K338" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L338" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M338" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="339" spans="1:13">
       <c r="A339" s="1">
-        <v>82409268800244</v>
+        <v>82409268800210</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="G339" s="2"/>
       <c r="H339" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I339" s="3">
         <v>11930762893</v>
       </c>
       <c r="J339" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K339" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L339" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M339" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="340" spans="1:13">
       <c r="A340" s="1">
-        <v>82409268800251</v>
+        <v>82409268800244</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="D340" s="2"/>
       <c r="E340" s="2" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>757</v>
+        <v>753</v>
       </c>
       <c r="G340" s="2"/>
       <c r="H340" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I340" s="3">
         <v>11930762893</v>
       </c>
       <c r="J340" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K340" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L340" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M340" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="341" spans="1:13">
       <c r="A341" s="1">
-        <v>82422814200165</v>
+        <v>82409268800251</v>
       </c>
       <c r="B341" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>758</v>
+        <v>749</v>
       </c>
       <c r="D341" s="2"/>
       <c r="E341" s="2" t="s">
         <v>759</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>750</v>
+        <v>760</v>
       </c>
       <c r="G341" s="2"/>
       <c r="H341" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I341" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J341" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K341" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L341" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M341" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="342" spans="1:13">
       <c r="A342" s="1">
-        <v>82422814200223</v>
+        <v>82422814200165</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="G342" s="2"/>
       <c r="H342" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I342" s="3">
         <v>11930743393</v>
       </c>
       <c r="J342" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K342" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L342" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M342" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="343" spans="1:13">
       <c r="A343" s="1">
-        <v>82422814200249</v>
+        <v>82422814200223</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="G343" s="2"/>
       <c r="H343" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I343" s="3">
         <v>11930743393</v>
       </c>
       <c r="J343" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K343" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L343" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M343" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="344" spans="1:13">
       <c r="A344" s="1">
-        <v>82422814200686</v>
+        <v>82422814200249</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="G344" s="2"/>
       <c r="H344" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I344" s="3">
         <v>11930743393</v>
       </c>
       <c r="J344" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K344" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L344" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M344" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="345" spans="1:13">
       <c r="A345" s="1">
-        <v>82422814200694</v>
+        <v>82422814200686</v>
       </c>
       <c r="B345" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="G345" s="2"/>
       <c r="H345" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I345" s="3">
         <v>11930743393</v>
       </c>
       <c r="J345" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K345" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L345" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M345" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="346" spans="1:13">
       <c r="A346" s="1">
-        <v>82422814200967</v>
+        <v>82422814200694</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="D346" s="2"/>
       <c r="E346" s="2" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="G346" s="2"/>
       <c r="H346" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I346" s="3">
         <v>11930743393</v>
       </c>
       <c r="J346" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K346" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L346" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M346" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="347" spans="1:13">
       <c r="A347" s="1">
-        <v>82422814200991</v>
+        <v>82422814200967</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="G347" s="2"/>
       <c r="H347" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I347" s="3">
         <v>11930743393</v>
       </c>
       <c r="J347" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K347" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L347" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M347" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="348" spans="1:13">
       <c r="A348" s="1">
-        <v>82422814201361</v>
+        <v>82422814200991</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C348" s="2" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="D348" s="2"/>
       <c r="E348" s="2" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="G348" s="2"/>
       <c r="H348" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I348" s="3">
         <v>11930743393</v>
       </c>
       <c r="J348" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K348" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L348" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M348" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="349" spans="1:13">
       <c r="A349" s="1">
-        <v>82422814201379</v>
+        <v>82422814201361</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C349" s="2" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="D349" s="2"/>
       <c r="E349" s="2" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="G349" s="2"/>
       <c r="H349" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I349" s="3">
         <v>11930743393</v>
       </c>
       <c r="J349" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K349" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L349" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M349" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="350" spans="1:13">
       <c r="A350" s="1">
-        <v>82422814201510</v>
+        <v>82422814201379</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C350" s="2" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="D350" s="2"/>
       <c r="E350" s="2" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="G350" s="2"/>
       <c r="H350" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I350" s="3">
         <v>11930743393</v>
       </c>
       <c r="J350" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K350" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L350" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M350" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="351" spans="1:13">
       <c r="A351" s="1">
-        <v>82422814201767</v>
+        <v>82422814201510</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C351" s="2" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="G351" s="2"/>
       <c r="H351" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I351" s="3">
         <v>11930743393</v>
       </c>
       <c r="J351" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K351" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L351" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M351" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="352" spans="1:13">
       <c r="A352" s="1">
-        <v>82422814201783</v>
+        <v>82422814201767</v>
       </c>
       <c r="B352" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="G352" s="2"/>
       <c r="H352" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I352" s="3">
         <v>11930743393</v>
       </c>
       <c r="J352" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K352" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L352" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M352" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="353" spans="1:13">
       <c r="A353" s="1">
-        <v>82422814201833</v>
+        <v>82422814201783</v>
       </c>
       <c r="B353" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="G353" s="2"/>
       <c r="H353" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I353" s="3">
         <v>11930743393</v>
       </c>
       <c r="J353" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K353" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L353" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M353" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="354" spans="1:13">
       <c r="A354" s="1">
-        <v>82430412500019</v>
+        <v>82422814201833</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>772</v>
+        <v>761</v>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>774</v>
+        <v>753</v>
       </c>
       <c r="G354" s="2"/>
       <c r="H354" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I354" s="3">
-        <v>44540353654</v>
+        <v>11930743393</v>
       </c>
       <c r="J354" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K354" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L354" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M354" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="355" spans="1:13">
       <c r="A355" s="1">
-        <v>82462211200012</v>
+        <v>82430412500019</v>
       </c>
       <c r="B355" s="2" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
       <c r="C355" s="2" t="s">
         <v>775</v>
       </c>
       <c r="D355" s="2"/>
       <c r="E355" s="2" t="s">
         <v>776</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="G355" s="2" t="s">
         <v>777</v>
       </c>
+      <c r="G355" s="2"/>
       <c r="H355" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I355" s="3">
-        <v>93060800906</v>
+        <v>44540353654</v>
       </c>
       <c r="J355" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K355" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L355" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M355" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="356" spans="1:13">
       <c r="A356" s="1">
-        <v>82523307500027</v>
+        <v>82462211200012</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>13</v>
+        <v>115</v>
       </c>
       <c r="C356" s="2" t="s">
         <v>778</v>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2" t="s">
         <v>779</v>
       </c>
       <c r="F356" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="G356" s="2" t="s">
         <v>780</v>
       </c>
-      <c r="G356" s="2"/>
       <c r="H356" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I356" s="3">
-        <v>52850202085</v>
+        <v>93060800906</v>
       </c>
       <c r="J356" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K356" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L356" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M356" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="357" spans="1:13">
       <c r="A357" s="1">
-        <v>82523307500035</v>
+        <v>82523307500027</v>
       </c>
       <c r="B357" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="D357" s="2"/>
       <c r="E357" s="2" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="G357" s="2"/>
       <c r="H357" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I357" s="3">
         <v>52850202085</v>
       </c>
       <c r="J357" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K357" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L357" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M357" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="358" spans="1:13">
       <c r="A358" s="1">
-        <v>82935906600026</v>
+        <v>82523307500035</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>782</v>
+        <v>781</v>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2" t="s">
+        <v>784</v>
+      </c>
+      <c r="F358" s="2" t="s">
         <v>783</v>
-      </c>
-[...1 lines deleted...]
-        <v>784</v>
       </c>
       <c r="G358" s="2"/>
       <c r="H358" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I358" s="3">
-        <v>28270204327</v>
+        <v>52850202085</v>
       </c>
       <c r="J358" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K358" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L358" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M358" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="359" spans="1:13">
       <c r="A359" s="1">
         <v>83017750700076</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C359" s="2" t="s">
         <v>785</v>
       </c>
       <c r="D359" s="2"/>
       <c r="E359" s="2" t="s">
         <v>786</v>
       </c>
       <c r="F359" s="2" t="s">
         <v>787</v>
       </c>
       <c r="G359" s="2"/>
       <c r="H359" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I359" s="3">
         <v>75400131340</v>
       </c>
       <c r="J359" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K359" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L359" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M359" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="360" spans="1:13">
       <c r="A360" s="1">
         <v>83040750800027</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C360" s="2" t="s">
         <v>788</v>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2" t="s">
         <v>789</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>189</v>
+        <v>404</v>
       </c>
       <c r="G360" s="2"/>
       <c r="H360" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I360" s="3">
         <v>76660208266</v>
       </c>
       <c r="J360" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K360" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L360" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M360" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="361" spans="1:13">
       <c r="A361" s="1">
         <v>83815518200010</v>
       </c>
       <c r="B361" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C361" s="2" t="s">
         <v>790</v>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2" t="s">
         <v>791</v>
       </c>
       <c r="F361" s="2" t="s">
         <v>792</v>
       </c>
       <c r="G361" s="2"/>
       <c r="H361" s="2" t="s">
-        <v>164</v>
+        <v>39</v>
       </c>
       <c r="I361" s="3">
         <v>52490344149</v>
       </c>
       <c r="J361" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K361" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L361" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M361" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="362" spans="1:13">
       <c r="A362" s="1">
         <v>84283578700016</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C362" s="2" t="s">
         <v>793</v>
       </c>
       <c r="D362" s="2"/>
       <c r="E362" s="2" t="s">
         <v>794</v>
       </c>
       <c r="F362" s="2" t="s">
         <v>795</v>
       </c>
       <c r="G362" s="2"/>
       <c r="H362" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I362" s="3">
         <v>75331175033</v>
       </c>
       <c r="J362" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K362" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L362" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M362" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="363" spans="1:13">
       <c r="A363" s="1">
         <v>85231463200021</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C363" s="2" t="s">
         <v>796</v>
       </c>
       <c r="D363" s="2"/>
       <c r="E363" s="2" t="s">
         <v>797</v>
       </c>
       <c r="F363" s="2" t="s">
         <v>798</v>
       </c>
       <c r="G363" s="2"/>
       <c r="H363" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I363" s="3" t="s">
         <v>799</v>
       </c>
       <c r="J363" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K363" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L363" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M363" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="364" spans="1:13">
       <c r="A364" s="1">
         <v>88238206200017</v>
       </c>
       <c r="B364" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C364" s="2" t="s">
         <v>800</v>
       </c>
       <c r="D364" s="2"/>
       <c r="E364" s="2" t="s">
         <v>801</v>
       </c>
       <c r="F364" s="2" t="s">
         <v>802</v>
       </c>
       <c r="G364" s="2"/>
       <c r="H364" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I364" s="3">
         <v>11931002493</v>
       </c>
       <c r="J364" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K364" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L364" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M364" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="365" spans="1:13">
       <c r="A365" s="1">
         <v>89357687600021</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C365" s="2" t="s">
         <v>803</v>
       </c>
       <c r="D365" s="2" t="s">
         <v>804</v>
       </c>
       <c r="E365" s="2" t="s">
         <v>805</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="G365" s="2"/>
       <c r="H365" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I365" s="3">
         <v>11910889891</v>
       </c>
       <c r="J365" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K365" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L365" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M365" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="366" spans="1:13">
       <c r="A366" s="1">
         <v>89452347100023</v>
       </c>
       <c r="B366" s="2" t="s">
-        <v>68</v>
+        <v>115</v>
       </c>
       <c r="C366" s="2" t="s">
         <v>806</v>
       </c>
       <c r="D366" s="2"/>
       <c r="E366" s="2" t="s">
         <v>807</v>
       </c>
       <c r="F366" s="2" t="s">
         <v>808</v>
       </c>
       <c r="G366" s="2" t="s">
-        <v>260</v>
+        <v>509</v>
       </c>
       <c r="H366" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I366" s="3">
         <v>75860181686</v>
       </c>
       <c r="J366" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K366" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L366" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M366" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="367" spans="1:13">
       <c r="A367" s="1">
         <v>89808790300016</v>
       </c>
       <c r="B367" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C367" s="2" t="s">
         <v>809</v>
       </c>
       <c r="D367" s="2"/>
       <c r="E367" s="2" t="s">
         <v>810</v>
       </c>
       <c r="F367" s="2" t="s">
         <v>811</v>
       </c>
       <c r="G367" s="2"/>
       <c r="H367" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I367" s="3">
         <v>32600365660</v>
       </c>
       <c r="J367" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K367" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L367" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M367" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="368" spans="1:13">
       <c r="A368" s="1">
         <v>90344502100012</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C368" s="2" t="s">
         <v>812</v>
       </c>
       <c r="D368" s="2"/>
       <c r="E368" s="2" t="s">
         <v>813</v>
       </c>
       <c r="F368" s="2" t="s">
         <v>814</v>
       </c>
       <c r="G368" s="2"/>
       <c r="H368" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I368" s="3">
         <v>11910926891</v>
       </c>
       <c r="J368" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K368" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L368" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M368" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="369" spans="1:13">
       <c r="A369" s="1">
         <v>91172080300012</v>
       </c>
       <c r="B369" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C369" s="2" t="s">
         <v>815</v>
       </c>
       <c r="D369" s="2"/>
       <c r="E369" s="2" t="s">
         <v>816</v>
       </c>
       <c r="F369" s="2" t="s">
         <v>817</v>
       </c>
       <c r="G369" s="2"/>
       <c r="H369" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I369" s="3">
         <v>75870192287</v>
       </c>
       <c r="J369" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K369" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L369" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M369" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="370" spans="1:13">
       <c r="A370" s="1">
         <v>91294400600010</v>
       </c>
       <c r="B370" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C370" s="2" t="s">
         <v>818</v>
       </c>
       <c r="D370" s="2"/>
       <c r="E370" s="2" t="s">
         <v>819</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>820</v>
       </c>
       <c r="G370" s="2"/>
       <c r="H370" s="2" t="s">
-        <v>215</v>
+        <v>35</v>
       </c>
       <c r="I370" s="3">
         <v>52850250785</v>
       </c>
       <c r="J370" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K370" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L370" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M370" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="371" spans="1:13">
       <c r="A371" s="1">
         <v>91302199400029</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C371" s="2" t="s">
         <v>821</v>
       </c>
       <c r="D371" s="2"/>
       <c r="E371" s="2" t="s">
         <v>822</v>
       </c>
       <c r="F371" s="2" t="s">
         <v>823</v>
       </c>
       <c r="G371" s="2"/>
       <c r="H371" s="2" t="s">
-        <v>164</v>
+        <v>39</v>
       </c>
       <c r="I371" s="3"/>
       <c r="J371" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K371" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L371" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M371" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="372" spans="1:13">
       <c r="A372" s="1">
         <v>93698024200080</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C372" s="2" t="s">
         <v>824</v>
       </c>
       <c r="D372" s="2"/>
       <c r="E372" s="2" t="s">
         <v>825</v>
       </c>
       <c r="F372" s="2" t="s">
         <v>826</v>
       </c>
       <c r="G372" s="2"/>
       <c r="H372" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I372" s="3">
         <v>73090000609</v>
       </c>
       <c r="J372" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K372" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L372" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M372" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="373" spans="1:13">
       <c r="A373" s="1">
         <v>94833292900033</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C373" s="2" t="s">
         <v>827</v>
       </c>
       <c r="D373" s="2" t="s">
         <v>828</v>
       </c>
       <c r="E373" s="2" t="s">
         <v>829</v>
       </c>
       <c r="F373" s="2" t="s">
         <v>830</v>
       </c>
       <c r="G373" s="2"/>
       <c r="H373" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I373" s="3">
         <v>32620380962</v>
       </c>
       <c r="J373" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K373" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L373" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M373" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="374" spans="1:13">
       <c r="A374" s="1">
         <v>94833292900041</v>
       </c>
       <c r="B374" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C374" s="2" t="s">
         <v>827</v>
       </c>
       <c r="D374" s="2" t="s">
         <v>828</v>
       </c>
       <c r="E374" s="2" t="s">
         <v>831</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>830</v>
       </c>
       <c r="G374" s="2"/>
       <c r="H374" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I374" s="3">
         <v>32620380962</v>
       </c>
       <c r="J374" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K374" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L374" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M374" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="375" spans="1:13">
       <c r="A375" s="1">
         <v>94833292900066</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C375" s="2" t="s">
         <v>827</v>
       </c>
       <c r="D375" s="2" t="s">
         <v>828</v>
       </c>
       <c r="E375" s="2" t="s">
         <v>832</v>
       </c>
       <c r="F375" s="2" t="s">
         <v>830</v>
       </c>
       <c r="G375" s="2"/>
       <c r="H375" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I375" s="3">
         <v>32620380962</v>
       </c>
       <c r="J375" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K375" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L375" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M375" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="376" spans="1:13">
       <c r="A376" s="1">
         <v>95147951800015</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C376" s="2" t="s">
         <v>833</v>
       </c>
       <c r="D376" s="2"/>
       <c r="E376" s="2" t="s">
         <v>834</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="G376" s="2"/>
       <c r="H376" s="2" t="s">
         <v>835</v>
       </c>
       <c r="I376" s="3">
         <v>84260365026</v>
       </c>
       <c r="J376" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K376" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L376" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M376" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -17049,31 +17049,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 18:16:35</dc:description>
+  <dc:description>Export en date du 12/26/2025 10:39:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>