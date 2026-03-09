--- v1 (2025-12-26)
+++ v2 (2026-03-09)
@@ -14,2477 +14,2480 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="836">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="837">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>MINISTERE DU TRAVAIL ET DES SOLIDARITES</t>
+  </si>
+  <si>
+    <t>14 AVENUE DUQUESNE 75007 PARIS</t>
+  </si>
+  <si>
+    <t>11/06/1997</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE FINISTERE</t>
+  </si>
+  <si>
+    <t>CCI FINISTERE SIEGE</t>
+  </si>
+  <si>
+    <t>1 PLACE DU 19EME R.I. 29200 BREST</t>
+  </si>
+  <si>
+    <t>15/12/2016</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT YVES THEPOT</t>
+  </si>
+  <si>
+    <t>GRETA-CFA DE BRETAGNE OCCIDENTALE</t>
+  </si>
+  <si>
+    <t>5 RUE DE L'ILE BREHAT 29000 QUIMPER</t>
+  </si>
+  <si>
+    <t>03/04/1989</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>5335P000829</t>
+  </si>
+  <si>
+    <t>LYCEE DES METIERS PIERRE MENDES FRANCE</t>
+  </si>
+  <si>
+    <t>GRETA EST BRETAGNE</t>
+  </si>
+  <si>
+    <t>34 RUE BAHON-RAULT 35000 RENNES</t>
+  </si>
+  <si>
+    <t>20/10/2004</t>
+  </si>
+  <si>
+    <t>5335P000935</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE LIVET</t>
+  </si>
+  <si>
+    <t>GRETA LOIRE-ATLANTIQUE</t>
+  </si>
+  <si>
+    <t>16 RUE DUFOUR 44000 NANTES</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JEAN-BAPTISTE COLBERT</t>
+  </si>
+  <si>
+    <t>GRETA DE BRETAGNE SUD</t>
+  </si>
+  <si>
+    <t>117 BOULEVARD LEON BLUM 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>13/06/2000</t>
+  </si>
+  <si>
+    <t>5335P000256</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ROSA PARKS - LYCEE DES METIERS</t>
+  </si>
+  <si>
+    <t>GRETA-CFA VENDEE</t>
+  </si>
+  <si>
+    <t>29 BOULEVARD GASTON GUITTON 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT NELSON MANDELA</t>
+  </si>
+  <si>
+    <t>GRETA POITOU CHARENTES</t>
+  </si>
+  <si>
+    <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ROBERT DOISNEAU, LYCEE DES METIERS DE L'INDUSTRIE ET DES SERVICES AUX ENTREPRISES</t>
+  </si>
+  <si>
+    <t>GRETA DE L'ESSONNE</t>
+  </si>
+  <si>
+    <t>89 AVENUE SERGE DASSAULT 91100 CORBEIL-ESSONNES</t>
+  </si>
+  <si>
+    <t>06/03/1989</t>
+  </si>
+  <si>
+    <t>1191P000491</t>
+  </si>
+  <si>
+    <t>AFTRAL</t>
+  </si>
+  <si>
+    <t>CHATEAU DE RENEMONT AVENUE DU GENERAL DE GAULLE 54140 JARVILLE-LA-MALGRANGE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>368 BOULEVARD HENRI BARNIER 13016 MARSEILLE</t>
+  </si>
+  <si>
+    <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
+  </si>
+  <si>
+    <t>RUE REPUBLIQUE 60290 MONCHY-SAINT-ELOI</t>
+  </si>
+  <si>
+    <t>01/01/1981</t>
+  </si>
+  <si>
+    <t>94 RUE DU PORTEAU 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>01/03/1985</t>
+  </si>
+  <si>
+    <t>4 AVENUE DE L'ENERGIE 67800 BISCHHEIM</t>
+  </si>
+  <si>
+    <t>20/08/1986</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE 10440 TORVILLIERS</t>
+  </si>
+  <si>
+    <t>11 PLACE D'AQUITAINE MIN 94550 CHEVILLY-LARUE</t>
+  </si>
+  <si>
+    <t>01/01/1990</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE RUE HANS GEIGER 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>16/04/1993</t>
+  </si>
+  <si>
+    <t>AUTOPORT DES PYRENEES BOULEVARD DU PRESIDENT KENNEDY 65000 TARBES</t>
+  </si>
+  <si>
+    <t>01/12/1988</t>
+  </si>
+  <si>
+    <t>AFT-FC TOULOUSE</t>
+  </si>
+  <si>
+    <t>72 RUE EDMOND ROSTAND 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>25/12/1995</t>
+  </si>
+  <si>
+    <t>AFT TC</t>
+  </si>
+  <si>
+    <t>RUE HARALD STAMMBACH 59290 WASQUEHAL</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>ZAC DE LA MAISON NEUVE 2 RUE JEAN MERMOZ 44980 SAINTE-LUCE-SUR-LOIRE</t>
+  </si>
+  <si>
+    <t>17 RUE DE L’INGENIEUR BERTIN 21600 LONGVIC</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>RUE DES CHARMILLES 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>RUE DE LA MOUEE 57070 METZ</t>
+  </si>
+  <si>
+    <t>01/09/1997</t>
+  </si>
+  <si>
+    <t>18 RUE DU VAL CLAIR 51100 REIMS</t>
+  </si>
+  <si>
+    <t>ALLEE DE GASCOGNE 33370 ARTIGUES-PRES-BORDEAUX</t>
+  </si>
+  <si>
+    <t>AFT FC</t>
+  </si>
+  <si>
+    <t>248 AVENUE FRANKLIN ROOSEVELT 69120 VAULX-EN-VELIN</t>
+  </si>
+  <si>
+    <t>01/05/1998</t>
+  </si>
+  <si>
+    <t>MAISON DU TRANSPORT RUE LOUIS SAILLANT 26800 PORTES-LES-VALENCE</t>
+  </si>
+  <si>
+    <t>52 RUE DE LA TALAUDIERE 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>01/06/1998</t>
+  </si>
+  <si>
+    <t>TREODET 29500 ERGUE GABERIC</t>
+  </si>
+  <si>
+    <t>01/09/2001</t>
+  </si>
+  <si>
+    <t>AFT-FC</t>
+  </si>
+  <si>
+    <t>D ACTIVITES MEDITERRANNEE 34470 PEROLS</t>
+  </si>
+  <si>
+    <t>01/03/2002</t>
+  </si>
+  <si>
+    <t>273 RUE DE L'ARTISANAT 14500 VIRE NORMANDIE</t>
+  </si>
+  <si>
+    <t>01/04/2002</t>
+  </si>
+  <si>
+    <t>3 AVENUE ELSA TRIOLET 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>619 RUE DENIS PAPIN 73290 LA MOTTE-SERVOLEX</t>
+  </si>
+  <si>
+    <t>11 ROUTE PRINCIPALE DU PORT 92230 GENNEVILLIERS</t>
+  </si>
+  <si>
+    <t>ZAE DU PONT DU CERF MAISON DU TRANSPORT 24380 SANILHAC</t>
+  </si>
+  <si>
+    <t>RN 7 PRC LOGISTIQUE ALLIER 03400 TOULON-SUR-ALLIER</t>
+  </si>
+  <si>
+    <t>01/01/2003</t>
+  </si>
+  <si>
+    <t>ZAC EURESPACES 7 RUE DES GRANDES PIECES 25770 SERRE-LES-SAPINS</t>
+  </si>
+  <si>
+    <t>AVENUE JEAN GIRAUDOUX 87410 LE PALAIS-SUR-VIENNE</t>
+  </si>
+  <si>
+    <t>01/04/2003</t>
+  </si>
+  <si>
+    <t>ZAE AERODROME EST 2 RUE COLI 59121 PROUVY</t>
+  </si>
+  <si>
+    <t>01/09/2004</t>
+  </si>
+  <si>
+    <t>RUE DU ZINC 77176 SAVIGNY-LE-TEMPLE</t>
+  </si>
+  <si>
+    <t>08/10/2004</t>
+  </si>
+  <si>
+    <t>8 RUE VINCENT VAN GOGH 76290 MONTIVILLIERS</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t>ZI DES BLETTRYS 71530 CHAMPFORGEUIL</t>
+  </si>
+  <si>
+    <t>01/02/2007</t>
+  </si>
+  <si>
+    <t>ZAC DES CHATELIERS RUE LEONARD DE VINCI 45400 SEMOY</t>
+  </si>
+  <si>
+    <t>01/03/2007</t>
+  </si>
+  <si>
+    <t>ZI DU PRAT 31 AVENUE PAUL DUPLAIX 56000 VANNES</t>
+  </si>
+  <si>
+    <t>01/09/2007</t>
+  </si>
+  <si>
+    <t>ZI DES SOEURS 2 AVENUE ANDRE DULIN 17300 ROCHEFORT</t>
+  </si>
+  <si>
+    <t>01/05/2008</t>
+  </si>
+  <si>
+    <t>340 RUE DE LA GARE 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>01/07/2008</t>
+  </si>
+  <si>
+    <t>BATIMENT P GARONOR 93600 AULNAY-SOUS-BOIS</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>2 RUE BORDAZAHAR 64990 MOUGUERRE</t>
+  </si>
+  <si>
+    <t>01/03/2010</t>
+  </si>
+  <si>
+    <t>15 RUE DE LA MARE BLANCHE 77186 NOISIEL</t>
+  </si>
+  <si>
+    <t>ZAC DES REPDYCK RUE FRANCOIS-NOEL BABEUF 59760 GRANDE-SYNTHE</t>
+  </si>
+  <si>
+    <t>622 RUE DES HAUTS DE FRANCE 62110 HENIN-BEAUMONT</t>
+  </si>
+  <si>
+    <t>01/02/2012</t>
+  </si>
+  <si>
+    <t>4 RUE PIERRE BOURDAN 02000 LAON</t>
+  </si>
+  <si>
+    <t>01/09/2012</t>
+  </si>
+  <si>
+    <t>RUE DU BOIS JOLI 63800 COURNON-D'AUVERGNE</t>
+  </si>
+  <si>
+    <t>RUE DE LA COTONNIERE 14000 CAEN</t>
+  </si>
+  <si>
+    <t>POLE D'ACTIVITE DE NICOPOLIS ZONE B 260 ALLEE DES EGLANTINES 83170 BRIGNOLES</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>ZI DES PLAINES 39570 COURLAOUX</t>
+  </si>
+  <si>
+    <t>01/12/2013</t>
+  </si>
+  <si>
+    <t>ZAC DES PLATIERES 38670 CHASSE-SUR-RHONE</t>
+  </si>
+  <si>
+    <t>ZA TECHNOLAND ETUPES 4 RUE DE LA VOIVRE 25490 FESCHES-LE-CHATEL</t>
+  </si>
+  <si>
+    <t>AFT-IFTIM</t>
+  </si>
+  <si>
+    <t>ZI LA GARE 22940 PLAINTEL</t>
+  </si>
+  <si>
+    <t>01/11/2013</t>
+  </si>
+  <si>
+    <t>5 RUE DES ARTISANS 16400 PUYMOYEN</t>
+  </si>
+  <si>
+    <t>01/02/2015</t>
+  </si>
+  <si>
+    <t>ZI CROIX DU SUD 23 AVENUE DES ETANGS 11100 NARBONNE</t>
+  </si>
+  <si>
+    <t>01/03/2015</t>
+  </si>
+  <si>
+    <t>ZI GREZAN 45 AVENUE FREDERIC BARTHOLDI 30000 NIMES</t>
+  </si>
+  <si>
+    <t>PARC DE LA VENTE OLIVIERS 145 CHEMIN DES TAILLIS 76800 SAINT-ETIENNE-DU-ROUVRAY</t>
+  </si>
+  <si>
+    <t>46 CHEMIN DES RUELLES 89380 APPOIGNY</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>ZA DU MONNE RUE DU CHATELET 72700 ALLONNES</t>
+  </si>
+  <si>
+    <t>01/09/2015</t>
+  </si>
+  <si>
+    <t>ZI CAMBAIE 99 RUE HENRI CORNU 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>31/10/2015</t>
+  </si>
+  <si>
+    <t>6 RUE LOUIS PASTEUR 28630 GELLAINVILLE</t>
+  </si>
+  <si>
+    <t>01/06/2016</t>
+  </si>
+  <si>
+    <t>MIN MARCHE INTERET NATIONAL MARCHE GARE 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>01/02/2016</t>
+  </si>
+  <si>
+    <t>6001 ZI DE CARROS 1 ZONE INDUSTRIELLE 06510 CARROS</t>
+  </si>
+  <si>
+    <t>31/03/2017</t>
+  </si>
+  <si>
+    <t>160 CHEMIN DU MOULIN 04220 SAINTE-TULLE</t>
+  </si>
+  <si>
+    <t>01/06/2017</t>
+  </si>
+  <si>
+    <t>1 AVENUE DE SUISSE 68390 SAUSHEIM</t>
+  </si>
+  <si>
+    <t>01/09/2017</t>
+  </si>
+  <si>
+    <t>ZA LA GAUFRERIE ROUTE DE SAINT NAZAIRE 53000 LAVAL</t>
+  </si>
+  <si>
+    <t>01/03/2018</t>
+  </si>
+  <si>
+    <t>BATIMENT A101 RUE DU CAP GRIS NEZ 62100 CALAIS</t>
+  </si>
+  <si>
+    <t>01/05/2018</t>
+  </si>
+  <si>
+    <t>33 IMPASSE DES ARBOUSIERS 69400 ARNAS</t>
+  </si>
+  <si>
+    <t>30/11/2018</t>
+  </si>
+  <si>
+    <t>ST SYLVAIN D'ANJOU RUE FABIEN CESBRON 49112 VERRIERES-EN-ANJOU</t>
+  </si>
+  <si>
+    <t>31/03/2019</t>
+  </si>
+  <si>
+    <t>130 ALLEE DE LA VOLLA 38113 VEUREY-VOROIZE</t>
+  </si>
+  <si>
+    <t>30/04/2019</t>
+  </si>
+  <si>
+    <t>ZI DE BRAIS RUE NICEPHORE NIEPCE 44600 SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>01/05/2019</t>
+  </si>
+  <si>
+    <t>322 RUE POUILLY LOCHE 71000 MACON</t>
+  </si>
+  <si>
+    <t>01/06/2019</t>
+  </si>
+  <si>
+    <t>6 AVENUE ANTOINE-LAURENT LAVOISIER 64140 LONS</t>
+  </si>
+  <si>
+    <t>31/05/2019</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES DES BELLEVUES RUE DE LA PATELLE 95310 SAINT-OUEN-L'AUMONE</t>
+  </si>
+  <si>
+    <t>01/08/2019</t>
+  </si>
+  <si>
+    <t>387 AVENUE DE BONPORT 76320 SAINT-PIERRE-LES-ELBEUF</t>
+  </si>
+  <si>
+    <t>01/09/2019</t>
+  </si>
+  <si>
+    <t>3 RUE DES BAUCHES 78260 ACHERES</t>
+  </si>
+  <si>
+    <t>01/11/2019</t>
+  </si>
+  <si>
+    <t>ZA DE BAUSSAY RUE ANITA CONTI 79260 LA CRECHE</t>
+  </si>
+  <si>
+    <t>01/12/2019</t>
+  </si>
+  <si>
+    <t>2064 AVENUE HENRI SCHNEIDER 69330 JONAGE</t>
+  </si>
+  <si>
+    <t>70 BOUCLE DE LA RAMEE 38070 SAINT-QUENTIN-FALLAVIER</t>
+  </si>
+  <si>
+    <t>DOMAINE DE LA MERIQUETTE BAT 10 D ROUTE NATIONALE 568 13270 FOS-SUR-MER</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>M.I.N D'AGEN AV AQUITAINE 47550 BOE</t>
+  </si>
+  <si>
+    <t>11 B ZONE DE KERMAT 29410 GUICLAN</t>
+  </si>
+  <si>
+    <t>ZA LA COUDRIERE II 37210 PARCAY-MESLAY</t>
+  </si>
+  <si>
+    <t>01/02/2020</t>
+  </si>
+  <si>
+    <t>RN9 MONTEE DES NOYERS ROUTE DE NARBONNE D'609 34500 BEZIERS</t>
+  </si>
+  <si>
+    <t>17 B AVENUE ARSENE D'ARSONVAL 01000 BOURG-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>01/06/2020</t>
+  </si>
+  <si>
+    <t>AV ABEL BARBIN ET CHARLES BENOIT 02100 ROUVROY</t>
+  </si>
+  <si>
+    <t>01/08/2020</t>
+  </si>
+  <si>
+    <t>3 AVENUE ROGER RONCIER 19100 BRIVE-LA-GAILLARDE</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>29 RUE DE STRASBOURG 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>ZA LA ROUGEMARE 27930 FAUVILLE</t>
+  </si>
+  <si>
+    <t>ZAC TECHNOLAND RUE PIERRE MARTI 25460 ETUPES</t>
+  </si>
+  <si>
+    <t>01/12/2020</t>
+  </si>
+  <si>
+    <t>PLAINE DE LACHAUD QUARTIER SERRE NIOU 05000 NEFFES</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>2 RUE GUSTAVE EIFFEL 91070 BONDOUFLE</t>
+  </si>
+  <si>
+    <t>17/12/2020</t>
+  </si>
+  <si>
+    <t>4 RUE ALBERT EINSTEIN 78190 TRAPPES</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE LE POIRIER PENCHE RN19 77170 SERVON</t>
+  </si>
+  <si>
+    <t>ZI DU BOIS JOLY 5 RUE ETIENNE LENOIR 85500 LES HERBIERS</t>
+  </si>
+  <si>
+    <t>01/04/2021</t>
+  </si>
+  <si>
+    <t>66 QUAI FRANCAIS 33530 BASSENS</t>
+  </si>
+  <si>
+    <t>01/05/2021</t>
+  </si>
+  <si>
+    <t>RUE DE L'INDUSTRIE 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>41 RUE SIMONE SIGNORET 81380 LESCURE-D'ALBIGEOIS</t>
+  </si>
+  <si>
+    <t>SITE CONFLUENCES 1 PL DE LA GARE-LIEUDITBAC A L AUMONE 60280 CLAIROIX</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>9 RUE ALEXIS CLAIRAUT 29200 BREST</t>
+  </si>
+  <si>
+    <t>01/03/2022</t>
+  </si>
+  <si>
+    <t>PARC E-VALLEY 6 RUE DU PATROLLER 59268 HAYNECOURT</t>
+  </si>
+  <si>
+    <t>10 AVENUE DES CHATELETS 22440 PLOUFRAGAN</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
+    <t>5 RUE DE MONTIMONT 08350 DONCHERY</t>
+  </si>
+  <si>
+    <t>01/06/2022</t>
+  </si>
+  <si>
+    <t>5 RUE LUCETTE BONARD 80330 LONGUEAU</t>
+  </si>
+  <si>
+    <t>01/12/2022</t>
+  </si>
+  <si>
+    <t>181 RUE D'ARGENTAN 61000 ALENCON</t>
+  </si>
+  <si>
+    <t>01/01/2023</t>
+  </si>
+  <si>
+    <t>RUE DE LA GRAVIERE 40230 SAINT-GEOURS-DE-MAREMNE</t>
+  </si>
+  <si>
+    <t>01/06/2023</t>
+  </si>
+  <si>
+    <t>52 CHEMIN DES SIRETTES 78710 ROSNY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>CENTRE D'EDUCATION &amp; SECURITE ROUTIERE</t>
+  </si>
+  <si>
+    <t>55 BOULEVARD DES DROITS DE L'HOMME 69120 VAULX-EN-VELIN</t>
+  </si>
+  <si>
+    <t>17/10/2016</t>
+  </si>
+  <si>
+    <t>85.53Z</t>
+  </si>
+  <si>
+    <t>ECOLE DE CONDUITE FRANCAISE COOPERATIVE D'EDUCATION ROUTIERE CENTRE ATLANTIQUE- E.C.F. CERCA</t>
+  </si>
+  <si>
+    <t>ECF</t>
+  </si>
+  <si>
+    <t>LA CLAVERIE RUE LEONARD DE VINCI 49070 SAINT-LEGER-DE-LINIERES</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>CHAVAGNE ROUTE DE LA MOTHE 79260 LA CRECHE</t>
+  </si>
+  <si>
+    <t>04/02/1999</t>
+  </si>
+  <si>
+    <t>LE GUET DU MARCHAND 87570 RILHAC-RANCON</t>
+  </si>
+  <si>
+    <t>01/07/1995</t>
+  </si>
+  <si>
+    <t>LES MOINARDS 86130 SAINT-GEORGES-LES-BAILLARGEAUX</t>
+  </si>
+  <si>
+    <t>01/06/1995</t>
+  </si>
+  <si>
+    <t>RUE DES GRANDS CHAMPS 41000 BLOIS</t>
+  </si>
+  <si>
+    <t>01/09/2003</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE 16440 NERSAC</t>
+  </si>
+  <si>
+    <t>01/04/2009</t>
+  </si>
+  <si>
+    <t>LES CHAMPS 23000 SAINTE-FEYRE</t>
+  </si>
+  <si>
+    <t>01/06/2012</t>
+  </si>
+  <si>
+    <t>E.C.F.</t>
+  </si>
+  <si>
+    <t>RUE WILLY BRANDT 37390 NOTRE DAME D'OE</t>
+  </si>
+  <si>
+    <t>01/06/2013</t>
+  </si>
+  <si>
+    <t>ZAC 2 PARC D'ACTIVITES DU CORMIER 25 RUE GUSTAVE FOUILLARON 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>01/06/2018</t>
+  </si>
+  <si>
+    <t>11 RUE DES ORFEVRES 44840 LES SORINIERES</t>
+  </si>
+  <si>
+    <t>01/07/2018</t>
+  </si>
+  <si>
+    <t>ZI A CANA 19100 BRIVE LA GAILLARDE</t>
+  </si>
+  <si>
+    <t>385 RUE DE LA RIVIERE 19270 DONZENAC</t>
+  </si>
+  <si>
+    <t>24/04/2023</t>
+  </si>
+  <si>
+    <t>CENTRE D'EDUCATION ET DE SECURITE ROUTIERE 34</t>
+  </si>
+  <si>
+    <t>IMM ALBERES BD PRESIDENT KENNEDY 34500 BEZIERS</t>
+  </si>
+  <si>
+    <t>CENTRE EDUCA SECU ROUTIERE 38</t>
+  </si>
+  <si>
+    <t>RUE DES GLAIRAUX 38120 SAINT-EGREVE</t>
+  </si>
+  <si>
+    <t>ECOLE DE CONDUITE SABOLIENNE</t>
+  </si>
+  <si>
+    <t>RESIDENCE DU MAINE 48 RUE DU MANS 72300 SABLE-SUR-SARTHE</t>
+  </si>
+  <si>
+    <t>15/01/1980</t>
+  </si>
+  <si>
+    <t>LEGON FORMATION</t>
+  </si>
+  <si>
+    <t>954 RTE ZI DU CHATELET 74800 CORNIER</t>
+  </si>
+  <si>
+    <t>01/01/1994</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION ROUTIERE MARIONNEAU</t>
+  </si>
+  <si>
+    <t>BELLEVILLE SUR VIE 13 LA POIRIERE 85170 BELLEVIGNY</t>
+  </si>
+  <si>
+    <t>04/01/1990</t>
+  </si>
+  <si>
+    <t>9 ROUTE PLESSIS BOUCHET 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>11 RUE DE LA BLANCHARDIERE 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>29/05/2017</t>
+  </si>
+  <si>
+    <t>CESCA</t>
+  </si>
+  <si>
+    <t>12 QUAI DU MUSEE 88000 EPINAL</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>CENTRE D'EDUCATION ROUTIERE RHONE ALPES</t>
+  </si>
+  <si>
+    <t>RTE DEPARTEMENTALE 30 69670 VAUGNERAY</t>
+  </si>
+  <si>
+    <t>01/01/1979</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION DES CONDUCTEURS DU NORD AVEYRON</t>
+  </si>
+  <si>
+    <t>55 ALLEE EMILE ARNAL 12850 SAINTE-RADEGONDE</t>
+  </si>
+  <si>
+    <t>CENTRE D'EDUCATION ROUTIERE DE L'ARTOIS</t>
+  </si>
+  <si>
+    <t>33 RUE DU GENERAL DE GAULLE 62880 ANNAY</t>
+  </si>
+  <si>
+    <t>31/12/1981</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAURENT GEORGES   </t>
+  </si>
+  <si>
+    <t>7 AVENUE HENRI BRISSON 18100 VIERZON</t>
+  </si>
+  <si>
+    <t>06/09/1993</t>
+  </si>
+  <si>
+    <t>31/08/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIARD CHANTAL   </t>
+  </si>
+  <si>
+    <t>RUE SIRETTES 78710 ROSNY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>ORAKIN SAS</t>
+  </si>
+  <si>
+    <t>RTE DU RHIN 67240 KALTENHOUSE</t>
+  </si>
+  <si>
+    <t>18/07/1986</t>
+  </si>
+  <si>
+    <t>LLERENA</t>
+  </si>
+  <si>
+    <t>RUE DES FRERES PEUGEOT 68127 SAINTE-CROIX-EN-PLAINE</t>
+  </si>
+  <si>
+    <t>01/06/1993</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>12 RUE DE SAINT-NAZAIRE 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>PARC DE HAYE RUE DES FRENES 54840 BOIS-DE-HAYE</t>
+  </si>
+  <si>
+    <t>01/01/2008</t>
+  </si>
+  <si>
+    <t>7 ROUTE DE WASSELONNE 67201 ECKBOLSHEIM</t>
+  </si>
+  <si>
+    <t>27/10/2008</t>
+  </si>
+  <si>
+    <t>30 RUE AMPERE 67120 DUTTLENHEIM</t>
+  </si>
+  <si>
+    <t>01/04/2023</t>
+  </si>
+  <si>
+    <t>ECOLE DE CONDUITE DE LA LIBERATION</t>
+  </si>
+  <si>
+    <t>27 AVENUE DE LA LIBERATION 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>01/07/1981</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION TRANSPORT</t>
+  </si>
+  <si>
+    <t>RUE DU FOND SQUIN 62500 SAINT-MARTIN-LEZ-TATINGHEM</t>
+  </si>
+  <si>
+    <t>01/08/1995</t>
+  </si>
+  <si>
+    <t>RTE ZA DE LA CANARDIERE 62360 ISQUES</t>
+  </si>
+  <si>
+    <t>30/03/2001</t>
+  </si>
+  <si>
+    <t>ZI DE REPDYCK RUE DE L'ABBE GREGOIRE 59760 GRANDE-SYNTHE</t>
+  </si>
+  <si>
+    <t>01/10/2012</t>
+  </si>
+  <si>
+    <t>ZI BORNES DU TEMPS II 753 RUE DES CATELETS 80470 SAINT-SAUVEUR</t>
+  </si>
+  <si>
+    <t>01/11/2021</t>
+  </si>
+  <si>
+    <t>CENTRE D'EDUCATION ET DE SECURITE ROUTIERE MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>PEAGE NORD MAS DE LA GARRIGUE NORD 66600 RIVESALTES</t>
+  </si>
+  <si>
+    <t>19/04/1991</t>
+  </si>
+  <si>
+    <t>BOUSCAREN</t>
+  </si>
+  <si>
+    <t>58 COURS GAMBETTA 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/01/1985</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION ROUTIERE 11</t>
+  </si>
+  <si>
+    <t>LD LE POIRIER PENCHES RN19 77170 SERVON</t>
+  </si>
+  <si>
+    <t>01/06/2001</t>
+  </si>
+  <si>
+    <t>AUTO ECOLE EUGENE</t>
+  </si>
+  <si>
+    <t>3 RUE DES MARCHANDS 67600 SELESTAT</t>
+  </si>
+  <si>
+    <t>01/01/1987</t>
+  </si>
+  <si>
+    <t>MICHEL GEORGES FORMATION</t>
+  </si>
+  <si>
+    <t>21 RUE DE L'ORIENT 88100 SAINT-DIE-DES-VOSGES</t>
+  </si>
+  <si>
+    <t>01/03/1987</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>SAS FRANCE FORMATION ROUTIERE</t>
+  </si>
+  <si>
+    <t>QUARTIER LES CHASSIS OUEST 75 A RTE DE TAIN 26600 MERCUROL-VEAUNES</t>
+  </si>
+  <si>
+    <t>01/01/2006</t>
+  </si>
+  <si>
+    <t>LABORDE</t>
+  </si>
+  <si>
+    <t>1114 RUE JULES FERRY 62110 HENIN-BEAUMONT</t>
+  </si>
+  <si>
+    <t>01/01/1992</t>
+  </si>
+  <si>
+    <t>RECRUTEMENT FORMATION TRANSPORT</t>
+  </si>
+  <si>
+    <t>ZI DE TRAPPES 4 RUE ALBERT EINSTEIN 78190 TRAPPES</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION PROFESS DE LA ROUTE</t>
+  </si>
+  <si>
+    <t>CFPR</t>
+  </si>
+  <si>
+    <t>ROUTE DE NAVES 81100 CASTRES</t>
+  </si>
+  <si>
+    <t>01/04/1989</t>
+  </si>
+  <si>
+    <t>SECURITE ET CONDUITE</t>
+  </si>
+  <si>
+    <t>39 BD DU DOCTEUR FOURCADE 47200 MARMANDE</t>
+  </si>
+  <si>
+    <t>12/12/2024</t>
+  </si>
+  <si>
+    <t>STE D'ECOLE DE CONDUITE CHERBOURGEOISE AUTO-MOTO SNC</t>
+  </si>
+  <si>
+    <t>LA MAISON BERTRAND 50470 TOLLEVAST</t>
+  </si>
+  <si>
+    <t>04/10/2025</t>
+  </si>
+  <si>
+    <t>BRAY CONDUITE SERVICES</t>
+  </si>
+  <si>
+    <t>ZI 15 RUE ALBERT EINSTEIN 77480 BRAY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>15/03/2001</t>
+  </si>
+  <si>
+    <t>SAS ROGER ROUDAUT</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE DES MALTOT 29400 BODILIS</t>
+  </si>
+  <si>
+    <t>01/01/1991</t>
+  </si>
+  <si>
+    <t>ZONE ACTIVITE DU PARCO 15 RUE ALBERT EINSTEIN 56700 HENNEBONT</t>
+  </si>
+  <si>
+    <t>ZI DE TROYALAC'H 7 RUE JEAN-BAPTISTE GODIN 29170 SAINT-EVARZEC</t>
+  </si>
+  <si>
+    <t>13/07/2010</t>
+  </si>
+  <si>
+    <t>SARL AUTO ECOLE CORGIER</t>
+  </si>
+  <si>
+    <t>7 PLACE CHOMIENNE 69550 AMPLEPUIS</t>
+  </si>
+  <si>
+    <t>30/05/1991</t>
+  </si>
+  <si>
+    <t>AUTO-ECOLE DU CENTRE</t>
+  </si>
+  <si>
+    <t>80 RUE SCHOELCHER 97232 LE LAMENTIN</t>
+  </si>
+  <si>
+    <t>01/03/2003</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION ROUTIERE ABS</t>
+  </si>
+  <si>
+    <t>ABS FORMATION</t>
+  </si>
+  <si>
+    <t>12 AVENUE DE LA REPUBLIQUE 93300 AUBERVILLIERS</t>
+  </si>
+  <si>
+    <t>13/01/1992</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION WANTZ</t>
+  </si>
+  <si>
+    <t>9 FOSSE DES FLAGELLANTS 68290 MASEVAUX-NIEDERBRUCK</t>
+  </si>
+  <si>
+    <t>01/01/1993</t>
+  </si>
+  <si>
+    <t>ECF CENTRE OUEST ATLANTIQUE</t>
+  </si>
+  <si>
+    <t>ZA FIEF GRAND EST - LES FRANCHES FOLIE 2 RUE DU PETIT BOIS 17290 LE THOU</t>
+  </si>
+  <si>
+    <t>01/07/2010</t>
+  </si>
+  <si>
+    <t>SUD PREVENTION SECURITE</t>
+  </si>
+  <si>
+    <t>ZAC DE SAUMATY SEON 19 RUE HENRI ET ANTOINE MAURRAS 13016 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/04/2013</t>
+  </si>
+  <si>
+    <t>6 RUE DE VALSERRES 05000 GAP</t>
+  </si>
+  <si>
+    <t>31/10/2012</t>
+  </si>
+  <si>
+    <t>ESPACE BEOTOIT BASSAQUET 83140 SIX FOURS LES PLAGES</t>
+  </si>
+  <si>
+    <t>01/04/2015</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ARENICE 455 PROMENADE DES ANGLAIS 06000 NICE</t>
+  </si>
+  <si>
+    <t>ECF SPS</t>
+  </si>
+  <si>
+    <t>135 AVENUE PIERRE SEMARD 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
+    <t>BIGOT FORMATION</t>
+  </si>
+  <si>
+    <t>CFBL</t>
+  </si>
+  <si>
+    <t>RUE RENE PRIEUR 61100 FLERS</t>
+  </si>
+  <si>
+    <t>01/10/2015</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION DENIS LE GACQUE</t>
+  </si>
+  <si>
+    <t>41 RUE LT FRANCOIS FROMENTIN 56000 VANNES</t>
+  </si>
+  <si>
+    <t>01/04/1995</t>
+  </si>
+  <si>
+    <t>COUZI FORMATION</t>
+  </si>
+  <si>
+    <t>CHEMIN DES ECUREUILS 81990 CAMBON</t>
+  </si>
+  <si>
+    <t>22/06/2009</t>
+  </si>
+  <si>
+    <t>FORMALIB</t>
+  </si>
+  <si>
+    <t>QUA LA LAUGIER 97215 RIVIERE-SALEE</t>
+  </si>
+  <si>
+    <t>17/06/2020</t>
+  </si>
+  <si>
+    <t>02973213197</t>
+  </si>
+  <si>
+    <t>LA POITEVINE</t>
+  </si>
+  <si>
+    <t>21 RUE DU PETIT NIEUL 86360 MONTAMISE</t>
+  </si>
+  <si>
+    <t>11/02/2021</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION BLANCHARD</t>
+  </si>
+  <si>
+    <t>ZA DE LA RABETTE RUE JEAN LOUIS CHANOINE 28100 DREUX</t>
+  </si>
+  <si>
+    <t>02/11/2005</t>
+  </si>
+  <si>
+    <t>COTARD ENTREPRISES</t>
+  </si>
+  <si>
+    <t>2713 BOULEVARD DE STALINGRAD 76120 LE GRAND-QUEVILLY</t>
+  </si>
+  <si>
+    <t>01/07/2006</t>
+  </si>
+  <si>
+    <t>CENTRES D'EDUCATIONS ET DE SECURITES ROUTIERES DE CORSE  CESR 20</t>
+  </si>
+  <si>
+    <t>LD CASATORRA 20620 BIGUGLIA</t>
+  </si>
+  <si>
+    <t>21/12/2005</t>
+  </si>
+  <si>
+    <t>JEAN-CHRISTOPHE GENIN - ECOLE DE CONDUITE VESULIENNE (ECV)</t>
+  </si>
+  <si>
+    <t>CENTRE COMMERCIAL DU GRAND MONTMARIN RUE EDOUARD BELIN 70000 VESOUL</t>
+  </si>
+  <si>
+    <t>17/11/2011</t>
+  </si>
+  <si>
+    <t>COUNTY FRANCE TRAINING</t>
+  </si>
+  <si>
+    <t>AV 1ERE RUE -PORT FLUVIAL 59211 SANTES</t>
+  </si>
+  <si>
+    <t>19/11/2001</t>
+  </si>
+  <si>
+    <t>COTARD FORMATIONS</t>
+  </si>
+  <si>
+    <t>01/07/1999</t>
+  </si>
+  <si>
+    <t>ZI AVELON 122 RUE DU FAUBOURG SAINT-JEAN 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>01/06/1999</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE LOUIS DELAPORTE 76370 ROUXMESNIL-BOUTEILLES</t>
+  </si>
+  <si>
+    <t>01/10/2003</t>
+  </si>
+  <si>
+    <t>128 T AVENUE ARISTIDE BRIAND 27930 GRAVIGNY</t>
+  </si>
+  <si>
+    <t>ECF COTARD</t>
+  </si>
+  <si>
+    <t>PARC D ACTIVITE DU CHATEAU 1700 RUE DES POTIERS 76170 MELAMARE</t>
+  </si>
+  <si>
+    <t>13/03/2018</t>
+  </si>
+  <si>
+    <t>ECF CENTRE DE FORMATION C.F.R</t>
+  </si>
+  <si>
+    <t>620 ROUTE D'ALBEFEUILLE LAGARDE 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>01/01/1996</t>
+  </si>
+  <si>
+    <t>18 AVENUE HOCHE 32000 AUCH</t>
+  </si>
+  <si>
+    <t>01/07/2009</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION PROFESSIONNELLE MALUS</t>
+  </si>
+  <si>
+    <t>CFP MALUS</t>
+  </si>
+  <si>
+    <t>RUE LOUIS BECHEREAU 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>02/02/2009</t>
+  </si>
+  <si>
+    <t>MALUS FORMATION</t>
+  </si>
+  <si>
+    <t>740 RUE LOUIS MALBETE 36130 DEOLS</t>
+  </si>
+  <si>
+    <t>01/12/2011</t>
+  </si>
+  <si>
+    <t>CESR FP</t>
+  </si>
+  <si>
+    <t>1 RUE THIERRY SABINE 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>01/07/1996</t>
+  </si>
+  <si>
+    <t>9045 RUE NORMANDIE NIEMEN 64121 SERRES-CASTET</t>
+  </si>
+  <si>
+    <t>01/01/2011</t>
+  </si>
+  <si>
+    <t>RD 4 LE PERIER D AURIERE 24380 SANILHAC</t>
+  </si>
+  <si>
+    <t>03/08/2018</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION DES CONDUCTEURS ROUTIERS DE LA MOSELLE SARL</t>
+  </si>
+  <si>
+    <t>160 RUE DES JARDINS 57600 FORBACH</t>
+  </si>
+  <si>
+    <t>01/12/2006</t>
+  </si>
+  <si>
+    <t>ECF BEQUET</t>
+  </si>
+  <si>
+    <t>ZAC DU PAYS ALNELOIS 1 RUE MARIE MARVINGT 28700 AUNEAU-BLEURY-SAINT-SYMPHORIEN</t>
+  </si>
+  <si>
+    <t>31/10/2008</t>
+  </si>
+  <si>
+    <t>INSTITUT GT</t>
+  </si>
+  <si>
+    <t>21/07/1995</t>
+  </si>
+  <si>
+    <t>C.E.S.R. BERNARD COUTURIER</t>
+  </si>
+  <si>
+    <t>ROUTE DE NOGENT LE ROI 28500 SAINTE-GEMME-MORONVAL</t>
+  </si>
+  <si>
+    <t>03/01/1996</t>
+  </si>
+  <si>
+    <t>GO FORMATIONS</t>
+  </si>
+  <si>
+    <t>GO FORMATIONS 54 - AUTO-ECOLE GO - MOTO ECOLE GO</t>
+  </si>
+  <si>
+    <t>POLE INDUSTRIEL TOUL EUROPE SECTEUR B 430 RUE MARIE MARVINGT 54200 TOUL</t>
+  </si>
+  <si>
+    <t>01/04/2004</t>
+  </si>
+  <si>
+    <t>GO ! FORMATIONS 55</t>
+  </si>
+  <si>
+    <t>A ROUTON ZONE ARTISANALE DES SOUHESMES 55220 LES SOUHESMES-RAMPONT</t>
+  </si>
+  <si>
+    <t>01/07/2019</t>
+  </si>
+  <si>
+    <t>CER LOPEZ</t>
+  </si>
+  <si>
+    <t>127 AVENUE AMPERE 30600 VAUVERT</t>
+  </si>
+  <si>
+    <t>28/06/2003</t>
+  </si>
+  <si>
+    <t>PARIS SUD FORMATION</t>
+  </si>
+  <si>
+    <t>85 AVENUE DE NEUILLY 94120 FONTENAY-SOUS-BOIS</t>
+  </si>
+  <si>
+    <t>15/06/2001</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION DE PERMIS DE CONDUIRE GEORGES HOAREAU</t>
+  </si>
+  <si>
+    <t>145- 145 B RUE MARIUS ET ARY LEBLOND 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>MAUFFREY ACADEMY</t>
+  </si>
+  <si>
+    <t>27 AVENUE DE LATTRE DE TASSIGNY 88510 ELOYES</t>
+  </si>
+  <si>
+    <t>01/04/2022</t>
+  </si>
+  <si>
+    <t>GAILLARD FORMATION</t>
+  </si>
+  <si>
+    <t>RUE DES FRERES LUMIERE 15000 AURILLAC</t>
+  </si>
+  <si>
+    <t>01/04/2005</t>
+  </si>
+  <si>
+    <t>ZA DE NOLHAC 43350 SAINT-PAULIEN</t>
+  </si>
+  <si>
+    <t>ZAC MONTERRAD 42500 LE CHAMBON-FEUGEROLLES</t>
+  </si>
+  <si>
+    <t>01/12/2021</t>
+  </si>
+  <si>
+    <t>ARVOR INSTITUTIONS</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE 25 RUE DE LA MAREBAUDIERE 35760 MONTGERMONT</t>
+  </si>
+  <si>
+    <t>10/09/1997</t>
+  </si>
+  <si>
+    <t>ZAC DU POINT DU JOUR 22590 PORDIC</t>
+  </si>
+  <si>
+    <t>ALIX FORMATION</t>
+  </si>
+  <si>
+    <t>ECOLE DE CONDUITE-E.C.F.</t>
+  </si>
+  <si>
+    <t>LES HAUTES MARLHES 90 RUE NOUVELLE 26300 ALIXAN</t>
+  </si>
+  <si>
+    <t>30/03/1999</t>
+  </si>
+  <si>
+    <t>C.F.C.R</t>
+  </si>
+  <si>
+    <t>RTE DEPARTEMENTALE 190 190 ROUTE DE MEULAN 78440 GUITRANCOURT</t>
+  </si>
+  <si>
+    <t>01/01/2000</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION OHLICHER</t>
+  </si>
+  <si>
+    <t>IMM SIMEG 3711 ROUTE DE DEGRAD DES CANNES 97354 REMIRE-MONTJOLY</t>
+  </si>
+  <si>
+    <t>01/03/2000</t>
+  </si>
+  <si>
+    <t>ECOLE DE CONDUITE FRANCAISE CHERRI</t>
+  </si>
+  <si>
+    <t>15 AVENUE DE STALINGRAD 13200 ARLES</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION DE CONDUCTEURS REGION AUVERGNE VIGIER</t>
+  </si>
+  <si>
+    <t>5 RUE DU PAVIN 63360 GERZAT</t>
+  </si>
+  <si>
+    <t>09/03/2006</t>
+  </si>
+  <si>
+    <t>25 RUE BENOIST D'AZY 03100 MONTLUCON</t>
+  </si>
+  <si>
+    <t>01/06/2011</t>
+  </si>
+  <si>
+    <t>PRES DE CHANCHANY 43000 ESPALY-SAINT-MARCEL</t>
+  </si>
+  <si>
+    <t>21/02/2014</t>
+  </si>
+  <si>
+    <t>ZAC PUITS GRUNER 42230 ROCHE-LA-MOLIERE</t>
+  </si>
+  <si>
+    <t>27/09/2019</t>
+  </si>
+  <si>
+    <t>EFPR PARIS NORD OUEST</t>
+  </si>
+  <si>
+    <t>COPRACQ</t>
+  </si>
+  <si>
+    <t>ZA DU VAL D'ARGENT 11 RUE GUY MOQUET 95100 ARGENTEUIL</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>AFA FORMATION</t>
+  </si>
+  <si>
+    <t>LE GRAVIER 49000 ECOUFLANT</t>
+  </si>
+  <si>
+    <t>22/09/2016</t>
+  </si>
+  <si>
+    <t>RICHARD FORMATION</t>
+  </si>
+  <si>
+    <t>CITY'PRO</t>
+  </si>
+  <si>
+    <t>7 BOULEVARD JUST MARIE RAYNOUARD 83170 BRIGNOLES</t>
+  </si>
+  <si>
+    <t>01/12/2003</t>
+  </si>
+  <si>
+    <t>GOUPIL FORMATION</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE 4 RUE DU HAUT BOIS 28400 SAINT-JEAN-PIERRE-FIXTE</t>
+  </si>
+  <si>
+    <t>STOP AUTO ECOLE BLASQUEZ</t>
+  </si>
+  <si>
+    <t>1 RUE ERNEST MALLARD 18200 SAINT-AMAND-MONTROND</t>
+  </si>
+  <si>
+    <t>01/03/2004</t>
+  </si>
+  <si>
+    <t>CAMPUS FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE DES FRERES LUMIERE 14120 MONDEVILLE</t>
+  </si>
+  <si>
+    <t>15/11/2010</t>
+  </si>
+  <si>
     <t>FORMATION TRANSPORT GESTION RISQUE</t>
   </si>
   <si>
     <t>RN 88 RTE N 88 12160 MANHAC</t>
   </si>
   <si>
     <t>01/07/2004</t>
   </si>
   <si>
-    <t>85.53Z</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">VOGELGESANG DIDIER   </t>
   </si>
   <si>
     <t>9 RUE DE LA MONTAGNE 57200 SARREGUEMINES</t>
   </si>
   <si>
     <t>EURO TEAM CAPELLE</t>
   </si>
   <si>
     <t>12 MONTEE DE SILHOL 30100 ALES</t>
   </si>
   <si>
     <t>10/02/2020</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>MENDIBOURE FORMATION</t>
   </si>
   <si>
     <t>ZI DE SAINT ETIENNE CHEMIN DE CAZENAVE 64100 BAYONNE</t>
   </si>
   <si>
     <t>28/09/2004</t>
   </si>
   <si>
     <t>MENDIBOURE GILBERT FORMATION</t>
   </si>
   <si>
     <t>QUARTIER LES CIBLES CHEMIN DE MESTURON 40990 SAINT-PAUL-LES-DAX</t>
   </si>
   <si>
     <t>01/06/2008</t>
   </si>
   <si>
     <t>BOYER FORMATION</t>
   </si>
   <si>
     <t>FONT DE DURANCE SUD 04700 ORAISON</t>
   </si>
   <si>
     <t>10/12/2004</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>ORAKIN SUD LORRAINE</t>
   </si>
   <si>
     <t>LD MARGUERITE DITE DE MENIL FLIN 54122 CHENEVIERES</t>
   </si>
   <si>
-    <t>01/01/2006</t>
-[...1 lines deleted...]
-  <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>8-10 8 RUE JOSEPH CUGNOT 51430 TINQUEUX</t>
   </si>
   <si>
     <t>05/10/2020</t>
   </si>
   <si>
     <t>ZONE HELLIEULE IV AVENUE PIERRE MENDES FRANCE 88100 SAINT-DIE-DES-VOSGES</t>
   </si>
   <si>
-    <t>01/03/2024</t>
-[...28 lines deleted...]
-  <si>
     <t>GO! FORM'ACTION</t>
   </si>
   <si>
     <t>GO FORM ACTION 54</t>
   </si>
   <si>
     <t>POLE INDUSTRIEL TOUL EUROPE - SE 430 RUE MARIE MARVINGT 54200 TOUL</t>
   </si>
   <si>
     <t>01/11/2006</t>
   </si>
   <si>
     <t>PROMOROUTE FORMATION</t>
   </si>
   <si>
     <t>RUE DES PAQUOTTIERS 52000 CHAUMONT</t>
   </si>
   <si>
     <t>01/11/2009</t>
   </si>
   <si>
     <t>AUTO ECOLE DE LA COMEDIE FORMATION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>8 RUE BOUSSAIROLLES 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>07/06/2007</t>
   </si>
   <si>
-    <t>MINISTERE DU TRAVAIL ET DES SOLIDARITES</t>
-[...530 lines deleted...]
-    <t>15/11/2010</t>
+    <t>ASSIFEP OUEST</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE DE PENHOAT RUE GUSTAVE EIFFEL 29860 PLABENNEC</t>
+  </si>
+  <si>
+    <t>PARC D ACTIVITES LES GRANDS SILL 35150 CORPS-NUDS</t>
+  </si>
+  <si>
+    <t>BOULAY FORMATION</t>
+  </si>
+  <si>
+    <t>ZA DU CARREFOUR DES BIARDS 17 RUE DES ARTISANS 50540 ISIGNY-LE-BUAT</t>
+  </si>
+  <si>
+    <t>26/03/2008</t>
+  </si>
+  <si>
+    <t>ORAKIN BOURGOGNE/FRANCHE COMTE</t>
+  </si>
+  <si>
+    <t>ZI DE CHEMAUDIN 25320 CHEMAUDIN ET VAUX</t>
+  </si>
+  <si>
+    <t>01/04/2008</t>
+  </si>
+  <si>
+    <t>CONDUITE SECURITE +</t>
+  </si>
+  <si>
+    <t>9 AVENUE DE L'AERODROME 66240 SAINT-ESTEVE</t>
+  </si>
+  <si>
+    <t>01/05/2017</t>
+  </si>
+  <si>
+    <t>PILOTE FORMATION OZONE PLUS</t>
+  </si>
+  <si>
+    <t>RTE DE SAINT NICOLAS DE PORT 54210 VILLE-EN-VERMOIS</t>
+  </si>
+  <si>
+    <t>15/09/2008</t>
+  </si>
+  <si>
+    <t>ABSKILL I</t>
+  </si>
+  <si>
+    <t>79 ROUTE DU CHENE 72230 ARNAGE</t>
+  </si>
+  <si>
+    <t>01/01/2009</t>
+  </si>
+  <si>
+    <t>ABSKILL</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITE DES BORDS DE SAONE RUE GEORGE EASTMAN 71100 CHALON-SUR-SAONE</t>
+  </si>
+  <si>
+    <t>ZA DES MACHERINS 2 RUE DE MADRID 89470 MONETEAU</t>
+  </si>
+  <si>
+    <t>ZAC DE LA PORTE OCEANE 11 RUE DU DANEMARK 56400 AURAY</t>
+  </si>
+  <si>
+    <t>18 RUE DES FRERES LUMIERE 14120 MONDEVILLE</t>
+  </si>
+  <si>
+    <t>FOUCHY ROUTE DE CULOISON 10600 LA CHAPELLE-SAINT-LUC</t>
+  </si>
+  <si>
+    <t>FORGET FORMATION</t>
+  </si>
+  <si>
+    <t>ZA MI VOIE 5 RUE HENRI POLLES 35136 SAINT-JACQUES-DE-LA-LANDE</t>
+  </si>
+  <si>
+    <t>6 RUE DES CARRIERES MORILLON 5 RUE DE LA SABLIERE 94290 VILLENEUVE-LE-ROI</t>
+  </si>
+  <si>
+    <t>1 A RUE DU MURGELOT 25220 CHALEZEULE</t>
+  </si>
+  <si>
+    <t>ZI ANGERS BEAUCOUZE 3 RUE DE L'EBEAUPIN 49070 BEAUCOUZE</t>
+  </si>
+  <si>
+    <t>01/04/2012</t>
+  </si>
+  <si>
+    <t>8 RUE EUGENE HENAFF 69200 VENISSIEUX</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
+  </si>
+  <si>
+    <t>20 RUE DE SAINT GERMAIN 61250 CONDE-SUR-SARTHE</t>
+  </si>
+  <si>
+    <t>31/12/2012</t>
+  </si>
+  <si>
+    <t>ZAC DE KERGARADEC 12 RUE HENRI BECQUEREL 29850 GOUESNOU</t>
+  </si>
+  <si>
+    <t>21 RUE DE PASQUIS 03100 MONTLUCON</t>
+  </si>
+  <si>
+    <t>PARC D ACTIVITES UNEXPO AVENUE DE L'EPINETTE 59113 SECLIN</t>
+  </si>
+  <si>
+    <t>25/03/2016</t>
+  </si>
+  <si>
+    <t>1 C BOULEVARD DE LA COMMUNICATION 53950 LOUVERNE</t>
+  </si>
+  <si>
+    <t>02/05/2022</t>
+  </si>
+  <si>
+    <t>CENTRE EUROPEEN DE FRET 64990 MOUGUERRE</t>
+  </si>
+  <si>
+    <t>03/07/2023</t>
+  </si>
+  <si>
+    <t>LE BOIS GROLIN 16590 BRIE</t>
+  </si>
+  <si>
+    <t>122 RUE EMILE COMBES 33270 FLOIRAC</t>
+  </si>
+  <si>
+    <t>12 RUE GEORGES GUYNEMER 64230 SAUVAGNON</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE DE BEAUREGARD 16 RUE GUSTAVE COURBET 19100 BRIVE-LA-GAILLARDE</t>
+  </si>
+  <si>
+    <t>AV LOUIS LESCURE 24330 BOULAZAC ISLE MANOIRE</t>
+  </si>
+  <si>
+    <t>ZAC DE MAMOURA NORD 551 ALLEE DE MAMOURA 40090 SAINT-AVIT</t>
+  </si>
+  <si>
+    <t>ZONE EST ZAC EUROCENTRE AVENUE DU GIROU 31620 VILLENEUVE-LES-BOULOC</t>
+  </si>
+  <si>
+    <t>2 ZONE DES PORTES D’ESTILLAC 47310 ESTILLAC</t>
+  </si>
+  <si>
+    <t>RUE GUSTAVE EIFFEL 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>17-19-21 17 RUE DE LA BLANCHARDIERE 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>01/06/2024</t>
+  </si>
+  <si>
+    <t>AUTO ECOLE NOTRE DAME II</t>
+  </si>
+  <si>
+    <t>AUTO ECOLE NOTRE DAME</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA PREFECTURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>30/06/2017</t>
+  </si>
+  <si>
+    <t>MACHADO</t>
+  </si>
+  <si>
+    <t>CFR MACHADO</t>
+  </si>
+  <si>
+    <t>22 B BOULEVARD ALEXANDRE CLAIR 43000 LE PUY-EN-VELAY</t>
+  </si>
+  <si>
+    <t>BARABAN AUTO-ECOLE</t>
+  </si>
+  <si>
+    <t>25 RUE DU LYONNAIS 69800 SAINT-PRIEST</t>
+  </si>
+  <si>
+    <t>FORMASECO</t>
+  </si>
+  <si>
+    <t>KERVIDANNOU 2 ZI DE LA MADELEINE 29300 MELLAC</t>
+  </si>
+  <si>
+    <t>06/09/2010</t>
+  </si>
+  <si>
+    <t>CESR'PRO</t>
+  </si>
+  <si>
+    <t>731 ROUTE DE FALAISE 14123 IFS</t>
+  </si>
+  <si>
+    <t>24/02/2011</t>
+  </si>
+  <si>
+    <t>RUE ZAC DE LA CROIX CARREE 50180 AGNEAUX</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>ZA DE L'ESPERANCE ROUTE DE PARIS 14100 LISIEUX</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>CESR CITY PRO</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA PLAINE 76700 GONFREVILLE-L'ORCHER</t>
+  </si>
+  <si>
+    <t>01/12/2012</t>
+  </si>
+  <si>
+    <t>RUE JACQUES TATI 61200 ARGENTAN</t>
+  </si>
+  <si>
+    <t>01/05/2022</t>
+  </si>
+  <si>
+    <t>C.F.C.R. 2</t>
+  </si>
+  <si>
+    <t>ZA DE L'AUPRETIN ALLEE PIERRE ET MARIE CURIE 71500 LOUHANS</t>
+  </si>
+  <si>
+    <t>01/08/2012</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA PROMOTION SOCIALE ET LA FORMATION PROFESSIONNELLE DANS LES TRANSPORTS ROUTIERS</t>
+  </si>
+  <si>
+    <t>RUE DE LA GRANDE EPINE 76800 SAINT-ETIENNE-DU-ROUVRAY</t>
+  </si>
+  <si>
+    <t>01/03/1991</t>
+  </si>
+  <si>
+    <t>PROMOTRANS</t>
+  </si>
+  <si>
+    <t>9 ALLEE DU BOIS DE L'ORME 41100 SAINT-OUEN</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
   </si>
   <si>
     <t>ISTYA CONSEIL &amp; FORMATION</t>
   </si>
   <si>
     <t>ZONE INOVA 3000-THAON LES VOSGES ALL NUMERO 7 88150 THAON-LES-VOSGES</t>
   </si>
   <si>
     <t>15/11/2020</t>
   </si>
   <si>
     <t>CONSEIL ASSISTANCE FORMATION CONDUITE ANTILLAISE ET ENERGIE</t>
   </si>
   <si>
-    <t>LES JARDINS DE HOUELBOURG - ZI JARRY - BD DU MARQUISAT DU HOUELBOURG 97122 BAIE-MAHAULT</t>
+    <t>BAIE-MAHAULT</t>
   </si>
   <si>
     <t>FAST LINE</t>
   </si>
   <si>
     <t>ZI DE KAWENI DERRIERE CASERNE DES POMPIERS 97600 MAMOUDZOU</t>
   </si>
   <si>
     <t>28/05/2013</t>
   </si>
   <si>
     <t>06970006297</t>
   </si>
   <si>
     <t>EURL TLJ FORMATIONS</t>
   </si>
   <si>
     <t>RTE D ASQUES 33240 CUBZAC-LES-PONTS</t>
   </si>
   <si>
     <t>28/06/2013</t>
   </si>
   <si>
     <t>BEARN PYRENEES FORMATION</t>
   </si>
   <si>
     <t>AEB</t>
   </si>
   <si>
     <t>73 ROUTE DE BAYONNE 64140 BILLERE</t>
   </si>
   <si>
-    <t>01/06/2016</t>
-[...1 lines deleted...]
-  <si>
     <t>ECF CESR FPE</t>
   </si>
   <si>
     <t>18/12/2013</t>
   </si>
   <si>
     <t>9045 AV NORMANDIE NIEMEN 64121 SERRES CASTET</t>
   </si>
   <si>
     <t>01/06/2014</t>
   </si>
   <si>
-    <t>AFTRAL</t>
-[...1202 lines deleted...]
-    <t>30/03/1999</t>
+    <t>JP EUGENE FORMATION</t>
+  </si>
+  <si>
+    <t>ZONE D'ACTIVITES EST 67730 CHATENOIS</t>
+  </si>
+  <si>
+    <t>30/01/2014</t>
+  </si>
+  <si>
+    <t>IFA</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA LUNE CORAIL 95800 CERGY</t>
+  </si>
+  <si>
+    <t>28/04/2014</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION ROCHE</t>
+  </si>
+  <si>
+    <t>31 RUE LOUIS ALPHONSE POITEVIN 71380 SAINT-MARCEL</t>
+  </si>
+  <si>
+    <t>12/03/2019</t>
+  </si>
+  <si>
+    <t>POLE FORMATION</t>
+  </si>
+  <si>
+    <t>ZONE DE KERMELIN 69 KERMELIN 56890 SAINT-AVE</t>
+  </si>
+  <si>
+    <t>14/09/2022</t>
+  </si>
+  <si>
+    <t>SARL CSPL35</t>
+  </si>
+  <si>
+    <t>SARIAN FORMATIONS 35</t>
+  </si>
+  <si>
+    <t>6 IMP DU RUISSEAU ZA NOYAL SUD   LA RI 35530 NOYAL-SUR-VILAINE</t>
+  </si>
+  <si>
+    <t>ECF G. SACAREAU</t>
+  </si>
+  <si>
+    <t>ZI EN JACCA 8 CHEMIN DE L'ECHUT 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>13/03/2017</t>
+  </si>
+  <si>
+    <t>PROMOTRANS FORMATION PROFESSIONNELLE CONTINUE</t>
+  </si>
+  <si>
+    <t>9-11 ALLEE DU BOIS DE L'ORME 41100 SAINT-OUEN</t>
+  </si>
+  <si>
+    <t>ZA DE L'ECLUSE 22120 YFFINIAC</t>
+  </si>
+  <si>
+    <t>10 RUE LAVOISIER 45140 INGRE</t>
+  </si>
+  <si>
+    <t>02/06/2025</t>
+  </si>
+  <si>
+    <t>ZAC LA VALLEE RUE MARCEL PAUL 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>14 RUE DE LA CESIERE 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>31 RUE DU VAL CLAIR 51100 REIMS</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE RUE NICEPHORE NIEPCE 14120 MONDEVILLE</t>
+  </si>
+  <si>
+    <t>ZI DE BORDEAUX FRET RUE DE STRASBOURG 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>18 RUE PASCAL 77100 MEAUX</t>
+  </si>
+  <si>
+    <t>PLATEFORME LOGISTIQUE DU GRAND LYON RPT BERNARD VOS 69780 MIONS</t>
+  </si>
+  <si>
+    <t>1000 RUE DE LA CASTELLE 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>208 RUE CLEMENT ADER 13340 ROGNAC</t>
+  </si>
+  <si>
+    <t>RUE DE LA CHOCOLATERIE 26290 DONZERE</t>
+  </si>
+  <si>
+    <t>20 RUE DU BEL AIR 94400 VITRY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE D ANTOIGNE 72380 SAINTE-JAMME-SUR-SARTHE</t>
+  </si>
+  <si>
+    <t>RUE JOHN HADLEY 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>BOULEVARD SALVADOR ALLENDE 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>ZAC LE VALLON 3 RUE CLAUDE CHAPPE 35230 NOYAL-CHATILLON-SUR-SEICHE</t>
+  </si>
+  <si>
+    <t>ZAC DU PARC DES TULIPES SUD 1 AVENUE DU XXIEME SIECLE 95500 GONESSE</t>
+  </si>
+  <si>
+    <t>01/08/2016</t>
+  </si>
+  <si>
+    <t>GROUPE PROMOTRANS</t>
+  </si>
+  <si>
+    <t>ZA DU PACAGE 4 RUE DU FOUR A CHAUX 62223 SAINTE-CATHERINE</t>
+  </si>
+  <si>
+    <t>PROMOTRANS FPC</t>
+  </si>
+  <si>
+    <t>1247 AVENUE DE LA HOUILLE BLANCHE 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>ZI DE THIBAUD - BAT B2 8 RUE COLOMIES 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>ZI ACTINORD LES SAUGES LE BAS PALLUAU 72650 LA CHAPELLE-SAINT-AUBIN</t>
+  </si>
+  <si>
+    <t>3 RUE GEORGES MAHIEU 76290 MONTIVILLIERS</t>
+  </si>
+  <si>
+    <t>AVENUE JULES CESAR 62223 SAINT-LAURENT-BLANGY</t>
+  </si>
+  <si>
+    <t>5 RUE GASTON RAMON 57050 METZ</t>
+  </si>
+  <si>
+    <t>ZAC DU ROUTHOUAN IMPASSE DE L'ABLETTE 35400 SAINT-MALO</t>
+  </si>
+  <si>
+    <t>11/04/2023</t>
+  </si>
+  <si>
+    <t>CAPL FORMATION</t>
+  </si>
+  <si>
+    <t>RUE DU LEY 64121 SERRES-CASTET</t>
+  </si>
+  <si>
+    <t>01/05/2015</t>
+  </si>
+  <si>
+    <t>CF LIVRY CONDUITE</t>
+  </si>
+  <si>
+    <t>5 AVENUE JEAN JACQUES ROUSSEAU 93190 LIVRY-GARGAN</t>
+  </si>
+  <si>
+    <t>07/05/2015</t>
+  </si>
+  <si>
+    <t>CAB FORMATIONS</t>
+  </si>
+  <si>
+    <t>151 AVENUE GALLIENI 93170 BAGNOLET</t>
+  </si>
+  <si>
+    <t>20/11/2017</t>
+  </si>
+  <si>
+    <t>PRO CONDUITE</t>
+  </si>
+  <si>
+    <t>ECF PRO CONDUITE</t>
+  </si>
+  <si>
+    <t>5 PLACE MARX DORMOY 91270 VIGNEUX-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>10/09/2015</t>
+  </si>
+  <si>
+    <t>CER PRO CONDUITE MONTGERON</t>
+  </si>
+  <si>
+    <t>8 ROUTE DE CORBEIL 91230 MONTGERON</t>
+  </si>
+  <si>
+    <t>07/07/2015</t>
+  </si>
+  <si>
+    <t>19 AVENUE DE LA DIVISION LECLERC 91290 ARPAJON</t>
+  </si>
+  <si>
+    <t>11/02/2022</t>
+  </si>
+  <si>
+    <t>MG FORMATION EPINAL</t>
+  </si>
+  <si>
+    <t>57 RTE D'EPINAL 88390 UXEGNEY</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>AFPA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>31/12/2016</t>
+  </si>
+  <si>
+    <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
+  </si>
+  <si>
+    <t>36 RUE PAUL BERT 44100 NANTES</t>
+  </si>
+  <si>
+    <t>35 RUE DE LA MITTERIE 59160 LILLE</t>
+  </si>
+  <si>
+    <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
+  </si>
+  <si>
+    <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>BATIMENT 1   1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>01/11/2022</t>
+  </si>
+  <si>
+    <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
+  </si>
+  <si>
+    <t>ZA DE SAINT BUGAN RUE CHATEAUBRIAND 22600 LOUDEAC</t>
+  </si>
+  <si>
+    <t>AVENUE DU GENERAL GIRAUD 52100 SAINT-DIZIER</t>
+  </si>
+  <si>
+    <t>6 RUE DU MOULINEL 59169 CANTIN</t>
+  </si>
+  <si>
+    <t>CHE DES CHARBONNIERES 49700 DOUE-EN-ANJOU</t>
+  </si>
+  <si>
+    <t>LA BONNAUDERIE 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>RUE DE SARRAN 19300 EGLETONS</t>
+  </si>
+  <si>
+    <t>3 RUE DES TROIS CHATEAUX 08300 ACY ROMANCE</t>
+  </si>
+  <si>
+    <t>7 RUE ROBERT KELLER 10150 PONT-SAINTE-MARIE</t>
+  </si>
+  <si>
+    <t>LES SABLONS 95340 BERNES-SUR-OISE</t>
+  </si>
+  <si>
+    <t>RTE D ILLANGE 57970 YUTZ</t>
+  </si>
+  <si>
+    <t>1 RUE COPERNIC 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>BATIMENT 1  1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>30 BOULEVARD DU HUIT MAI 1945 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>CENTRE VAUBAN FORMATION</t>
+  </si>
+  <si>
+    <t>19 B RUE ROBERT SCHUMAN 54850 MESSEIN</t>
+  </si>
+  <si>
+    <t>05/12/2016</t>
+  </si>
+  <si>
+    <t>FORMA PLUS</t>
+  </si>
+  <si>
+    <t>16 BOULEVARD DES JARDINIERS 06200 NICE</t>
+  </si>
+  <si>
+    <t>22/05/2025</t>
+  </si>
+  <si>
+    <t>TURPEAU FORMATION</t>
+  </si>
+  <si>
+    <t>CARREFOUR D 948 LE FOUR 85480 FOUGERE</t>
+  </si>
+  <si>
+    <t>20/01/2017</t>
+  </si>
+  <si>
+    <t>9 LA GARE DES EPESSES 85500 LES HERBIERS</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION BLANCHARD LOUVIERS</t>
   </si>
   <si>
     <t>297 RUE DES VIVES TERRES 27400 VIRONVAY</t>
   </si>
   <si>
     <t>02/10/2023</t>
   </si>
   <si>
-    <t>C.F.C.R</t>
-[...355 lines deleted...]
-  <si>
     <t>DUCOS FABIEN FORMATION</t>
   </si>
   <si>
     <t>49 ALLEE DU REFUGE 40090 SAINT-AVIT</t>
   </si>
   <si>
     <t>03/10/2022</t>
   </si>
   <si>
     <t>FORMA SUD CONSEIL</t>
   </si>
   <si>
     <t>4 RUE PAUL MASSOT 66000 PERPIGNAN</t>
   </si>
   <si>
     <t>AGENEAU FORMATION</t>
   </si>
   <si>
     <t>27 RUE DE LA SARTHE 49300 CHOLET</t>
   </si>
   <si>
     <t>02/03/2018</t>
   </si>
   <si>
     <t>POINT AFIT</t>
   </si>
   <si>
     <t>223 BOULEVARD GODARD 33110 LE BOUSCAT</t>
   </si>
   <si>
     <t>01/09/2018</t>
   </si>
   <si>
-    <t>FORMALIB</t>
-[...10 lines deleted...]
-  <si>
     <t>2BHL FORMATIONS</t>
   </si>
   <si>
     <t>22 RUE HENRI BECQUEREL 93270 SEVRAN</t>
   </si>
   <si>
     <t>01/03/2020</t>
   </si>
   <si>
     <t>SAS PROMOTRANS DEVELOPPEMENT</t>
   </si>
   <si>
     <t>EFPR</t>
   </si>
   <si>
     <t>ZI 35 AVENUE DE LA COMMUNE DE PARIS 91220 BRETIGNY-SUR-ORGE</t>
-  </si>
-[...7 lines deleted...]
-    <t>11/02/2021</t>
   </si>
   <si>
     <t>COLDEFY IPFAC</t>
   </si>
   <si>
     <t>RUE D AMIENS 60000 TILLE</t>
   </si>
   <si>
     <t>26/03/2021</t>
   </si>
   <si>
     <t>MOTO N'GO</t>
   </si>
   <si>
     <t>ZI DU PARC ROUTE DE LIERS 91220 LE PLESSIS-PATE</t>
   </si>
   <si>
     <t>22/09/2021</t>
   </si>
   <si>
     <t>TRANSPOLE FORMATION</t>
   </si>
   <si>
     <t>2335 ROUTE NATIONALE 87380 SAINT-GERMAIN-LES-BELLES</t>
   </si>
@@ -2970,14073 +2973,14053 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>45391242000016</v>
+        <v>11000007200014</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>47754825900019</v>
+        <v>13002293200011</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>41570231057</v>
+        <v>53290897729</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>47769611600037</v>
+        <v>19290071000026</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>91300243730</v>
+        <v>29</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>30</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>47991324600019</v>
+        <v>19350030300030</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="D5" s="2"/>
+        <v>31</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>32</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>72640251364</v>
+        <v>29</v>
+      </c>
+      <c r="I5" s="3" t="s">
+        <v>35</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>47991324600043</v>
+        <v>19440029700025</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I6" s="3">
-        <v>72640251364</v>
+        <v>52440417944</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>47998853700011</v>
+        <v>19560026700049</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>93040059904</v>
+        <v>29</v>
+      </c>
+      <c r="I7" s="3" t="s">
+        <v>43</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>48201278800022</v>
+        <v>19850027400040</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D8" s="2"/>
+        <v>44</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>45</v>
+      </c>
       <c r="E8" s="2" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="I8" s="3">
-        <v>41540242854</v>
+        <v>52850271785</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>48201278800030</v>
+        <v>19860037100043</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+        <v>48</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>49</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I9" s="3">
-        <v>41540242854</v>
+        <v>54860142086</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>48201278800055</v>
+        <v>19910620400027</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D10" s="2"/>
+        <v>52</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>53</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>41540242854</v>
+        <v>29</v>
+      </c>
+      <c r="I10" s="3" t="s">
+        <v>56</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>48525654900018</v>
+        <v>30540504500025</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I11" s="3">
-        <v>24280035528</v>
+        <v>11750091675</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>48811772200022</v>
+        <v>30540504500041</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I12" s="3">
-        <v>23760376476</v>
+        <v>11750091675</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>48815270300010</v>
+        <v>30540504500066</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I13" s="3">
-        <v>94202000520</v>
+        <v>11750091675</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>49299343100013</v>
+        <v>30540504500116</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I14" s="3">
-        <v>41540256854</v>
+        <v>11750091675</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>49331937000026</v>
+        <v>30540504500132</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I15" s="3">
-        <v>21520023952</v>
+        <v>11750091675</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>49845726600019</v>
+        <v>30540504500223</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I16" s="3">
-        <v>91340642434</v>
+        <v>11750091675</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>11000007200014</v>
+        <v>30540504500249</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="I17" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I17" s="3">
+        <v>11750091675</v>
+      </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>13002293200011</v>
+        <v>30540504500363</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>71</v>
+        <v>29</v>
       </c>
       <c r="I18" s="3">
-        <v>53290897729</v>
+        <v>11750091675</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>19290071000026</v>
+        <v>30540504500371</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>72</v>
-      </c>
-[...7 lines deleted...]
-        <v>75</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>29</v>
+      </c>
+      <c r="I19" s="3">
+        <v>11750091675</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>19350030300030</v>
+        <v>30540504500397</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>29</v>
+      </c>
+      <c r="I20" s="3">
+        <v>11750091675</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>19440029700025</v>
+        <v>30540504500421</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>82</v>
+        <v>57</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I21" s="3">
-        <v>52440417944</v>
+        <v>11750091675</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>19560026700049</v>
+        <v>30540504500504</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>85</v>
+        <v>57</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>29</v>
+      </c>
+      <c r="I22" s="3">
+        <v>11750091675</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>19850027400040</v>
+        <v>30540504500512</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>92</v>
+        <v>81</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I23" s="3">
-        <v>52850271785</v>
+        <v>11750091675</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>19860037100043</v>
+        <v>30540504500520</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>97</v>
+        <v>80</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>25</v>
+        <v>83</v>
       </c>
       <c r="I24" s="3">
-        <v>54860142086</v>
+        <v>11750091675</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>19910620400027</v>
+        <v>30540504500579</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>98</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>29</v>
+      </c>
+      <c r="I25" s="3">
+        <v>11750091675</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>34432126000046</v>
+        <v>30540504500587</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>103</v>
+        <v>57</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>104</v>
+        <v>85</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>38</v>
+        <v>86</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I26" s="3">
-        <v>82260031526</v>
+        <v>11750091675</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>34926669200038</v>
+        <v>30540504500595</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>105</v>
+        <v>57</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>106</v>
+        <v>87</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>107</v>
+        <v>86</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I27" s="3">
-        <v>31620046062</v>
+        <v>11750091675</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>35066904000031</v>
+        <v>30540504500603</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>108</v>
+        <v>57</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>109</v>
+        <v>88</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I28" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I28" s="3">
+        <v>11750091675</v>
+      </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>35098901800014</v>
+        <v>30540504500637</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>111</v>
+        <v>57</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>112</v>
+        <v>89</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>113</v>
+        <v>90</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>114</v>
+        <v>91</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I29" s="3">
-        <v>73810017181</v>
+        <v>11750091675</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>35278742800023</v>
+        <v>30540504500652</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>117</v>
+        <v>92</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>107</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I30" s="3">
-        <v>72470003747</v>
+        <v>11750091675</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>37810015000036</v>
+        <v>30540504500660</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="D31" s="2"/>
+        <v>57</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>89</v>
+      </c>
       <c r="E31" s="2" t="s">
-        <v>120</v>
+        <v>93</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I31" s="3">
-        <v>25500014950</v>
+        <v>11750091675</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>38044044600025</v>
+        <v>30540504500694</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>123</v>
+        <v>57</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>124</v>
+        <v>95</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I32" s="3">
-        <v>11770016877</v>
+        <v>11750091675</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>38124453200036</v>
+        <v>30540504500702</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="D33" s="2"/>
+        <v>57</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>97</v>
+      </c>
       <c r="E33" s="2" t="s">
-        <v>127</v>
+        <v>98</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I33" s="3">
-        <v>53290043029</v>
+        <v>11750091675</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>38124453200051</v>
+        <v>30540504500744</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="D34" s="2"/>
+        <v>57</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>97</v>
+      </c>
       <c r="E34" s="2" t="s">
-        <v>129</v>
+        <v>100</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>130</v>
+        <v>101</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I34" s="3">
-        <v>53290043029</v>
+        <v>11750091675</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>38124453200077</v>
+        <v>30540504500751</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>126</v>
+        <v>57</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>132</v>
+        <v>101</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I35" s="3">
-        <v>53290043029</v>
+        <v>11750091675</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>38211584800014</v>
+        <v>30540504500777</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>133</v>
+        <v>57</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>134</v>
+        <v>103</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>135</v>
+        <v>101</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I36" s="3">
-        <v>82690054169</v>
+        <v>11750091675</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>38462139700023</v>
+        <v>30540504500785</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="D37" s="2"/>
+        <v>57</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>97</v>
+      </c>
       <c r="E37" s="2" t="s">
-        <v>137</v>
+        <v>104</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I37" s="3">
-        <v>97970117997</v>
+        <v>11750091675</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>38491515300017</v>
+        <v>30540504500868</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>139</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>141</v>
+        <v>105</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>142</v>
+        <v>101</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I38" s="3">
-        <v>11930107893</v>
+        <v>11750091675</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>38960270700017</v>
+        <v>30540504500991</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>143</v>
+        <v>57</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>144</v>
+        <v>106</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>145</v>
+        <v>107</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I39" s="3">
-        <v>42680089068</v>
+        <v>11750091675</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>39016543900204</v>
+        <v>30540504501015</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>146</v>
+        <v>57</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>147</v>
+        <v>108</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>148</v>
+        <v>107</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I40" s="3">
-        <v>54790035679</v>
+        <v>11750091675</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>39058913300086</v>
+        <v>30540504501031</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>149</v>
+        <v>57</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>150</v>
+        <v>109</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>151</v>
+        <v>110</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I41" s="3">
-        <v>93131039813</v>
+        <v>11750091675</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>39058913300094</v>
+        <v>30540504501080</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>149</v>
+        <v>57</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>152</v>
+        <v>111</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>153</v>
+        <v>112</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I42" s="3">
-        <v>93131039813</v>
+        <v>11750091675</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>39058913300128</v>
+        <v>30540504501130</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>149</v>
+        <v>57</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>154</v>
+        <v>113</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>155</v>
+        <v>114</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I43" s="3">
-        <v>93131039813</v>
+        <v>11750091675</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>39058913300144</v>
+        <v>30540504501171</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>149</v>
+        <v>57</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>156</v>
+        <v>115</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>93</v>
+        <v>116</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I44" s="3">
-        <v>93131039813</v>
+        <v>11750091675</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>39058913300151</v>
+        <v>30540504501213</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>158</v>
+        <v>117</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>159</v>
+        <v>118</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I45" s="3">
-        <v>93131039813</v>
+        <v>11750091675</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>39215531300068</v>
+        <v>30540504501221</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>162</v>
+        <v>119</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>163</v>
+        <v>120</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I46" s="3">
-        <v>25140062614</v>
+        <v>11750091675</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>39234709200026</v>
+        <v>30540504501262</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>164</v>
+        <v>57</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>165</v>
+        <v>121</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>166</v>
+        <v>122</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I47" s="3">
-        <v>53560456756</v>
+        <v>11750091675</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>39259646600046</v>
+        <v>30540504501338</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>167</v>
+        <v>57</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>168</v>
+        <v>123</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>169</v>
+        <v>124</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I48" s="3">
-        <v>73810037781</v>
+        <v>11750091675</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>39400768600022</v>
+        <v>30540504501346</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>170</v>
+        <v>57</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>171</v>
+        <v>125</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>172</v>
+        <v>126</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I49" s="3">
-        <v>31590308059</v>
+        <v>11750091675</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>39433208400059</v>
+        <v>30540504501387</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>173</v>
+        <v>57</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>48</v>
+        <v>127</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>174</v>
+        <v>128</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I50" s="3">
-        <v>23760214476</v>
+        <v>11750091675</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>39433208400067</v>
+        <v>30540504501403</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>173</v>
+        <v>57</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>175</v>
+        <v>129</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>176</v>
+        <v>130</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I51" s="3">
-        <v>23760214476</v>
+        <v>11750091675</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>39433208400083</v>
+        <v>30540504501429</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>173</v>
+        <v>57</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>177</v>
+        <v>131</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>178</v>
+        <v>130</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I52" s="3">
-        <v>23760214476</v>
+        <v>11750091675</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>39433208400141</v>
+        <v>30540504501452</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>173</v>
+        <v>57</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>179</v>
+        <v>132</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>180</v>
+        <v>128</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I53" s="3">
-        <v>23760214476</v>
+        <v>11750091675</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>39433208400158</v>
+        <v>30540504501478</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>182</v>
+        <v>133</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>183</v>
+        <v>134</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I54" s="3">
-        <v>23760214476</v>
+        <v>11750091675</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>39441880000048</v>
+        <v>30540504501510</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>184</v>
+        <v>57</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>185</v>
+        <v>135</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>186</v>
+        <v>136</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I55" s="3">
-        <v>73820015682</v>
+        <v>11750091675</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>39441880000063</v>
+        <v>30540504501528</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>184</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>188</v>
+        <v>137</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>189</v>
+        <v>136</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I56" s="3">
-        <v>73820015682</v>
+        <v>11750091675</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>39785587500068</v>
+        <v>30540504501536</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>192</v>
+        <v>138</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>193</v>
+        <v>136</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I57" s="3">
-        <v>24180044018</v>
+        <v>11750091675</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>39785587500134</v>
+        <v>30540504501577</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>195</v>
+        <v>139</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>196</v>
+        <v>140</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I58" s="3">
-        <v>24180044018</v>
+        <v>11750091675</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>39806026900022</v>
+        <v>30540504501601</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>197</v>
+        <v>57</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>198</v>
+        <v>141</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>199</v>
+        <v>142</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I59" s="3">
-        <v>72330325633</v>
+        <v>11750091675</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>39806026900097</v>
+        <v>30540504501619</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>197</v>
+        <v>57</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>200</v>
+        <v>143</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>201</v>
+        <v>142</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I60" s="3">
-        <v>72330325633</v>
+        <v>11750091675</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>39806026900154</v>
+        <v>30540504501627</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>197</v>
+        <v>57</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>202</v>
+        <v>144</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>203</v>
+        <v>142</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I61" s="3">
-        <v>72330325633</v>
+        <v>11750091675</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>39890939000021</v>
+        <v>30540504501635</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="D62" s="2"/>
+        <v>57</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>145</v>
+      </c>
       <c r="E62" s="2" t="s">
-        <v>205</v>
+        <v>146</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>206</v>
+        <v>147</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I62" s="3">
-        <v>41570044357</v>
+        <v>11750091675</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>43003223500011</v>
+        <v>30540504501668</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>207</v>
+        <v>57</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>208</v>
+        <v>148</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>209</v>
+        <v>149</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I63" s="3">
-        <v>96973027097</v>
+        <v>11750091675</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>43498102300014</v>
+        <v>30540504501692</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>210</v>
+        <v>57</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>211</v>
+        <v>150</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>212</v>
+        <v>151</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I64" s="3">
-        <v>93130643413</v>
+        <v>11750091675</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>43870754900020</v>
+        <v>30540504501700</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>213</v>
+        <v>57</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>214</v>
+        <v>152</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>215</v>
+        <v>151</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I65" s="3">
-        <v>83630352763</v>
+        <v>11750091675</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>43870754900046</v>
+        <v>30540504501718</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>213</v>
+        <v>57</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>216</v>
+        <v>153</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>217</v>
+        <v>151</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I66" s="3">
-        <v>83630352763</v>
+        <v>11750091675</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>43870754900061</v>
+        <v>30540504501759</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>213</v>
+        <v>57</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>218</v>
+        <v>154</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>219</v>
+        <v>155</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I67" s="3">
-        <v>83630352763</v>
+        <v>11750091675</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>43870754900079</v>
+        <v>30540504501775</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>213</v>
+        <v>57</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>220</v>
+        <v>156</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>221</v>
+        <v>157</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I68" s="3">
-        <v>83630352763</v>
+        <v>11750091675</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>44258015500020</v>
+        <v>30540504501783</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>222</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>224</v>
+        <v>158</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>225</v>
+        <v>159</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I69" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I69" s="3">
+        <v>11750091675</v>
+      </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>44432770400086</v>
+        <v>30540504501809</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>226</v>
+        <v>57</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>227</v>
+        <v>160</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>228</v>
+        <v>161</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I70" s="3">
-        <v>52490195549</v>
+        <v>11750091675</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>45110209900012</v>
+        <v>30540504501866</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>229</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>231</v>
+        <v>162</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>232</v>
+        <v>163</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I71" s="3">
-        <v>93830348283</v>
+        <v>11750091675</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>45170031400037</v>
+        <v>30540504501874</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>233</v>
+        <v>57</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>234</v>
+        <v>164</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I72" s="3">
-        <v>24280132328</v>
+        <v>11750091675</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>45176047400028</v>
+        <v>30540504501882</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>235</v>
+        <v>57</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>236</v>
+        <v>166</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>237</v>
+        <v>167</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I73" s="3">
-        <v>24180080318</v>
+        <v>11750091675</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>45300359200020</v>
+        <v>30540504501908</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>238</v>
+        <v>57</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>239</v>
+        <v>168</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>240</v>
+        <v>169</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I74" s="3">
-        <v>25140157714</v>
+        <v>11750091675</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>78990155000028</v>
+        <v>30540504501932</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>241</v>
+        <v>57</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>242</v>
+        <v>170</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>243</v>
+        <v>171</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I75" s="3">
-        <v>42670490867</v>
+        <v>11750091675</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>79240186100028</v>
+        <v>30540504501940</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>244</v>
+        <v>57</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>245</v>
+        <v>172</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I76" s="3">
-        <v>95970191397</v>
+        <v>11750091675</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>79327644500020</v>
+        <v>30540504501957</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>246</v>
+        <v>57</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>247</v>
+        <v>174</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>248</v>
+        <v>175</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>249</v>
+        <v>29</v>
+      </c>
+      <c r="I77" s="3">
+        <v>11750091675</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>79506360100012</v>
+        <v>30540504501965</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>250</v>
+        <v>57</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>251</v>
+        <v>176</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>252</v>
+        <v>177</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I78" s="3">
-        <v>72330926733</v>
+        <v>11750091675</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>79904809500027</v>
+        <v>30540504501999</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>255</v>
+        <v>178</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>256</v>
+        <v>179</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I79" s="3">
-        <v>75640444964</v>
+        <v>11750091675</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>79929134900014</v>
+        <v>30540504502005</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>257</v>
+        <v>57</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>198</v>
+        <v>180</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>258</v>
+        <v>181</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I80" s="3">
-        <v>72330946233</v>
+        <v>11750091675</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>79929134900030</v>
+        <v>30540504502013</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>257</v>
+        <v>57</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>259</v>
+        <v>182</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>260</v>
+        <v>183</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I81" s="3">
-        <v>72330946233</v>
+        <v>11750091675</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>30540504500025</v>
+        <v>30540504502021</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>262</v>
+        <v>184</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>263</v>
+        <v>185</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I82" s="3">
         <v>11750091675</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>30540504500041</v>
+        <v>30540504502039</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>264</v>
+        <v>186</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>263</v>
+        <v>187</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I83" s="3">
         <v>11750091675</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>30540504500066</v>
+        <v>30540504502054</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>265</v>
+        <v>188</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>263</v>
+        <v>189</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I84" s="3">
         <v>11750091675</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>30540504500116</v>
+        <v>30540504502112</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>266</v>
+        <v>190</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>267</v>
+        <v>191</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I85" s="3">
         <v>11750091675</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>30540504500132</v>
+        <v>30540504502138</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>268</v>
+        <v>192</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>269</v>
+        <v>193</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I86" s="3">
         <v>11750091675</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>30540504500223</v>
+        <v>30540504502153</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>270</v>
+        <v>194</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>271</v>
+        <v>193</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I87" s="3">
         <v>11750091675</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>30540504500249</v>
+        <v>30540504502161</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>272</v>
+        <v>195</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>267</v>
+        <v>193</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I88" s="3">
         <v>11750091675</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>30540504500363</v>
+        <v>30540504502195</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>273</v>
+        <v>196</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>274</v>
+        <v>197</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I89" s="3">
         <v>11750091675</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>30540504500371</v>
+        <v>30540504502203</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>275</v>
+        <v>198</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>276</v>
+        <v>197</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I90" s="3">
         <v>11750091675</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>30540504500397</v>
+        <v>30540504502211</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>277</v>
+        <v>199</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>278</v>
+        <v>197</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I91" s="3">
         <v>11750091675</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>30540504500421</v>
+        <v>30540504502237</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>280</v>
+        <v>200</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>281</v>
+        <v>201</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I92" s="3">
         <v>11750091675</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>30540504500504</v>
+        <v>30540504502245</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>283</v>
+        <v>202</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>284</v>
+        <v>201</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I93" s="3">
         <v>11750091675</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>30540504500512</v>
+        <v>30540504502286</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>285</v>
+        <v>203</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>284</v>
+        <v>204</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I94" s="3">
         <v>11750091675</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>30540504500520</v>
+        <v>30540504502302</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>286</v>
+        <v>205</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>284</v>
+        <v>206</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="I95" s="3">
         <v>11750091675</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>30540504500579</v>
+        <v>30540504502310</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>287</v>
+        <v>207</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>284</v>
+        <v>208</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I96" s="3">
         <v>11750091675</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M96" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>30540504500587</v>
+        <v>30540504502328</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>288</v>
+        <v>209</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>289</v>
+        <v>206</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I97" s="3">
         <v>11750091675</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M97" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>30540504500595</v>
+        <v>30540504502336</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>290</v>
+        <v>210</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>289</v>
+        <v>206</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I98" s="3">
         <v>11750091675</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M98" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>30540504500603</v>
+        <v>30540504502377</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>291</v>
+        <v>211</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>289</v>
+        <v>212</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I99" s="3">
         <v>11750091675</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M99" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>30540504500637</v>
+        <v>30540504502385</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>293</v>
+        <v>213</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>294</v>
+        <v>214</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I100" s="3">
         <v>11750091675</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M100" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>30540504500652</v>
+        <v>30540504502393</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>295</v>
+        <v>215</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>294</v>
+        <v>216</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I101" s="3">
         <v>11750091675</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>30540504500660</v>
+        <v>30540504502401</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>296</v>
+        <v>217</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>297</v>
+        <v>216</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I102" s="3">
         <v>11750091675</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M102" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>30540504500694</v>
+        <v>30540504502419</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>298</v>
+        <v>218</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>299</v>
+        <v>216</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I103" s="3">
         <v>11750091675</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M103" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>30540504500702</v>
+        <v>30540504502450</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>301</v>
+        <v>219</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>302</v>
+        <v>220</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I104" s="3">
         <v>11750091675</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M104" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>30540504500744</v>
+        <v>30540504502468</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>303</v>
+        <v>221</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>304</v>
+        <v>222</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I105" s="3">
         <v>11750091675</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>30540504500751</v>
+        <v>30540504502526</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>305</v>
+        <v>223</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>304</v>
+        <v>224</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I106" s="3">
         <v>11750091675</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>30540504500777</v>
+        <v>30540504502534</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>306</v>
+        <v>225</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>304</v>
+        <v>224</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I107" s="3">
         <v>11750091675</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>30540504500785</v>
+        <v>30540504502559</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>307</v>
+        <v>226</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>302</v>
+        <v>227</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I108" s="3">
         <v>11750091675</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M108" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>30540504500868</v>
+        <v>30540504502617</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>308</v>
+        <v>228</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>304</v>
+        <v>229</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I109" s="3">
         <v>11750091675</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M109" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>30540504500991</v>
+        <v>30540504502625</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>309</v>
+        <v>230</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>310</v>
+        <v>229</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I110" s="3">
         <v>11750091675</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M110" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>30540504501015</v>
+        <v>30540504502641</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>311</v>
+        <v>231</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>310</v>
+        <v>232</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I111" s="3">
         <v>11750091675</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M111" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>30540504501031</v>
+        <v>30540504502658</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>312</v>
+        <v>233</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>313</v>
+        <v>234</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I112" s="3">
         <v>11750091675</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M112" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>30540504501080</v>
+        <v>30540504502716</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>314</v>
+        <v>235</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>315</v>
+        <v>236</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I113" s="3">
         <v>11750091675</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L113" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M113" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>30540504501130</v>
+        <v>30540504502732</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>316</v>
+        <v>237</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>317</v>
+        <v>238</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I114" s="3">
         <v>11750091675</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M114" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>30540504501171</v>
+        <v>30540504502781</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>318</v>
+        <v>239</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>319</v>
+        <v>240</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I115" s="3">
         <v>11750091675</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L115" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M115" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>30540504501213</v>
+        <v>30540504502880</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>320</v>
+        <v>241</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>321</v>
+        <v>242</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I116" s="3">
         <v>11750091675</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M116" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>30540504501221</v>
+        <v>31227281800195</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>261</v>
+        <v>243</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>322</v>
+        <v>244</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>323</v>
+        <v>245</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I117" s="3">
-        <v>11750091675</v>
+        <v>82690043469</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M117" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>30540504501262</v>
+        <v>31237926601205</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="D118" s="2"/>
+        <v>247</v>
+      </c>
+      <c r="D118" s="2" t="s">
+        <v>248</v>
+      </c>
       <c r="E118" s="2" t="s">
-        <v>324</v>
+        <v>249</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>325</v>
+        <v>250</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I118" s="3">
-        <v>11750091675</v>
+        <v>54790001979</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M118" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>30540504501338</v>
+        <v>31237926601221</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>261</v>
+        <v>247</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>326</v>
+        <v>251</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>327</v>
+        <v>252</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I119" s="3">
-        <v>11750091675</v>
+        <v>54790001979</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L119" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M119" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>30540504501346</v>
+        <v>31237926601270</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>261</v>
+        <v>247</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>328</v>
+        <v>253</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>329</v>
+        <v>254</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I120" s="3">
-        <v>11750091675</v>
+        <v>54790001979</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M120" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>30540504501387</v>
+        <v>31237926601288</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>261</v>
+        <v>247</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>330</v>
+        <v>255</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>331</v>
+        <v>256</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I121" s="3">
-        <v>11750091675</v>
+        <v>54790001979</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L121" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>30540504501403</v>
+        <v>31237926601411</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>261</v>
+        <v>247</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>332</v>
+        <v>257</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>333</v>
+        <v>258</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I122" s="3">
-        <v>11750091675</v>
+        <v>54790001979</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M122" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>30540504501429</v>
+        <v>31237926601619</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>261</v>
+        <v>247</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>334</v>
+        <v>259</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>333</v>
+        <v>260</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I123" s="3">
-        <v>11750091675</v>
+        <v>54790001979</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>30540504501452</v>
+        <v>31237926601742</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="D124" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="E124" s="2" t="s">
         <v>261</v>
       </c>
-      <c r="D124" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F124" s="2" t="s">
-        <v>331</v>
+        <v>262</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I124" s="3">
-        <v>11750091675</v>
+        <v>54790001979</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M124" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>30540504501478</v>
+        <v>31237926601775</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="D125" s="2"/>
+        <v>247</v>
+      </c>
+      <c r="D125" s="2" t="s">
+        <v>263</v>
+      </c>
       <c r="E125" s="2" t="s">
-        <v>336</v>
+        <v>264</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>337</v>
+        <v>265</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I125" s="3">
-        <v>11750091675</v>
+        <v>54790001979</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M125" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>30540504501510</v>
+        <v>31237926601817</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>261</v>
+        <v>247</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>338</v>
+        <v>266</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>339</v>
+        <v>267</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I126" s="3">
-        <v>11750091675</v>
+        <v>54790001979</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M126" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>30540504501528</v>
+        <v>31237926601825</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>261</v>
+        <v>247</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>340</v>
+        <v>268</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>339</v>
+        <v>269</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I127" s="3">
-        <v>11750091675</v>
+        <v>54790001979</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M127" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>30540504501536</v>
+        <v>31237926601866</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>261</v>
+        <v>247</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>341</v>
+        <v>270</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>339</v>
+        <v>183</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I128" s="3">
-        <v>11750091675</v>
+        <v>54790001979</v>
       </c>
       <c r="J128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M128" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>30540504501577</v>
+        <v>31237926601973</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>261</v>
+        <v>247</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>342</v>
+        <v>271</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>343</v>
+        <v>272</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I129" s="3">
-        <v>11750091675</v>
+        <v>54790001979</v>
       </c>
       <c r="J129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K129" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M129" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>30540504501601</v>
+        <v>31263173200020</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>261</v>
+        <v>273</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>344</v>
+        <v>274</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>345</v>
+        <v>59</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="I130" s="3"/>
       <c r="J130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M130" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>30540504501619</v>
+        <v>31266709000012</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>261</v>
+        <v>275</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>346</v>
+        <v>276</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>345</v>
+        <v>59</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I131" s="3">
-        <v>11750091675</v>
+        <v>82380021638</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M131" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>30540504501627</v>
+        <v>31303015700025</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>261</v>
+        <v>277</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>347</v>
+        <v>278</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>345</v>
+        <v>279</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I132" s="3">
-        <v>11750091675</v>
+        <v>52720052972</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K132" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L132" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M132" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>30540504501635</v>
+        <v>31472073100053</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>280</v>
+      </c>
+      <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>349</v>
+        <v>281</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>350</v>
+        <v>282</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I133" s="3">
-        <v>11750091675</v>
+        <v>82740008674</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L133" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M133" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>30540504501668</v>
+        <v>31584483700056</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>261</v>
+        <v>283</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>351</v>
+        <v>284</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>352</v>
+        <v>285</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I134" s="3">
-        <v>11750091675</v>
+        <v>52750001685</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L134" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M134" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>30540504501692</v>
+        <v>31584483700072</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>261</v>
+        <v>283</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>353</v>
+        <v>286</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>354</v>
+        <v>112</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I135" s="3">
-        <v>11750091675</v>
+        <v>52750001685</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K135" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L135" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M135" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>30540504501700</v>
+        <v>31584483700155</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>261</v>
+        <v>283</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>355</v>
+        <v>287</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>354</v>
+        <v>288</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I136" s="3">
-        <v>11750091675</v>
+        <v>52750001685</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K136" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L136" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M136" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>30540504501718</v>
+        <v>31683181700028</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>261</v>
+        <v>289</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>356</v>
+        <v>290</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>354</v>
+        <v>291</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I137" s="3">
-        <v>11750091675</v>
+        <v>41880059988</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L137" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M137" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>30540504501759</v>
+        <v>31723470600016</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>261</v>
+        <v>292</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>357</v>
+        <v>293</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>358</v>
+        <v>294</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I138" s="3">
-        <v>11750091675</v>
+        <v>82690460269</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L138" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M138" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>30540504501775</v>
+        <v>31723772500013</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>261</v>
+        <v>295</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>359</v>
+        <v>296</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>360</v>
+        <v>294</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I139" s="3">
-        <v>11750091675</v>
+        <v>73120001712</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L139" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M139" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>30540504501783</v>
+        <v>31788665300029</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>261</v>
+        <v>297</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>361</v>
+        <v>298</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>362</v>
+        <v>299</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I140" s="3">
-        <v>11750091675</v>
+        <v>31620012262</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L140" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M140" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>30540504501809</v>
+        <v>31932618700022</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>13</v>
+        <v>300</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>261</v>
+        <v>301</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>363</v>
+        <v>302</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="G141" s="2"/>
+        <v>303</v>
+      </c>
+      <c r="G141" s="2" t="s">
+        <v>304</v>
+      </c>
       <c r="H141" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="I141" s="3"/>
       <c r="J141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L141" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M141" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>30540504501866</v>
+        <v>31997562900035</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>261</v>
+        <v>305</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>364</v>
+        <v>306</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>180</v>
+        <v>80</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I142" s="3">
-        <v>11750091675</v>
+        <v>11780204078</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L142" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M142" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>30540504501874</v>
+        <v>32159235400021</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>261</v>
+        <v>307</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>365</v>
+        <v>308</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>366</v>
+        <v>309</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I143" s="3">
-        <v>11750091675</v>
+        <v>42670009767</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L143" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M143" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>30540504501882</v>
+        <v>32159235400062</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>13</v>
+        <v>300</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="D144" s="2"/>
+        <v>307</v>
+      </c>
+      <c r="D144" s="2" t="s">
+        <v>310</v>
+      </c>
       <c r="E144" s="2" t="s">
-        <v>367</v>
+        <v>311</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="G144" s="2"/>
+        <v>312</v>
+      </c>
+      <c r="G144" s="2" t="s">
+        <v>313</v>
+      </c>
       <c r="H144" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="I144" s="3"/>
       <c r="J144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K144" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L144" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M144" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>30540504501908</v>
+        <v>32159235400088</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>261</v>
+        <v>307</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>369</v>
+        <v>314</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>370</v>
+        <v>91</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I145" s="3">
-        <v>11750091675</v>
+        <v>42670009767</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K145" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L145" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M145" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>30540504501932</v>
+        <v>32159235400104</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>261</v>
+        <v>307</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>371</v>
+        <v>315</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>372</v>
+        <v>316</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I146" s="3">
-        <v>11750091675</v>
+        <v>42670009767</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M146" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>30540504501940</v>
+        <v>32159235400120</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>261</v>
+        <v>307</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>373</v>
+        <v>317</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>374</v>
+        <v>318</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I147" s="3">
-        <v>11750091675</v>
+        <v>42670009767</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K147" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L147" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M147" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>30540504501957</v>
+        <v>32159235400161</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>261</v>
+        <v>307</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>375</v>
+        <v>319</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>376</v>
+        <v>320</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I148" s="3">
-        <v>11750091675</v>
+        <v>42670009767</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K148" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L148" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M148" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>30540504501965</v>
+        <v>32211900900015</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>261</v>
+        <v>321</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>377</v>
+        <v>322</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>378</v>
+        <v>323</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I149" s="3">
-        <v>11750091675</v>
+        <v>82420014842</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K149" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L149" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M149" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>30540504501999</v>
+        <v>32359078600055</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>261</v>
+        <v>324</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>379</v>
+        <v>325</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I150" s="3">
-        <v>11750091675</v>
+        <v>31620002462</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K150" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L150" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M150" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>30540504502005</v>
+        <v>32359078600071</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>261</v>
+        <v>324</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>381</v>
+        <v>327</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>382</v>
+        <v>328</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I151" s="3">
-        <v>11750091675</v>
+        <v>31620002462</v>
       </c>
       <c r="J151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K151" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L151" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M151" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>30540504502013</v>
+        <v>32359078600121</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>261</v>
+        <v>324</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>383</v>
+        <v>329</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>384</v>
+        <v>330</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I152" s="3">
-        <v>11750091675</v>
+        <v>31620002462</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L152" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M152" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>30540504502021</v>
+        <v>32359078600154</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>261</v>
+        <v>324</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>385</v>
+        <v>331</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>386</v>
+        <v>332</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I153" s="3">
-        <v>11750091675</v>
+        <v>31620002462</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K153" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L153" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M153" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>30540504502039</v>
+        <v>32361187100043</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>261</v>
+        <v>333</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
-        <v>387</v>
+        <v>334</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>388</v>
+        <v>335</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I154" s="3">
-        <v>11750091675</v>
+        <v>91660002766</v>
       </c>
       <c r="J154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K154" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L154" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M154" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>30540504502054</v>
+        <v>33163173900017</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>261</v>
+        <v>336</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>389</v>
+        <v>337</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>390</v>
+        <v>338</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I155" s="3">
-        <v>11750091675</v>
+        <v>91340009634</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K155" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L155" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M155" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>30540504502112</v>
+        <v>33380263500032</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>261</v>
+        <v>339</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>391</v>
+        <v>340</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>392</v>
+        <v>341</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="I156" s="3"/>
       <c r="J156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K156" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L156" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M156" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>30540504502138</v>
+        <v>34036524600016</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>261</v>
+        <v>342</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
-        <v>393</v>
+        <v>343</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>394</v>
+        <v>344</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I157" s="3">
-        <v>11750091675</v>
+        <v>42670188067</v>
       </c>
       <c r="J157" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K157" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L157" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M157" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>30540504502153</v>
+        <v>34063957400011</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>13</v>
+        <v>300</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>261</v>
+        <v>345</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>395</v>
+        <v>346</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>394</v>
-[...1 lines deleted...]
-      <c r="G158" s="2"/>
+        <v>347</v>
+      </c>
+      <c r="G158" s="2" t="s">
+        <v>348</v>
+      </c>
       <c r="H158" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="I158" s="3"/>
       <c r="J158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K158" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L158" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M158" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>30540504502161</v>
+        <v>34432126000046</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>261</v>
+        <v>349</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>396</v>
+        <v>350</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>394</v>
+        <v>351</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I159" s="3">
-        <v>11750091675</v>
+        <v>82260031526</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K159" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L159" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M159" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>30540504502195</v>
+        <v>34926669200038</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>261</v>
+        <v>352</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>397</v>
+        <v>353</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>398</v>
+        <v>354</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I160" s="3">
-        <v>11750091675</v>
+        <v>31620046062</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K160" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L160" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M160" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>30540504502203</v>
+        <v>35066904000031</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>261</v>
+        <v>355</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>399</v>
+        <v>356</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>398</v>
+        <v>341</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="I161" s="3"/>
       <c r="J161" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K161" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L161" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M161" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>30540504502211</v>
+        <v>35098901800014</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="D162" s="2"/>
+        <v>357</v>
+      </c>
+      <c r="D162" s="2" t="s">
+        <v>358</v>
+      </c>
       <c r="E162" s="2" t="s">
-        <v>400</v>
+        <v>359</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>398</v>
+        <v>360</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I162" s="3">
-        <v>11750091675</v>
+        <v>73810017181</v>
       </c>
       <c r="J162" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K162" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L162" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M162" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>30540504502237</v>
+        <v>35278742800023</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>13</v>
+        <v>300</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="D163" s="2"/>
+        <v>361</v>
+      </c>
+      <c r="D163" s="2" t="s">
+        <v>361</v>
+      </c>
       <c r="E163" s="2" t="s">
-        <v>401</v>
+        <v>362</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="G163" s="2"/>
+        <v>354</v>
+      </c>
+      <c r="G163" s="2" t="s">
+        <v>363</v>
+      </c>
       <c r="H163" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I163" s="3"/>
       <c r="J163" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K163" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L163" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M163" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>30540504502245</v>
+        <v>37810015000036</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>13</v>
+        <v>300</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>261</v>
+        <v>364</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>402</v>
+        <v>365</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="G164" s="2"/>
+        <v>201</v>
+      </c>
+      <c r="G164" s="2" t="s">
+        <v>366</v>
+      </c>
       <c r="H164" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="I164" s="3"/>
       <c r="J164" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K164" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L164" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M164" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>30540504502286</v>
+        <v>38044044600025</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>261</v>
+        <v>367</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
-        <v>403</v>
+        <v>368</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>404</v>
+        <v>369</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I165" s="3">
-        <v>11750091675</v>
+        <v>11770016877</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K165" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L165" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M165" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>30540504502302</v>
+        <v>38124453200036</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>261</v>
+        <v>370</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
-        <v>405</v>
+        <v>371</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>406</v>
+        <v>372</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I166" s="3">
-        <v>11750091675</v>
+        <v>53290043029</v>
       </c>
       <c r="J166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K166" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L166" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M166" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>30540504502310</v>
+        <v>38124453200051</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>261</v>
+        <v>370</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
-        <v>407</v>
+        <v>373</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>408</v>
+        <v>316</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I167" s="3">
-        <v>11750091675</v>
+        <v>53290043029</v>
       </c>
       <c r="J167" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K167" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L167" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M167" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>30540504502328</v>
+        <v>38124453200077</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>261</v>
+        <v>370</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>409</v>
+        <v>374</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>406</v>
+        <v>375</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I168" s="3">
-        <v>11750091675</v>
+        <v>53290043029</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K168" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L168" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M168" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>30540504502336</v>
+        <v>38211584800014</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>261</v>
+        <v>376</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="s">
-        <v>410</v>
+        <v>377</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>406</v>
+        <v>378</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I169" s="3">
-        <v>11750091675</v>
+        <v>82690054169</v>
       </c>
       <c r="J169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K169" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L169" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M169" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>30540504502377</v>
+        <v>38462139700023</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>261</v>
+        <v>379</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
-        <v>411</v>
+        <v>380</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>412</v>
+        <v>381</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I170" s="3">
-        <v>11750091675</v>
+        <v>97970117997</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K170" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L170" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M170" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>30540504502385</v>
+        <v>38491515300017</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="D171" s="2"/>
+        <v>382</v>
+      </c>
+      <c r="D171" s="2" t="s">
+        <v>383</v>
+      </c>
       <c r="E171" s="2" t="s">
-        <v>413</v>
+        <v>384</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>414</v>
+        <v>385</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I171" s="3">
-        <v>11750091675</v>
+        <v>11930107893</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K171" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L171" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M171" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>30540504502393</v>
+        <v>38960270700017</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>261</v>
+        <v>386</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
-        <v>415</v>
+        <v>387</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>416</v>
+        <v>388</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I172" s="3">
-        <v>11750091675</v>
+        <v>42680089068</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K172" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L172" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M172" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>30540504502401</v>
+        <v>39016543900204</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>261</v>
+        <v>389</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
-        <v>417</v>
+        <v>390</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>416</v>
+        <v>391</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I173" s="3">
-        <v>11750091675</v>
+        <v>54790035679</v>
       </c>
       <c r="J173" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K173" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L173" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M173" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
-        <v>30540504502419</v>
+        <v>39058913300086</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>261</v>
+        <v>392</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>418</v>
+        <v>393</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>416</v>
+        <v>394</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I174" s="3">
-        <v>11750091675</v>
+        <v>93131039813</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K174" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L174" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M174" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
-        <v>30540504502450</v>
+        <v>39058913300094</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>261</v>
+        <v>392</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="s">
-        <v>419</v>
+        <v>395</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>420</v>
+        <v>396</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I175" s="3">
-        <v>11750091675</v>
+        <v>93131039813</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K175" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L175" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M175" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
-        <v>30540504502468</v>
+        <v>39058913300128</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>261</v>
+        <v>392</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
-        <v>421</v>
+        <v>397</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>422</v>
+        <v>398</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I176" s="3">
-        <v>11750091675</v>
+        <v>93131039813</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K176" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L176" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M176" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
-        <v>30540504502526</v>
+        <v>39058913300144</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>261</v>
+        <v>392</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>423</v>
+        <v>399</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>424</v>
+        <v>47</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I177" s="3">
-        <v>11750091675</v>
+        <v>93131039813</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K177" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L177" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M177" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
-        <v>30540504502534</v>
+        <v>39058913300151</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="D178" s="2"/>
+        <v>392</v>
+      </c>
+      <c r="D178" s="2" t="s">
+        <v>400</v>
+      </c>
       <c r="E178" s="2" t="s">
-        <v>425</v>
+        <v>401</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>424</v>
+        <v>402</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I178" s="3">
-        <v>11750091675</v>
+        <v>93131039813</v>
       </c>
       <c r="J178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K178" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L178" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M178" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
-        <v>30540504502559</v>
+        <v>39215531300068</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="D179" s="2"/>
+        <v>403</v>
+      </c>
+      <c r="D179" s="2" t="s">
+        <v>404</v>
+      </c>
       <c r="E179" s="2" t="s">
-        <v>426</v>
+        <v>405</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>427</v>
+        <v>406</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I179" s="3">
-        <v>11750091675</v>
+        <v>25140062614</v>
       </c>
       <c r="J179" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K179" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L179" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M179" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
-        <v>30540504502617</v>
+        <v>39234709200026</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>261</v>
+        <v>407</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
-        <v>428</v>
+        <v>408</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>429</v>
+        <v>409</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I180" s="3">
-        <v>11750091675</v>
+        <v>53560456756</v>
       </c>
       <c r="J180" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K180" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L180" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M180" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
-        <v>30540504502625</v>
+        <v>39259646600046</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>261</v>
+        <v>410</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
-        <v>430</v>
+        <v>411</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>429</v>
+        <v>412</v>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I181" s="3">
-        <v>11750091675</v>
+        <v>73810037781</v>
       </c>
       <c r="J181" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K181" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L181" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M181" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
-        <v>30540504502641</v>
+        <v>85231463200021</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>261</v>
+        <v>413</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="s">
-        <v>431</v>
+        <v>414</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>432</v>
+        <v>415</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>11750091675</v>
+        <v>29</v>
+      </c>
+      <c r="I182" s="3" t="s">
+        <v>416</v>
       </c>
       <c r="J182" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K182" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L182" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M182" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
-        <v>30540504502658</v>
+        <v>89452347100023</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>13</v>
+        <v>300</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>261</v>
+        <v>417</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="s">
-        <v>433</v>
+        <v>418</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>434</v>
-[...1 lines deleted...]
-      <c r="G183" s="2"/>
+        <v>419</v>
+      </c>
+      <c r="G183" s="2" t="s">
+        <v>313</v>
+      </c>
       <c r="H183" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="I183" s="3"/>
       <c r="J183" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K183" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L183" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M183" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
-        <v>30540504502716</v>
+        <v>48525654900018</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>261</v>
+        <v>420</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="s">
-        <v>435</v>
+        <v>421</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>436</v>
+        <v>422</v>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I184" s="3">
-        <v>11750091675</v>
+        <v>24280035528</v>
       </c>
       <c r="J184" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K184" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L184" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M184" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
-        <v>30540504502732</v>
+        <v>48811772200022</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>261</v>
+        <v>423</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="s">
-        <v>437</v>
+        <v>424</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>438</v>
+        <v>425</v>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I185" s="3">
-        <v>11750091675</v>
+        <v>23760376476</v>
       </c>
       <c r="J185" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K185" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L185" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M185" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
-        <v>30540504502781</v>
+        <v>48815270300010</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>261</v>
+        <v>426</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
-        <v>439</v>
+        <v>427</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>440</v>
+        <v>428</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I186" s="3">
-        <v>11750091675</v>
+        <v>94202000520</v>
       </c>
       <c r="J186" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K186" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L186" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M186" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
-        <v>30540504502880</v>
+        <v>53794833300019</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>13</v>
+        <v>300</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>261</v>
+        <v>429</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>441</v>
+        <v>430</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G187" s="2"/>
+        <v>431</v>
+      </c>
+      <c r="G187" s="2" t="s">
+        <v>304</v>
+      </c>
       <c r="H187" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="I187" s="3"/>
       <c r="J187" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K187" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L187" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M187" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
-        <v>31227281800195</v>
+        <v>39400768600022</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>444</v>
+        <v>434</v>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I188" s="3">
-        <v>82690043469</v>
+        <v>31590308059</v>
       </c>
       <c r="J188" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K188" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L188" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M188" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
-        <v>31237926601205</v>
+        <v>39433208400059</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>445</v>
-[...3 lines deleted...]
-      </c>
+        <v>435</v>
+      </c>
+      <c r="D189" s="2"/>
       <c r="E189" s="2" t="s">
-        <v>447</v>
+        <v>424</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>448</v>
+        <v>436</v>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I189" s="3">
-        <v>54790001979</v>
+        <v>23760214476</v>
       </c>
       <c r="J189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M189" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
-        <v>31237926601221</v>
+        <v>39433208400067</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="s">
-        <v>449</v>
+        <v>437</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>450</v>
+        <v>438</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I190" s="3">
-        <v>54790001979</v>
+        <v>23760214476</v>
       </c>
       <c r="J190" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K190" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L190" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M190" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
-        <v>31237926601270</v>
+        <v>39433208400083</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="s">
-        <v>451</v>
+        <v>439</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>452</v>
+        <v>440</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I191" s="3">
-        <v>54790001979</v>
+        <v>23760214476</v>
       </c>
       <c r="J191" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K191" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L191" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M191" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="1">
-        <v>31237926601288</v>
+        <v>39433208400141</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="s">
-        <v>453</v>
+        <v>441</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>454</v>
+        <v>163</v>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I192" s="3">
-        <v>54790001979</v>
+        <v>23760214476</v>
       </c>
       <c r="J192" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K192" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L192" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M192" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="1">
-        <v>31237926601411</v>
+        <v>39433208400158</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>445</v>
-[...1 lines deleted...]
-      <c r="D193" s="2"/>
+        <v>435</v>
+      </c>
+      <c r="D193" s="2" t="s">
+        <v>442</v>
+      </c>
       <c r="E193" s="2" t="s">
-        <v>455</v>
+        <v>443</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>456</v>
+        <v>444</v>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I193" s="3">
-        <v>54790001979</v>
+        <v>23760214476</v>
       </c>
       <c r="J193" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K193" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L193" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M193" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="1">
-        <v>31237926601619</v>
+        <v>39441880000048</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C194" s="2" t="s">
         <v>445</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2" t="s">
-        <v>457</v>
+        <v>446</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>458</v>
+        <v>447</v>
       </c>
       <c r="G194" s="2"/>
       <c r="H194" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I194" s="3">
-        <v>54790001979</v>
+        <v>73820015682</v>
       </c>
       <c r="J194" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K194" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L194" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M194" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="1">
-        <v>31237926601742</v>
+        <v>39441880000063</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C195" s="2" t="s">
         <v>445</v>
       </c>
       <c r="D195" s="2" t="s">
-        <v>446</v>
+        <v>263</v>
       </c>
       <c r="E195" s="2" t="s">
-        <v>459</v>
+        <v>448</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>460</v>
+        <v>449</v>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I195" s="3">
-        <v>54790001979</v>
+        <v>73820015682</v>
       </c>
       <c r="J195" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K195" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L195" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M195" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="1">
-        <v>31237926601775</v>
+        <v>39785587500068</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="D196" s="2" t="s">
-        <v>187</v>
+        <v>451</v>
       </c>
       <c r="E196" s="2" t="s">
-        <v>461</v>
+        <v>452</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>462</v>
+        <v>453</v>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I196" s="3">
-        <v>54790001979</v>
+        <v>24180044018</v>
       </c>
       <c r="J196" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K196" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L196" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M196" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="1">
-        <v>31237926601817</v>
+        <v>39785587500134</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>445</v>
-[...1 lines deleted...]
-      <c r="D197" s="2"/>
+        <v>450</v>
+      </c>
+      <c r="D197" s="2" t="s">
+        <v>454</v>
+      </c>
       <c r="E197" s="2" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I197" s="3">
-        <v>54790001979</v>
+        <v>24180044018</v>
       </c>
       <c r="J197" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K197" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L197" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M197" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="1">
-        <v>31237926601825</v>
+        <v>39806026900022</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>445</v>
+        <v>457</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="s">
-        <v>465</v>
+        <v>458</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I198" s="3">
-        <v>54790001979</v>
+        <v>72330325633</v>
       </c>
       <c r="J198" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K198" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L198" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M198" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="1">
-        <v>31237926601866</v>
+        <v>39806026900097</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>445</v>
+        <v>457</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>384</v>
+        <v>461</v>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I199" s="3">
-        <v>54790001979</v>
+        <v>72330325633</v>
       </c>
       <c r="J199" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K199" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L199" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M199" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="1">
-        <v>31237926601973</v>
+        <v>39806026900154</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>445</v>
+        <v>457</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I200" s="3">
-        <v>54790001979</v>
+        <v>72330325633</v>
       </c>
       <c r="J200" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K200" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L200" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M200" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" s="1">
-        <v>31263173200020</v>
+        <v>39890939000021</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>263</v>
+        <v>466</v>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I201" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I201" s="3">
+        <v>41570044357</v>
+      </c>
       <c r="J201" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K201" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L201" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M201" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" s="1">
-        <v>31266709000012</v>
+        <v>40151763600031</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>472</v>
-[...1 lines deleted...]
-      <c r="D202" s="2"/>
+        <v>467</v>
+      </c>
+      <c r="D202" s="2" t="s">
+        <v>467</v>
+      </c>
       <c r="E202" s="2" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>263</v>
+        <v>469</v>
       </c>
       <c r="G202" s="2"/>
       <c r="H202" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I202" s="3">
-        <v>82380021638</v>
+        <v>24280171128</v>
       </c>
       <c r="J202" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K202" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L202" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M202" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" s="1">
-        <v>31303015700025</v>
+        <v>40184592000016</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="s">
-        <v>475</v>
+        <v>221</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="G203" s="2"/>
       <c r="H203" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I203" s="3"/>
       <c r="J203" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K203" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L203" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M203" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" s="1">
-        <v>31472073100053</v>
+        <v>40332253000011</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I204" s="3">
-        <v>82740008674</v>
+        <v>24280081328</v>
       </c>
       <c r="J204" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K204" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L204" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M204" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" s="1">
-        <v>31584483700056</v>
+        <v>40486684000071</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D205" s="2"/>
+        <v>475</v>
+      </c>
+      <c r="D205" s="2" t="s">
+        <v>476</v>
+      </c>
       <c r="E205" s="2" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="G205" s="2"/>
       <c r="H205" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I205" s="3">
-        <v>52750001685</v>
+        <v>41540249654</v>
       </c>
       <c r="J205" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K205" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L205" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M205" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" s="1">
-        <v>31584483700072</v>
+        <v>40486684000089</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C206" s="2" t="s">
+        <v>475</v>
+      </c>
+      <c r="D206" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="E206" s="2" t="s">
         <v>480</v>
       </c>
-      <c r="D206" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F206" s="2" t="s">
-        <v>315</v>
+        <v>481</v>
       </c>
       <c r="G206" s="2"/>
       <c r="H206" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I206" s="3">
-        <v>52750001685</v>
+        <v>41540249654</v>
       </c>
       <c r="J206" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K206" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L206" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M206" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" s="1">
-        <v>31584483700155</v>
+        <v>40849598400028</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="F207" s="2" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I207" s="3">
-        <v>52750001685</v>
+        <v>91300018930</v>
       </c>
       <c r="J207" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K207" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L207" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M207" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" s="1">
-        <v>31683181700028</v>
+        <v>41005566900031</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="F208" s="2" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I208" s="3">
-        <v>41880059988</v>
+        <v>11940449594</v>
       </c>
       <c r="J208" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K208" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L208" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M208" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" s="1">
-        <v>31723470600016</v>
+        <v>41050563000013</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>491</v>
+        <v>80</v>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I209" s="3">
-        <v>82690460269</v>
+        <v>98970205097</v>
       </c>
       <c r="J209" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K209" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L209" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M209" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" s="1">
-        <v>31723772500013</v>
+        <v>41104468800033</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="I210" s="3">
-        <v>73120001712</v>
+        <v>41880074388</v>
       </c>
       <c r="J210" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K210" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L210" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M210" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" s="1">
-        <v>31788665300029</v>
+        <v>41173463500039</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="s">
+        <v>494</v>
+      </c>
+      <c r="F211" s="2" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I211" s="3">
-        <v>31620012262</v>
+        <v>83150298315</v>
       </c>
       <c r="J211" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K211" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L211" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M211" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" s="1">
-        <v>31932618700022</v>
+        <v>41173463500088</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>499</v>
-[...3 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="G212" s="2"/>
       <c r="H212" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I212" s="3">
-        <v>24180004718</v>
+        <v>83150298315</v>
       </c>
       <c r="J212" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K212" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L212" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M212" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" s="1">
-        <v>31997562900035</v>
+        <v>41173463500138</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>501</v>
+        <v>493</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>284</v>
+        <v>498</v>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I213" s="3">
-        <v>11780204078</v>
+        <v>83150298315</v>
       </c>
       <c r="J213" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K213" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L213" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M213" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" s="1">
-        <v>32159235400021</v>
+        <v>41369266600014</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I214" s="3">
-        <v>42670009767</v>
+        <v>53350571335</v>
       </c>
       <c r="J214" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K214" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L214" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M214" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" s="1">
-        <v>32159235400062</v>
+        <v>41369266600022</v>
       </c>
       <c r="B215" s="2" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="D215" s="2" t="s">
-        <v>506</v>
+        <v>248</v>
       </c>
       <c r="E215" s="2" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>508</v>
-[...3 lines deleted...]
-      </c>
+        <v>316</v>
+      </c>
+      <c r="G215" s="2"/>
       <c r="H215" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I215" s="3">
-        <v>42670009767</v>
+        <v>53350571335</v>
       </c>
       <c r="J215" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K215" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L215" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M215" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" s="1">
-        <v>32159235400088</v>
+        <v>42249090400022</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C216" s="2" t="s">
         <v>503</v>
       </c>
-      <c r="D216" s="2"/>
+      <c r="D216" s="2" t="s">
+        <v>504</v>
+      </c>
       <c r="E216" s="2" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>294</v>
+        <v>506</v>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I216" s="3">
-        <v>42670009767</v>
+        <v>82260095626</v>
       </c>
       <c r="J216" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K216" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L216" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M216" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" s="1">
-        <v>32159235400104</v>
+        <v>42931837100011</v>
       </c>
       <c r="B217" s="2" t="s">
-        <v>13</v>
+        <v>300</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="G217" s="2"/>
+        <v>509</v>
+      </c>
+      <c r="G217" s="2" t="s">
+        <v>313</v>
+      </c>
       <c r="H217" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="I217" s="3"/>
       <c r="J217" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K217" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L217" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M217" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" s="1">
-        <v>32159235400120</v>
+        <v>43003223500011</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>503</v>
+        <v>510</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="F218" s="2" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I218" s="3">
-        <v>42670009767</v>
+        <v>96973027097</v>
       </c>
       <c r="J218" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K218" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L218" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M218" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" s="1">
-        <v>32159235400161</v>
+        <v>43498102300014</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>503</v>
+        <v>513</v>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2" t="s">
         <v>514</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>515</v>
       </c>
       <c r="G219" s="2"/>
       <c r="H219" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I219" s="3">
-        <v>42670009767</v>
+        <v>93130643413</v>
       </c>
       <c r="J219" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K219" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L219" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M219" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" s="1">
-        <v>32211900900015</v>
+        <v>43870754900020</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C220" s="2" t="s">
         <v>516</v>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="s">
         <v>517</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>518</v>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I220" s="3">
-        <v>82420014842</v>
+        <v>83630352763</v>
       </c>
       <c r="J220" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K220" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L220" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M220" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" s="1">
-        <v>32359078600055</v>
+        <v>43870754900046</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2" t="s">
+        <v>519</v>
+      </c>
+      <c r="F221" s="2" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I221" s="3">
-        <v>31620002462</v>
+        <v>83630352763</v>
       </c>
       <c r="J221" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K221" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L221" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M221" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" s="1">
-        <v>32359078600071</v>
+        <v>43870754900061</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="F222" s="2" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I222" s="3">
-        <v>31620002462</v>
+        <v>83630352763</v>
       </c>
       <c r="J222" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K222" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L222" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M222" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" s="1">
-        <v>32359078600121</v>
+        <v>43870754900079</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="s">
+        <v>523</v>
+      </c>
+      <c r="F223" s="2" t="s">
         <v>524</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I223" s="3">
-        <v>31620002462</v>
+        <v>83630352763</v>
       </c>
       <c r="J223" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K223" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L223" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M223" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" s="1">
-        <v>32359078600154</v>
+        <v>44258015500020</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>519</v>
-[...1 lines deleted...]
-      <c r="D224" s="2"/>
+        <v>525</v>
+      </c>
+      <c r="D224" s="2" t="s">
+        <v>526</v>
+      </c>
       <c r="E224" s="2" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="G224" s="2"/>
       <c r="H224" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="I224" s="3"/>
       <c r="J224" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K224" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L224" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M224" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" s="1">
-        <v>32361187100043</v>
+        <v>44432770400086</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="G225" s="2"/>
       <c r="H225" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I225" s="3">
-        <v>91660002766</v>
+        <v>52490195549</v>
       </c>
       <c r="J225" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K225" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L225" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M225" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" s="1">
-        <v>33163173900017</v>
+        <v>45110209900012</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>531</v>
-[...1 lines deleted...]
-      <c r="D226" s="2"/>
+        <v>532</v>
+      </c>
+      <c r="D226" s="2" t="s">
+        <v>533</v>
+      </c>
       <c r="E226" s="2" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="G226" s="2"/>
       <c r="H226" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I226" s="3">
-        <v>91340009634</v>
+        <v>93830348283</v>
       </c>
       <c r="J226" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K226" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L226" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M226" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" s="1">
-        <v>33380263500032</v>
+        <v>45170031400037</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>110</v>
+        <v>440</v>
       </c>
       <c r="G227" s="2"/>
       <c r="H227" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I227" s="3"/>
+        <v>246</v>
+      </c>
+      <c r="I227" s="3">
+        <v>24280132328</v>
+      </c>
       <c r="J227" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K227" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L227" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M227" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" s="1">
-        <v>34036524600016</v>
+        <v>45176047400028</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="G228" s="2"/>
       <c r="H228" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I228" s="3">
-        <v>42670188067</v>
+        <v>24180080318</v>
       </c>
       <c r="J228" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K228" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L228" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M228" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" s="1">
-        <v>50231871000014</v>
+        <v>45300359200020</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>130</v>
+        <v>543</v>
       </c>
       <c r="G229" s="2"/>
       <c r="H229" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I229" s="3">
-        <v>53290824729</v>
+        <v>25140157714</v>
       </c>
       <c r="J229" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K229" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L229" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M229" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" s="1">
-        <v>50231871000048</v>
+        <v>45391242000016</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>429</v>
+        <v>546</v>
       </c>
       <c r="G230" s="2"/>
       <c r="H230" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I230" s="3">
-        <v>53290824729</v>
+        <v>73120046012</v>
       </c>
       <c r="J230" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K230" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L230" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M230" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" s="1">
-        <v>50334870800010</v>
+        <v>47754825900019</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>542</v>
-[...3 lines deleted...]
-      </c>
+        <v>547</v>
+      </c>
+      <c r="D231" s="2"/>
       <c r="E231" s="2" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="G231" s="2"/>
       <c r="H231" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I231" s="3">
-        <v>25500093650</v>
+        <v>41570231057</v>
       </c>
       <c r="J231" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K231" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L231" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M231" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" s="1">
-        <v>50345083500015</v>
+        <v>47769611600037</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>545</v>
-[...1 lines deleted...]
-      <c r="D232" s="2"/>
+        <v>549</v>
+      </c>
+      <c r="D232" s="2" t="s">
+        <v>549</v>
+      </c>
       <c r="E232" s="2" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="G232" s="2"/>
       <c r="H232" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I232" s="3">
-        <v>43250226425</v>
+        <v>91300243730</v>
       </c>
       <c r="J232" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K232" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L232" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M232" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" s="1">
-        <v>50407425300023</v>
+        <v>47991324600019</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="G233" s="2"/>
       <c r="H233" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I233" s="3">
-        <v>91660137966</v>
+        <v>72640251364</v>
       </c>
       <c r="J233" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K233" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L233" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M233" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" s="1">
-        <v>50814916800017</v>
+        <v>47991324600043</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>551</v>
-[...1 lines deleted...]
-      <c r="D234" s="2"/>
+        <v>552</v>
+      </c>
+      <c r="D234" s="2" t="s">
+        <v>555</v>
+      </c>
       <c r="E234" s="2" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="G234" s="2"/>
       <c r="H234" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I234" s="3">
-        <v>41540270754</v>
+        <v>72640251364</v>
       </c>
       <c r="J234" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K234" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L234" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M234" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" s="1">
-        <v>50943290200054</v>
+        <v>47998853700011</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>554</v>
-[...1 lines deleted...]
-      <c r="D235" s="2"/>
+        <v>558</v>
+      </c>
+      <c r="D235" s="2" t="s">
+        <v>558</v>
+      </c>
       <c r="E235" s="2" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="G235" s="2"/>
       <c r="H235" s="2" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="I235" s="3">
-        <v>11757341275</v>
+        <v>93040059904</v>
       </c>
       <c r="J235" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K235" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L235" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M235" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" s="1">
-        <v>50943290200062</v>
+        <v>48201278800022</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>554</v>
-[...3 lines deleted...]
-      </c>
+        <v>561</v>
+      </c>
+      <c r="D236" s="2"/>
       <c r="E236" s="2" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>556</v>
+        <v>351</v>
       </c>
       <c r="G236" s="2"/>
       <c r="H236" s="2" t="s">
-        <v>17</v>
+        <v>563</v>
       </c>
       <c r="I236" s="3">
-        <v>11757341275</v>
+        <v>41540242854</v>
       </c>
       <c r="J236" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K236" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L236" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M236" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" s="1">
-        <v>50943290200070</v>
+        <v>48201278800030</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>556</v>
+        <v>565</v>
       </c>
       <c r="G237" s="2"/>
       <c r="H237" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I237" s="3">
-        <v>11757341275</v>
+        <v>41540242854</v>
       </c>
       <c r="J237" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K237" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L237" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M237" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" s="1">
-        <v>50943290200104</v>
+        <v>48201278800055</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>556</v>
+        <v>242</v>
       </c>
       <c r="G238" s="2"/>
       <c r="H238" s="2" t="s">
-        <v>17</v>
+        <v>563</v>
       </c>
       <c r="I238" s="3">
-        <v>11757341275</v>
+        <v>41540242854</v>
       </c>
       <c r="J238" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K238" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L238" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M238" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" s="1">
-        <v>50943290200112</v>
+        <v>49299343100013</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>554</v>
-[...1 lines deleted...]
-      <c r="D239" s="2"/>
+        <v>567</v>
+      </c>
+      <c r="D239" s="2" t="s">
+        <v>568</v>
+      </c>
       <c r="E239" s="2" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>556</v>
+        <v>570</v>
       </c>
       <c r="G239" s="2"/>
       <c r="H239" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I239" s="3">
-        <v>11757341275</v>
+        <v>41540256854</v>
       </c>
       <c r="J239" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K239" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L239" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M239" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" s="1">
-        <v>50943290200120</v>
+        <v>49331937000026</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>554</v>
+        <v>571</v>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2" t="s">
-        <v>562</v>
+        <v>572</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>556</v>
+        <v>573</v>
       </c>
       <c r="G240" s="2"/>
       <c r="H240" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I240" s="3">
-        <v>11757341275</v>
+        <v>21520023952</v>
       </c>
       <c r="J240" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K240" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L240" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M240" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" s="1">
-        <v>50943290200146</v>
+        <v>49845726600019</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>554</v>
-[...3 lines deleted...]
-      </c>
+        <v>574</v>
+      </c>
+      <c r="D241" s="2"/>
       <c r="E241" s="2" t="s">
-        <v>564</v>
+        <v>575</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>556</v>
+        <v>576</v>
       </c>
       <c r="G241" s="2"/>
       <c r="H241" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I241" s="3">
-        <v>11757341275</v>
+        <v>91340642434</v>
       </c>
       <c r="J241" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K241" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L241" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M241" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" s="1">
-        <v>50943290200161</v>
+        <v>50231871000014</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>554</v>
+        <v>577</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2" t="s">
-        <v>565</v>
+        <v>578</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>556</v>
+        <v>316</v>
       </c>
       <c r="G242" s="2"/>
       <c r="H242" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I242" s="3">
-        <v>11757341275</v>
+        <v>53290824729</v>
       </c>
       <c r="J242" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K242" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L242" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M242" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" s="1">
-        <v>50943290200195</v>
+        <v>50231871000048</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>554</v>
+        <v>577</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2" t="s">
-        <v>566</v>
+        <v>579</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>556</v>
+        <v>229</v>
       </c>
       <c r="G243" s="2"/>
       <c r="H243" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I243" s="3">
-        <v>11757341275</v>
+        <v>53290824729</v>
       </c>
       <c r="J243" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K243" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L243" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M243" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" s="1">
-        <v>50943290200286</v>
+        <v>50334870800010</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>554</v>
-[...1 lines deleted...]
-      <c r="D244" s="2"/>
+        <v>580</v>
+      </c>
+      <c r="D244" s="2" t="s">
+        <v>580</v>
+      </c>
       <c r="E244" s="2" t="s">
-        <v>567</v>
+        <v>581</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>568</v>
+        <v>582</v>
       </c>
       <c r="G244" s="2"/>
       <c r="H244" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I244" s="3">
-        <v>11757341275</v>
+        <v>25500093650</v>
       </c>
       <c r="J244" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K244" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L244" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M244" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" s="1">
-        <v>50943290200294</v>
+        <v>50345083500015</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>554</v>
+        <v>583</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2" t="s">
-        <v>569</v>
+        <v>584</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>570</v>
+        <v>585</v>
       </c>
       <c r="G245" s="2"/>
       <c r="H245" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I245" s="3">
-        <v>11757341275</v>
+        <v>43250226425</v>
       </c>
       <c r="J245" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K245" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L245" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M245" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" s="1">
-        <v>50943290200302</v>
+        <v>50407425300023</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>554</v>
+        <v>586</v>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2" t="s">
-        <v>571</v>
+        <v>587</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>572</v>
+        <v>588</v>
       </c>
       <c r="G246" s="2"/>
       <c r="H246" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I246" s="3">
-        <v>11757341275</v>
+        <v>91660137966</v>
       </c>
       <c r="J246" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K246" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L246" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M246" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" s="1">
-        <v>50943290200310</v>
+        <v>50814916800017</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>554</v>
+        <v>589</v>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2" t="s">
-        <v>573</v>
+        <v>590</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>525</v>
+        <v>591</v>
       </c>
       <c r="G247" s="2"/>
       <c r="H247" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I247" s="3">
-        <v>11757341275</v>
+        <v>41540270754</v>
       </c>
       <c r="J247" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K247" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L247" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M247" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" s="1">
-        <v>50943290200344</v>
+        <v>50943290200054</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>554</v>
+        <v>592</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="s">
-        <v>574</v>
+        <v>593</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>93</v>
+        <v>594</v>
       </c>
       <c r="G248" s="2"/>
       <c r="H248" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I248" s="3">
         <v>11757341275</v>
       </c>
       <c r="J248" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K248" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L248" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M248" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" s="1">
-        <v>50943290200351</v>
+        <v>50943290200062</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>554</v>
-[...1 lines deleted...]
-      <c r="D249" s="2"/>
+        <v>592</v>
+      </c>
+      <c r="D249" s="2" t="s">
+        <v>595</v>
+      </c>
       <c r="E249" s="2" t="s">
-        <v>575</v>
+        <v>596</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>576</v>
+        <v>594</v>
       </c>
       <c r="G249" s="2"/>
       <c r="H249" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I249" s="3">
         <v>11757341275</v>
       </c>
       <c r="J249" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K249" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L249" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M249" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" s="1">
-        <v>50943290200393</v>
+        <v>50943290200070</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>554</v>
+        <v>592</v>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2" t="s">
-        <v>577</v>
+        <v>597</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>578</v>
+        <v>594</v>
       </c>
       <c r="G250" s="2"/>
       <c r="H250" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I250" s="3">
         <v>11757341275</v>
       </c>
       <c r="J250" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K250" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L250" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M250" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" s="1">
-        <v>50943290200450</v>
+        <v>50943290200104</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>554</v>
-[...3 lines deleted...]
-      </c>
+        <v>592</v>
+      </c>
+      <c r="D251" s="2"/>
       <c r="E251" s="2" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>580</v>
+        <v>594</v>
       </c>
       <c r="G251" s="2"/>
       <c r="H251" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I251" s="3">
         <v>11757341275</v>
       </c>
       <c r="J251" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K251" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L251" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M251" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" s="1">
-        <v>50943290200468</v>
+        <v>50943290200112</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>554</v>
-[...3 lines deleted...]
-      </c>
+        <v>592</v>
+      </c>
+      <c r="D252" s="2"/>
       <c r="E252" s="2" t="s">
-        <v>581</v>
+        <v>599</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>580</v>
+        <v>594</v>
       </c>
       <c r="G252" s="2"/>
       <c r="H252" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I252" s="3">
         <v>11757341275</v>
       </c>
       <c r="J252" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K252" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L252" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M252" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" s="1">
-        <v>50943290200476</v>
+        <v>50943290200120</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>554</v>
-[...3 lines deleted...]
-      </c>
+        <v>592</v>
+      </c>
+      <c r="D253" s="2"/>
       <c r="E253" s="2" t="s">
-        <v>582</v>
+        <v>600</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>580</v>
+        <v>594</v>
       </c>
       <c r="G253" s="2"/>
       <c r="H253" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I253" s="3">
         <v>11757341275</v>
       </c>
       <c r="J253" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K253" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L253" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M253" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" s="1">
-        <v>50943290200500</v>
+        <v>50943290200146</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>554</v>
+        <v>592</v>
       </c>
       <c r="D254" s="2" t="s">
-        <v>557</v>
+        <v>601</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>583</v>
+        <v>602</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>580</v>
+        <v>594</v>
       </c>
       <c r="G254" s="2"/>
       <c r="H254" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I254" s="3">
         <v>11757341275</v>
       </c>
       <c r="J254" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K254" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L254" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M254" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" s="1">
-        <v>50943290200518</v>
+        <v>50943290200161</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>554</v>
-[...3 lines deleted...]
-      </c>
+        <v>592</v>
+      </c>
+      <c r="D255" s="2"/>
       <c r="E255" s="2" t="s">
-        <v>584</v>
+        <v>603</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>580</v>
+        <v>594</v>
       </c>
       <c r="G255" s="2"/>
       <c r="H255" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I255" s="3">
         <v>11757341275</v>
       </c>
       <c r="J255" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K255" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L255" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M255" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" s="1">
-        <v>50943290200526</v>
+        <v>50943290200195</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>554</v>
-[...3 lines deleted...]
-      </c>
+        <v>592</v>
+      </c>
+      <c r="D256" s="2"/>
       <c r="E256" s="2" t="s">
-        <v>585</v>
+        <v>604</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>580</v>
+        <v>594</v>
       </c>
       <c r="G256" s="2"/>
       <c r="H256" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I256" s="3">
         <v>11757341275</v>
       </c>
       <c r="J256" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K256" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L256" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M256" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" s="1">
-        <v>50943290200534</v>
+        <v>50943290200286</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>554</v>
-[...3 lines deleted...]
-      </c>
+        <v>592</v>
+      </c>
+      <c r="D257" s="2"/>
       <c r="E257" s="2" t="s">
-        <v>586</v>
+        <v>605</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>580</v>
+        <v>606</v>
       </c>
       <c r="G257" s="2"/>
       <c r="H257" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I257" s="3">
         <v>11757341275</v>
       </c>
       <c r="J257" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K257" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L257" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M257" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" s="1">
-        <v>50943290200542</v>
+        <v>50943290200294</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>554</v>
-[...3 lines deleted...]
-      </c>
+        <v>592</v>
+      </c>
+      <c r="D258" s="2"/>
       <c r="E258" s="2" t="s">
-        <v>587</v>
+        <v>607</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="G258" s="2"/>
       <c r="H258" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I258" s="3">
         <v>11757341275</v>
       </c>
       <c r="J258" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K258" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L258" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M258" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" s="1">
-        <v>50943290200559</v>
+        <v>50943290200302</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>554</v>
-[...3 lines deleted...]
-      </c>
+        <v>592</v>
+      </c>
+      <c r="D259" s="2"/>
       <c r="E259" s="2" t="s">
-        <v>588</v>
+        <v>609</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>580</v>
+        <v>610</v>
       </c>
       <c r="G259" s="2"/>
       <c r="H259" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I259" s="3">
         <v>11757341275</v>
       </c>
       <c r="J259" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K259" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L259" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M259" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" s="1">
-        <v>50943290200583</v>
+        <v>50943290200310</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>554</v>
+        <v>592</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2" t="s">
-        <v>589</v>
+        <v>611</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>580</v>
+        <v>330</v>
       </c>
       <c r="G260" s="2"/>
       <c r="H260" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I260" s="3">
         <v>11757341275</v>
       </c>
       <c r="J260" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K260" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L260" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M260" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" s="1">
-        <v>50943290200609</v>
+        <v>50943290200344</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>554</v>
+        <v>592</v>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2" t="s">
-        <v>590</v>
+        <v>612</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>591</v>
+        <v>47</v>
       </c>
       <c r="G261" s="2"/>
       <c r="H261" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I261" s="3">
         <v>11757341275</v>
       </c>
       <c r="J261" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K261" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L261" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M261" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" s="1">
-        <v>50973480200028</v>
+        <v>50943290200351</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C262" s="2" t="s">
         <v>592</v>
       </c>
-      <c r="D262" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D262" s="2"/>
       <c r="E262" s="2" t="s">
-        <v>594</v>
+        <v>613</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>595</v>
+        <v>614</v>
       </c>
       <c r="G262" s="2"/>
       <c r="H262" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I262" s="3">
-        <v>27210370021</v>
+        <v>11757341275</v>
       </c>
       <c r="J262" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K262" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L262" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M262" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" s="1">
-        <v>51937217100016</v>
+        <v>50943290200393</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>596</v>
-[...3 lines deleted...]
-      </c>
+        <v>592</v>
+      </c>
+      <c r="D263" s="2"/>
       <c r="E263" s="2" t="s">
-        <v>598</v>
+        <v>615</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>331</v>
+        <v>616</v>
       </c>
       <c r="G263" s="2"/>
       <c r="H263" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I263" s="3">
-        <v>84430347243</v>
+        <v>11757341275</v>
       </c>
       <c r="J263" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K263" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L263" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M263" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" s="1">
-        <v>52298653800059</v>
+        <v>50943290200450</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>599</v>
+        <v>592</v>
       </c>
       <c r="D264" s="2" t="s">
-        <v>599</v>
+        <v>595</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>600</v>
+        <v>617</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>404</v>
+        <v>618</v>
       </c>
       <c r="G264" s="2"/>
       <c r="H264" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I264" s="3">
-        <v>82691335669</v>
+        <v>11757341275</v>
       </c>
       <c r="J264" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K264" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L264" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M264" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" s="1">
-        <v>52468744900016</v>
+        <v>50943290200468</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>601</v>
-[...1 lines deleted...]
-      <c r="D265" s="2"/>
+        <v>592</v>
+      </c>
+      <c r="D265" s="2" t="s">
+        <v>595</v>
+      </c>
       <c r="E265" s="2" t="s">
-        <v>602</v>
+        <v>619</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>603</v>
+        <v>618</v>
       </c>
       <c r="G265" s="2"/>
       <c r="H265" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I265" s="3">
-        <v>53290843829</v>
+        <v>11757341275</v>
       </c>
       <c r="J265" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K265" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L265" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M265" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" s="1">
-        <v>53072890600013</v>
+        <v>50943290200476</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>604</v>
-[...1 lines deleted...]
-      <c r="D266" s="2"/>
+        <v>592</v>
+      </c>
+      <c r="D266" s="2" t="s">
+        <v>595</v>
+      </c>
       <c r="E266" s="2" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>606</v>
+        <v>618</v>
       </c>
       <c r="G266" s="2"/>
       <c r="H266" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I266" s="3">
-        <v>25140244814</v>
+        <v>11757341275</v>
       </c>
       <c r="J266" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K266" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L266" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M266" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" s="1">
-        <v>53072890600039</v>
+        <v>50943290200500</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>604</v>
+        <v>592</v>
       </c>
       <c r="D267" s="2" t="s">
-        <v>604</v>
+        <v>595</v>
       </c>
       <c r="E267" s="2" t="s">
-        <v>607</v>
+        <v>621</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>608</v>
+        <v>618</v>
       </c>
       <c r="G267" s="2"/>
       <c r="H267" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I267" s="3">
-        <v>25140244814</v>
+        <v>11757341275</v>
       </c>
       <c r="J267" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K267" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L267" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M267" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" s="1">
-        <v>53072890600047</v>
+        <v>50943290200518</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>604</v>
-[...1 lines deleted...]
-      <c r="D268" s="2"/>
+        <v>592</v>
+      </c>
+      <c r="D268" s="2" t="s">
+        <v>595</v>
+      </c>
       <c r="E268" s="2" t="s">
-        <v>609</v>
+        <v>622</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>610</v>
+        <v>618</v>
       </c>
       <c r="G268" s="2"/>
       <c r="H268" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I268" s="3">
-        <v>25140244814</v>
+        <v>11757341275</v>
       </c>
       <c r="J268" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K268" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L268" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M268" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" s="1">
-        <v>53072890600054</v>
+        <v>50943290200526</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>604</v>
+        <v>592</v>
       </c>
       <c r="D269" s="2" t="s">
-        <v>611</v>
+        <v>595</v>
       </c>
       <c r="E269" s="2" t="s">
-        <v>612</v>
+        <v>623</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="G269" s="2"/>
       <c r="H269" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I269" s="3">
-        <v>25140244814</v>
+        <v>11757341275</v>
       </c>
       <c r="J269" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K269" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L269" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M269" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" s="1">
-        <v>53072890600104</v>
+        <v>50943290200534</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>604</v>
+        <v>592</v>
       </c>
       <c r="D270" s="2" t="s">
-        <v>611</v>
+        <v>595</v>
       </c>
       <c r="E270" s="2" t="s">
-        <v>614</v>
+        <v>624</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="G270" s="2"/>
       <c r="H270" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I270" s="3">
-        <v>25140244814</v>
+        <v>11757341275</v>
       </c>
       <c r="J270" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K270" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L270" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M270" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" s="1">
-        <v>53794833300019</v>
+        <v>50943290200542</v>
       </c>
       <c r="B271" s="2" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="C271" s="2" t="s">
-        <v>616</v>
-[...1 lines deleted...]
-      <c r="D271" s="2"/>
+        <v>592</v>
+      </c>
+      <c r="D271" s="2" t="s">
+        <v>595</v>
+      </c>
       <c r="E271" s="2" t="s">
-        <v>617</v>
+        <v>625</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="G271" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G271" s="2"/>
       <c r="H271" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I271" s="3">
-        <v>43700051470</v>
+        <v>11757341275</v>
       </c>
       <c r="J271" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K271" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L271" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M271" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" s="1">
-        <v>75401639200013</v>
+        <v>50943290200559</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>619</v>
-[...1 lines deleted...]
-      <c r="D272" s="2"/>
+        <v>592</v>
+      </c>
+      <c r="D272" s="2" t="s">
+        <v>595</v>
+      </c>
       <c r="E272" s="2" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="G272" s="2"/>
       <c r="H272" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I272" s="3">
-        <v>26710220271</v>
+        <v>11757341275</v>
       </c>
       <c r="J272" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K272" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L272" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M272" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" s="1">
-        <v>77568013500396</v>
+        <v>50943290200583</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>622</v>
+        <v>592</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>624</v>
+        <v>618</v>
       </c>
       <c r="G273" s="2"/>
       <c r="H273" s="2" t="s">
-        <v>35</v>
+        <v>246</v>
       </c>
       <c r="I273" s="3">
-        <v>11753207275</v>
+        <v>11757341275</v>
       </c>
       <c r="J273" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K273" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L273" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M273" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" s="1">
-        <v>77568013500446</v>
+        <v>50943290200609</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>622</v>
-[...3 lines deleted...]
-      </c>
+        <v>592</v>
+      </c>
+      <c r="D274" s="2"/>
       <c r="E274" s="2" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="G274" s="2"/>
       <c r="H274" s="2" t="s">
-        <v>35</v>
+        <v>246</v>
       </c>
       <c r="I274" s="3">
-        <v>11753207275</v>
+        <v>11757341275</v>
       </c>
       <c r="J274" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K274" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L274" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M274" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" s="1">
-        <v>40332253000011</v>
+        <v>50973480200028</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>628</v>
-[...1 lines deleted...]
-      <c r="D275" s="2"/>
+        <v>630</v>
+      </c>
+      <c r="D275" s="2" t="s">
+        <v>631</v>
+      </c>
       <c r="E275" s="2" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="G275" s="2"/>
       <c r="H275" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I275" s="3">
-        <v>24280081328</v>
+        <v>27210370021</v>
       </c>
       <c r="J275" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K275" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L275" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M275" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" s="1">
-        <v>40486684000071</v>
+        <v>51937217100016</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="D276" s="2" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="E276" s="2" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>634</v>
+        <v>128</v>
       </c>
       <c r="G276" s="2"/>
       <c r="H276" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I276" s="3">
-        <v>41540249654</v>
+        <v>84430347243</v>
       </c>
       <c r="J276" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K276" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L276" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M276" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" s="1">
-        <v>40486684000089</v>
+        <v>52298653800059</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="D277" s="2" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="E277" s="2" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>637</v>
+        <v>204</v>
       </c>
       <c r="G277" s="2"/>
       <c r="H277" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I277" s="3">
-        <v>41540249654</v>
+        <v>82691335669</v>
       </c>
       <c r="J277" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K277" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L277" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M277" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" s="1">
-        <v>40849598400028</v>
+        <v>52468744900016</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="G278" s="2"/>
       <c r="H278" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I278" s="3">
-        <v>91300018930</v>
+        <v>53290843829</v>
       </c>
       <c r="J278" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K278" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L278" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M278" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" s="1">
-        <v>41005566900031</v>
+        <v>53072890600013</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="G279" s="2"/>
       <c r="H279" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I279" s="3">
-        <v>11940449594</v>
+        <v>25140244814</v>
       </c>
       <c r="J279" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K279" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L279" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M279" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" s="1">
-        <v>41050563000013</v>
+        <v>53072890600039</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>644</v>
-[...1 lines deleted...]
-      <c r="D280" s="2"/>
+        <v>642</v>
+      </c>
+      <c r="D280" s="2" t="s">
+        <v>642</v>
+      </c>
       <c r="E280" s="2" t="s">
         <v>645</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>284</v>
+        <v>646</v>
       </c>
       <c r="G280" s="2"/>
       <c r="H280" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I280" s="3">
-        <v>98970205097</v>
+        <v>25140244814</v>
       </c>
       <c r="J280" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K280" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L280" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M280" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" s="1">
-        <v>41104468800033</v>
+        <v>53072890600047</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2" t="s">
         <v>647</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>648</v>
       </c>
       <c r="G281" s="2"/>
       <c r="H281" s="2" t="s">
-        <v>35</v>
+        <v>246</v>
       </c>
       <c r="I281" s="3">
-        <v>41880074388</v>
+        <v>25140244814</v>
       </c>
       <c r="J281" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K281" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L281" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M281" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" s="1">
-        <v>41173463500039</v>
+        <v>53072890600054</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C282" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="D282" s="2" t="s">
         <v>649</v>
       </c>
-      <c r="D282" s="2"/>
       <c r="E282" s="2" t="s">
         <v>650</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>651</v>
       </c>
       <c r="G282" s="2"/>
       <c r="H282" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I282" s="3">
-        <v>83150298315</v>
+        <v>25140244814</v>
       </c>
       <c r="J282" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K282" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L282" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M282" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" s="1">
-        <v>41173463500088</v>
+        <v>53072890600104</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C283" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="D283" s="2" t="s">
         <v>649</v>
       </c>
-      <c r="D283" s="2"/>
       <c r="E283" s="2" t="s">
         <v>652</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>390</v>
+        <v>653</v>
       </c>
       <c r="G283" s="2"/>
       <c r="H283" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I283" s="3">
-        <v>83150298315</v>
+        <v>25140244814</v>
       </c>
       <c r="J283" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K283" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L283" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M283" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" s="1">
-        <v>41173463500138</v>
+        <v>75401639200013</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="G284" s="2"/>
       <c r="H284" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I284" s="3">
-        <v>83150298315</v>
+        <v>26710220271</v>
       </c>
       <c r="J284" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K284" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L284" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M284" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" s="1">
-        <v>41369266600014</v>
+        <v>77568013500396</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="G285" s="2"/>
       <c r="H285" s="2" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="I285" s="3">
-        <v>53350571335</v>
+        <v>11753207275</v>
       </c>
       <c r="J285" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K285" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L285" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M285" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" s="1">
-        <v>41369266600022</v>
+        <v>77568013500446</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="D286" s="2" t="s">
-        <v>446</v>
+        <v>660</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>130</v>
+        <v>662</v>
       </c>
       <c r="G286" s="2"/>
       <c r="H286" s="2" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="I286" s="3">
-        <v>53350571335</v>
+        <v>11753207275</v>
       </c>
       <c r="J286" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K286" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L286" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M286" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" s="1">
-        <v>42249090400022</v>
+        <v>78990155000028</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>659</v>
-[...3 lines deleted...]
-      </c>
+        <v>663</v>
+      </c>
+      <c r="D287" s="2"/>
       <c r="E287" s="2" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="G287" s="2"/>
       <c r="H287" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I287" s="3">
-        <v>82260095626</v>
+        <v>42670490867</v>
       </c>
       <c r="J287" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K287" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L287" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M287" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" s="1">
-        <v>82935906600026</v>
+        <v>79240186100028</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>665</v>
+        <v>406</v>
       </c>
       <c r="G288" s="2"/>
       <c r="H288" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I288" s="3">
-        <v>28270204327</v>
+        <v>95970191397</v>
       </c>
       <c r="J288" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K288" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L288" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M288" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" s="1">
-        <v>42931837100011</v>
+        <v>79327644500020</v>
       </c>
       <c r="B289" s="2" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>668</v>
-[...3 lines deleted...]
-      </c>
+        <v>670</v>
+      </c>
+      <c r="G289" s="2"/>
       <c r="H289" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>11780036578</v>
+        <v>246</v>
+      </c>
+      <c r="I289" s="3" t="s">
+        <v>671</v>
       </c>
       <c r="J289" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K289" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L289" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M289" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" s="1">
-        <v>34063957400011</v>
+        <v>79506360100012</v>
       </c>
       <c r="B290" s="2" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="D290" s="2"/>
       <c r="E290" s="2" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>671</v>
-[...3 lines deleted...]
-      </c>
+        <v>674</v>
+      </c>
+      <c r="G290" s="2"/>
       <c r="H290" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I290" s="3">
-        <v>41880003088</v>
+        <v>72330926733</v>
       </c>
       <c r="J290" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K290" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L290" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M290" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" s="1">
-        <v>40151763600031</v>
+        <v>79904809500027</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="D291" s="2" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="E291" s="2" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>675</v>
+        <v>161</v>
       </c>
       <c r="G291" s="2"/>
       <c r="H291" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I291" s="3">
-        <v>24280171128</v>
+        <v>75640444964</v>
       </c>
       <c r="J291" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K291" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L291" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M291" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" s="1">
-        <v>40184592000016</v>
+        <v>79929134900014</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2" t="s">
-        <v>421</v>
+        <v>458</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="G292" s="2"/>
       <c r="H292" s="2" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="I292" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I292" s="3">
+        <v>72330946233</v>
+      </c>
       <c r="J292" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K292" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L292" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M292" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" s="1">
-        <v>80066618200012</v>
+        <v>79929134900030</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C293" s="2" t="s">
         <v>678</v>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="G293" s="2"/>
       <c r="H293" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I293" s="3">
-        <v>42670534167</v>
+        <v>72330946233</v>
       </c>
       <c r="J293" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K293" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L293" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M293" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" s="1">
-        <v>80101720300028</v>
+        <v>80066618200012</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D294" s="2"/>
       <c r="E294" s="2" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I294" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I294" s="3">
+        <v>42670534167</v>
+      </c>
       <c r="J294" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K294" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L294" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M294" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" s="1">
-        <v>80252833100027</v>
+        <v>80101720300028</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="G295" s="2"/>
       <c r="H295" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="I295" s="3"/>
       <c r="J295" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K295" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L295" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M295" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" s="1">
-        <v>80284086800045</v>
+        <v>80252833100027</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="G296" s="2"/>
       <c r="H296" s="2" t="s">
-        <v>25</v>
+        <v>83</v>
       </c>
       <c r="I296" s="3">
-        <v>53560894356</v>
+        <v>26710236371</v>
       </c>
       <c r="J296" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K296" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L296" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M296" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297" s="1">
-        <v>80320210000035</v>
+        <v>80284086800045</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>690</v>
-[...1 lines deleted...]
-      <c r="D297" s="2" t="s">
         <v>691</v>
       </c>
+      <c r="D297" s="2"/>
       <c r="E297" s="2" t="s">
         <v>692</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>527</v>
+        <v>693</v>
       </c>
       <c r="G297" s="2"/>
       <c r="H297" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I297" s="3">
-        <v>53560897856</v>
+        <v>53560894356</v>
       </c>
       <c r="J297" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K297" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L297" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M297" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298" s="1">
-        <v>80860917600025</v>
+        <v>80320210000035</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>693</v>
-[...1 lines deleted...]
-      <c r="D298" s="2"/>
+        <v>694</v>
+      </c>
+      <c r="D298" s="2" t="s">
+        <v>695</v>
+      </c>
       <c r="E298" s="2" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>695</v>
+        <v>332</v>
       </c>
       <c r="G298" s="2"/>
       <c r="H298" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I298" s="3">
-        <v>76310902831</v>
+        <v>53560897856</v>
       </c>
       <c r="J298" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K298" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L298" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M298" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299" s="1">
-        <v>80863414100028</v>
+        <v>80860917600025</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>358</v>
+        <v>699</v>
       </c>
       <c r="G299" s="2"/>
       <c r="H299" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I299" s="3">
-        <v>11755334375</v>
+        <v>76310902831</v>
       </c>
       <c r="J299" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K299" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L299" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M299" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300" s="1">
-        <v>80863414100044</v>
+        <v>80863414100028</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D300" s="2"/>
       <c r="E300" s="2" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>358</v>
+        <v>155</v>
       </c>
       <c r="G300" s="2"/>
       <c r="H300" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I300" s="3">
         <v>11755334375</v>
       </c>
       <c r="J300" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K300" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L300" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M300" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301" s="1">
-        <v>80863414100051</v>
+        <v>80863414100044</v>
       </c>
       <c r="B301" s="2" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>358</v>
-[...3 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="G301" s="2"/>
       <c r="H301" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I301" s="3">
         <v>11755334375</v>
       </c>
       <c r="J301" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K301" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L301" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M301" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302" s="1">
-        <v>80863414100069</v>
+        <v>80863414100051</v>
       </c>
       <c r="B302" s="2" t="s">
-        <v>13</v>
+        <v>300</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>358</v>
-[...1 lines deleted...]
-      <c r="G302" s="2"/>
+        <v>155</v>
+      </c>
+      <c r="G302" s="2" t="s">
+        <v>704</v>
+      </c>
       <c r="H302" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I302" s="3"/>
       <c r="J302" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K302" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L302" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M302" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303" s="1">
-        <v>80863414100085</v>
+        <v>80863414100069</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>358</v>
+        <v>155</v>
       </c>
       <c r="G303" s="2"/>
       <c r="H303" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I303" s="3">
         <v>11755334375</v>
       </c>
       <c r="J303" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K303" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L303" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M303" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304" s="1">
-        <v>80863414100093</v>
+        <v>80863414100085</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>358</v>
+        <v>155</v>
       </c>
       <c r="G304" s="2"/>
       <c r="H304" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I304" s="3">
         <v>11755334375</v>
       </c>
       <c r="J304" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K304" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L304" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M304" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305" s="1">
-        <v>80863414100101</v>
+        <v>80863414100093</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D305" s="2"/>
       <c r="E305" s="2" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>358</v>
+        <v>155</v>
       </c>
       <c r="G305" s="2"/>
       <c r="H305" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I305" s="3">
         <v>11755334375</v>
       </c>
       <c r="J305" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K305" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L305" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M305" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306" s="1">
-        <v>80863414100127</v>
+        <v>80863414100101</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>358</v>
+        <v>155</v>
       </c>
       <c r="G306" s="2"/>
       <c r="H306" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I306" s="3">
         <v>11755334375</v>
       </c>
       <c r="J306" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K306" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L306" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M306" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307" s="1">
-        <v>80863414100135</v>
+        <v>80863414100127</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>358</v>
+        <v>155</v>
       </c>
       <c r="G307" s="2"/>
       <c r="H307" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I307" s="3">
         <v>11755334375</v>
       </c>
       <c r="J307" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K307" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L307" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M307" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308" s="1">
-        <v>80863414100143</v>
+        <v>80863414100135</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>358</v>
+        <v>155</v>
       </c>
       <c r="G308" s="2"/>
       <c r="H308" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I308" s="3">
         <v>11755334375</v>
       </c>
       <c r="J308" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K308" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L308" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M308" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309" s="1">
-        <v>80863414100168</v>
+        <v>80863414100143</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>358</v>
+        <v>155</v>
       </c>
       <c r="G309" s="2"/>
       <c r="H309" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I309" s="3">
         <v>11755334375</v>
       </c>
       <c r="J309" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K309" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L309" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M309" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310" s="1">
-        <v>80863414100176</v>
+        <v>80863414100168</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2" t="s">
-        <v>623</v>
+        <v>712</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>358</v>
+        <v>155</v>
       </c>
       <c r="G310" s="2"/>
       <c r="H310" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I310" s="3">
         <v>11755334375</v>
       </c>
       <c r="J310" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K310" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L310" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M310" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311" s="1">
-        <v>80863414100184</v>
+        <v>80863414100176</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2" t="s">
-        <v>709</v>
+        <v>658</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>358</v>
+        <v>155</v>
       </c>
       <c r="G311" s="2"/>
       <c r="H311" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I311" s="3">
         <v>11755334375</v>
       </c>
       <c r="J311" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K311" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L311" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M311" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" s="1">
-        <v>80863414100192</v>
+        <v>80863414100184</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D312" s="2"/>
       <c r="E312" s="2" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>358</v>
+        <v>155</v>
       </c>
       <c r="G312" s="2"/>
       <c r="H312" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I312" s="3">
         <v>11755334375</v>
       </c>
       <c r="J312" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K312" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L312" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M312" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" s="1">
-        <v>80863414100200</v>
+        <v>80863414100192</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>358</v>
+        <v>155</v>
       </c>
       <c r="G313" s="2"/>
       <c r="H313" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I313" s="3">
         <v>11755334375</v>
       </c>
       <c r="J313" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K313" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L313" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M313" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" s="1">
-        <v>80863414100218</v>
+        <v>80863414100200</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>358</v>
+        <v>155</v>
       </c>
       <c r="G314" s="2"/>
       <c r="H314" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I314" s="3">
         <v>11755334375</v>
       </c>
       <c r="J314" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K314" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L314" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M314" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" s="1">
-        <v>80863414100242</v>
+        <v>80863414100218</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>358</v>
+        <v>155</v>
       </c>
       <c r="G315" s="2"/>
       <c r="H315" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I315" s="3">
         <v>11755334375</v>
       </c>
       <c r="J315" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K315" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L315" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M315" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" s="1">
-        <v>80863414100291</v>
+        <v>80863414100242</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>358</v>
+        <v>155</v>
       </c>
       <c r="G316" s="2"/>
       <c r="H316" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I316" s="3">
         <v>11755334375</v>
       </c>
       <c r="J316" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K316" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L316" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M316" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" s="1">
-        <v>80863414100325</v>
+        <v>80863414100291</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D317" s="2"/>
       <c r="E317" s="2" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="G317" s="2"/>
       <c r="H317" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I317" s="3">
         <v>11755334375</v>
       </c>
       <c r="J317" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K317" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L317" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M317" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" s="1">
-        <v>80863414100333</v>
+        <v>80863414100325</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>717</v>
+        <v>402</v>
       </c>
       <c r="G318" s="2"/>
       <c r="H318" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I318" s="3">
         <v>11755334375</v>
       </c>
       <c r="J318" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K318" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L318" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M318" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" s="1">
-        <v>80863414100341</v>
+        <v>80863414100333</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>696</v>
-[...3 lines deleted...]
-      </c>
+        <v>700</v>
+      </c>
+      <c r="D319" s="2"/>
       <c r="E319" s="2" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>372</v>
+        <v>721</v>
       </c>
       <c r="G319" s="2"/>
       <c r="H319" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I319" s="3">
         <v>11755334375</v>
       </c>
       <c r="J319" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K319" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L319" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M319" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" s="1">
-        <v>80863414100358</v>
+        <v>80863414100341</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D320" s="2" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="E320" s="2" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>372</v>
+        <v>171</v>
       </c>
       <c r="G320" s="2"/>
       <c r="H320" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I320" s="3">
         <v>11755334375</v>
       </c>
       <c r="J320" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K320" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L320" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M320" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" s="1">
-        <v>80863414100374</v>
+        <v>80863414100358</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D321" s="2" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="E321" s="2" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>390</v>
+        <v>171</v>
       </c>
       <c r="G321" s="2"/>
       <c r="H321" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I321" s="3">
         <v>11755334375</v>
       </c>
       <c r="J321" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K321" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L321" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M321" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" s="1">
-        <v>80863414100382</v>
+        <v>80863414100374</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D322" s="2" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="E322" s="2" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>390</v>
+        <v>189</v>
       </c>
       <c r="G322" s="2"/>
       <c r="H322" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I322" s="3">
         <v>11755334375</v>
       </c>
       <c r="J322" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K322" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L322" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M322" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" s="1">
-        <v>80863414100390</v>
+        <v>80863414100382</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D323" s="2" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="E323" s="2" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>394</v>
+        <v>189</v>
       </c>
       <c r="G323" s="2"/>
       <c r="H323" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I323" s="3">
         <v>11755334375</v>
       </c>
       <c r="J323" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K323" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L323" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M323" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" s="1">
-        <v>80863414100416</v>
+        <v>80863414100390</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D324" s="2" t="s">
-        <v>625</v>
+        <v>724</v>
       </c>
       <c r="E324" s="2" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>424</v>
+        <v>193</v>
       </c>
       <c r="G324" s="2"/>
       <c r="H324" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I324" s="3">
         <v>11755334375</v>
       </c>
       <c r="J324" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K324" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L324" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M324" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" s="1">
-        <v>80863414100440</v>
+        <v>80863414100416</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>696</v>
-[...1 lines deleted...]
-      <c r="D325" s="2"/>
+        <v>700</v>
+      </c>
+      <c r="D325" s="2" t="s">
+        <v>660</v>
+      </c>
       <c r="E325" s="2" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>436</v>
+        <v>224</v>
       </c>
       <c r="G325" s="2"/>
       <c r="H325" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I325" s="3">
         <v>11755334375</v>
       </c>
       <c r="J325" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K325" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L325" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M325" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" s="1">
-        <v>80863414100457</v>
+        <v>80863414100440</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>696</v>
-[...3 lines deleted...]
-      </c>
+        <v>700</v>
+      </c>
+      <c r="D326" s="2"/>
       <c r="E326" s="2" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>728</v>
+        <v>236</v>
       </c>
       <c r="G326" s="2"/>
       <c r="H326" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I326" s="3">
         <v>11755334375</v>
       </c>
       <c r="J326" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K326" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L326" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M326" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327" s="1">
-        <v>81071202600014</v>
+        <v>80863414100457</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>729</v>
-[...1 lines deleted...]
-      <c r="D327" s="2"/>
+        <v>700</v>
+      </c>
+      <c r="D327" s="2" t="s">
+        <v>660</v>
+      </c>
       <c r="E327" s="2" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="G327" s="2"/>
       <c r="H327" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I327" s="3">
-        <v>72640383764</v>
+        <v>11755334375</v>
       </c>
       <c r="J327" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K327" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L327" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M327" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328" s="1">
-        <v>81129079000013</v>
+        <v>81071202600014</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="G328" s="2"/>
       <c r="H328" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I328" s="3">
-        <v>11930784093</v>
+        <v>72640383764</v>
       </c>
       <c r="J328" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K328" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L328" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M328" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329" s="1">
-        <v>81129252300107</v>
+        <v>81129079000013</v>
       </c>
       <c r="B329" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C329" s="2" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="G329" s="2"/>
       <c r="H329" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I329" s="3">
-        <v>11931026693</v>
+        <v>11930784093</v>
       </c>
       <c r="J329" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K329" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L329" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M329" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="330" spans="1:13">
       <c r="A330" s="1">
-        <v>81194469300027</v>
+        <v>81129252300107</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C330" s="2" t="s">
-        <v>738</v>
-[...1 lines deleted...]
-      <c r="D330" s="2" t="s">
         <v>739</v>
       </c>
+      <c r="D330" s="2"/>
       <c r="E330" s="2" t="s">
         <v>740</v>
       </c>
       <c r="F330" s="2" t="s">
         <v>741</v>
       </c>
       <c r="G330" s="2"/>
       <c r="H330" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I330" s="3">
-        <v>11910773991</v>
+        <v>11931026693</v>
       </c>
       <c r="J330" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K330" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L330" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M330" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="331" spans="1:13">
       <c r="A331" s="1">
-        <v>81194469300035</v>
+        <v>81194469300027</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="D331" s="2" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="E331" s="2" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="G331" s="2"/>
       <c r="H331" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I331" s="3">
         <v>11910773991</v>
       </c>
       <c r="J331" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K331" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L331" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M331" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="332" spans="1:13">
       <c r="A332" s="1">
-        <v>81194469300050</v>
+        <v>81194469300035</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>738</v>
-[...1 lines deleted...]
-      <c r="D332" s="2"/>
+        <v>742</v>
+      </c>
+      <c r="D332" s="2" t="s">
+        <v>746</v>
+      </c>
       <c r="E332" s="2" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="G332" s="2"/>
       <c r="H332" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I332" s="3">
         <v>11910773991</v>
       </c>
       <c r="J332" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K332" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L332" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M332" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="333" spans="1:13">
       <c r="A333" s="1">
-        <v>81363207200019</v>
+        <v>81194469300050</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>747</v>
+        <v>742</v>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>741</v>
+        <v>750</v>
       </c>
       <c r="G333" s="2"/>
       <c r="H333" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I333" s="3">
-        <v>41880129688</v>
+        <v>11910773991</v>
       </c>
       <c r="J333" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K333" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L333" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M333" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="334" spans="1:13">
       <c r="A334" s="1">
-        <v>82409268800012</v>
+        <v>81363207200019</v>
       </c>
       <c r="B334" s="2" t="s">
-        <v>13</v>
+        <v>300</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D334" s="2"/>
       <c r="E334" s="2" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>751</v>
-[...1 lines deleted...]
-      <c r="G334" s="2"/>
+        <v>745</v>
+      </c>
+      <c r="G334" s="2" t="s">
+        <v>753</v>
+      </c>
       <c r="H334" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I334" s="3"/>
       <c r="J334" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K334" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L334" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M334" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="335" spans="1:13">
       <c r="A335" s="1">
-        <v>82409268800095</v>
+        <v>82409268800012</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="G335" s="2"/>
       <c r="H335" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I335" s="3">
         <v>11930762893</v>
       </c>
       <c r="J335" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K335" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L335" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M335" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="336" spans="1:13">
       <c r="A336" s="1">
-        <v>82409268800137</v>
+        <v>82409268800095</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="G336" s="2"/>
       <c r="H336" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I336" s="3">
         <v>11930762893</v>
       </c>
       <c r="J336" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K336" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L336" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M336" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="337" spans="1:13">
       <c r="A337" s="1">
-        <v>82409268800160</v>
+        <v>82409268800137</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="D337" s="2"/>
       <c r="E337" s="2" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="G337" s="2"/>
       <c r="H337" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I337" s="3">
         <v>11930762893</v>
       </c>
       <c r="J337" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K337" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L337" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M337" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="338" spans="1:13">
       <c r="A338" s="1">
-        <v>82409268800178</v>
+        <v>82409268800160</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="G338" s="2"/>
       <c r="H338" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I338" s="3">
         <v>11930762893</v>
       </c>
       <c r="J338" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K338" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L338" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M338" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="339" spans="1:13">
       <c r="A339" s="1">
-        <v>82409268800210</v>
+        <v>82409268800178</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="G339" s="2"/>
       <c r="H339" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I339" s="3">
         <v>11930762893</v>
       </c>
       <c r="J339" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K339" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L339" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M339" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="340" spans="1:13">
       <c r="A340" s="1">
-        <v>82409268800244</v>
+        <v>82409268800210</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="D340" s="2"/>
       <c r="E340" s="2" t="s">
+        <v>762</v>
+      </c>
+      <c r="F340" s="2" t="s">
         <v>758</v>
-      </c>
-[...1 lines deleted...]
-        <v>753</v>
       </c>
       <c r="G340" s="2"/>
       <c r="H340" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I340" s="3">
         <v>11930762893</v>
       </c>
       <c r="J340" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K340" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L340" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M340" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="341" spans="1:13">
       <c r="A341" s="1">
-        <v>82409268800251</v>
+        <v>82409268800244</v>
       </c>
       <c r="B341" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="D341" s="2"/>
       <c r="E341" s="2" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="G341" s="2"/>
       <c r="H341" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I341" s="3">
         <v>11930762893</v>
       </c>
       <c r="J341" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K341" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L341" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M341" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="342" spans="1:13">
       <c r="A342" s="1">
-        <v>82422814200165</v>
+        <v>82409268800251</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>761</v>
+        <v>754</v>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>753</v>
+        <v>765</v>
       </c>
       <c r="G342" s="2"/>
       <c r="H342" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I342" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J342" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K342" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L342" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M342" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="343" spans="1:13">
       <c r="A343" s="1">
-        <v>82422814200223</v>
+        <v>82422814200165</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="G343" s="2"/>
       <c r="H343" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I343" s="3">
         <v>11930743393</v>
       </c>
       <c r="J343" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K343" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L343" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M343" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="344" spans="1:13">
       <c r="A344" s="1">
-        <v>82422814200249</v>
+        <v>82422814200223</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="G344" s="2"/>
       <c r="H344" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I344" s="3">
         <v>11930743393</v>
       </c>
       <c r="J344" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K344" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L344" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M344" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="345" spans="1:13">
       <c r="A345" s="1">
-        <v>82422814200686</v>
+        <v>82422814200249</v>
       </c>
       <c r="B345" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="G345" s="2"/>
       <c r="H345" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I345" s="3">
         <v>11930743393</v>
       </c>
       <c r="J345" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K345" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L345" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M345" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="346" spans="1:13">
       <c r="A346" s="1">
-        <v>82422814200694</v>
+        <v>82422814200686</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="D346" s="2"/>
       <c r="E346" s="2" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="G346" s="2"/>
       <c r="H346" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I346" s="3">
         <v>11930743393</v>
       </c>
       <c r="J346" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K346" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L346" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M346" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="347" spans="1:13">
       <c r="A347" s="1">
-        <v>82422814200967</v>
+        <v>82422814200694</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="G347" s="2"/>
       <c r="H347" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I347" s="3">
         <v>11930743393</v>
       </c>
       <c r="J347" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K347" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L347" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M347" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="348" spans="1:13">
       <c r="A348" s="1">
-        <v>82422814200991</v>
+        <v>82422814200967</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C348" s="2" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="D348" s="2"/>
       <c r="E348" s="2" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="G348" s="2"/>
       <c r="H348" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I348" s="3">
         <v>11930743393</v>
       </c>
       <c r="J348" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K348" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L348" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M348" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="349" spans="1:13">
       <c r="A349" s="1">
-        <v>82422814201361</v>
+        <v>82422814200991</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C349" s="2" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="D349" s="2"/>
       <c r="E349" s="2" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="G349" s="2"/>
       <c r="H349" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I349" s="3">
         <v>11930743393</v>
       </c>
       <c r="J349" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K349" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L349" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M349" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="350" spans="1:13">
       <c r="A350" s="1">
-        <v>82422814201379</v>
+        <v>82422814201361</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C350" s="2" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="D350" s="2"/>
       <c r="E350" s="2" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="G350" s="2"/>
       <c r="H350" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I350" s="3">
         <v>11930743393</v>
       </c>
       <c r="J350" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K350" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L350" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M350" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="351" spans="1:13">
       <c r="A351" s="1">
-        <v>82422814201510</v>
+        <v>82422814201379</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C351" s="2" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="G351" s="2"/>
       <c r="H351" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I351" s="3">
         <v>11930743393</v>
       </c>
       <c r="J351" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K351" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L351" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M351" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="352" spans="1:13">
       <c r="A352" s="1">
-        <v>82422814201767</v>
+        <v>82422814201510</v>
       </c>
       <c r="B352" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="G352" s="2"/>
       <c r="H352" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I352" s="3">
         <v>11930743393</v>
       </c>
       <c r="J352" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K352" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L352" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M352" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="353" spans="1:13">
       <c r="A353" s="1">
-        <v>82422814201783</v>
+        <v>82422814201767</v>
       </c>
       <c r="B353" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="G353" s="2"/>
       <c r="H353" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I353" s="3">
         <v>11930743393</v>
       </c>
       <c r="J353" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K353" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L353" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M353" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="354" spans="1:13">
       <c r="A354" s="1">
-        <v>82422814201833</v>
+        <v>82422814201783</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="G354" s="2"/>
       <c r="H354" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I354" s="3">
         <v>11930743393</v>
       </c>
       <c r="J354" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K354" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L354" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M354" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="355" spans="1:13">
       <c r="A355" s="1">
-        <v>82430412500019</v>
+        <v>82422814201833</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>775</v>
+        <v>766</v>
       </c>
       <c r="D355" s="2"/>
       <c r="E355" s="2" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>777</v>
+        <v>758</v>
       </c>
       <c r="G355" s="2"/>
       <c r="H355" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I355" s="3">
-        <v>44540353654</v>
+        <v>11930743393</v>
       </c>
       <c r="J355" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K355" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L355" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M355" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="356" spans="1:13">
       <c r="A356" s="1">
-        <v>82462211200012</v>
+        <v>82430412500019</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>782</v>
+      </c>
+      <c r="G356" s="2"/>
       <c r="H356" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I356" s="3">
-        <v>93060800906</v>
+        <v>44540353654</v>
       </c>
       <c r="J356" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K356" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L356" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M356" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="357" spans="1:13">
       <c r="A357" s="1">
-        <v>82523307500027</v>
+        <v>82462211200012</v>
       </c>
       <c r="B357" s="2" t="s">
-        <v>13</v>
+        <v>300</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="D357" s="2"/>
       <c r="E357" s="2" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>783</v>
-[...1 lines deleted...]
-      <c r="G357" s="2"/>
+        <v>22</v>
+      </c>
+      <c r="G357" s="2" t="s">
+        <v>785</v>
+      </c>
       <c r="H357" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I357" s="3"/>
       <c r="J357" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K357" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L357" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M357" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="358" spans="1:13">
       <c r="A358" s="1">
-        <v>82523307500035</v>
+        <v>82523307500027</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="G358" s="2"/>
       <c r="H358" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I358" s="3">
         <v>52850202085</v>
       </c>
       <c r="J358" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K358" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L358" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M358" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="359" spans="1:13">
       <c r="A359" s="1">
-        <v>83017750700076</v>
+        <v>82523307500035</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D359" s="2"/>
       <c r="E359" s="2" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="G359" s="2"/>
       <c r="H359" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I359" s="3">
-        <v>75400131340</v>
+        <v>52850202085</v>
       </c>
       <c r="J359" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K359" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L359" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M359" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="360" spans="1:13">
       <c r="A360" s="1">
-        <v>83040750800027</v>
+        <v>82935906600026</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>404</v>
+        <v>792</v>
       </c>
       <c r="G360" s="2"/>
       <c r="H360" s="2" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="I360" s="3">
-        <v>76660208266</v>
+        <v>28270204327</v>
       </c>
       <c r="J360" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K360" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L360" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M360" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="361" spans="1:13">
       <c r="A361" s="1">
-        <v>83815518200010</v>
+        <v>83017750700076</v>
       </c>
       <c r="B361" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="G361" s="2"/>
       <c r="H361" s="2" t="s">
-        <v>39</v>
+        <v>246</v>
       </c>
       <c r="I361" s="3">
-        <v>52490344149</v>
+        <v>75400131340</v>
       </c>
       <c r="J361" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K361" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L361" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M361" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="362" spans="1:13">
       <c r="A362" s="1">
-        <v>84283578700016</v>
+        <v>83040750800027</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C362" s="2" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="D362" s="2"/>
       <c r="E362" s="2" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>795</v>
+        <v>204</v>
       </c>
       <c r="G362" s="2"/>
       <c r="H362" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I362" s="3">
-        <v>75331175033</v>
+        <v>76660208266</v>
       </c>
       <c r="J362" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K362" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L362" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M362" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="363" spans="1:13">
       <c r="A363" s="1">
-        <v>85231463200021</v>
+        <v>83815518200010</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C363" s="2" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D363" s="2"/>
       <c r="E363" s="2" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="G363" s="2"/>
       <c r="H363" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>799</v>
+        <v>563</v>
+      </c>
+      <c r="I363" s="3">
+        <v>52490344149</v>
       </c>
       <c r="J363" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K363" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L363" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M363" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="364" spans="1:13">
       <c r="A364" s="1">
-        <v>88238206200017</v>
+        <v>84283578700016</v>
       </c>
       <c r="B364" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C364" s="2" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="D364" s="2"/>
       <c r="E364" s="2" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="G364" s="2"/>
       <c r="H364" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I364" s="3">
-        <v>11931002493</v>
+        <v>75331175033</v>
       </c>
       <c r="J364" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K364" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L364" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M364" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="365" spans="1:13">
       <c r="A365" s="1">
-        <v>89357687600021</v>
+        <v>88238206200017</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C365" s="2" t="s">
-        <v>803</v>
-[...1 lines deleted...]
-      <c r="D365" s="2" t="s">
         <v>804</v>
       </c>
+      <c r="D365" s="2"/>
       <c r="E365" s="2" t="s">
         <v>805</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>416</v>
+        <v>806</v>
       </c>
       <c r="G365" s="2"/>
       <c r="H365" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I365" s="3">
-        <v>11910889891</v>
+        <v>11931002493</v>
       </c>
       <c r="J365" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K365" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L365" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M365" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="366" spans="1:13">
       <c r="A366" s="1">
-        <v>89452347100023</v>
+        <v>89357687600021</v>
       </c>
       <c r="B366" s="2" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>806</v>
-[...1 lines deleted...]
-      <c r="D366" s="2"/>
+        <v>807</v>
+      </c>
+      <c r="D366" s="2" t="s">
+        <v>808</v>
+      </c>
       <c r="E366" s="2" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>808</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="G366" s="2"/>
       <c r="H366" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I366" s="3">
-        <v>75860181686</v>
+        <v>11910889891</v>
       </c>
       <c r="J366" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K366" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L366" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M366" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="367" spans="1:13">
       <c r="A367" s="1">
         <v>89808790300016</v>
       </c>
       <c r="B367" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C367" s="2" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="D367" s="2"/>
       <c r="E367" s="2" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="G367" s="2"/>
       <c r="H367" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I367" s="3">
         <v>32600365660</v>
       </c>
       <c r="J367" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K367" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L367" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M367" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="368" spans="1:13">
       <c r="A368" s="1">
         <v>90344502100012</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C368" s="2" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="D368" s="2"/>
       <c r="E368" s="2" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="G368" s="2"/>
       <c r="H368" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I368" s="3">
         <v>11910926891</v>
       </c>
       <c r="J368" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K368" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L368" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M368" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="369" spans="1:13">
       <c r="A369" s="1">
         <v>91172080300012</v>
       </c>
       <c r="B369" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D369" s="2"/>
       <c r="E369" s="2" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="G369" s="2"/>
       <c r="H369" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I369" s="3">
         <v>75870192287</v>
       </c>
       <c r="J369" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K369" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L369" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M369" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="370" spans="1:13">
       <c r="A370" s="1">
         <v>91294400600010</v>
       </c>
       <c r="B370" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="D370" s="2"/>
       <c r="E370" s="2" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="G370" s="2"/>
       <c r="H370" s="2" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
       <c r="I370" s="3">
         <v>52850250785</v>
       </c>
       <c r="J370" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K370" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L370" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M370" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="371" spans="1:13">
       <c r="A371" s="1">
         <v>91302199400029</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="D371" s="2"/>
       <c r="E371" s="2" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="G371" s="2"/>
       <c r="H371" s="2" t="s">
-        <v>39</v>
+        <v>563</v>
       </c>
       <c r="I371" s="3"/>
       <c r="J371" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K371" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L371" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M371" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="372" spans="1:13">
       <c r="A372" s="1">
         <v>93698024200080</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D372" s="2"/>
       <c r="E372" s="2" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="G372" s="2"/>
       <c r="H372" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I372" s="3">
         <v>73090000609</v>
       </c>
       <c r="J372" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K372" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L372" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M372" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="373" spans="1:13">
       <c r="A373" s="1">
         <v>94833292900033</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="D373" s="2" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="E373" s="2" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="G373" s="2"/>
       <c r="H373" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I373" s="3">
         <v>32620380962</v>
       </c>
       <c r="J373" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K373" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L373" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M373" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="374" spans="1:13">
       <c r="A374" s="1">
         <v>94833292900041</v>
       </c>
       <c r="B374" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="D374" s="2" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="E374" s="2" t="s">
+        <v>832</v>
+      </c>
+      <c r="F374" s="2" t="s">
         <v>831</v>
-      </c>
-[...1 lines deleted...]
-        <v>830</v>
       </c>
       <c r="G374" s="2"/>
       <c r="H374" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I374" s="3">
         <v>32620380962</v>
       </c>
       <c r="J374" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K374" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L374" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M374" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="375" spans="1:13">
       <c r="A375" s="1">
         <v>94833292900066</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="D375" s="2" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="E375" s="2" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="G375" s="2"/>
       <c r="H375" s="2" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="I375" s="3">
         <v>32620380962</v>
       </c>
       <c r="J375" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K375" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L375" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M375" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="376" spans="1:13">
       <c r="A376" s="1">
         <v>95147951800015</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="D376" s="2"/>
       <c r="E376" s="2" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>434</v>
+        <v>234</v>
       </c>
       <c r="G376" s="2"/>
       <c r="H376" s="2" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="I376" s="3">
         <v>84260365026</v>
       </c>
       <c r="J376" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K376" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L376" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M376" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -17049,31 +17032,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 10:39:19</dc:description>
+  <dc:description>Export en date du 03/09/2026 04:02:46</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>