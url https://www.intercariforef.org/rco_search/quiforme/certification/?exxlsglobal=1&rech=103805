--- v0 (2025-11-02)
+++ v1 (2026-01-23)
@@ -253,68 +253,104 @@
   <si>
     <t>126 AVENUE ROGER SALENGRO 94500 CHAMPIGNY-SUR-MARNE</t>
   </si>
   <si>
     <t>06/03/1989</t>
   </si>
   <si>
     <t>1194P000194</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ALGOUD-LAFFEMAS - LYCEE DES METIERS DU NUMERIQUE</t>
   </si>
   <si>
     <t>GRETA ARDECHE DROME</t>
   </si>
   <si>
     <t>37-39 37 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>8226P000726</t>
   </si>
   <si>
+    <t>FEDERATION COMPAGNONNIQUE REGIONALE D'ORLEANS</t>
+  </si>
+  <si>
+    <t>ZAC DES 4 CHEMINEES RUE GUSTAVE EIFFEL 45380 LA CHAPELLE-SAINT-MESMIN</t>
+  </si>
+  <si>
+    <t>01/07/1993</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT REGIONAL ET L'APPUI AU RECLASSEMENT</t>
+  </si>
+  <si>
+    <t>PARC TECHNO DU CANAL 2 RUE IRENE JOLIOT CURIE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>19/07/1999</t>
+  </si>
+  <si>
+    <t>FL FORMATION</t>
+  </si>
+  <si>
+    <t>RUE DE L'ETANG 22150 SAINT-CARREUC</t>
+  </si>
+  <si>
+    <t>18/09/1989</t>
+  </si>
+  <si>
+    <t>POLE ETUDE RECHERCHE FORMATION</t>
+  </si>
+  <si>
+    <t>ESPACE TECHNOLOGIQUE JEAN BERTIN 23 RUE HELENE BOUCHER 40220 TARNOS</t>
+  </si>
+  <si>
+    <t>07/12/2017</t>
+  </si>
+  <si>
+    <t>ASS DE FORMATION PROFESSIONNELLE DE L INDUSTRIE LYON</t>
+  </si>
+  <si>
+    <t>60 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
     <t>INSERTION. FORMATION. EMPLOI-BAT (I.F.E. - BAT)</t>
   </si>
   <si>
     <t>189 RUE D'AUBERVILLIERS 75018 PARIS</t>
   </si>
   <si>
     <t>18/02/2008</t>
   </si>
   <si>
-    <t>ASS DE FORMATION PROFESSIONNELLE DE L INDUSTRIE LYON</t>
-[...7 lines deleted...]
-  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
   </si>
   <si>
     <t>76 RUE LAROCHE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>30/04/2024</t>
   </si>
   <si>
     <t>1 RUE JEAN MAZEN 21000 DIJON</t>
   </si>
   <si>
     <t>15/12/2007</t>
   </si>
   <si>
     <t>BTP CFA ILE DE FRANCE</t>
   </si>
   <si>
     <t>CENTRE FORMATION APPRENTIS BATIMENT</t>
@@ -332,86 +368,50 @@
     <t>FOYER DES JEUNES TRAVAILLEURS 10 RUE AGRICOL PERDIGUIER 31830 PLAISANCE-DU-TOUCH</t>
   </si>
   <si>
     <t>01/08/2015</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>BATIMENT CFA BOURGOGNE- FRANCHE- COMTE</t>
   </si>
   <si>
     <t>6 RUE NICOLAS MERCATOR 25000 BESANCON</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>ASS DES PERES DE FAMILLE DE L ECOLE</t>
   </si>
   <si>
     <t>50 RUE SAINT-GABRIEL 59800 LILLE</t>
   </si>
   <si>
     <t>85.31Z</t>
-  </si>
-[...34 lines deleted...]
-    <t>18/09/1989</t>
   </si>
   <si>
     <t>FEDERATION ROUBAISIENNE DE L ENSEIGNEMENT SECONDAIRE CATHOLIQUE</t>
   </si>
   <si>
     <t>21 RUE PELLART 59100 ROUBAIX</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>RUE DE ROSEL 14000 CAEN</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
@@ -1448,516 +1448,516 @@
       <c r="F14" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>78</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>49538963700028</v>
+        <v>31521327200067</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="3">
-        <v>11930554993</v>
+        <v>24450007645</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>41158137400013</v>
+        <v>32434542000040</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="3">
-        <v>82690535969</v>
+        <v>73310029931</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77566202600167</v>
+        <v>33953744100034</v>
       </c>
       <c r="B17" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C17" s="2" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="F17" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="3">
-        <v>11750079275</v>
+        <v>53220169622</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>77566202601074</v>
+        <v>51890309100024</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="3">
-        <v>11750079275</v>
+        <v>72400089740</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>77566214100065</v>
+        <v>41158137400013</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="D19" s="2" t="s">
+      <c r="F19" s="2" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>95</v>
+        <v>29</v>
       </c>
       <c r="I19" s="3">
-        <v>11752574775</v>
+        <v>82690535969</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>77694482900030</v>
+        <v>49538963700028</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>99</v>
+        <v>29</v>
       </c>
       <c r="I20" s="3">
-        <v>73310002131</v>
+        <v>11930554993</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>77864848500093</v>
+        <v>77566202600167</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="G21" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="F21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>95</v>
+        <v>29</v>
       </c>
       <c r="I21" s="3">
-        <v>26710245471</v>
+        <v>11750079275</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>78370750800017</v>
+        <v>77566202601074</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>105</v>
+        <v>29</v>
       </c>
       <c r="I22" s="3">
-        <v>31590011359</v>
+        <v>11750079275</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>51890309100024</v>
+        <v>77566214100065</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="E23" s="2" t="s">
         <v>106</v>
       </c>
-      <c r="D23" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F23" s="2" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>29</v>
+        <v>107</v>
       </c>
       <c r="I23" s="3">
-        <v>72400089740</v>
+        <v>11752574775</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>31521327200067</v>
+        <v>77694482900030</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>29</v>
+        <v>111</v>
       </c>
       <c r="I24" s="3">
-        <v>24450007645</v>
+        <v>73310002131</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>32434542000040</v>
+        <v>77864848500093</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>113</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>29</v>
+        <v>107</v>
       </c>
       <c r="I25" s="3">
-        <v>73310029931</v>
+        <v>26710245471</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>33953744100034</v>
+        <v>78370750800017</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>117</v>
+        <v>100</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>29</v>
+        <v>117</v>
       </c>
       <c r="I26" s="3">
-        <v>53220169622</v>
+        <v>31590011359</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>80443252400010</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>119</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="I27" s="3">
         <v>31590878459</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
@@ -3138,51 +3138,51 @@
       <c r="M59" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>89502721700010</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>158</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>158</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>159</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>160</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>99</v>
+        <v>111</v>
       </c>
       <c r="I60" s="3">
         <v>27710297371</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -3210,31 +3210,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/02/2025 05:33:28</dc:description>
+  <dc:description>Export en date du 01/23/2026 15:59:11</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>