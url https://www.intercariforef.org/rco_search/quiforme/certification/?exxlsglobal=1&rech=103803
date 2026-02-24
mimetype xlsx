--- v0 (2025-12-20)
+++ v1 (2026-02-24)
@@ -313,153 +313,153 @@
   <si>
     <t>128 AVENUE JEAN JAURES 92120 MONTROUGE</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ALGOUD-LAFFEMAS - LYCEE DES METIERS DU NUMERIQUE</t>
   </si>
   <si>
     <t>GRETA ARDECHE DROME</t>
   </si>
   <si>
     <t>37-39 37 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>8226P000726</t>
   </si>
   <si>
+    <t>ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT REGIONAL ET L'APPUI AU RECLASSEMENT</t>
+  </si>
+  <si>
+    <t>PARC TECHNO DU CANAL 2 RUE IRENE JOLIOT CURIE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>19/07/1999</t>
+  </si>
+  <si>
     <t>FL FORMATION</t>
   </si>
   <si>
     <t>RUE DE L'ETANG 22150 SAINT-CARREUC</t>
   </si>
   <si>
     <t>18/09/1989</t>
   </si>
   <si>
     <t>CENTRE FORMATION PROFESSIONNELLE DU MIDI</t>
   </si>
   <si>
     <t>4 RUE DE LA COUSTOUNE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/05/2019</t>
   </si>
   <si>
+    <t>INSTITUT EUROPEEN DE FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE LEOPOLD ALIXANT 39330 MOUCHARD</t>
+  </si>
+  <si>
+    <t>08/07/1994</t>
+  </si>
+  <si>
+    <t>ASS DE FORMATION PROFESSIONNELLE DE L INDUSTRIE LYON</t>
+  </si>
+  <si>
+    <t>60 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>BTP CFA AUVERGNE RHONE ALPES</t>
+  </si>
+  <si>
+    <t>BTP CFA ISERE 21 BOULEVARD PRE POMMIER 38300 BOURGOIN-JALLIEU</t>
+  </si>
+  <si>
+    <t>16/04/2002</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE CHAMP MOLLIAZ</t>
   </si>
   <si>
     <t>261 ROUTE DE LOSSY 74380 CRANVES-SALES</t>
   </si>
   <si>
     <t>07/05/2003</t>
   </si>
   <si>
+    <t>BTP CFA ILE DE FRANCE</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION APPRENTIS BATIMENT</t>
+  </si>
+  <si>
+    <t>N 001 AU 003 1 RUE DU BALLON 93160 NOISY-LE-GRAND</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>BTP CFA NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>LES BUREAUX DU LAC I 4 AVENUE DE CHAVAILLES 33520 BRUGES</t>
   </si>
   <si>
     <t>16/05/2011</t>
   </si>
   <si>
     <t>ASS DES PERES DE FAMILLE DE L ECOLE</t>
   </si>
   <si>
     <t>50 RUE SAINT-GABRIEL 59800 LILLE</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>BTP CFA PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>BTP CFA SARTHE</t>
   </si>
   <si>
     <t>15 RUE DU RIBAY 72000 LE MANS</t>
   </si>
   <si>
     <t>01/01/2012</t>
-  </si>
-[...43 lines deleted...]
-    <t>N 001 AU 003 1 RUE DU BALLON 93160 NOISY-LE-GRAND</t>
   </si>
   <si>
     <t>IFFEN ASSOCIATION</t>
   </si>
   <si>
     <t>152 RUE DE PARIS 94190 VILLENEUVE-SAINT-GEORGES</t>
   </si>
   <si>
     <t>24/07/2014</t>
   </si>
   <si>
     <t>INSTITUT FRANCAIS DE FORMATION EN COMMUNICATION ET MANAGEMENT ASSOCIATION</t>
   </si>
   <si>
     <t>PARC DACTIVITE LEONARD DE VINCI BAT F 152 RUE DE PARIS 94190 VILLENEUVE-SAINT-GEORGES</t>
   </si>
   <si>
     <t>04/07/2016</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
@@ -1676,447 +1676,447 @@
       <c r="F19" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>98</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>33953744100034</v>
+        <v>32434542000040</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I20" s="3">
-        <v>53220169622</v>
+        <v>73310029931</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>34792587700040</v>
+        <v>33953744100034</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="3">
-        <v>91110018011</v>
+        <v>53220169622</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>44893459600017</v>
+        <v>34792587700040</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>93</v>
+        <v>22</v>
       </c>
       <c r="I22" s="3">
-        <v>82740232774</v>
+        <v>91110018011</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>78235535800113</v>
+        <v>40350234700012</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="D23" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="I23" s="3">
-        <v>72330875333</v>
+        <v>43390038939</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>78370750800017</v>
+        <v>41158137400013</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>113</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I24" s="3">
-        <v>31590011359</v>
+        <v>82690535969</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>78605529300041</v>
+        <v>41884676200023</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="D25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>93</v>
       </c>
       <c r="I25" s="3">
-        <v>52440669044</v>
+        <v>82380302738</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>40350234700012</v>
+        <v>44893459600017</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>93</v>
       </c>
       <c r="I26" s="3">
-        <v>43390038939</v>
+        <v>82740232774</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>41158137400013</v>
+        <v>77566214100065</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="E27" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="D27" s="2"/>
-      <c r="E27" s="2" t="s">
+      <c r="F27" s="2" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>22</v>
+        <v>93</v>
       </c>
       <c r="I27" s="3">
-        <v>82690535969</v>
+        <v>11752574775</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>41884676200023</v>
+        <v>78235535800113</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="E28" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="D28" s="2"/>
-      <c r="E28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>93</v>
       </c>
       <c r="I28" s="3">
-        <v>82380302738</v>
+        <v>72330875333</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>32434542000040</v>
+        <v>78370750800017</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>22</v>
+        <v>129</v>
       </c>
       <c r="I29" s="3">
-        <v>73310029931</v>
+        <v>31590011359</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>77566214100065</v>
+        <v>78605529300041</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="D30" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="D30" s="2" t="s">
+      <c r="E30" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="E30" s="2" t="s">
+      <c r="F30" s="2" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>93</v>
       </c>
       <c r="I30" s="3">
-        <v>11752574775</v>
+        <v>52440669044</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>80439745300015</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D31" s="2"/>
@@ -3214,31 +3214,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/20/2025 23:57:44</dc:description>
+  <dc:description>Export en date du 02/24/2026 15:54:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>