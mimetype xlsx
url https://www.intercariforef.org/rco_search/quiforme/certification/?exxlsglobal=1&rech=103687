--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -58,51 +58,51 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES DU MIN DE L'EDUCATION NATIONALE, CHARGE DE L'ENSEIGNEMENT SUPERIEUR ET DE LA RECHERCHE</t>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
   </si>
   <si>
     <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
   </si>
   <si>
     <t>16/05/2012</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>UNIVERSITE DE NIMES</t>
   </si>
   <si>
     <t>RUE DU DOCTEUR GEORGES SALAN 30000 NIMES</t>
   </si>
   <si>
     <t>07/05/2007</t>
   </si>
@@ -1173,31 +1173,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/19/2025 14:03:11</dc:description>
+  <dc:description>Export en date du 12/16/2025 13:48:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>