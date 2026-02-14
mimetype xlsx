--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -160,69 +160,69 @@
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE DU MANS</t>
   </si>
   <si>
     <t>AVENUE OLIVIER MESSIAEN 72000 LE MANS</t>
   </si>
   <si>
     <t>UNIVERSITE D'EVRY VAL D'ESSONNE</t>
   </si>
   <si>
     <t>23 BD FRANCOIS MITTERRAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>29/08/1991</t>
   </si>
   <si>
     <t>1191P002791</t>
   </si>
   <si>
+    <t>CFAI 21 71</t>
+  </si>
+  <si>
+    <t>75 GRANDE RUE SAINT COSME 71100 CHALON-SUR-SAONE</t>
+  </si>
+  <si>
+    <t>01/09/1987</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>ASS PROMO GESTION CTRE ENS SUP A EVRY</t>
   </si>
   <si>
     <t>48 CRS BLAISE PASCAL 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>04/01/2001</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.32Z</t>
   </si>
   <si>
     <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE 21-71-AFPI 2171</t>
   </si>
   <si>
     <t>10 ALLEE ANDRE BOURLAND 21000 DIJON</t>
   </si>
   <si>
     <t>22/07/2019</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>29/07/2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -973,120 +973,120 @@
       <c r="F10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>40292484900027</v>
+        <v>31418698200034</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="I11" s="3">
-        <v>11910726491</v>
+        <v>27710289571</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>31418698200034</v>
+        <v>40292484900027</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="I12" s="3">
-        <v>27710289571</v>
+        <v>11910726491</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>85265818600014</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="I13" s="3">
         <v>27210403521</v>
@@ -1094,51 +1094,51 @@
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>85265818600022</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="I14" s="3">
         <v>27210403521</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
@@ -1173,31 +1173,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 13:48:25</dc:description>
+  <dc:description>Export en date du 02/14/2026 15:08:05</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>