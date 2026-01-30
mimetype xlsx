--- v0 (2026-01-30)
+++ v1 (2026-01-30)
@@ -1043,31 +1043,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/30/2026 21:05:08</dc:description>
+  <dc:description>Export en date du 01/30/2026 22:14:11</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>