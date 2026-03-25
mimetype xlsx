--- v1 (2026-01-30)
+++ v2 (2026-03-25)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -121,102 +121,99 @@
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>UNIVERSITE DIJON BOURGOGNE</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE CAMPUS ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE BREST BRETAGNE OCCIDENTALE</t>
   </si>
   <si>
     <t>3 RUE MATTHIEU GALLOU 29200 BREST</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
-    <t>5329P003029</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE DE REIMS CHAMPAGNE-ARDENNE</t>
   </si>
   <si>
     <t>2 AVENUE ROBERT SCHUMAN 51100 REIMS</t>
   </si>
   <si>
     <t>22/03/2021</t>
   </si>
   <si>
     <t>2151P001151</t>
   </si>
   <si>
     <t>UNIVERSITE CLAUDE BERNARD LYON 1</t>
   </si>
   <si>
     <t>43 BOULEVARD DU 11 NOVEMBRE 1918 69100 VILLEURBANNE</t>
   </si>
   <si>
     <t>8269P000169</t>
   </si>
   <si>
+    <t>AFPI EURE SEINE ESTUAIRE</t>
+  </si>
+  <si>
+    <t>115 RUE DESRAME 76620 LE HAVRE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>CFAI REGION NORD PAS-DE-CALAIS</t>
   </si>
   <si>
     <t>89 RUE PECLET 59300 VALENCIENNES</t>
   </si>
   <si>
     <t>18/03/1981</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>CFAI DIAFOR</t>
   </si>
   <si>
     <t>RUE DE LA PRUNELLE 22190 PLERIN</t>
   </si>
   <si>
     <t>01/01/1993</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/01/1900</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -788,240 +785,238 @@
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>19290346600014</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>19691774400019</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>30048880600054</v>
+        <v>78106280700016</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="I9" s="3">
-        <v>32591068459</v>
+        <v>23760001576</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>39048242000028</v>
+        <v>30048880600054</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="I10" s="3">
-        <v>53220855422</v>
+        <v>32591068459</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78106280700016</v>
+        <v>39048242000028</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="I11" s="3">
-        <v>23760001576</v>
+        <v>53220855422</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
@@ -1043,31 +1038,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/30/2026 22:14:11</dc:description>
+  <dc:description>Export en date du 03/25/2026 18:32:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>