--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -379,93 +379,93 @@
   <si>
     <t>4 RUE RAVIER 69007 LYON</t>
   </si>
   <si>
     <t>07/07/2011</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REUNION</t>
   </si>
   <si>
     <t>ZAC 2000 18 RUE CLAUDE CHAPPE 97420 LE PORT</t>
   </si>
   <si>
     <t>26/07/2017</t>
   </si>
   <si>
     <t>CNAM CENTRE-VAL DE LOIRE - AGCNAM</t>
   </si>
   <si>
     <t>21 B RUE EUGENE VIGNAT 45000 ORLEANS</t>
   </si>
   <si>
     <t>01/04/2003</t>
   </si>
   <si>
+    <t>CNAM ILE DE FRANCE - AGCNAM</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 9 COUR DES PETITES ECURIES 75010 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t>OPERATEUR PUBLIC REGIONAL DE FORMATION</t>
+  </si>
+  <si>
+    <t>LE LARIVOT 49 LOTISSEMENT DALMAZIR 97351 MATOURY</t>
+  </si>
+  <si>
     <t>ASSOCIATION DE GESTION DU CNAM EN REGION OCCITANIE</t>
   </si>
   <si>
     <t>PARC EUROMEDECINE 989 RUE DE LA CROIX VERTE 34080 MONTPELLIER</t>
   </si>
   <si>
     <t>01/04/2006</t>
   </si>
   <si>
-    <t>CNAM ILE DE FRANCE - AGCNAM</t>
-[...7 lines deleted...]
-  <si>
     <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REGION DES PAYS DE LA LOIRE - ASSOCIATION DE GESTION</t>
   </si>
   <si>
     <t>25 BOULEVARD GUY MOLLET 44300 NANTES</t>
   </si>
   <si>
     <t>19/08/1991</t>
   </si>
   <si>
     <t>CNAM BOURGOGNE FRANCHE-COMTE</t>
   </si>
   <si>
     <t>13 RUE ERNEST THIERRY-MIEG 90000 BELFORT</t>
   </si>
   <si>
     <t>15/07/2002</t>
   </si>
   <si>
     <t>4390P000290</t>
-  </si>
-[...4 lines deleted...]
-    <t>LE LARIVOT 49 LOTISSEMENT DALMAZIR 97351 MATOURY</t>
   </si>
   <si>
     <t>CNAM GRAND EST</t>
   </si>
   <si>
     <t>4 AVENUE DOCTEUR HEYDENREICH 54000 NANCY</t>
   </si>
   <si>
     <t>30/08/2016</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>CNAM NOUVELLE-AQUITAINE - ASSOCIATION DE GESTION</t>
   </si>
   <si>
     <t>CITE NUMERIQUE 2 RUE MARC SANGNIER 33130 BEGLES</t>
   </si>
   <si>
     <t>01/03/2021</t>
   </si>
   <si>
     <t>CNAM NORMANDIE</t>
   </si>
@@ -2056,229 +2056,229 @@
       <c r="F31" s="2" t="s">
         <v>120</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>102</v>
       </c>
       <c r="I31" s="3">
         <v>24450217445</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>49189213900016</v>
+        <v>78515062400365</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>121</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>122</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>102</v>
       </c>
       <c r="I32" s="3">
-        <v>91340604534</v>
+        <v>11753852175</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>78515062400365</v>
+        <v>79492628700028</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>124</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>125</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>126</v>
+        <v>29</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="I33" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I33" s="3"/>
       <c r="J33" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>32439762900118</v>
+        <v>49189213900016</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>22</v>
+        <v>102</v>
       </c>
       <c r="I34" s="3">
-        <v>52440210544</v>
+        <v>91340604534</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>34022316300023</v>
+        <v>32439762900118</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I35" s="3" t="s">
-        <v>133</v>
+      <c r="I35" s="3">
+        <v>52440210544</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>79492628700028</v>
+        <v>34022316300023</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>29</v>
+        <v>134</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="I36" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I36" s="3" t="s">
+        <v>135</v>
+      </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>82304134800017</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>136</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>137</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>138</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>139</v>
       </c>
       <c r="I37" s="3">
         <v>44540353454</v>
@@ -2593,31 +2593,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/03/2025 17:00:37</dc:description>
+  <dc:description>Export en date du 12/19/2025 01:30:07</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>