--- v0 (2025-10-20)
+++ v1 (2025-12-10)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="253">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -622,50 +622,53 @@
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE D'EVRY VAL D'ESSONNE</t>
   </si>
   <si>
     <t>23 BD FRANCOIS MITTERRAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>1191P002791</t>
   </si>
   <si>
     <t>IUT EVRY</t>
   </si>
   <si>
     <t>22 ALL JEAN ROSTAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>01/09/1991</t>
   </si>
   <si>
+    <t>1191P002991</t>
+  </si>
+  <si>
     <t>UNIVERSITE PARIS NANTERRE</t>
   </si>
   <si>
     <t>200 AVENUE DE LA REPUBLIQUE 92000 NANTERRE</t>
   </si>
   <si>
     <t>1192P000192</t>
   </si>
   <si>
     <t>UNIV PARIS XIII PARIS-NORD VILLETANEUSE</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS XIII.PARIS-NORD</t>
   </si>
   <si>
     <t>99 AVENUE JEAN-BAPTISTE CLEMENT 93430 VILLETANEUSE</t>
   </si>
   <si>
     <t>1193P000893</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
@@ -682,114 +685,114 @@
   <si>
     <t>9597P000797</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
     <t>ADEFSA CTRE FORMAT APPRENTIS DESCARTES</t>
   </si>
   <si>
     <t>PARC DE LA HAUTE MAISON 23 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>01/07/2003</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
+    <t>INSTITUT DE FORMATION DE LA PROFESSION DE L'ASSURANCE</t>
+  </si>
+  <si>
+    <t>172-174 172 RUE DE LA REPUBLIQUE 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>13/09/2017</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SAINT-YVES / UNIVERSITE CATHOLIQUE DE L'OUEST</t>
+  </si>
+  <si>
+    <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>UCO LAVAL</t>
   </si>
   <si>
     <t>ISM 25 RUE DU MANS 53000 LAVAL</t>
   </si>
   <si>
     <t>27/08/2007</t>
   </si>
   <si>
     <t>INSTITUT DE LA FONCTION COMMERCIALE</t>
   </si>
   <si>
     <t>ZI LA LEZARDE 97232 LE LAMENTIN</t>
   </si>
   <si>
     <t>15/04/2011</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>LA CARIBEENNE DE FORMATION</t>
+  </si>
+  <si>
+    <t>ESSENTIA CARAIBES</t>
+  </si>
+  <si>
+    <t>ZI DE CHAMPIGNY IMM LAGUERRE BAT A PETITE COCOTTE 97224 DUCOS</t>
+  </si>
+  <si>
+    <t>15/10/2010</t>
+  </si>
+  <si>
+    <t>INSTITUT CATHOLIQUE DE LILLE</t>
+  </si>
+  <si>
+    <t>60 BOULEVARD VAUBAN 59800 LILLE</t>
+  </si>
+  <si>
     <t>DIFCAM</t>
   </si>
   <si>
     <t>48 RUE LA BOETIE 75008 PARIS</t>
   </si>
   <si>
     <t>15/06/1983</t>
-  </si>
-[...34 lines deleted...]
-    <t>60 BOULEVARD VAUBAN 59800 LILLE</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE LA BANQUE</t>
   </si>
   <si>
     <t>18 RUE LA FAYETTE 75009 PARIS</t>
   </si>
   <si>
     <t>19/11/2019</t>
   </si>
   <si>
     <t>11/10/2023</t>
   </si>
   <si>
     <t>BAT E - RDC RUE LAVOISIER 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>01/05/2021</t>
   </si>
   <si>
     <t>39 BOULEVARD BLAISE PASCAL 92000 NANTERRE</t>
   </si>
   <si>
     <t>01/04/2023</t>
   </si>
@@ -3223,644 +3226,644 @@
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>19911975100089</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>196</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>199</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>200</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>201</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>19931238000017</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>19971585500011</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="3"/>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>39089496200054</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I61" s="3">
         <v>11770565477</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>40888757800032</v>
+        <v>78420275600150</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>24</v>
+        <v>222</v>
       </c>
       <c r="I62" s="3">
-        <v>52530086053</v>
+        <v>11921663792</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>41900799200037</v>
+        <v>78611668100010</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>228</v>
+        <v>24</v>
       </c>
       <c r="I63" s="3">
-        <v>97970086297</v>
+        <v>52490001049</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>33532404200019</v>
+        <v>40888757800032</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>229</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
         <v>230</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>231</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I64" s="3">
-        <v>11753925575</v>
+        <v>52530086053</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>78420275600150</v>
+        <v>41900799200037</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
         <v>233</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>234</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>221</v>
+        <v>235</v>
       </c>
       <c r="I65" s="3">
-        <v>11921663792</v>
+        <v>97970086297</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>78611668100010</v>
+        <v>48482681300020</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>235</v>
-[...1 lines deleted...]
-      <c r="D66" s="2"/>
+        <v>236</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>237</v>
+      </c>
       <c r="E66" s="2" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I66" s="3">
-        <v>52490001049</v>
+        <v>97970139397</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>48482681300020</v>
+        <v>77562424000013</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>238</v>
-[...3 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>241</v>
+        <v>228</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I67" s="3">
-        <v>97970139397</v>
+        <v>31590046859</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>77562424000013</v>
+        <v>33532404200019</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>242</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
         <v>243</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="3">
-        <v>31590046859</v>
+        <v>11753925575</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>88087198300016</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H69" s="2" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="I69" s="3">
         <v>11756030575</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>88087198300214</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="I70" s="3">
         <v>11756030575</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
         <v>88087198300230</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="I71" s="3">
         <v>11756030575</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -3888,31 +3891,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/20/2025 07:58:17</dc:description>
+  <dc:description>Export en date du 12/10/2025 17:44:39</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>