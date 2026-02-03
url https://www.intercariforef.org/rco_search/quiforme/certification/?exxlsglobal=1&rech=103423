--- v1 (2025-12-10)
+++ v2 (2026-02-03)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="253">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -592,53 +592,50 @@
   <si>
     <t>74 RUE LOUIS PASTEUR 84000 AVIGNON</t>
   </si>
   <si>
     <t>26/09/1997</t>
   </si>
   <si>
     <t>9384P000984</t>
   </si>
   <si>
     <t>UNIVERSITE DE POITIERS</t>
   </si>
   <si>
     <t>15 RUE DE L'HOTEL DIEU 86000 POITIERS</t>
   </si>
   <si>
     <t>17/10/1994</t>
   </si>
   <si>
     <t>5486P000386</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
   </si>
   <si>
-    <t>SERVICES CENTRAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE D'EVRY VAL D'ESSONNE</t>
   </si>
   <si>
     <t>23 BD FRANCOIS MITTERRAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>1191P002791</t>
   </si>
   <si>
     <t>IUT EVRY</t>
   </si>
   <si>
     <t>22 ALL JEAN ROSTAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>01/09/1991</t>
@@ -673,126 +670,126 @@
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
     <t>UNIVERSITE DES ANTILLES</t>
   </si>
   <si>
     <t>CAMPUS FOUILLOLE 97110 POINTE A PITRE</t>
   </si>
   <si>
     <t>9597P000797</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>DIFCAM</t>
+  </si>
+  <si>
+    <t>48 RUE LA BOETIE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>15/06/1983</t>
+  </si>
+  <si>
     <t>ADEFSA CTRE FORMAT APPRENTIS DESCARTES</t>
   </si>
   <si>
     <t>PARC DE LA HAUTE MAISON 23 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>01/07/2003</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
+    <t>UCO LAVAL</t>
+  </si>
+  <si>
+    <t>ISM 25 RUE DU MANS 53000 LAVAL</t>
+  </si>
+  <si>
+    <t>27/08/2007</t>
+  </si>
+  <si>
+    <t>INSTITUT DE LA FONCTION COMMERCIALE</t>
+  </si>
+  <si>
+    <t>ZI LA LEZARDE 97232 LE LAMENTIN</t>
+  </si>
+  <si>
+    <t>15/04/2011</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>LA CARIBEENNE DE FORMATION</t>
+  </si>
+  <si>
+    <t>ESSENTIA CARAIBES</t>
+  </si>
+  <si>
+    <t>ZI DE CHAMPIGNY IMM LAGUERRE BAT A PETITE COCOTTE 97224 DUCOS</t>
+  </si>
+  <si>
+    <t>15/10/2010</t>
+  </si>
+  <si>
+    <t>INSTITUT CATHOLIQUE DE LILLE</t>
+  </si>
+  <si>
+    <t>60 BOULEVARD VAUBAN 59800 LILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>INSTITUT DE FORMATION DE LA PROFESSION DE L'ASSURANCE</t>
   </si>
   <si>
     <t>172-174 172 RUE DE LA REPUBLIQUE 92800 PUTEAUX</t>
   </si>
   <si>
     <t>13/09/2017</t>
   </si>
   <si>
     <t>ASSOCIATION SAINT-YVES / UNIVERSITE CATHOLIQUE DE L'OUEST</t>
   </si>
   <si>
     <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
-  </si>
-[...49 lines deleted...]
-    <t>15/06/1983</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE LA BANQUE</t>
   </si>
   <si>
     <t>18 RUE LA FAYETTE 75009 PARIS</t>
   </si>
   <si>
     <t>19/11/2019</t>
   </si>
   <si>
     <t>11/10/2023</t>
   </si>
   <si>
     <t>BAT E - RDC RUE LAVOISIER 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>01/05/2021</t>
   </si>
   <si>
     <t>39 BOULEVARD BLAISE PASCAL 92000 NANTERRE</t>
   </si>
   <si>
     <t>01/04/2023</t>
   </si>
@@ -3136,734 +3133,732 @@
         <v>190</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="D53" s="2" t="s">
+      <c r="D53" s="2"/>
+      <c r="E53" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="E53" s="2" t="s">
+      <c r="F53" s="2" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>19911975100014</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>169</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>19911975100089</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="D55" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="E55" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="E55" s="2" t="s">
+      <c r="F55" s="2" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>19931238000017</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="D57" s="2" t="s">
         <v>206</v>
       </c>
-      <c r="D57" s="2" t="s">
+      <c r="E57" s="2" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>19971585500011</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="3"/>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>39089496200054</v>
+        <v>33532404200019</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="F61" s="2" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>222</v>
+        <v>24</v>
       </c>
       <c r="I61" s="3">
-        <v>11770565477</v>
+        <v>11753925575</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>78420275600150</v>
+        <v>39089496200054</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="I62" s="3">
-        <v>11921663792</v>
+        <v>11770565477</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>78611668100010</v>
+        <v>40888757800032</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="F63" s="2" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="3">
-        <v>52490001049</v>
+        <v>52530086053</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>40888757800032</v>
+        <v>41900799200037</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F64" s="2" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>24</v>
+        <v>231</v>
       </c>
       <c r="I64" s="3">
-        <v>52530086053</v>
+        <v>97970086297</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>41900799200037</v>
+        <v>48482681300020</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>232</v>
       </c>
-      <c r="D65" s="2"/>
+      <c r="D65" s="2" t="s">
+        <v>233</v>
+      </c>
       <c r="E65" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>235</v>
+        <v>24</v>
       </c>
       <c r="I65" s="3">
-        <v>97970086297</v>
+        <v>97970139397</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>48482681300020</v>
+        <v>77562424000013</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>236</v>
       </c>
-      <c r="D66" s="2" t="s">
+      <c r="D66" s="2"/>
+      <c r="E66" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="E66" s="2" t="s">
+      <c r="F66" s="2" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I66" s="3">
-        <v>97970139397</v>
+        <v>31590046859</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>77562424000013</v>
+        <v>78420275600150</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="F67" s="2" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>24</v>
+        <v>224</v>
       </c>
       <c r="I67" s="3">
-        <v>31590046859</v>
+        <v>11921663792</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>33532404200019</v>
+        <v>78611668100010</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>242</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
         <v>243</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="3">
-        <v>11753925575</v>
+        <v>52490001049</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>88087198300016</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="F69" s="2" t="s">
         <v>246</v>
       </c>
-      <c r="F69" s="2" t="s">
+      <c r="G69" s="2" t="s">
         <v>247</v>
       </c>
-      <c r="G69" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H69" s="2" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="I69" s="3">
         <v>11756030575</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>88087198300214</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="F70" s="2" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="I70" s="3">
         <v>11756030575</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
         <v>88087198300230</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="I71" s="3">
         <v>11756030575</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -3891,31 +3886,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/10/2025 17:44:39</dc:description>
+  <dc:description>Export en date du 02/03/2026 16:39:26</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>