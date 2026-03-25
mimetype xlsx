--- v2 (2026-02-03)
+++ v3 (2026-03-25)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="248">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -307,123 +307,111 @@
   <si>
     <t>9420P208520</t>
   </si>
   <si>
     <t>UNIVERSITE DIJON BOURGOGNE</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE CAMPUS ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE DE BESANCON</t>
   </si>
   <si>
     <t>UNIVERSITE DE FRANCHE-COMTE</t>
   </si>
   <si>
     <t>1 RUE CLAUDE GOUDIMEL 25000 BESANCON</t>
   </si>
   <si>
     <t>05/10/1994</t>
   </si>
   <si>
-    <t>4325P000425</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE BREST BRETAGNE OCCIDENTALE</t>
   </si>
   <si>
     <t>3 RUE MATTHIEU GALLOU 29200 BREST</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
-    <t>5329P003029</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE TOULOUSE 1 CAPITOLE</t>
   </si>
   <si>
     <t>01/01/2023</t>
   </si>
   <si>
     <t>UNIVERSITE TOULOUSE III - PAUL SABATIER</t>
   </si>
   <si>
     <t>118 ROUTE DE NARBONNE 31400 TOULOUSE</t>
   </si>
   <si>
-    <t>7331P001631</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE DE RENNES I</t>
   </si>
   <si>
     <t>2 RUE DU THABOR 35000 RENNES</t>
   </si>
   <si>
     <t>UNIVERSITE DE TOURS</t>
   </si>
   <si>
     <t>60 RUE DU PLAT D'ETAIN 37000 TOURS</t>
   </si>
   <si>
     <t>04/06/2012</t>
   </si>
   <si>
     <t>2437P000437</t>
   </si>
   <si>
     <t>INSTITUT POLYTECHNIQUE DE GRENOBLE</t>
   </si>
   <si>
     <t>INP GRENOBLE</t>
   </si>
   <si>
     <t>46 AVENUE FELIX VIALLET 38000 GRENOBLE</t>
   </si>
   <si>
     <t>10/08/1983</t>
   </si>
   <si>
     <t>8238P000438</t>
   </si>
   <si>
     <t>UNIVERSITE JEAN MONNET SAINT ETIENNE</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE 10 RUE TREFILERIE 42100 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>17/01/2011</t>
-  </si>
-[...1 lines deleted...]
-    <t>8242P000242</t>
   </si>
   <si>
     <t>UNIVERSITE D'ORLEANS</t>
   </si>
   <si>
     <t>CHATEAU DE LA SOURCE AVENUE DU PARC FLORAL 45100 ORLEANS</t>
   </si>
   <si>
     <t>07/11/1983</t>
   </si>
   <si>
     <t>2445P000445</t>
   </si>
   <si>
     <t>UNIVERSITE D'ANGERS</t>
   </si>
   <si>
     <t>40 RUE DE RENNES 49100 ANGERS</t>
   </si>
   <si>
     <t>20/02/1998</t>
   </si>
   <si>
     <t>UNIVERSITE DE REIMS CHAMPAGNE-ARDENNE</t>
   </si>
@@ -2129,1736 +2117,1726 @@
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>19251215000363</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>94</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I26" s="3"/>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>19290346600014</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>19311382600013</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I28" s="3"/>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>19311384200010</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>19350936100013</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="3"/>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>19370800500478</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>19381912500017</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>113</v>
-      </c>
-[...7 lines deleted...]
-        <v>116</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>19421095100423</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I33" s="3"/>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>19450855200016</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>19490970100303</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I35" s="3">
         <v>52490195049</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="3" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>19561718800600</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="3" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>19594403800205</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>19640251500270</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>19660437500010</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="3" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>19681166500013</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>19691775100014</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>19720916600010</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="3">
         <v>52720107272</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>19730858800015</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>19761904200017</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>19781944400013</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>19801344300017</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>19811201300018</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>19830766200017</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>19840685200204</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>19911975100014</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>19911975100089</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="E55" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="D55" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F55" s="2" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>19931238000017</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>19971585500011</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="3"/>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>33532404200019</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I61" s="3">
         <v>11753925575</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
         <v>39089496200054</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="I62" s="3">
         <v>11770565477</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>40888757800032</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="3">
         <v>52530086053</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>41900799200037</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="I64" s="3">
         <v>97970086297</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>48482681300020</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I65" s="3">
         <v>97970139397</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I66" s="3">
         <v>31590046859</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
         <v>78420275600150</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="I67" s="3">
         <v>11921663792</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
         <v>78611668100010</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="3">
         <v>52490001049</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>88087198300016</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="H69" s="2" t="s">
-        <v>231</v>
-[...3 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="I69" s="3"/>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>88087198300214</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="I70" s="3">
         <v>11756030575</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
         <v>88087198300230</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="I71" s="3">
         <v>11756030575</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -3886,31 +3864,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/03/2026 16:39:26</dc:description>
+  <dc:description>Export en date du 03/25/2026 23:42:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>