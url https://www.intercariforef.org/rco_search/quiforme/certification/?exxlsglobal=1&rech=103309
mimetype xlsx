--- v0 (2026-01-01)
+++ v1 (2026-02-23)
@@ -82,261 +82,261 @@
   <si>
     <t>COMMUNE DE MEYZIEU</t>
   </si>
   <si>
     <t>MAIRIE</t>
   </si>
   <si>
     <t>PL DE L EUROPE 69330 MEYZIEU</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>COMMUNE DE FREJUS</t>
   </si>
   <si>
     <t>PL FORMIGE 83370 FREJUS</t>
   </si>
   <si>
+    <t>CERCLE DE LA VOILE DE MARTIGUES</t>
+  </si>
+  <si>
+    <t>18 BOULEVARD DU TOURET DE VALLIER 13500 MARTIGUES</t>
+  </si>
+  <si>
+    <t>01/11/1992</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>FAF AGEFOS PME</t>
+  </si>
+  <si>
+    <t>187 QUAI DE VALMY 75010 PARIS</t>
+  </si>
+  <si>
+    <t>10/06/2006</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>LIGUE DE VOILE DES HAUTS DE FRANCE</t>
+  </si>
+  <si>
+    <t>367 RUE JULES GUESDE 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>25/04/2018</t>
+  </si>
+  <si>
+    <t>CENTRE NAUTIQUE DE PLEIN AIR</t>
+  </si>
+  <si>
+    <t>BASE NAUTIQUE ROUTE DE SAINT MARTIN 17630 LA FLOTTE</t>
+  </si>
+  <si>
+    <t>25/12/1997</t>
+  </si>
+  <si>
+    <t>SEMVIE</t>
+  </si>
+  <si>
+    <t>FORUM PORT LA VIE BOULEVARD DE L'EGALITE 85800 SAINT-GILLES-CROIX-DE-VIE</t>
+  </si>
+  <si>
+    <t>01/01/1981</t>
+  </si>
+  <si>
+    <t>52.22Z</t>
+  </si>
+  <si>
+    <t>YACHT CLUB DE TOULON</t>
+  </si>
+  <si>
+    <t>PLAGE DU MOURILLON 83000 TOULON</t>
+  </si>
+  <si>
+    <t>30/10/1981</t>
+  </si>
+  <si>
+    <t>LIGUE DE VOILE DES PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>44 RUE ROMAIN ROLLAND 44100 NANTES</t>
+  </si>
+  <si>
+    <t>22/10/1996</t>
+  </si>
+  <si>
+    <t>CENTRE DE VOILE DE BORDEAUX LAC</t>
+  </si>
+  <si>
+    <t>BOULEVARD JACQUES CHABAN-DELMAS 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>01/10/1981</t>
+  </si>
+  <si>
     <t>SEM DES PORTS DE PLAISANCE ET EQUIPEMENTS PUBLICS DE LOISIRS DU PAYS DE LORIENT - SELLOR</t>
   </si>
   <si>
     <t>CENTRE NAUTIQUE KERGUELEN 2 PARC OCEANIQUE KERGUELEN 56260 LARMOR-PLAGE</t>
   </si>
   <si>
     <t>18/05/1995</t>
   </si>
   <si>
     <t>85.51Z</t>
   </si>
   <si>
-    <t>VRAI</t>
-[...1 lines deleted...]
-  <si>
     <t>LIGUE DE VOILE AUVERGNE RHONE ALPES</t>
   </si>
   <si>
     <t>1ER ETAGE CITE DE L ENTREPRISE 725 BOULEVARD ROBERT BARRIER 73100 AIX-LES-BAINS</t>
   </si>
   <si>
     <t>01/10/2019</t>
   </si>
   <si>
-    <t>93.12Z</t>
+    <t>COMITE DEPART VOILE HAUTE-SAVOIE</t>
+  </si>
+  <si>
+    <t>SNLF PORT DE RIVES 74200 THONON-LES-BAINS</t>
+  </si>
+  <si>
+    <t>09/03/2015</t>
+  </si>
+  <si>
+    <t>VOILE INNOVATION FORMATION</t>
+  </si>
+  <si>
+    <t>8 RUE MARECHAL D’ORNANO 20000 AJACCIO</t>
+  </si>
+  <si>
+    <t>01/04/2005</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>COSMOS L'ORGANISATION PATRONALE DU SPORT</t>
+  </si>
+  <si>
+    <t>1 AVENUE PIERRE DE COUBERTIN 75013 PARIS</t>
+  </si>
+  <si>
+    <t>03/03/2006</t>
+  </si>
+  <si>
+    <t>12/12/2019</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE BAUDRAN RUE DE STALINGRAD 94110 ARCUEIL</t>
+  </si>
+  <si>
+    <t>LIGUE SUD PROVENCE ALPES COTE D'AZUR DE VOILE</t>
+  </si>
+  <si>
+    <t>11 AVENUE LEON GAMBETTA 83500 LA SEYNE-SUR-MER</t>
+  </si>
+  <si>
+    <t>12/06/2015</t>
+  </si>
+  <si>
+    <t>93.19Z</t>
+  </si>
+  <si>
+    <t>CENTRE PERMANENT DE LA COTE OUEST</t>
+  </si>
+  <si>
+    <t>ASS NAUTIQUE HAUTAISE CALE SUD 50590 HAUTEVILLE-SUR-MER</t>
+  </si>
+  <si>
+    <t>21/04/2005</t>
+  </si>
+  <si>
+    <t>LA LIGUE DE L'ENSEIGNEMENT</t>
+  </si>
+  <si>
+    <t>3 RUE RECAMIER 75007 PARIS 07</t>
+  </si>
+  <si>
+    <t>20/06/1974</t>
+  </si>
+  <si>
+    <t>LES GLENANS</t>
+  </si>
+  <si>
+    <t>PONTON DES GLENANS QUAI LOUIS BLERIOT 75016 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
   </si>
   <si>
     <t>CLUB NAUTIQUE VOILE D'AIX LES BAINS</t>
   </si>
   <si>
     <t>LE GRAND PORT BOULEVARD ROBERT BARRIER 73100 AIX-LES-BAINS</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>FEDERATION FRANCAISE DE VOILE</t>
   </si>
   <si>
     <t>17 RUE HENRI BOCQUILLON 75015 PARIS</t>
   </si>
   <si>
     <t>01/07/2002</t>
   </si>
   <si>
     <t>CENTRE NAUTIQUE DE LORIENT</t>
   </si>
   <si>
     <t>BOULEVARD ADOLPHE PIERRE 56100 LORIENT</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...142 lines deleted...]
-  <si>
     <t>OUTDOOR CORSICA</t>
   </si>
   <si>
     <t>PADORELLE 20169 BONIFACIO</t>
   </si>
   <si>
     <t>12/04/2016</t>
-  </si>
-[...7 lines deleted...]
-    <t>25/04/2018</t>
   </si>
   <si>
     <t>LIGUE DE VOILE DE NORMANDIE</t>
   </si>
   <si>
     <t>2 QUAI DE LA LONDE 14000 CAEN</t>
   </si>
   <si>
     <t>23/04/2016</t>
   </si>
   <si>
     <t>LIGUE BOURGOGNE FRANCHE-COMTE DE VOILE</t>
   </si>
   <si>
     <t>MAISON DES ASSOCIATIONS - BOITE D6 2 RUE DES CORROYEURS 21000 DIJON</t>
   </si>
   <si>
     <t>07/04/2016</t>
   </si>
   <si>
     <t>LIGUE DE VOILE OCCITANIE</t>
   </si>
   <si>
     <t>LE PATIO SANTA MONICA BAT B 1815 AVENUE MARCEL PAGNOL 34470 PEROLS</t>
   </si>
@@ -873,1069 +873,1067 @@
       <c r="F3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="3">
         <v>93830680783</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>34451925100039</v>
+        <v>30110096200028</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I4" s="3">
-        <v>53561015156</v>
+        <v>93130663713</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>40087451700057</v>
+        <v>30176198700330</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I5" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>77643742800019</v>
+        <v>81927090100021</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I6" s="3">
-        <v>84730246173</v>
+        <v>32590919359</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>78440599500035</v>
+        <v>31349812300022</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I7" s="3">
-        <v>11753871575</v>
+        <v>54170131117</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>78807180100013</v>
+        <v>32120259000022</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
-        <v>53560847556</v>
+        <v>52850298285</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>49068420600017</v>
+        <v>32322447700014</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="G9" s="2" t="s">
         <v>43</v>
       </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="I9" s="3">
-        <v>11755042375</v>
+        <v>93830633183</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>49068420600025</v>
+        <v>32339998000057</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="I10" s="3">
-        <v>11755042375</v>
+        <v>52440646644</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>30110096200028</v>
+        <v>32399503500017</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I11" s="3">
-        <v>93130663713</v>
+        <v>72330143333</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>30176198700330</v>
+        <v>34451925100039</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="I12" s="3"/>
+        <v>53</v>
+      </c>
+      <c r="I12" s="3">
+        <v>53561015156</v>
+      </c>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>31349812300022</v>
+        <v>40087451700057</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I13" s="3">
-        <v>54170131117</v>
+        <v>82730093773</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>32120259000022</v>
+        <v>43145859500037</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="I14" s="3">
-        <v>52850298285</v>
+        <v>84740397174</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>32322447700014</v>
+        <v>44142575800022</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I15" s="3">
-        <v>93830633183</v>
+        <v>94202072320</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>32339998000057</v>
+        <v>49068420600017</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G16" s="2"/>
+        <v>66</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="H16" s="2" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>32399503500017</v>
+        <v>49068420600025</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="I17" s="3">
-        <v>72330143333</v>
+        <v>11755042375</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>53155956500050</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I18" s="3">
         <v>93830509883</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>77566641500010</v>
+        <v>53352584600010</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="I19" s="3">
-        <v>11757082375</v>
+        <v>25500119450</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>77568817900016</v>
+        <v>77566641500010</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>33</v>
+        <v>79</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="3">
-        <v>11755731275</v>
+        <v>11757082375</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>44142575800022</v>
+        <v>77568817900016</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I21" s="3">
-        <v>94202072320</v>
+        <v>11755731275</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>43145859500037</v>
+        <v>77643742800019</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I22" s="3">
-        <v>84740397174</v>
+        <v>84730246173</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>53352584600010</v>
+        <v>78440599500035</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="I23" s="3">
-        <v>25500119450</v>
+        <v>11753871575</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>81009706300020</v>
+        <v>78807180100013</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I24" s="3">
-        <v>94202107220</v>
+        <v>53560847556</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>81927090100021</v>
+        <v>81009706300020</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="D25" s="2"/>
+      <c r="D25" s="2" t="s">
+        <v>90</v>
+      </c>
       <c r="E25" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="I25" s="3">
-        <v>32590919359</v>
+        <v>94202107220</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>82053421200015</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>95</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I26" s="3">
         <v>28760559376</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>82131471300016</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>97</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I27" s="3">
         <v>27210375021</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>82424238200011</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I28" s="3">
         <v>76340924834</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>84018699300027</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I29" s="3">
         <v>11770673277</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>85386655600014</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="I30" s="3">
         <v>11941012094</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>89111513100015</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
@@ -1961,31 +1959,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/01/2026 07:21:17</dc:description>
+  <dc:description>Export en date du 02/23/2026 05:02:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>