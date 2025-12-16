--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -58,171 +58,171 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>AVENIR FORMATION</t>
+  </si>
+  <si>
+    <t>Z.I.DE DOUAI DORIGNIES 447 RUE JEAN PERRIN 59500 DOUAI</t>
+  </si>
+  <si>
+    <t>18/09/1997</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>LE PRACTICE</t>
+  </si>
+  <si>
+    <t>53 RUE LA BOETIE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/2018</t>
+  </si>
+  <si>
+    <t>15/09/2021</t>
+  </si>
+  <si>
+    <t>VISIPLUS</t>
+  </si>
+  <si>
+    <t>SOPHIA ANTIPOLIS 1300 ROUTE DES CRETES 06560 VALBONNE</t>
+  </si>
+  <si>
+    <t>01/01/2003</t>
+  </si>
+  <si>
+    <t>12/05/2025</t>
+  </si>
+  <si>
+    <t>70.21Z</t>
+  </si>
+  <si>
     <t>TALIS POITIERS</t>
   </si>
   <si>
     <t>13 ALLEE DES ANCIENNES SERRES 86280 SAINT-BENOIT</t>
   </si>
   <si>
     <t>29/05/2007</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...35 lines deleted...]
-    <t>70.21Z</t>
+    <t xml:space="preserve">MAZOUZ JESSY   </t>
+  </si>
+  <si>
+    <t>29-33 29 AVENUE DES CHAMPS ELYSEES 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>01/12/2022</t>
+  </si>
+  <si>
+    <t>46.18Z</t>
+  </si>
+  <si>
+    <t>PROGRAMME EDUCATIF ET D'ACCOMPAGNEMENT POUR LA JEUNESSE</t>
+  </si>
+  <si>
+    <t>28 AVENUE SECRETAN 75019 PARIS</t>
+  </si>
+  <si>
+    <t>01/06/2008</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
   </si>
   <si>
     <t xml:space="preserve">MAPOUKA-AWA PATRICIA NICOLE   </t>
   </si>
   <si>
     <t>MONPILOTAGE.COM</t>
   </si>
   <si>
     <t>29 RUE PASTEUR 41310 SAINT-AMAND-LONGPRE</t>
   </si>
   <si>
     <t>25/06/2020</t>
   </si>
   <si>
     <t>25/03/2024</t>
   </si>
   <si>
     <t>JSG DEVELOPPEMENT</t>
   </si>
   <si>
     <t>23 RUE ANTIGNA 45000 ORLEANS</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
-    <t xml:space="preserve">MAZOUZ JESSY   </t>
-[...25 lines deleted...]
-  <si>
     <t>START EVOLUTION</t>
   </si>
   <si>
     <t>431 RUE DE GERARDMER 88650 ANOULD</t>
   </si>
   <si>
     <t>06/01/2014</t>
   </si>
   <si>
     <t>01/05/2021</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...7 lines deleted...]
-    <t>18/09/1997</t>
   </si>
   <si>
     <t>IMPULS'IONS</t>
   </si>
   <si>
     <t>36 RUE DE LASSERRE 31430 LE FOUSSERET</t>
   </si>
   <si>
     <t>07/07/2016</t>
   </si>
   <si>
     <t>62.02A</t>
   </si>
   <si>
     <t>SIGMA UP</t>
   </si>
   <si>
     <t>25 RUE DE LA PAIX 94300 VINCENNES</t>
   </si>
   <si>
     <t>20/07/2016</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
@@ -711,77 +711,77 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>41885869200043</v>
+        <v>38855711800048</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>54860068686</v>
+        <v>31590216559</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>43958123200055</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
@@ -826,276 +826,276 @@
       </c>
       <c r="G4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I4" s="3">
         <v>93060557706</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>48833708000045</v>
+        <v>41885869200043</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D5" s="2" t="s">
+      <c r="D5" s="2"/>
+      <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="F5" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="3">
-        <v>24410139341</v>
+        <v>54860068686</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>48834661000030</v>
+        <v>50409155400049</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="F6" s="2" t="s">
+      <c r="H6" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="G6" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="I6" s="3">
-        <v>24450236145</v>
+        <v>11754452875</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>50409155400049</v>
+        <v>50758326800010</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="G7" s="2" t="s">
+      <c r="G7" s="2"/>
+      <c r="H7" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="H7" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I7" s="3">
-        <v>11754452875</v>
+        <v>11754834175</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>50758326800010</v>
+        <v>48833708000045</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C8" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="G8" s="2"/>
+      <c r="G8" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="H8" s="2" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>11754834175</v>
+        <v>24410139341</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>79908660800012</v>
+        <v>48834661000030</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="G9" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="I9" s="3">
-        <v>41880121588</v>
+        <v>24450236145</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>38855711800048</v>
+        <v>79908660800012</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="G10" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="F10" s="2" t="s">
+      <c r="H10" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="G10" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="I10" s="3">
-        <v>31590216559</v>
+        <v>41880121588</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>82148229600018</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>58</v>
       </c>
       <c r="I11" s="3">
         <v>76310838231</v>
@@ -1404,31 +1404,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/25/2025 08:56:24</dc:description>
+  <dc:description>Export en date du 12/16/2025 15:19:10</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>