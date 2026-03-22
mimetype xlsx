--- v1 (2025-12-16)
+++ v2 (2026-03-22)
@@ -76,138 +76,138 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>AVENIR FORMATION</t>
   </si>
   <si>
     <t>Z.I.DE DOUAI DORIGNIES 447 RUE JEAN PERRIN 59500 DOUAI</t>
   </si>
   <si>
     <t>18/09/1997</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>TALIS POITIERS</t>
+  </si>
+  <si>
+    <t>13 ALLEE DES ANCIENNES SERRES 86280 SAINT-BENOIT</t>
+  </si>
+  <si>
+    <t>29/05/2007</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>LE PRACTICE</t>
   </si>
   <si>
     <t>53 RUE LA BOETIE 75008 PARIS</t>
   </si>
   <si>
     <t>01/03/2018</t>
   </si>
   <si>
     <t>15/09/2021</t>
   </si>
   <si>
     <t>VISIPLUS</t>
   </si>
   <si>
     <t>SOPHIA ANTIPOLIS 1300 ROUTE DES CRETES 06560 VALBONNE</t>
   </si>
   <si>
     <t>01/01/2003</t>
   </si>
   <si>
     <t>12/05/2025</t>
   </si>
   <si>
     <t>70.21Z</t>
   </si>
   <si>
-    <t>TALIS POITIERS</t>
-[...5 lines deleted...]
-    <t>29/05/2007</t>
+    <t xml:space="preserve">MAPOUKA-AWA PATRICIA NICOLE   </t>
+  </si>
+  <si>
+    <t>MONPILOTAGE.COM</t>
+  </si>
+  <si>
+    <t>29 RUE PASTEUR 41310 SAINT-AMAND-LONGPRE</t>
+  </si>
+  <si>
+    <t>25/06/2020</t>
+  </si>
+  <si>
+    <t>25/03/2024</t>
+  </si>
+  <si>
+    <t>JSG DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>23 RUE ANTIGNA 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
   </si>
   <si>
     <t xml:space="preserve">MAZOUZ JESSY   </t>
   </si>
   <si>
     <t>29-33 29 AVENUE DES CHAMPS ELYSEES 75008 PARIS</t>
   </si>
   <si>
     <t>01/07/2015</t>
   </si>
   <si>
     <t>01/12/2022</t>
   </si>
   <si>
     <t>46.18Z</t>
   </si>
   <si>
     <t>PROGRAMME EDUCATIF ET D'ACCOMPAGNEMENT POUR LA JEUNESSE</t>
   </si>
   <si>
     <t>28 AVENUE SECRETAN 75019 PARIS</t>
   </si>
   <si>
     <t>01/06/2008</t>
   </si>
   <si>
     <t>94.99Z</t>
-  </si>
-[...22 lines deleted...]
-    <t>01/01/2007</t>
   </si>
   <si>
     <t>START EVOLUTION</t>
   </si>
   <si>
     <t>431 RUE DE GERARDMER 88650 ANOULD</t>
   </si>
   <si>
     <t>06/01/2014</t>
   </si>
   <si>
     <t>01/05/2021</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>IMPULS'IONS</t>
   </si>
   <si>
     <t>36 RUE DE LASSERRE 31430 LE FOUSSERET</t>
   </si>
   <si>
     <t>07/07/2016</t>
   </si>
@@ -748,343 +748,333 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
         <v>31590216559</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>43958123200055</v>
+        <v>41885869200043</v>
       </c>
       <c r="B3" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="2" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="F3" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>93060983106</v>
+        <v>54860068686</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>44321186700025</v>
+        <v>43958123200055</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="F4" s="2" t="s">
+      <c r="G4" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="G4" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H4" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>41885869200043</v>
+        <v>44321186700025</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G5" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="F5" s="2" t="s">
+      <c r="H5" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="G5" s="2"/>
-[...5 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>50409155400049</v>
+        <v>48833708000045</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="D6" s="2"/>
+      <c r="D6" s="2" t="s">
+        <v>34</v>
+      </c>
       <c r="E6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>50758326800010</v>
+        <v>48834661000030</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="I7" s="3">
-        <v>11754834175</v>
+        <v>24450236145</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>48833708000045</v>
+        <v>50409155400049</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C8" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" s="2"/>
+      <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="D8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="G8" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="F8" s="2" t="s">
+      <c r="H8" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="G8" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>48834661000030</v>
+        <v>50758326800010</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="I9" s="3">
-        <v>24450236145</v>
+        <v>11754834175</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>79908660800012</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>53</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="I10" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>82148229600018</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
@@ -1133,71 +1123,69 @@
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>62</v>
       </c>
       <c r="I12" s="3">
         <v>11941025594</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>82277236400011</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>66</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I13" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>87988407000019</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
@@ -1318,51 +1306,51 @@
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>62</v>
       </c>
       <c r="I17" s="3">
         <v>76341121734</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>89427013100010</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>82</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
@@ -1404,31 +1392,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 15:19:10</dc:description>
+  <dc:description>Export en date du 03/22/2026 11:40:42</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>