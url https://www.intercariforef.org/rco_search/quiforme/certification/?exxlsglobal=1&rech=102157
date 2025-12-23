--- v0 (2025-11-05)
+++ v1 (2025-12-23)
@@ -559,171 +559,171 @@
   <si>
     <t>1191P000191</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MARTINIQUE</t>
   </si>
   <si>
     <t>50 RUE ERNEST DEPROGE 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>14/09/1983</t>
   </si>
   <si>
     <t>9797P000897</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>5 B RUE DE PARIS 97400 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>ASSOCIATION DE FORMATION DE LA MEUSE</t>
+  </si>
+  <si>
+    <t>PARC BRADFER 8 RUE ANTOINE DURENNE 55000 BAR-LE-DUC</t>
+  </si>
+  <si>
+    <t>01/07/1987</t>
+  </si>
+  <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
     <t>ZAC MARMANDE SUD QUADRANT NORD OUEST 47250 SAMAZAN</t>
   </si>
   <si>
     <t>22/09/2008</t>
   </si>
   <si>
     <t>ESPACE COUTURE 24380 SANILHAC</t>
   </si>
   <si>
     <t>20/08/2017</t>
   </si>
   <si>
     <t>31/08/2025</t>
   </si>
   <si>
     <t>SUD MANAGEMENT</t>
   </si>
   <si>
     <t>SITE DE L AGROPOLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>SCHOLAR FAB ORGANISATION</t>
+  </si>
+  <si>
+    <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
+  </si>
+  <si>
+    <t>04/11/2002</t>
+  </si>
+  <si>
     <t>CIPECMA</t>
   </si>
   <si>
     <t>MAISON DE LA FORMATION 17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>AS FO BEARN SOULE BIGORRE</t>
   </si>
   <si>
     <t>PARC D'ACTIVITES PAU-PYRENEES 17 AVENUE LEON BLUM 64000 PAU</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>ASS MEUSIENNE INTER FORMATION ET PROMOTI</t>
   </si>
   <si>
-    <t>PARC BRADFER 8 RUE ANTOINE DURENNE 55000 BAR-LE-DUC</t>
-[...1 lines deleted...]
-  <si>
     <t>CCI FORMATION GERS</t>
   </si>
   <si>
     <t>10 RUE DIDEROT 32000 AUCH</t>
   </si>
   <si>
     <t>02/08/2018</t>
   </si>
   <si>
-    <t>CAMPUS DU LAC</t>
-[...11 lines deleted...]
-    <t>01/07/1987</t>
+    <t>CCI FORMATION 82</t>
+  </si>
+  <si>
+    <t>61 AVENUE LEON GAMBETTA 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
   </si>
   <si>
     <t>SOCIETE D'INTERVENTION EN FORMATION ET CONSEIL - SIFCO</t>
   </si>
   <si>
     <t>46 AVENUE VILLARCEAU 25000 BESANCON</t>
   </si>
   <si>
     <t>29/08/2009</t>
   </si>
   <si>
     <t>1 RUE DU DOCTEUR CHARLES FRERY 90000 BELFORT</t>
   </si>
   <si>
     <t>01/09/2009</t>
   </si>
   <si>
     <t>1 RUE VICTOR DOLLE 70000 VESOUL</t>
   </si>
   <si>
     <t>01/09/2015</t>
   </si>
   <si>
     <t>TOULOUSE BUSINESS SCHOOL - TBS</t>
   </si>
   <si>
     <t>1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
-  </si>
-[...16 lines deleted...]
-    <t>04/11/2002</t>
   </si>
   <si>
     <t>ECOLE D'ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE-ET-MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -2777,638 +2777,638 @@
       <c r="F44" s="2" t="s">
         <v>180</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="3">
         <v>98970017797</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>38980220800014</v>
+        <v>34174419100014</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>182</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>183</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I45" s="3">
-        <v>72470033047</v>
+        <v>41550006255</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>38980220800030</v>
+        <v>38980220800014</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I46" s="3">
         <v>72470033047</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>38980220800055</v>
+        <v>38980220800030</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="G47" s="2" t="s">
         <v>188</v>
       </c>
+      <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I47" s="3">
         <v>72470033047</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>38980235600011</v>
+        <v>38980220800055</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="F48" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="F48" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G48" s="2"/>
+      <c r="G48" s="2" t="s">
+        <v>191</v>
+      </c>
       <c r="H48" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I48" s="3">
-        <v>72470032947</v>
+        <v>72470033047</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>78128367600018</v>
+        <v>38980235600011</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I49" s="3">
-        <v>54170000117</v>
+        <v>72470032947</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>78235540800025</v>
+        <v>41058110200010</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>194</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>195</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>196</v>
+        <v>123</v>
       </c>
       <c r="I50" s="3">
-        <v>72640000764</v>
+        <v>72330424333</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>78338177500023</v>
+        <v>44492238900010</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>196</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I51" s="3"/>
       <c r="J51" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>78803676200037</v>
+        <v>78128367600018</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I52" s="3">
-        <v>73320039232</v>
+        <v>54170000117</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>41058110200010</v>
+        <v>78235540800025</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>123</v>
+        <v>205</v>
       </c>
       <c r="I53" s="3">
-        <v>72330424333</v>
+        <v>72640000764</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>34174419100014</v>
+        <v>78338177500023</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>198</v>
+        <v>182</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>28</v>
+        <v>205</v>
       </c>
       <c r="I54" s="3">
-        <v>41550006255</v>
+        <v>41550000155</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>51402217700018</v>
+        <v>78803676200037</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>207</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>208</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>209</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I55" s="3">
-        <v>43250236725</v>
+        <v>73320039232</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>51402217700026</v>
+        <v>47991356800024</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I56" s="3">
-        <v>43250236725</v>
+        <v>73820050682</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>51402217700059</v>
+        <v>51402217700018</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I57" s="3">
         <v>43250236725</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>81751739400018</v>
+        <v>51402217700026</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>58</v>
+        <v>217</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="I58" s="3">
-        <v>76310849231</v>
+        <v>43250236725</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>47991356800024</v>
+        <v>51402217700059</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I59" s="3">
-        <v>73820050682</v>
+        <v>43250236725</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>44492238900010</v>
+        <v>81751739400018</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>221</v>
+        <v>58</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="I60" s="3"/>
+        <v>50</v>
+      </c>
+      <c r="I60" s="3">
+        <v>76310849231</v>
+      </c>
       <c r="J60" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>84458985300010</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
         <v>223</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I61" s="3"/>
       <c r="J61" s="2" t="s">
@@ -3493,31 +3493,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 13:23:33</dc:description>
+  <dc:description>Export en date du 12/23/2025 14:57:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>