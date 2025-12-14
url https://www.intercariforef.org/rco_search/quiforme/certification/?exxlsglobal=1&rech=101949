--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -100,234 +100,234 @@
   <si>
     <t>2 COURS DES ALLIES 35000 RENNES</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t xml:space="preserve">LYCEE PROFESSIONNEL JEAN MONNET,LYCEE DES METIERS DE LA CONSTRUCTION ET DE LA GESTION ADMINISTRATIVE </t>
   </si>
   <si>
     <t>128 AVENUE JEAN JAURES 92120 MONTROUGE</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t xml:space="preserve">BOGONSKI CHRISTINE   </t>
+  </si>
+  <si>
+    <t>ZAC 4 LE BELVEDERE 04310 GANAGOBIE</t>
+  </si>
+  <si>
+    <t>01/11/1995</t>
+  </si>
+  <si>
+    <t>85.52Z</t>
+  </si>
+  <si>
+    <t>GESTES FORMATION</t>
+  </si>
+  <si>
+    <t>8 ALL ABEL CHATENAY 94400 VITRY SUR SEINE</t>
+  </si>
+  <si>
+    <t>01/12/2022</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>ARTEMISIA</t>
+  </si>
+  <si>
+    <t>9 B RUE BELLOT 75019 PARIS</t>
+  </si>
+  <si>
+    <t>17/08/1999</t>
+  </si>
+  <si>
+    <t>ASS REGION INSERTION ECONOMIQUE SOCIALE</t>
+  </si>
+  <si>
+    <t>1 RUE ANNE FRANK 91700 SAINTE-GENEVIEVE-DES-BOIS</t>
+  </si>
+  <si>
+    <t>01/06/2000</t>
+  </si>
+  <si>
+    <t>E.E.A.M</t>
+  </si>
+  <si>
+    <t>30 COTE DE L'ABATTOIR 81000 ALBI</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>BTP CFA NOUVELLE AQUITAINE</t>
+  </si>
+  <si>
+    <t>LES BUREAUX DU LAC I 4 AVENUE DE CHAVAILLES 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>16/05/2011</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
+  </si>
+  <si>
+    <t>INFA GOUVIEUX</t>
+  </si>
+  <si>
+    <t>LE MANOIR CHEMIN DES AIGLES 60500 GOUVIEUX</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>AERO STYL'</t>
+  </si>
+  <si>
+    <t>42 B RUE DE LA MALADRIE 44120 VERTOU</t>
+  </si>
+  <si>
+    <t>21/03/2013</t>
+  </si>
+  <si>
+    <t>AUVERGNE FORMATION</t>
+  </si>
+  <si>
+    <t>EAF</t>
+  </si>
+  <si>
+    <t>2 ALL GROUPE N BOURBAKI 63170 AUBIERE</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>INST.DEVELOP. COMPETENCES PROF.IDC PRO</t>
+  </si>
+  <si>
+    <t>ZA LE LIBRAIRE 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>15/10/2007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CORREA-LIMA LUCIANA   </t>
+  </si>
+  <si>
+    <t>1 RUE SAINTE GENEVIEVE 27200 VERNON</t>
+  </si>
+  <si>
+    <t>01/10/2016</t>
+  </si>
+  <si>
+    <t>43.34Z</t>
+  </si>
+  <si>
+    <t>BATIMENT CFA BOURGOGNE- FRANCHE- COMTE</t>
+  </si>
+  <si>
+    <t>9 ROUTE DU BOIS DE SAPIN 71400 AUTUN</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>FEDERATION  COMPAGNONNIQUE REGIONALE DE LYON</t>
+  </si>
+  <si>
+    <t>49 RUE FEUILLAT 69003 LYON</t>
+  </si>
+  <si>
+    <t>04/05/2015</t>
+  </si>
+  <si>
+    <t>FEDERATION ROUBAISIENNE DE L ENSEIGNEMENT SECONDAIRE CATHOLIQUE</t>
+  </si>
+  <si>
+    <t>21 RUE PELLART 59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>INSTITUT MARTINIQUAIS DE FORMATION PROFESSIONNELLE POUR ADULTES</t>
+  </si>
+  <si>
+    <t>CITE DILLON AVENUE SALVADOR ALLENDE 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>22/12/2016</t>
+  </si>
+  <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>34 RUE DE COSTESEQUE 34500 BEZIERS</t>
   </si>
   <si>
     <t>75 BOULEVARD DU MARECHAL FOCH 54520 LAXOU</t>
   </si>
   <si>
     <t>44 RUE BREAU 33200 BORDEAUX</t>
-  </si>
-[...148 lines deleted...]
-    <t>15/10/2007</t>
   </si>
   <si>
     <t>AFPEC</t>
   </si>
   <si>
     <t>36 RUE PASCAL 77100 MEAUX</t>
   </si>
   <si>
     <t>01/04/2022</t>
   </si>
   <si>
     <t>PARIS NORD FOOD FORMATION</t>
   </si>
   <si>
     <t>14 RUE BEFFROY 92200 NEUILLY-SUR-SEINE</t>
   </si>
   <si>
     <t>12/12/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -808,976 +808,976 @@
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>13002794900267</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="3">
         <v>53351087435</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>19920164100016</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>82409268800012</v>
+        <v>40283082200019</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3">
-        <v>11930762893</v>
+        <v>93040058304</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>82409268800137</v>
+        <v>41124054200034</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I6" s="3">
-        <v>11930762893</v>
+        <v>11940706594</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>82409268800186</v>
+        <v>42081677900029</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I7" s="3">
-        <v>11930762893</v>
+        <v>11753095575</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>82409268800210</v>
+        <v>42156728000027</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I8" s="3">
-        <v>11930762893</v>
+        <v>11910802091</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>82422814201148</v>
+        <v>45141681200027</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I9" s="3">
-        <v>11930743393</v>
+        <v>73810067781</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>82422814201312</v>
+        <v>78235535800113</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D10" s="2"/>
+        <v>45</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>45</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I10" s="3">
-        <v>11930743393</v>
+        <v>72330875333</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>82422814201585</v>
+        <v>78574029100071</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D11" s="2"/>
+        <v>48</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>49</v>
+      </c>
       <c r="E11" s="2" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I11" s="3">
-        <v>11930743393</v>
+        <v>11940392094</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>50008973500046</v>
+        <v>79210929000017</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="I12" s="3">
-        <v>28270202427</v>
+        <v>52440681544</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>41124054200034</v>
+        <v>52425048700021</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+        <v>55</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>56</v>
+      </c>
       <c r="E13" s="2" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I13" s="3">
-        <v>11940706594</v>
+        <v>83630410763</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>42081677900029</v>
+        <v>45398962600032</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I14" s="3">
-        <v>11753095575</v>
+        <v>72240122924</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>42156728000027</v>
+        <v>50008973500046</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>31</v>
+        <v>65</v>
       </c>
       <c r="I15" s="3">
-        <v>11910802091</v>
+        <v>28270202427</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>77864848500051</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I16" s="3">
         <v>26710245471</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>77986700100058</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I17" s="3">
         <v>82690008769</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>78235535800113</v>
+        <v>80443252400010</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="I18" s="3">
-        <v>72330875333</v>
+        <v>31590878459</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>78574029100071</v>
+        <v>81142142900028</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I19" s="3">
-        <v>11940392094</v>
+        <v>97973068497</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>79210929000017</v>
+        <v>82409268800012</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>68</v>
+        <v>81</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I20" s="3">
-        <v>52440681544</v>
+        <v>11930762893</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>80443252400010</v>
+        <v>82409268800137</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="I21" s="3">
-        <v>31590878459</v>
+        <v>11930762893</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>81142142900028</v>
+        <v>82409268800186</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I22" s="3">
-        <v>97973068497</v>
+        <v>11930762893</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>52425048700021</v>
+        <v>82409268800210</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I23" s="3">
-        <v>83630410763</v>
+        <v>11930762893</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>40283082200019</v>
+        <v>82422814201148</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>83</v>
+        <v>35</v>
       </c>
       <c r="I24" s="3">
-        <v>93040058304</v>
+        <v>11930743393</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>45141681200027</v>
+        <v>82422814201312</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I25" s="3">
-        <v>73810067781</v>
+        <v>11930743393</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>45398962600032</v>
+        <v>82422814201585</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I26" s="3">
-        <v>72240122924</v>
+        <v>11930743393</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>91347179300012</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I27" s="3">
         <v>11770784477</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>98228320200017</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>93</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>95</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I28" s="3">
         <v>11922686892</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1805,31 +1805,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/28/2025 23:21:40</dc:description>
+  <dc:description>Export en date du 12/14/2025 23:14:33</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>