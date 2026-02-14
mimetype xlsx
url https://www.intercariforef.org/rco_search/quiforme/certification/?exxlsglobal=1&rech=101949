--- v1 (2025-12-14)
+++ v2 (2026-02-14)
@@ -151,129 +151,129 @@
   <si>
     <t>9 B RUE BELLOT 75019 PARIS</t>
   </si>
   <si>
     <t>17/08/1999</t>
   </si>
   <si>
     <t>ASS REGION INSERTION ECONOMIQUE SOCIALE</t>
   </si>
   <si>
     <t>1 RUE ANNE FRANK 91700 SAINTE-GENEVIEVE-DES-BOIS</t>
   </si>
   <si>
     <t>01/06/2000</t>
   </si>
   <si>
     <t>E.E.A.M</t>
   </si>
   <si>
     <t>30 COTE DE L'ABATTOIR 81000 ALBI</t>
   </si>
   <si>
     <t>01/01/2010</t>
   </si>
   <si>
+    <t>INST.DEVELOP. COMPETENCES PROF.IDC PRO</t>
+  </si>
+  <si>
+    <t>ZA LE LIBRAIRE 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>15/10/2007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CORREA-LIMA LUCIANA   </t>
+  </si>
+  <si>
+    <t>1 RUE SAINTE GENEVIEVE 27200 VERNON</t>
+  </si>
+  <si>
+    <t>01/10/2016</t>
+  </si>
+  <si>
+    <t>43.34Z</t>
+  </si>
+  <si>
+    <t>AUVERGNE FORMATION</t>
+  </si>
+  <si>
+    <t>EAF</t>
+  </si>
+  <si>
+    <t>2 ALL GROUPE N BOURBAKI 63170 AUBIERE</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>BATIMENT CFA BOURGOGNE- FRANCHE- COMTE</t>
+  </si>
+  <si>
+    <t>9 ROUTE DU BOIS DE SAPIN 71400 AUTUN</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>FEDERATION  COMPAGNONNIQUE REGIONALE DE LYON</t>
+  </si>
+  <si>
+    <t>49 RUE FEUILLAT 69003 LYON</t>
+  </si>
+  <si>
+    <t>04/05/2015</t>
+  </si>
+  <si>
     <t>BTP CFA NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>LES BUREAUX DU LAC I 4 AVENUE DE CHAVAILLES 33520 BRUGES</t>
   </si>
   <si>
     <t>16/05/2011</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
   </si>
   <si>
     <t>INFA GOUVIEUX</t>
   </si>
   <si>
     <t>LE MANOIR CHEMIN DES AIGLES 60500 GOUVIEUX</t>
   </si>
   <si>
     <t>01/01/1995</t>
   </si>
   <si>
     <t>AERO STYL'</t>
   </si>
   <si>
     <t>42 B RUE DE LA MALADRIE 44120 VERTOU</t>
   </si>
   <si>
     <t>21/03/2013</t>
-  </si>
-[...49 lines deleted...]
-    <t>04/05/2015</t>
   </si>
   <si>
     <t>FEDERATION ROUBAISIENNE DE L ENSEIGNEMENT SECONDAIRE CATHOLIQUE</t>
   </si>
   <si>
     <t>21 RUE PELLART 59100 ROUBAIX</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>INSTITUT MARTINIQUAIS DE FORMATION PROFESSIONNELLE POUR ADULTES</t>
   </si>
   <si>
     <t>CITE DILLON AVENUE SALVADOR ALLENDE 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>22/12/2016</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
@@ -1042,342 +1042,342 @@
       <c r="F9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I9" s="3">
         <v>73810067781</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>78235535800113</v>
+        <v>45398962600032</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="D10" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="I10" s="3">
-        <v>72330875333</v>
+        <v>72240122924</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78574029100071</v>
+        <v>50008973500046</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="D11" s="2" t="s">
+      <c r="D11" s="2"/>
+      <c r="E11" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="I11" s="3">
-        <v>11940392094</v>
+        <v>28270202427</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>79210929000017</v>
+        <v>52425048700021</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="D12" s="2"/>
+      <c r="D12" s="2" t="s">
+        <v>53</v>
+      </c>
       <c r="E12" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I12" s="3">
-        <v>52440681544</v>
+        <v>83630410763</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>52425048700021</v>
+        <v>77864848500051</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D13" s="2" t="s">
         <v>56</v>
       </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="I13" s="3">
-        <v>83630410763</v>
+        <v>26710245471</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>45398962600032</v>
+        <v>77986700100058</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I14" s="3">
-        <v>72240122924</v>
+        <v>82690008769</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>50008973500046</v>
+        <v>78235535800113</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="D15" s="2"/>
+      <c r="D15" s="2" t="s">
+        <v>62</v>
+      </c>
       <c r="E15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="I15" s="3">
-        <v>28270202427</v>
+        <v>72330875333</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>77864848500051</v>
+        <v>78574029100071</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="I16" s="3">
-        <v>26710245471</v>
+        <v>11940392094</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77986700100058</v>
+        <v>79210929000017</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I17" s="3">
-        <v>82690008769</v>
+        <v>52440681544</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>80443252400010</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>74</v>
       </c>
@@ -1805,31 +1805,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 23:14:33</dc:description>
+  <dc:description>Export en date du 02/14/2026 02:42:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>