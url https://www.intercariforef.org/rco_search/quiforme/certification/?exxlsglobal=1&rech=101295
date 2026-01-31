--- v0 (2025-10-31)
+++ v1 (2026-01-31)
@@ -157,87 +157,87 @@
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE MARIE CURIE</t>
   </si>
   <si>
     <t>16 BOULEVARD JEANNE D'ARC 13005 MARSEILLE</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT JEAN PERRIN</t>
   </si>
   <si>
     <t>74 RUE VERDILLON 13010 MARSEILLE</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL PASCAL BLAISE</t>
   </si>
   <si>
     <t>49 TRAVERSE CAPRON 13012 MARSEILLE</t>
   </si>
   <si>
     <t>19/12/1983</t>
   </si>
   <si>
-    <t>LYCEE POLYVALENT DUMONT D'URVILLE-LAPLACE</t>
+    <t>LYCEE POLYVALENT DUMONT D'URVILLE-LAPLACE- LYCEE DES METIERS DE LA CONSTRUCTION, DE L'INGENIERIE INDUSTR. ET DU DESIGN</t>
   </si>
   <si>
     <t>130 RUE DE LA DELIVRANDE 14000 CAEN</t>
   </si>
   <si>
     <t>01/09/1990</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE CHARLES AUGUSTIN COULOMB</t>
   </si>
   <si>
     <t>ALLEE JOACHIM DU BELLAY 16000 ANGOULEME</t>
   </si>
   <si>
     <t>LYCEE DES METIERS DE L'IMAGE DU SON ET DE LA COMMUNICATION</t>
   </si>
   <si>
     <t>303 AVENUE DE NAVARRE 16000 ANGOULEME</t>
   </si>
   <si>
     <t>04/09/1989</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL GILLES JAMAIN</t>
   </si>
   <si>
     <t>2 A BOULEVARD EDOUARD POUZET 17300 ROCHEFORT</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JEAN GUEHENNO</t>
   </si>
   <si>
     <t>RUE DES SABLES 18200 SAINT-AMAND-MONTROND</t>
   </si>
   <si>
-    <t>LYCEE ENS PROFES CERAMIQUE HENRY MOISAND</t>
+    <t>LYCEE POLYVALENT DE LA CERAMIQUE HENRY MOISANT - LYCEE DES METIERS ARTS-DESIGN-CERAMIQUE</t>
   </si>
   <si>
     <t>RUE DU LYCEE 21110 LONGCHAMP</t>
   </si>
   <si>
     <t>LYCEE GAL TECHNOLOGIQUE JOSEPH SAVINA</t>
   </si>
   <si>
     <t>5 PLACE DE LA REPUBLIQUE 22220 TREGUIER</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE RAYMOND LOEWY - LYCEE DES METIERS D'ART ET DU DESIGN</t>
   </si>
   <si>
     <t>1 PL DE FILDERSTADT 23300 LA SOUTERRAINE</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT CLAUDE NICOLAS LEDOUX</t>
   </si>
   <si>
     <t>14 RUE ALAIN SAVARY 25000 BESANCON</t>
   </si>
   <si>
     <t>11/02/1992</t>
   </si>
@@ -742,119 +742,158 @@
   <si>
     <t>QUARTIER SAINT JAMES 97250 SAINT-PIERRE</t>
   </si>
   <si>
     <t>31/12/1983</t>
   </si>
   <si>
     <t>LYCEE GENERAL TECHNOL AMBROISE VOLLARD</t>
   </si>
   <si>
     <t>3 AVENUE DE SOWETO 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>01/03/1989</t>
   </si>
   <si>
     <t>LYCEE RENE GOSCINNY</t>
   </si>
   <si>
     <t>500 ROUTE DES CROVES 06340 DRAP</t>
   </si>
   <si>
     <t>01/06/2012</t>
   </si>
   <si>
+    <t>ECOLE DU BATIMENT ET DES TRAVAUX PUBLICS</t>
+  </si>
+  <si>
+    <t>30 RUE DE LA PAIX 94300 VINCENNES</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>ASSOCIATION L'INITIATIVE</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQUE L'INITIATIVE</t>
+  </si>
+  <si>
+    <t>24 RUE BOURET 75019 PARIS</t>
+  </si>
+  <si>
+    <t>13/05/1985</t>
+  </si>
+  <si>
+    <t>ASSOCIATION GESTION ETS ASSOMPTION BONDY</t>
+  </si>
+  <si>
+    <t>12 AVENUE DE VERDUN 93140 BONDY</t>
+  </si>
+  <si>
+    <t>07/06/1982</t>
+  </si>
+  <si>
+    <t>ECOLE DE DESIGN NANTES ATLANTIQUE</t>
+  </si>
+  <si>
+    <t>61 BOULEVARD DE LA PRAIRIE AU DUC 44200 NANTES</t>
+  </si>
+  <si>
+    <t>21/06/2022</t>
+  </si>
+  <si>
     <t>ASSOCIATION SALIEGE</t>
   </si>
   <si>
     <t>3 RUE GEORGES BERNANOS 31130 BALMA</t>
   </si>
   <si>
     <t>01/09/1991</t>
   </si>
   <si>
     <t>CAMPUS FONDERIE DE L'IMAGE</t>
   </si>
   <si>
     <t>80 RUE JULES FERRY 93170 BAGNOLET</t>
   </si>
   <si>
     <t>15/10/2007</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>OGEC LA JOLIVERIE</t>
+  </si>
+  <si>
+    <t>141 ROUTE DE CLISSON 44230 SAINT-SEBASTIEN-SUR-LOIRE</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>LYCEE PASTEUR MONT ROLAND</t>
+  </si>
+  <si>
+    <t>27 RUE PASTEUR 39100 DOLE</t>
+  </si>
+  <si>
+    <t>13/01/2005</t>
+  </si>
+  <si>
+    <t>31/12/2009</t>
+  </si>
+  <si>
+    <t>OGEC SAINT ETIENNE</t>
+  </si>
+  <si>
+    <t>49 RUE DES SOUBIROUS 46000 CAHORS</t>
+  </si>
+  <si>
+    <t>01/09/2006</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>COOPERATIVE SCOLAIRE DU LYCEE JEAN MONNET</t>
   </si>
   <si>
     <t>16 RUE DU PORTAIL ROUGE 42100 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>23/10/2008</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...34 lines deleted...]
-  <si>
     <t>OGEC SFDA- GROUPE SCOLAIRE SAINT FRANCOIS D'ASSISE</t>
   </si>
   <si>
     <t>GROUPE SCOLAIRE SAINT FRANCOIS D'ASSISE</t>
   </si>
   <si>
     <t>LYCEE STE MARGUERITE COLLEGE ST ETIENN 1 RUE HORIZON VERT 37170 CHAMBRAY-LES-TOURS</t>
   </si>
   <si>
     <t>12/04/1988</t>
   </si>
   <si>
     <t>AFEEP MAUBEUGE SAMBRE</t>
   </si>
   <si>
     <t>LYCEE THEOPHILE LEGRAND</t>
   </si>
   <si>
     <t>LYCEE THEOPHILE LEGRAND 16 RUE BERTRAND 59720 LOUVROIL</t>
   </si>
   <si>
     <t>01/09/2013</t>
   </si>
   <si>
     <t>ASS INSTITUT SAINTE GENEVIEVE</t>
@@ -962,89 +1001,50 @@
     <t>32 AVENUE FOCH 54000 NANCY</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>ASSOCIATION JEUNESSE ET AVENIR</t>
   </si>
   <si>
     <t>2 RUE EMILE HIE 59270 BAILLEUL</t>
   </si>
   <si>
     <t>12/03/1997</t>
   </si>
   <si>
     <t>ESCAP</t>
   </si>
   <si>
     <t>52 RUE COURTEVILLE 62500 SAINT-OMER</t>
   </si>
   <si>
     <t>INSTITUTION DU SACRE COEUR</t>
   </si>
   <si>
     <t>PASSAGE DE GRAVILLE 2 RUE DU GAIZON 91620 LA VILLE-DU-BOIS</t>
-  </si>
-[...37 lines deleted...]
-    <t>21/06/2022</t>
   </si>
   <si>
     <t>APEL COLLEGE-LYCEES ST PIERRE SAINT PAUL</t>
   </si>
   <si>
     <t>1 RUE DU COLLEGE 48300 LANGOGNE</t>
   </si>
   <si>
     <t>24/10/2012</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -4700,1156 +4700,1158 @@
         <v>240</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>241</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I93" s="3"/>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>34864480800027</v>
+        <v>30861967500025</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>242</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
         <v>243</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>244</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I94" s="3"/>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>35386977900036</v>
+        <v>31402460500052</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>245</v>
       </c>
-      <c r="D95" s="2"/>
+      <c r="D95" s="2" t="s">
+        <v>246</v>
+      </c>
       <c r="E95" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>248</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I95" s="3"/>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>53170712300018</v>
+        <v>32841304200016</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>249</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>251</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>252</v>
+        <v>23</v>
       </c>
       <c r="I96" s="3"/>
       <c r="J96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>48097819600016</v>
+        <v>33405590200053</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>253</v>
+        <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>256</v>
-[...3 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I97" s="3"/>
+      <c r="I97" s="3">
+        <v>52440080744</v>
+      </c>
       <c r="J97" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M97" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>49244537400019</v>
+        <v>34864480800027</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="I98" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I98" s="3">
+        <v>76311466331</v>
+      </c>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>41780707000012</v>
+        <v>35386977900036</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>23</v>
+        <v>261</v>
       </c>
       <c r="I99" s="3">
-        <v>52440003244</v>
+        <v>11930658393</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>77534496300035</v>
+        <v>41780707000012</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>265</v>
-[...3 lines deleted...]
-      </c>
+        <v>262</v>
+      </c>
+      <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="I100" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I100" s="3">
+        <v>52440003244</v>
+      </c>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M100" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>77562556900055</v>
+        <v>48097819600016</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>13</v>
+        <v>265</v>
       </c>
       <c r="C101" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="D101" s="2"/>
+      <c r="E101" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="F101" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="G101" s="2" t="s">
         <v>269</v>
       </c>
-      <c r="D101" s="2" t="s">
-[...8 lines deleted...]
-      <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I101" s="3"/>
       <c r="J101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>77566396600015</v>
+        <v>49244537400019</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="I102" s="3"/>
       <c r="J102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>77568810400030</v>
+        <v>53170712300018</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>277</v>
-[...3 lines deleted...]
-      </c>
+        <v>274</v>
+      </c>
+      <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>277</v>
+      </c>
+      <c r="I103" s="3"/>
       <c r="J103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M103" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>77657480800023</v>
+        <v>77534496300035</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
+        <v>278</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="E104" s="2" t="s">
         <v>280</v>
       </c>
-      <c r="D104" s="2"/>
-      <c r="E104" s="2" t="s">
+      <c r="F104" s="2" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="I104" s="3"/>
       <c r="J104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>77762037800011</v>
+        <v>77562556900055</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="D105" s="2" t="s">
         <v>283</v>
       </c>
-      <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
         <v>284</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I105" s="3"/>
+      <c r="I105" s="3">
+        <v>31590269359</v>
+      </c>
       <c r="J105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>77774552200014</v>
+        <v>77566396600015</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>39</v>
+        <v>289</v>
       </c>
       <c r="I106" s="3"/>
       <c r="J106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>77921894000012</v>
+        <v>77568810400030</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>287</v>
-[...1 lines deleted...]
-      <c r="D107" s="2"/>
+        <v>290</v>
+      </c>
+      <c r="D107" s="2" t="s">
+        <v>291</v>
+      </c>
       <c r="E107" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="F107" s="2" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="I107" s="3"/>
+      <c r="I107" s="3">
+        <v>11752836675</v>
+      </c>
       <c r="J107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>77990483800066</v>
+        <v>77657480800023</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I108" s="3">
-        <v>82690006869</v>
+        <v>82740156174</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>77993563400013</v>
+        <v>77762037800011</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I109" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I109" s="3"/>
       <c r="J109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>78022773200010</v>
+        <v>77774552200014</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="I110" s="3"/>
       <c r="J110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M110" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>78042659900012</v>
+        <v>77921894000012</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I111" s="3"/>
       <c r="J111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>78106277300036</v>
+        <v>77990483800066</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I112" s="3">
-        <v>23760475176</v>
+        <v>82690006869</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M112" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>78184244800016</v>
+        <v>77993563400013</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="I113" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I113" s="3">
+        <v>41570172557</v>
+      </c>
       <c r="J113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>78184276000014</v>
+        <v>78022773200010</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>294</v>
+        <v>307</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I114" s="3">
-        <v>72330463033</v>
+        <v>22020010102</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>78288374800017</v>
+        <v>78042659900012</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I115" s="3"/>
       <c r="J115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>78333329700050</v>
+        <v>78106277300036</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="I116" s="3">
-        <v>44540380254</v>
+        <v>23760475176</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>78351618000040</v>
+        <v>78184244800016</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>311</v>
+        <v>288</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="I117" s="3"/>
       <c r="J117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M117" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>78407780200014</v>
+        <v>78184276000014</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>261</v>
+        <v>23</v>
       </c>
       <c r="I118" s="3">
-        <v>32620305462</v>
+        <v>72330463033</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>78525890600011</v>
+        <v>78288374800017</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>261</v>
+        <v>39</v>
       </c>
       <c r="I119" s="3"/>
       <c r="J119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>30861967500025</v>
+        <v>78333329700050</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="I120" s="3"/>
+        <v>39</v>
+      </c>
+      <c r="I120" s="3">
+        <v>44540380254</v>
+      </c>
       <c r="J120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M120" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>31402460500052</v>
+        <v>78351618000040</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>319</v>
-[...3 lines deleted...]
-      </c>
+        <v>322</v>
+      </c>
+      <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I121" s="3"/>
+      <c r="I121" s="3">
+        <v>31590122959</v>
+      </c>
       <c r="J121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>32841304200016</v>
+        <v>78407780200014</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>325</v>
+        <v>288</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I122" s="3"/>
+        <v>273</v>
+      </c>
+      <c r="I122" s="3">
+        <v>32620305462</v>
+      </c>
       <c r="J122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M122" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>33405590200053</v>
+        <v>78525890600011</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>328</v>
+        <v>288</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="I123" s="3"/>
       <c r="J123" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
         <v>79408640500014</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>329</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
         <v>330</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>331</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>252</v>
+        <v>277</v>
       </c>
       <c r="I124" s="3"/>
       <c r="J124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
@@ -5875,31 +5877,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/31/2025 17:48:54</dc:description>
+  <dc:description>Export en date du 01/31/2026 07:59:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>