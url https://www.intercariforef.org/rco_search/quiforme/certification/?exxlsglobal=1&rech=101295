--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -208,51 +208,51 @@
   <si>
     <t>2 A BOULEVARD EDOUARD POUZET 17300 ROCHEFORT</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JEAN GUEHENNO</t>
   </si>
   <si>
     <t>RUE DES SABLES 18200 SAINT-AMAND-MONTROND</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT DE LA CERAMIQUE HENRY MOISANT - LYCEE DES METIERS ARTS-DESIGN-CERAMIQUE</t>
   </si>
   <si>
     <t>RUE DU LYCEE 21110 LONGCHAMP</t>
   </si>
   <si>
     <t>LYCEE GAL TECHNOLOGIQUE JOSEPH SAVINA</t>
   </si>
   <si>
     <t>5 PLACE DE LA REPUBLIQUE 22220 TREGUIER</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE RAYMOND LOEWY - LYCEE DES METIERS D'ART ET DU DESIGN</t>
   </si>
   <si>
-    <t>1 PL DE FILDERSTADT 23300 LA SOUTERRAINE</t>
+    <t>3 PLACE BERNHAUSEN 23300 LA SOUTERRAINE</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT CLAUDE NICOLAS LEDOUX</t>
   </si>
   <si>
     <t>14 RUE ALAIN SAVARY 25000 BESANCON</t>
   </si>
   <si>
     <t>11/02/1992</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT PASTEUR</t>
   </si>
   <si>
     <t>4 RUE DU LYCEE 25000 BESANCON</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT JULES HAAG</t>
   </si>
   <si>
     <t>1 RUE LABBE 25000 BESANCON</t>
   </si>
   <si>
     <t>4325P000725</t>
   </si>
@@ -5877,31 +5877,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/31/2026 07:59:19</dc:description>
+  <dc:description>Export en date du 03/17/2026 12:36:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>