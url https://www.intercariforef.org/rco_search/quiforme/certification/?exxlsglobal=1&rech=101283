--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -55,993 +55,993 @@
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
+    <t>Actif</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SALIEGE</t>
+  </si>
+  <si>
+    <t>3 RUE GEORGES BERNANOS 31130 BALMA</t>
+  </si>
+  <si>
+    <t>01/09/1991</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>CAMPUS FONDERIE DE L'IMAGE</t>
+  </si>
+  <si>
+    <t>80 RUE JULES FERRY 93170 BAGNOLET</t>
+  </si>
+  <si>
+    <t>15/10/2007</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
+  </si>
+  <si>
+    <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
+  </si>
+  <si>
+    <t>16/05/2012</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DU VAR</t>
+  </si>
+  <si>
+    <t>DIR DES ENSEIGNEMENTS</t>
+  </si>
+  <si>
+    <t>CAMPUS ZI TOULON EST RES LA GRANDE TOURACHE 83130 LA GARDE</t>
+  </si>
+  <si>
+    <t>23/05/1991</t>
+  </si>
+  <si>
+    <t>9383P000183</t>
+  </si>
+  <si>
+    <t>LP LYCEE DES METIERS D'ART</t>
+  </si>
+  <si>
+    <t>26 RUE FLEMING 02100 OMISSY</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL LES COTEAUX - LYCEE DES METIERS TERTIAIRE DE DEMAIN, DE LA MODE ET DU SPECTACLE</t>
+  </si>
+  <si>
+    <t>4-6 4 CHEMIN MORGON 06400 CANNES</t>
+  </si>
+  <si>
+    <t>14/09/1983</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LEONARD DE VINCI - LYCEE DES METIERS D'ART, DU DESIGN ET DE LA CONSTRUCTION DURABLE</t>
+  </si>
+  <si>
+    <t>ZI DES 3 MOULINS 214 RUE JEAN JOANNON 06600 ANTIBES</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE MARIE CURIE</t>
+  </si>
+  <si>
+    <t>16 BOULEVARD JEANNE D'ARC 13005 MARSEILLE</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JEAN PERRIN</t>
+  </si>
+  <si>
+    <t>74 RUE VERDILLON 13010 MARSEILLE</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL PASCAL BLAISE</t>
+  </si>
+  <si>
+    <t>49 TRAVERSE CAPRON 13012 MARSEILLE</t>
+  </si>
+  <si>
+    <t>19/12/1983</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT DUMONT D'URVILLE-LAPLACE</t>
+  </si>
+  <si>
+    <t>130 RUE DE LA DELIVRANDE 14000 CAEN</t>
+  </si>
+  <si>
+    <t>01/09/1990</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE CHARLES AUGUSTIN COULOMB</t>
+  </si>
+  <si>
+    <t>ALLEE JOACHIM DU BELLAY 16000 ANGOULEME</t>
+  </si>
+  <si>
+    <t>LYCEE DES METIERS DE L'IMAGE DU SON ET DE LA COMMUNICATION</t>
+  </si>
+  <si>
+    <t>303 AVENUE DE NAVARRE 16000 ANGOULEME</t>
+  </si>
+  <si>
+    <t>04/09/1989</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL GILLES JAMAIN</t>
+  </si>
+  <si>
+    <t>2 A BOULEVARD EDOUARD POUZET 17300 ROCHEFORT</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL JEAN GUEHENNO</t>
+  </si>
+  <si>
+    <t>RUE DES SABLES 18200 SAINT-AMAND-MONTROND</t>
+  </si>
+  <si>
+    <t>LYCEE ENS PROFES CERAMIQUE HENRY MOISAND</t>
+  </si>
+  <si>
+    <t>RUE DU LYCEE 21110 LONGCHAMP</t>
+  </si>
+  <si>
+    <t>LYCEE GAL TECHNOLOGIQUE JOSEPH SAVINA</t>
+  </si>
+  <si>
+    <t>5 PLACE DE LA REPUBLIQUE 22220 TREGUIER</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE RAYMOND LOEWY - LYCEE DES METIERS D'ART ET DU DESIGN</t>
+  </si>
+  <si>
+    <t>1 PL DE FILDERSTADT 23300 LA SOUTERRAINE</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT CLAUDE NICOLAS LEDOUX</t>
+  </si>
+  <si>
+    <t>14 RUE ALAIN SAVARY 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>11/02/1992</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT PASTEUR</t>
+  </si>
+  <si>
+    <t>4 RUE DU LYCEE 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JULES HAAG</t>
+  </si>
+  <si>
+    <t>1 RUE LABBE 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>4325P000725</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT EDGAR FAURE - LYCEE DES METIERS DE LA PRECISION ET DU LUXE</t>
+  </si>
+  <si>
+    <t>2 RUE DU DOCTEUR LEON SAUZE 25500 MORTEAU</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL AMBLARD - LYCEE DES METIERS D'ART DE LA BIJOUTERIE-JOAILLERIE</t>
+  </si>
+  <si>
+    <t>43 RUE AMBLARD 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT VAUBAN</t>
+  </si>
+  <si>
+    <t>RUE DE KERICHEN 29200 BREST</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ERNEST HEMINGWAY</t>
+  </si>
+  <si>
+    <t>98 AVENUE JEAN-JAURES 30900 NIMES</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL - LYCEE DES METIERS D'ART DU BOIS ET DE L'AMEUBLEMENT</t>
+  </si>
+  <si>
+    <t>PLAINE DE LAUDOT 31250 REVEL</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE JOSEPHINE BAKER</t>
+  </si>
+  <si>
+    <t>85 AVENUE JEAN BAYLET 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE DES ARENES</t>
+  </si>
+  <si>
+    <t>4 PLACE EMILE MALE 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ETAT FRANCOIS MAGENDIE</t>
+  </si>
+  <si>
+    <t>10 RUE DES TREUILS 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JOSEPH VALLOT</t>
+  </si>
+  <si>
+    <t>RUE DOCTEUR HENRI MAS 34700 LODEVE</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE JEAN MONNET</t>
+  </si>
+  <si>
+    <t>RUE DE MALBOSC 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/09/1989</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LYCEE DES METIERS JEAN-FRANCOIS CHAMPOLLION</t>
+  </si>
+  <si>
+    <t>AVENUE DE FIGUIERE 34970 LATTES</t>
+  </si>
+  <si>
+    <t>01/09/1992</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL JEAN JAURES - LYCEE DES METIERS</t>
+  </si>
+  <si>
+    <t>24 RUE VICTOR RAULT 35200 RENNES</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL BREQUIGNY</t>
+  </si>
+  <si>
+    <t>7 AVENUE GEORGES GRAFF 35200 RENNES</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE CHOISEUL</t>
+  </si>
+  <si>
+    <t>78 RUE DES DOUETS 37100 TOURS</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ANDRE ARGOUGES</t>
+  </si>
+  <si>
+    <t>59- 61 61 RUE LEON JOUHAUX 38100 GRENOBLE</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LEONARD DE VINCI - LYCEE DES METIERS DE L'AUDIOVISUEL ET DU DESIGN</t>
+  </si>
+  <si>
+    <t>BOULEVARD DE VILLEFONTAINE 38090 VILLEFONTAINE</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JACQUES DUHAMEL</t>
+  </si>
+  <si>
+    <t>AVENUE CHARLES LAURENT THOUVEREY 39100 DOLE</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL PIERRE VERNOTTE</t>
+  </si>
+  <si>
+    <t>6 ROUTE DE SAINT-LAURENT 39260 MOIRANS-EN-MONTAGNE</t>
+  </si>
+  <si>
+    <t>LYCEE CAMILLE CLAUDEL</t>
+  </si>
+  <si>
+    <t>QUARTIER DE SAINT GEORGES 10 RUE ALBERT CAMUS 41000 BLOIS</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL GABRIEL GUIST HAU</t>
+  </si>
+  <si>
+    <t>3 RUE MARIE ANNE DU BOCCAGE 44000 NANTES</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE LIVET</t>
+  </si>
+  <si>
+    <t>16 RUE DUFOUR 44000 NANTES</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE CHARLES PEGUY</t>
+  </si>
+  <si>
+    <t>1 COURS VICTOR HUGO 45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/09/1997</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNO FERNAND RENAUDEAU</t>
+  </si>
+  <si>
+    <t>RUE DE LA TUILERIE 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNOLOGIQUE MARC CHAGALL</t>
+  </si>
+  <si>
+    <t>60 CHAUSSEE SAINT-MARTIN 51100 REIMS</t>
+  </si>
+  <si>
+    <t>LYCEE DES METIERS CHARLES DE GAULLE</t>
+  </si>
+  <si>
+    <t>AVENUE CHRISTIAN PINEAU 52000 CHAUMONT</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNOLOGIQUE HENRI LORITZ</t>
+  </si>
+  <si>
+    <t>29 RUE DES JARDINIERS 54000 NANCY</t>
+  </si>
+  <si>
+    <t>4154P000154</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE DE LA COMMUNICATION</t>
+  </si>
+  <si>
+    <t>TECHNOPOLE 2000 3 BOULEVARD DOMINIQUE FRANCOIS ARAGO 57070 METZ</t>
+  </si>
+  <si>
+    <t>06/09/1989</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNO ALAIN COLAS</t>
+  </si>
+  <si>
+    <t>RUE D’ESTUTT DE TRACY 58000 NEVERS</t>
+  </si>
+  <si>
+    <t>28/04/1989</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL SEVIGNE - LYCEE DES METIERS</t>
+  </si>
+  <si>
+    <t>151 RUE DE LA MALCENSE 59200 TOURCOING</t>
+  </si>
+  <si>
+    <t>ECOLE NATIONALE SUPERIEURE DES ARTS ET INDUSTRIES TEXTILES</t>
+  </si>
+  <si>
+    <t>2 ALLEE LOUISE ET VICTOR CHAMPIER 59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>3159P003259</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT MEZERAY-GABRIEL- LYCEE DES METIERS DE L’HABITAT, DES SERVICES ET DU DESIGN</t>
+  </si>
+  <si>
+    <t>6 PLACE ROBERT DUGUE 61200 ARGENTAN</t>
+  </si>
+  <si>
+    <t>LYCEE GL ET TECHNOLOGIQUE RENE DESCARTES</t>
+  </si>
+  <si>
+    <t>AVENUE JULES FERRY 63800 COURNON-D'AUVERGNE</t>
+  </si>
+  <si>
+    <t>01/09/1995</t>
+  </si>
+  <si>
+    <t>LPO LYCEE DES METIERS CANTAU</t>
+  </si>
+  <si>
+    <t>1 ALLEE DE CANTAU 64600 ANGLET</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LE CORBUSIER</t>
+  </si>
+  <si>
+    <t>15 RUE LIXENBUHL 67400 ILLKIRCH-GRAFFENSTADEN</t>
+  </si>
+  <si>
+    <t>4267P000867</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LOUIS ARMAND</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD DES NATIONS 68200 MULHOUSE</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE LA MARTINIERE DIDEROT</t>
+  </si>
+  <si>
+    <t>18 PLACE GABRIEL RAMBAUD 69001 LYON</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT EDOUARD BRANLY - LYCEE DES METIERS DE L'ENERGIE, DE LA LUMIERE ET DU NUMERIQUE</t>
+  </si>
+  <si>
+    <t>25 RUE DE TOURVIELLE 69005 LYON</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT BONAPARTE</t>
+  </si>
+  <si>
+    <t>PLACE DU CHAMP DE MARS 71400 AUTUN</t>
+  </si>
+  <si>
+    <t>25/10/1983</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT RAPHAEL ELIZE</t>
+  </si>
+  <si>
+    <t>26 RUE SAINT DENIS 72300 SABLE-SUR-SARTHE</t>
+  </si>
+  <si>
+    <t>ECOLE DU VERRE DE PARIS - LUCAS DE NEHOU LYCEE POLYVALENT DES METIERS D'ART</t>
+  </si>
+  <si>
+    <t>4 RUE DES FEUILLANTINES 75005 PARIS</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQUE M VOX-ART-DESSIN</t>
+  </si>
+  <si>
+    <t>5 RUE MADAME 75006 PARIS</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT PAUL POIRET</t>
+  </si>
+  <si>
+    <t>19 RUE DES TAILLANDIERS 75011 PARIS</t>
+  </si>
+  <si>
+    <t>09/07/1999</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQ-EC.NAT.SUP.ARTS APPLIQ</t>
+  </si>
+  <si>
+    <t>NUMEROS DE VOIE 63-65 63 RUE OLIVIER DE SERRES 75015 PARIS</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQUE MUN DUPERRE ESAA</t>
+  </si>
+  <si>
+    <t>11 RUE DUPETIT-THOUARS 75003 PARIS</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT BOULLE</t>
+  </si>
+  <si>
+    <t>9 RUE PIERRE BOURDAN 75012 PARIS</t>
+  </si>
+  <si>
+    <t>1175P005575</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQUE ESTIENNE E.S.A.I.G.</t>
+  </si>
+  <si>
+    <t>18 BOULEVARD AUGUSTE BLANQUI 75013 PARIS</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQUE AUGUSTE RENOIR</t>
+  </si>
+  <si>
+    <t>24 RUE GANNERON 75018 PARIS</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT DIDEROT - LYCEE DES METIERS DE L'INGENIERIE INDUSTRIELLE ET DE L'HORLOGERIE</t>
+  </si>
+  <si>
+    <t>61 RUE DAVID D'ANGERS 75019 PARIS</t>
+  </si>
+  <si>
+    <t>1175P007075</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL HECTOR GUIMARD</t>
+  </si>
+  <si>
+    <t>19 RUE CURIAL 75019 PARIS</t>
+  </si>
+  <si>
+    <t>LYCEE ENS GENERAL TECHNOLOG JEANNE D'ARC</t>
+  </si>
+  <si>
+    <t>2 RUE SAINTE GENEVIEVE DU MONT 76000 ROUEN</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ANDRE MALRAUX</t>
+  </si>
+  <si>
+    <t>4 AVENUE DU LYCEE 77130 MONTEREAU-FAULT-YONNE</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT DU GUE A TRESMES</t>
+  </si>
+  <si>
+    <t>1 ROUTE DE CONGIS 77440 CONGIS-SUR-THEROUANNE</t>
+  </si>
+  <si>
+    <t>LYCEE GEN ET TECHNOLOGIQUE LE CORBUSIER</t>
+  </si>
+  <si>
+    <t>88 RUE DE VILLIERS 78300 POISSY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LYCEE POLYVALENT JULES VERNE, LYCEE DES METIERS, DE LA SECURITE, DES ARTS ET DU SPECTACLE </t>
+  </si>
+  <si>
+    <t>2 RUE CONSTITUANTE 78500 SARTROUVILLE</t>
+  </si>
+  <si>
+    <t>LYCEE D'ENSEIGNEMENT TECHNOLOGIQUE EDOUARD BRANLY</t>
+  </si>
+  <si>
+    <t>70 BOULEVARD SAINT-QUENTIN 80090 AMIENS</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT DOCTEUR CLEMENT DE PEMILLE</t>
+  </si>
+  <si>
+    <t>17 B AVENUE DE L'EUROPE 81300 GRAULHET</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LEONARD DE VINCI</t>
+  </si>
+  <si>
+    <t>RUE DU FROMENTEAU 85600 MONTAIGU-VENDEE</t>
+  </si>
+  <si>
+    <t>18/07/1990</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JEAN MONNET</t>
+  </si>
+  <si>
+    <t>57 RUE DE LA DEMOISELLE 85500 LES HERBIERS</t>
+  </si>
+  <si>
+    <t>16/10/1989</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT PIERRE ET MARIE CURIE</t>
+  </si>
+  <si>
+    <t>RUE VICTOR MARTIN 88300 NEUFCHATEAU</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT GEORGES BRASSENS</t>
+  </si>
+  <si>
+    <t>8 RUE GEORGES BRASSENS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/09/1983</t>
+  </si>
+  <si>
+    <t>LYCEE GEN TECHNOLOGIQUE JACQUES PREVERT</t>
+  </si>
+  <si>
+    <t>163 RUE DE BILLANCOURT 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT CLAUDE GARAMONT-LYCEE DES METIERS DE LA CHAINE GRAPHIQUE</t>
+  </si>
+  <si>
+    <t>69 RUE DE L’INDUSTRIE 92700 COLOMBES</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE JEAN-PIERRE VERNANT</t>
+  </si>
+  <si>
+    <t>21 RUE DU DOCTEUR GABRIEL LEDERMANN 92310 SEVRES</t>
+  </si>
+  <si>
+    <t>01/09/1984</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT EUGENIE COTTON-LYCEE DES METIERS DE LA CREATION GRAPHIQUE,DU NUMERIQUE ET DES SERVICES DE L'ENTREPRISE</t>
+  </si>
+  <si>
+    <t>58 AVENUE FAIDHERBE 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LA SOURCE-LYCEE DES METIERS DES SERVICES ET DE LA CREATION</t>
+  </si>
+  <si>
+    <t>54 AVENUE DE LA SOURCE 94130 NOGENT-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>LYCEE DES METIERS FRANCOIS MANSART-LYCEE DES METIERS DU BOIS,DE L'HABITAT ET DU DESIGN</t>
+  </si>
+  <si>
+    <t>25 AVENUE DE LA BANQUE 94210 SAINT-MAUR-DES-FOSSES</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ADOLPHE CHERIOUX</t>
+  </si>
+  <si>
+    <t>195 RUE JULIAN GRIMAU 94400 VITRY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>LYCEE GEN TECHNOLOGIQUE CAMILLE CLAUDEL</t>
+  </si>
+  <si>
+    <t>4 AVENUE FREDERICO GARCIA LORCA 95490 VAUREAL</t>
+  </si>
+  <si>
+    <t>03/10/1988</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT RAOUL GEORGES NICOLO - LYCEE DES METIERS DU BATIMENT, DU DESIGN ET DES METIERS D'ARTS</t>
+  </si>
+  <si>
+    <t>CITE RIVIERE DES PERES 97100 BASSE-TERRE</t>
+  </si>
+  <si>
+    <t>19/04/1991</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT VICTOR ANICET - LYCEE DES METIERS DES ARTS APPLIQUES, DU DESIGN ET DE LA COMMUNICATION MULTIMEDIA</t>
+  </si>
+  <si>
+    <t>QUARTIER SAINT JAMES 97250 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>31/12/1983</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNOL AMBROISE VOLLARD</t>
+  </si>
+  <si>
+    <t>3 AVENUE DE SOWETO 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>01/03/1989</t>
+  </si>
+  <si>
+    <t>LYCEE RENE GOSCINNY</t>
+  </si>
+  <si>
+    <t>500 ROUTE DES CROVES 06340 DRAP</t>
+  </si>
+  <si>
+    <t>01/06/2012</t>
+  </si>
+  <si>
+    <t>OGEC LA JOLIVERIE</t>
+  </si>
+  <si>
+    <t>141 ROUTE DE CLISSON 44230 SAINT-SEBASTIEN-SUR-LOIRE</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>OGEC SFDA- GROUPE SCOLAIRE SAINT FRANCOIS D'ASSISE</t>
+  </si>
+  <si>
+    <t>GROUPE SCOLAIRE SAINT FRANCOIS D'ASSISE</t>
+  </si>
+  <si>
+    <t>LYCEE STE MARGUERITE COLLEGE ST ETIENN 1 RUE HORIZON VERT 37170 CHAMBRAY-LES-TOURS</t>
+  </si>
+  <si>
+    <t>12/04/1988</t>
+  </si>
+  <si>
+    <t>AFEEP MAUBEUGE SAMBRE</t>
+  </si>
+  <si>
+    <t>LYCEE THEOPHILE LEGRAND</t>
+  </si>
+  <si>
+    <t>LYCEE THEOPHILE LEGRAND 16 RUE BERTRAND 59720 LOUVROIL</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>ASS INSTITUT SAINTE GENEVIEVE</t>
+  </si>
+  <si>
+    <t>64 RUE D'ASSAS 75006 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.20Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION O.R.T.</t>
+  </si>
+  <si>
+    <t>LYCEE ORT</t>
+  </si>
+  <si>
+    <t>14 RUE SELLENICK 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>ASSOCIATION LA FONTAINE</t>
+  </si>
+  <si>
+    <t>BP 64 PRES D ENFER EST 74210 FAVERGES-SEYTHENEX</t>
+  </si>
+  <si>
+    <t>15/10/2008</t>
+  </si>
+  <si>
+    <t>ASS OGEC LE PARACLET</t>
+  </si>
+  <si>
+    <t>37 35 AVENUE DES GLENAN 29000 QUIMPER</t>
+  </si>
+  <si>
+    <t>OGEC</t>
+  </si>
+  <si>
+    <t>14 RUE GINGUENE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>ASSOC ENSEIGN.LIBRE GODEFROY DE BOUILLON</t>
+  </si>
+  <si>
+    <t>LYCEE GODEFROY DE BOUILLON 14 RUE GODEFROY DE BOUILLON 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>SOC ENSEIGNEMENT PROFESS RHONE</t>
+  </si>
+  <si>
+    <t>46 RUE PROFESSEUR ROCHAIX 69003 LYON</t>
+  </si>
+  <si>
+    <t>23/06/2005</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNO.PROF.PRIVE ST VINCENT PAUL</t>
+  </si>
+  <si>
+    <t>4 RUE MARIE DOUCHET 57440 ALGRANGE</t>
+  </si>
+  <si>
+    <t>OGEC SAINT VINCENT DE PAUL</t>
+  </si>
+  <si>
+    <t>13 AVENUE DE REIMS 02200 SOISSONS</t>
+  </si>
+  <si>
+    <t>AEP TECHN ETP ST JEAN BAPTISTE</t>
+  </si>
+  <si>
+    <t>20 RUE DE CONTRAI 51100 REIMS</t>
+  </si>
+  <si>
+    <t>ORGAN GESTION ENS CATHO ST VINCENT DE PA</t>
+  </si>
+  <si>
+    <t>25 RUE DUMONT D'URVILLE 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>15/09/2015</t>
+  </si>
+  <si>
+    <t>OGEC MIRAIL</t>
+  </si>
+  <si>
+    <t>36 RUE DU MIRAIL 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>47 RUE DES SABLIERES 33800 BORDEAUX</t>
+  </si>
+  <si>
+    <t>OGEC ST JOSEPH LES MARISTES</t>
+  </si>
+  <si>
+    <t>24 RUE SAINTE VICTOIRE 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>OGEC CLAUDE DAUNOT - SAINT LEON IX</t>
+  </si>
+  <si>
+    <t>32 AVENUE FOCH 54000 NANCY</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
+    <t>ASSOCIATION JEUNESSE ET AVENIR</t>
+  </si>
+  <si>
+    <t>2 RUE EMILE HIE 59270 BAILLEUL</t>
+  </si>
+  <si>
+    <t>12/03/1997</t>
+  </si>
+  <si>
+    <t>ESCAP</t>
+  </si>
+  <si>
+    <t>52 RUE COURTEVILLE 62500 SAINT-OMER</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>INSTITUTION DU SACRE COEUR</t>
+  </si>
+  <si>
+    <t>PASSAGE DE GRAVILLE 2 RUE DU GAIZON 91620 LA VILLE-DU-BOIS</t>
+  </si>
+  <si>
+    <t>ECOLE DU BATIMENT ET DES TRAVAUX PUBLICS</t>
+  </si>
+  <si>
+    <t>30 RUE DE LA PAIX 94300 VINCENNES</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>ASSOCIATION L'INITIATIVE</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQUE L'INITIATIVE</t>
+  </si>
+  <si>
+    <t>24 RUE BOURET 75019 PARIS</t>
+  </si>
+  <si>
+    <t>13/05/1985</t>
+  </si>
+  <si>
+    <t>ASSOCIATION GESTION ETS ASSOMPTION BONDY</t>
+  </si>
+  <si>
+    <t>12 AVENUE DE VERDUN 93140 BONDY</t>
+  </si>
+  <si>
+    <t>07/06/1982</t>
+  </si>
+  <si>
+    <t>ECOLE DE DESIGN NANTES ATLANTIQUE</t>
+  </si>
+  <si>
+    <t>61 BOULEVARD DE LA PRAIRIE AU DUC 44200 NANTES</t>
+  </si>
+  <si>
+    <t>21/06/2022</t>
+  </si>
+  <si>
+    <t>APEL COLLEGE-LYCEES ST PIERRE SAINT PAUL</t>
+  </si>
+  <si>
+    <t>1 RUE DU COLLEGE 48300 LANGOGNE</t>
+  </si>
+  <si>
+    <t>24/10/2012</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>OGEC SAINT ETIENNE</t>
+  </si>
+  <si>
+    <t>49 RUE DES SOUBIROUS 46000 CAHORS</t>
+  </si>
+  <si>
+    <t>01/09/2006</t>
+  </si>
+  <si>
+    <t>COOPERATIVE SCOLAIRE DU LYCEE JEAN MONNET</t>
+  </si>
+  <si>
+    <t>16 RUE DU PORTAIL ROUGE 42100 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>23/10/2008</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>LYCEE PASTEUR MONT ROLAND</t>
   </si>
   <si>
     <t>27 RUE PASTEUR 39100 DOLE</t>
   </si>
   <si>
     <t>13/01/2005</t>
   </si>
   <si>
     <t>31/12/2009</t>
-  </si>
-[...928 lines deleted...]
-    <t>12/04/1988</t>
   </si>
   <si>
     <t>GOBELINS-CCI PARIS ILE DE FRANCE</t>
   </si>
   <si>
     <t>CAMPUS GAMBETTA 247 AV GAMBETTA 75020 PARIS 20</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1455,4411 +1455,4411 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>48097819600016</v>
+        <v>34864480800027</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="G2" s="2" t="s">
+      <c r="G2" s="2"/>
+      <c r="H2" s="2" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>11004401300040</v>
+        <v>35386977900036</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I3" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I3" s="3">
+        <v>11930658393</v>
+      </c>
       <c r="J3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>18830001600261</v>
+        <v>11004401300040</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="D4" s="2" t="s">
+      <c r="F4" s="2" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>19020051900014</v>
+        <v>18830001600261</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>31</v>
-      </c>
-[...5 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="I5" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I5" s="3" t="s">
+        <v>32</v>
+      </c>
       <c r="J5" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>19060015500013</v>
+        <v>19020051900014</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>19061478400014</v>
+        <v>19060015500013</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>19130051600017</v>
+        <v>19061478400014</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>19130053200014</v>
+        <v>19130051600017</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>19130059900013</v>
+        <v>19130053200014</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="I10" s="3"/>
+        <v>42</v>
+      </c>
+      <c r="I10" s="3">
+        <v>93131539413</v>
+      </c>
       <c r="J10" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>19142133800010</v>
+        <v>19130059900013</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>19160004800018</v>
+        <v>19142133800010</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>19161095500012</v>
+        <v>19160004800018</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>19170025100017</v>
+        <v>19161095500012</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>19180025900019</v>
+        <v>19170025100017</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>19210032900015</v>
+        <v>19180025900019</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>19220065700018</v>
+        <v>19210032900015</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>19230025900012</v>
+        <v>19220065700018</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>19250006400022</v>
+        <v>19230025900012</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>19250008000010</v>
+        <v>19250006400022</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>19250011400017</v>
+        <v>19250008000010</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>19250037900016</v>
+        <v>19250011400017</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I22" s="3"/>
+        <v>42</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>75</v>
+      </c>
       <c r="J22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>19261100200010</v>
+        <v>19250037900016</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>19290012400012</v>
+        <v>19261100200010</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>19300027000010</v>
+        <v>19290012400012</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>81</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I25" s="3"/>
       <c r="J25" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>19310088000015</v>
+        <v>19300027000010</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="I26" s="3"/>
       <c r="J26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>19311323000018</v>
+        <v>19310088000015</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>19312267800017</v>
+        <v>19311323000018</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I28" s="3"/>
       <c r="J28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>19330026600015</v>
+        <v>19312267800017</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>19340028000023</v>
+        <v>19330026600015</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>92</v>
+        <v>35</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I30" s="3"/>
       <c r="J30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>19340081900010</v>
+        <v>19340028000023</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>19340090000018</v>
+        <v>19340081900010</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I32" s="3"/>
       <c r="J32" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>19350031100017</v>
+        <v>19340090000018</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="I33" s="3"/>
       <c r="J33" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>19350059200012</v>
+        <v>19350031100017</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I34" s="3"/>
       <c r="J34" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>19370037400013</v>
+        <v>19350059200012</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I35" s="3"/>
       <c r="J35" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>19381603000012</v>
+        <v>19370037400013</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I36" s="3"/>
       <c r="J36" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>19382440600014</v>
+        <v>19381603000012</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I37" s="3"/>
       <c r="J37" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>19390013100031</v>
+        <v>19382440600014</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>109</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>110</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>111</v>
+        <v>35</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I38" s="3"/>
       <c r="J38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>19390024800017</v>
+        <v>19390013100031</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="I39" s="3"/>
       <c r="J39" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>19410959100017</v>
+        <v>19390024800017</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>114</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>115</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>95</v>
+        <v>35</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I40" s="3"/>
       <c r="J40" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>19440024800010</v>
+        <v>19410959100017</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>117</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>33</v>
+        <v>97</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I41" s="3"/>
       <c r="J41" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>19440029700017</v>
+        <v>19440024800010</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>119</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="I42" s="3"/>
       <c r="J42" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>19457779700013</v>
+        <v>19440029700017</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>122</v>
+        <v>35</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I43" s="3"/>
+        <v>42</v>
+      </c>
+      <c r="I43" s="3">
+        <v>52440417944</v>
+      </c>
       <c r="J43" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>19490054400017</v>
+        <v>19457779700013</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="F44" s="2" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I44" s="3"/>
       <c r="J44" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>19510005200016</v>
+        <v>19490054400017</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>126</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I45" s="3"/>
       <c r="J45" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>19520000100012</v>
+        <v>19510005200016</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I46" s="3"/>
       <c r="J46" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>19540042900013</v>
+        <v>19520000100012</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="I47" s="3"/>
       <c r="J47" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>19570141200015</v>
+        <v>19540042900013</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>134</v>
+        <v>35</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I48" s="3"/>
+        <v>42</v>
+      </c>
+      <c r="I48" s="3" t="s">
+        <v>133</v>
+      </c>
       <c r="J48" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>19580753200013</v>
+        <v>19570141200015</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="F49" s="2" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I49" s="3"/>
       <c r="J49" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>19590217600013</v>
+        <v>19580753200013</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="I50" s="3"/>
       <c r="J50" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>19590338000010</v>
+        <v>19590217600013</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
         <v>141</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I51" s="3"/>
       <c r="J51" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>19610006900018</v>
+        <v>19590338000010</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I52" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I52" s="3" t="s">
+        <v>144</v>
+      </c>
       <c r="J52" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>19630102200014</v>
+        <v>19610006900018</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>145</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>146</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>147</v>
+        <v>35</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I53" s="3"/>
       <c r="J53" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>19640001400011</v>
+        <v>19630102200014</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F54" s="2" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="I54" s="3"/>
       <c r="J54" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>19672198900016</v>
+        <v>19640001400011</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>150</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>151</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I55" s="3"/>
       <c r="J55" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>19680034600013</v>
+        <v>19672198900016</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I56" s="3"/>
+        <v>42</v>
+      </c>
+      <c r="I56" s="3" t="s">
+        <v>154</v>
+      </c>
       <c r="J56" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>19690037700017</v>
+        <v>19680034600013</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>155</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
         <v>156</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I57" s="3"/>
       <c r="J57" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>19690128400014</v>
+        <v>19690037700017</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I58" s="3"/>
       <c r="J58" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>19710002700014</v>
+        <v>19690128400014</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>159</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
         <v>160</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>161</v>
+        <v>35</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I59" s="3"/>
       <c r="J59" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>19720048800017</v>
+        <v>19710002700014</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I60" s="3"/>
       <c r="J60" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>19750463200013</v>
+        <v>19720048800017</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
         <v>165</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I61" s="3"/>
       <c r="J61" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>19750502700015</v>
+        <v>19750463200013</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>166</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
         <v>167</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="I62" s="3"/>
       <c r="J62" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>19750558900030</v>
+        <v>19750502700015</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
         <v>169</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>170</v>
+        <v>35</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I63" s="3"/>
       <c r="J63" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>19750612400019</v>
+        <v>19750558900030</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="F64" s="2" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="I64" s="3"/>
       <c r="J64" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>19750672800017</v>
+        <v>19750612400019</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>173</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
         <v>174</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I65" s="3"/>
       <c r="J65" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>19750681900014</v>
+        <v>19750672800017</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>175</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
         <v>176</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I66" s="3"/>
       <c r="J66" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>19750686800011</v>
+        <v>19750681900014</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="I67" s="3"/>
+        <v>36</v>
+      </c>
+      <c r="I67" s="3" t="s">
+        <v>179</v>
+      </c>
       <c r="J67" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>19750710600015</v>
+        <v>19750686800011</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
         <v>181</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I68" s="3"/>
       <c r="J68" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>19750712200038</v>
+        <v>19750710600015</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
         <v>183</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>147</v>
+        <v>35</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I69" s="3"/>
       <c r="J69" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>19750802100015</v>
+        <v>19750712200038</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>33</v>
+        <v>149</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="I70" s="3"/>
+        <v>36</v>
+      </c>
+      <c r="I70" s="3" t="s">
+        <v>186</v>
+      </c>
       <c r="J70" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>19760091900017</v>
+        <v>19750802100015</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>187</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
         <v>188</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I71" s="3"/>
       <c r="J71" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>19770938900013</v>
+        <v>19760091900017</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>189</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I72" s="3"/>
       <c r="J72" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>19771658200014</v>
+        <v>19770938900013</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>191</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
         <v>192</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I73" s="3"/>
       <c r="J73" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>19782546600018</v>
+        <v>19771658200014</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>193</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
         <v>194</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I74" s="3"/>
       <c r="J74" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>19782599500016</v>
+        <v>19782546600018</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>195</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
         <v>196</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="I75" s="3"/>
       <c r="J75" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>19801327800017</v>
+        <v>19782599500016</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I76" s="3"/>
       <c r="J76" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>19810995100014</v>
+        <v>19801327800017</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>199</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
         <v>200</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I77" s="3"/>
       <c r="J77" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>19851390500028</v>
+        <v>19810995100014</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>201</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
         <v>202</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>203</v>
+        <v>35</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I78" s="3"/>
       <c r="J78" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>19851400200015</v>
+        <v>19851390500028</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="F79" s="2" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="I79" s="3"/>
       <c r="J79" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>19880040100012</v>
+        <v>19851400200015</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="F80" s="2" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I80" s="3"/>
       <c r="J80" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>19911828200011</v>
+        <v>19880040100012</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>209</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
         <v>210</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>211</v>
+        <v>35</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I81" s="3"/>
       <c r="J81" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>19920134400017</v>
+        <v>19911828200011</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="F82" s="2" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I82" s="3"/>
       <c r="J82" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>19920156700013</v>
+        <v>19920134400017</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>214</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
         <v>215</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="I83" s="3"/>
       <c r="J83" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>19920802600021</v>
+        <v>19920156700013</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>216</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
         <v>217</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>218</v>
+        <v>35</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I84" s="3"/>
       <c r="J84" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>19932116700017</v>
+        <v>19920802600021</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="F85" s="2" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I85" s="3"/>
       <c r="J85" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>19940137300014</v>
+        <v>19932116700017</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="F86" s="2" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I86" s="3"/>
       <c r="J86" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>19940585300011</v>
+        <v>19940137300014</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>224</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
         <v>225</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I87" s="3"/>
       <c r="J87" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>19941294100015</v>
+        <v>19940585300011</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>226</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
         <v>227</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="I88" s="3"/>
       <c r="J88" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>19951710300016</v>
+        <v>19941294100015</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>228</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
         <v>229</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>230</v>
+        <v>35</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I89" s="3"/>
       <c r="J89" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>19971024500010</v>
+        <v>19951710300016</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="F90" s="2" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I90" s="3"/>
       <c r="J90" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>19972526800015</v>
+        <v>19971024500010</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="F91" s="2" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I91" s="3"/>
       <c r="J91" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>19974019200018</v>
+        <v>19972526800015</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="F92" s="2" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I92" s="3"/>
       <c r="J92" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>20003226600013</v>
+        <v>19974019200018</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="F93" s="2" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I93" s="3"/>
       <c r="J93" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>35386977900036</v>
+        <v>20003226600013</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="F94" s="2" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>246</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="I94" s="3"/>
       <c r="J94" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>30861967500025</v>
+        <v>41780707000012</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I95" s="3"/>
+        <v>36</v>
+      </c>
+      <c r="I95" s="3">
+        <v>52440003244</v>
+      </c>
       <c r="J95" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>31402460500052</v>
+        <v>77534496300035</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>249</v>
+      </c>
+      <c r="E96" s="2" t="s">
         <v>250</v>
       </c>
-      <c r="D96" s="2" t="s">
+      <c r="F96" s="2" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>253</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="I96" s="3"/>
       <c r="J96" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M96" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>32841304200016</v>
+        <v>77562556900055</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="E97" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="D97" s="2"/>
-      <c r="E97" s="2" t="s">
+      <c r="F97" s="2" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="I97" s="3"/>
+        <v>36</v>
+      </c>
+      <c r="I97" s="3">
+        <v>31590269359</v>
+      </c>
       <c r="J97" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>33405590200053</v>
+        <v>77566396600015</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
+        <v>257</v>
+      </c>
+      <c r="F98" s="2" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="I98" s="3"/>
       <c r="J98" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>41780707000012</v>
+        <v>77568810400030</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>260</v>
       </c>
-      <c r="D99" s="2"/>
+      <c r="D99" s="2" t="s">
+        <v>261</v>
+      </c>
       <c r="E99" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="I99" s="3">
-        <v>52440003244</v>
+        <v>11752836675</v>
       </c>
       <c r="J99" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M99" s="2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>49244537400019</v>
+        <v>77657480800023</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>263</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
         <v>264</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>265</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="I100" s="3"/>
+        <v>36</v>
+      </c>
+      <c r="I100" s="3">
+        <v>82740156174</v>
+      </c>
       <c r="J100" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M100" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>53170712300018</v>
+        <v>77762037800011</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>269</v>
+        <v>258</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>270</v>
+        <v>36</v>
       </c>
       <c r="I101" s="3"/>
       <c r="J101" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>77562556900055</v>
+        <v>77774552200014</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>271</v>
-[...3 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>274</v>
+        <v>258</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="I102" s="3"/>
       <c r="J102" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M102" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>77566396600015</v>
+        <v>77921894000012</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>277</v>
+        <v>258</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>278</v>
+        <v>42</v>
       </c>
       <c r="I103" s="3"/>
       <c r="J103" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M103" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>77568810400030</v>
+        <v>77990483800066</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>279</v>
-[...3 lines deleted...]
-      </c>
+        <v>272</v>
+      </c>
+      <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I104" s="3">
-        <v>11752836675</v>
+        <v>82690006869</v>
       </c>
       <c r="J104" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M104" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>77657480800023</v>
+        <v>77993563400013</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>284</v>
+        <v>258</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I105" s="3">
-        <v>82740156174</v>
+        <v>41570172557</v>
       </c>
       <c r="J105" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>77762037800011</v>
+        <v>78022773200010</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>277</v>
+        <v>258</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="I106" s="3"/>
+        <v>36</v>
+      </c>
+      <c r="I106" s="3">
+        <v>22020010102</v>
+      </c>
       <c r="J106" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>77774552200014</v>
+        <v>78042659900012</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>287</v>
+        <v>279</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>277</v>
+        <v>258</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I107" s="3"/>
       <c r="J107" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>77921894000012</v>
+        <v>78106277300036</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>289</v>
+        <v>281</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I108" s="3"/>
+        <v>36</v>
+      </c>
+      <c r="I108" s="3">
+        <v>23760475176</v>
+      </c>
       <c r="J108" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M108" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>77990483800066</v>
+        <v>78184244800016</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>292</v>
+        <v>285</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>293</v>
+        <v>258</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="I109" s="3"/>
       <c r="J109" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M109" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>77993563400013</v>
+        <v>78184276000014</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>294</v>
+        <v>277</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>277</v>
+        <v>258</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I110" s="3">
-        <v>41570172557</v>
+        <v>72330463033</v>
       </c>
       <c r="J110" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M110" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>78022773200010</v>
+        <v>78288374800017</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>297</v>
+        <v>288</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>277</v>
+        <v>258</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="I111" s="3"/>
       <c r="J111" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M111" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>78042659900012</v>
+        <v>78333329700050</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>298</v>
+        <v>289</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>277</v>
+        <v>291</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I112" s="3"/>
+        <v>42</v>
+      </c>
+      <c r="I112" s="3">
+        <v>44540380254</v>
+      </c>
       <c r="J112" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M112" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>78106277300036</v>
+        <v>78351618000040</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>301</v>
+        <v>293</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>302</v>
+        <v>294</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I113" s="3">
-        <v>23760475176</v>
+        <v>31590122959</v>
       </c>
       <c r="J113" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L113" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M113" s="2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>78184244800016</v>
+        <v>78407780200014</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>303</v>
+        <v>295</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>304</v>
+        <v>296</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>277</v>
+        <v>258</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I114" s="3"/>
+        <v>297</v>
+      </c>
+      <c r="I114" s="3">
+        <v>32620305462</v>
+      </c>
       <c r="J114" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M114" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>78184276000014</v>
+        <v>78525890600011</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>277</v>
+        <v>258</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>297</v>
+      </c>
+      <c r="I115" s="3"/>
       <c r="J115" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L115" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M115" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>78288374800017</v>
+        <v>30861967500025</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>277</v>
+        <v>302</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="I116" s="3"/>
       <c r="J116" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M116" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>78333329700050</v>
+        <v>31402460500052</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="D117" s="2"/>
+        <v>303</v>
+      </c>
+      <c r="D117" s="2" t="s">
+        <v>304</v>
+      </c>
       <c r="E117" s="2" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I117" s="3"/>
       <c r="J117" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M117" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>78351618000040</v>
+        <v>32841304200016</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I118" s="3"/>
       <c r="J118" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M118" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>78407780200014</v>
+        <v>33405590200053</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>277</v>
+        <v>312</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>266</v>
+        <v>17</v>
       </c>
       <c r="I119" s="3">
-        <v>32620305462</v>
+        <v>52440080744</v>
       </c>
       <c r="J119" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L119" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M119" s="2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>78525890600011</v>
+        <v>79408640500014</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>277</v>
+        <v>315</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>266</v>
+        <v>316</v>
       </c>
       <c r="I120" s="3"/>
       <c r="J120" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M120" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>79408640500014</v>
+        <v>49244537400019</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="F121" s="2" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>270</v>
+        <v>297</v>
       </c>
       <c r="I121" s="3"/>
       <c r="J121" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L121" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>34864480800027</v>
+        <v>53170712300018</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="F122" s="2" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>18</v>
+        <v>316</v>
       </c>
       <c r="I122" s="3"/>
       <c r="J122" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M122" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>77534496300035</v>
+        <v>48097819600016</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>20</v>
+        <v>323</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>324</v>
       </c>
-      <c r="D123" s="2" t="s">
+      <c r="D123" s="2"/>
+      <c r="E123" s="2" t="s">
         <v>325</v>
       </c>
-      <c r="E123" s="2" t="s">
+      <c r="F123" s="2" t="s">
         <v>326</v>
       </c>
-      <c r="F123" s="2" t="s">
+      <c r="G123" s="2" t="s">
         <v>327</v>
       </c>
-      <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="I123" s="3"/>
       <c r="J123" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
         <v>89003049700048</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>328</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
         <v>329</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>330</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>266</v>
+        <v>297</v>
       </c>
       <c r="I124" s="3">
         <v>11756129975</v>
       </c>
       <c r="J124" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="M124" s="2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -5872,31 +5872,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/09/2025 05:18:42</dc:description>
+  <dc:description>Export en date du 11/24/2025 15:04:42</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>