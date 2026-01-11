--- v1 (2025-11-24)
+++ v2 (2026-01-11)
@@ -58,990 +58,990 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
+  </si>
+  <si>
+    <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
+  </si>
+  <si>
+    <t>16/05/2012</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DU VAR</t>
+  </si>
+  <si>
+    <t>DIR DES ENSEIGNEMENTS</t>
+  </si>
+  <si>
+    <t>CAMPUS ZI TOULON EST RES LA GRANDE TOURACHE 83130 LA GARDE</t>
+  </si>
+  <si>
+    <t>23/05/1991</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>9383P000183</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>LP LYCEE DES METIERS D'ART</t>
+  </si>
+  <si>
+    <t>26 RUE FLEMING 02100 OMISSY</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL LES COTEAUX - LYCEE DES METIERS TERTIAIRE DE DEMAIN, DE LA MODE ET DU SPECTACLE</t>
+  </si>
+  <si>
+    <t>4-6 4 CHEMIN MORGON 06400 CANNES</t>
+  </si>
+  <si>
+    <t>14/09/1983</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LEONARD DE VINCI - LYCEE DES METIERS D'ART, DU DESIGN ET DE LA CONSTRUCTION DURABLE</t>
+  </si>
+  <si>
+    <t>ZI DES 3 MOULINS 214 RUE JEAN JOANNON 06600 ANTIBES</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE MARIE CURIE</t>
+  </si>
+  <si>
+    <t>16 BOULEVARD JEANNE D'ARC 13005 MARSEILLE</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JEAN PERRIN</t>
+  </si>
+  <si>
+    <t>74 RUE VERDILLON 13010 MARSEILLE</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL PASCAL BLAISE</t>
+  </si>
+  <si>
+    <t>49 TRAVERSE CAPRON 13012 MARSEILLE</t>
+  </si>
+  <si>
+    <t>19/12/1983</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT DUMONT D'URVILLE-LAPLACE- LYCEE DES METIERS DE LA CONSTRUCTION, DE L'INGENIERIE INDUSTR. ET DU DESIGN</t>
+  </si>
+  <si>
+    <t>130 RUE DE LA DELIVRANDE 14000 CAEN</t>
+  </si>
+  <si>
+    <t>01/09/1990</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE CHARLES AUGUSTIN COULOMB</t>
+  </si>
+  <si>
+    <t>ALLEE JOACHIM DU BELLAY 16000 ANGOULEME</t>
+  </si>
+  <si>
+    <t>LYCEE DES METIERS DE L'IMAGE DU SON ET DE LA COMMUNICATION</t>
+  </si>
+  <si>
+    <t>303 AVENUE DE NAVARRE 16000 ANGOULEME</t>
+  </si>
+  <si>
+    <t>04/09/1989</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL GILLES JAMAIN</t>
+  </si>
+  <si>
+    <t>2 A BOULEVARD EDOUARD POUZET 17300 ROCHEFORT</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL JEAN GUEHENNO</t>
+  </si>
+  <si>
+    <t>RUE DES SABLES 18200 SAINT-AMAND-MONTROND</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT DE LA CERAMIQUE HENRY MOISANT - LYCEE DES METIERS ARTS-DESIGN-CERAMIQUE</t>
+  </si>
+  <si>
+    <t>RUE DU LYCEE 21110 LONGCHAMP</t>
+  </si>
+  <si>
+    <t>LYCEE GAL TECHNOLOGIQUE JOSEPH SAVINA</t>
+  </si>
+  <si>
+    <t>5 PLACE DE LA REPUBLIQUE 22220 TREGUIER</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE RAYMOND LOEWY - LYCEE DES METIERS D'ART ET DU DESIGN</t>
+  </si>
+  <si>
+    <t>1 PL DE FILDERSTADT 23300 LA SOUTERRAINE</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT CLAUDE NICOLAS LEDOUX</t>
+  </si>
+  <si>
+    <t>14 RUE ALAIN SAVARY 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>11/02/1992</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT PASTEUR</t>
+  </si>
+  <si>
+    <t>4 RUE DU LYCEE 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JULES HAAG</t>
+  </si>
+  <si>
+    <t>1 RUE LABBE 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>4325P000725</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT EDGAR FAURE - LYCEE DES METIERS DE LA PRECISION ET DU LUXE</t>
+  </si>
+  <si>
+    <t>2 RUE DU DOCTEUR LEON SAUZE 25500 MORTEAU</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL AMBLARD - LYCEE DES METIERS D'ART DE LA BIJOUTERIE-JOAILLERIE</t>
+  </si>
+  <si>
+    <t>43 RUE AMBLARD 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT VAUBAN</t>
+  </si>
+  <si>
+    <t>RUE DE KERICHEN 29200 BREST</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ERNEST HEMINGWAY</t>
+  </si>
+  <si>
+    <t>98 AVENUE JEAN-JAURES 30900 NIMES</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL - LYCEE DES METIERS D'ART DU BOIS ET DE L'AMEUBLEMENT</t>
+  </si>
+  <si>
+    <t>PLAINE DE LAUDOT 31250 REVEL</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE JOSEPHINE BAKER</t>
+  </si>
+  <si>
+    <t>85 AVENUE JEAN BAYLET 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE DES ARENES</t>
+  </si>
+  <si>
+    <t>4 PLACE EMILE MALE 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ETAT FRANCOIS MAGENDIE</t>
+  </si>
+  <si>
+    <t>10 RUE DES TREUILS 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JOSEPH VALLOT</t>
+  </si>
+  <si>
+    <t>RUE DOCTEUR HENRI MAS 34700 LODEVE</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE JEAN MONNET</t>
+  </si>
+  <si>
+    <t>RUE DE MALBOSC 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/09/1989</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LYCEE DES METIERS JEAN-FRANCOIS CHAMPOLLION</t>
+  </si>
+  <si>
+    <t>AVENUE DE FIGUIERE 34970 LATTES</t>
+  </si>
+  <si>
+    <t>01/09/1992</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL JEAN JAURES - LYCEE DES METIERS</t>
+  </si>
+  <si>
+    <t>24 RUE VICTOR RAULT 35200 RENNES</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL BREQUIGNY</t>
+  </si>
+  <si>
+    <t>7 AVENUE GEORGES GRAFF 35200 RENNES</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE CHOISEUL</t>
+  </si>
+  <si>
+    <t>78 RUE DES DOUETS 37100 TOURS</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ANDRE ARGOUGES</t>
+  </si>
+  <si>
+    <t>59- 61 61 RUE LEON JOUHAUX 38100 GRENOBLE</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LEONARD DE VINCI - LYCEE DES METIERS DE L'AUDIOVISUEL ET DU DESIGN</t>
+  </si>
+  <si>
+    <t>BOULEVARD DE VILLEFONTAINE 38090 VILLEFONTAINE</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JACQUES DUHAMEL</t>
+  </si>
+  <si>
+    <t>AVENUE CHARLES LAURENT THOUVEREY 39100 DOLE</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL PIERRE VERNOTTE</t>
+  </si>
+  <si>
+    <t>6 ROUTE DE SAINT-LAURENT 39260 MOIRANS-EN-MONTAGNE</t>
+  </si>
+  <si>
+    <t>LYCEE CAMILLE CLAUDEL</t>
+  </si>
+  <si>
+    <t>QUARTIER DE SAINT GEORGES 10 RUE ALBERT CAMUS 41000 BLOIS</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL GABRIEL GUIST HAU</t>
+  </si>
+  <si>
+    <t>3 RUE MARIE ANNE DU BOCCAGE 44000 NANTES</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE LIVET</t>
+  </si>
+  <si>
+    <t>16 RUE DUFOUR 44000 NANTES</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE CHARLES PEGUY</t>
+  </si>
+  <si>
+    <t>1 COURS VICTOR HUGO 45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/09/1997</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNO FERNAND RENAUDEAU</t>
+  </si>
+  <si>
+    <t>RUE DE LA TUILERIE 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNOLOGIQUE MARC CHAGALL</t>
+  </si>
+  <si>
+    <t>60 CHAUSSEE SAINT-MARTIN 51100 REIMS</t>
+  </si>
+  <si>
+    <t>LYCEE DES METIERS CHARLES DE GAULLE</t>
+  </si>
+  <si>
+    <t>AVENUE CHRISTIAN PINEAU 52000 CHAUMONT</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNOLOGIQUE HENRI LORITZ</t>
+  </si>
+  <si>
+    <t>29 RUE DES JARDINIERS 54000 NANCY</t>
+  </si>
+  <si>
+    <t>4154P000154</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE DE LA COMMUNICATION</t>
+  </si>
+  <si>
+    <t>TECHNOPOLE 2000 3 BOULEVARD DOMINIQUE FRANCOIS ARAGO 57070 METZ</t>
+  </si>
+  <si>
+    <t>06/09/1989</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNO ALAIN COLAS</t>
+  </si>
+  <si>
+    <t>RUE D’ESTUTT DE TRACY 58000 NEVERS</t>
+  </si>
+  <si>
+    <t>28/04/1989</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL SEVIGNE - LYCEE DES METIERS</t>
+  </si>
+  <si>
+    <t>151 RUE DE LA MALCENSE 59200 TOURCOING</t>
+  </si>
+  <si>
+    <t>ECOLE NATIONALE SUPERIEURE DES ARTS ET INDUSTRIES TEXTILES</t>
+  </si>
+  <si>
+    <t>2 ALLEE LOUISE ET VICTOR CHAMPIER 59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>3159P003259</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT MEZERAY-GABRIEL- LYCEE DES METIERS DE L’HABITAT, DES SERVICES ET DU DESIGN</t>
+  </si>
+  <si>
+    <t>6 PLACE ROBERT DUGUE 61200 ARGENTAN</t>
+  </si>
+  <si>
+    <t>LYCEE GL ET TECHNOLOGIQUE RENE DESCARTES</t>
+  </si>
+  <si>
+    <t>AVENUE JULES FERRY 63800 COURNON-D'AUVERGNE</t>
+  </si>
+  <si>
+    <t>01/09/1995</t>
+  </si>
+  <si>
+    <t>LPO LYCEE DES METIERS CANTAU</t>
+  </si>
+  <si>
+    <t>1 ALLEE DE CANTAU 64600 ANGLET</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LE CORBUSIER</t>
+  </si>
+  <si>
+    <t>15 RUE LIXENBUHL 67400 ILLKIRCH-GRAFFENSTADEN</t>
+  </si>
+  <si>
+    <t>4267P000867</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LOUIS ARMAND</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD DES NATIONS 68200 MULHOUSE</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE LA MARTINIERE DIDEROT</t>
+  </si>
+  <si>
+    <t>18 PLACE GABRIEL RAMBAUD 69001 LYON</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT EDOUARD BRANLY - LYCEE DES METIERS DE L'ENERGIE, DE LA LUMIERE ET DU NUMERIQUE</t>
+  </si>
+  <si>
+    <t>25 RUE DE TOURVIELLE 69005 LYON</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT BONAPARTE</t>
+  </si>
+  <si>
+    <t>PLACE DU CHAMP DE MARS 71400 AUTUN</t>
+  </si>
+  <si>
+    <t>25/10/1983</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT RAPHAEL ELIZE</t>
+  </si>
+  <si>
+    <t>26 RUE SAINT DENIS 72300 SABLE-SUR-SARTHE</t>
+  </si>
+  <si>
+    <t>ECOLE DU VERRE DE PARIS - LUCAS DE NEHOU LYCEE POLYVALENT DES METIERS D'ART</t>
+  </si>
+  <si>
+    <t>4 RUE DES FEUILLANTINES 75005 PARIS</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQUE M VOX-ART-DESSIN</t>
+  </si>
+  <si>
+    <t>5 RUE MADAME 75006 PARIS</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT PAUL POIRET</t>
+  </si>
+  <si>
+    <t>19 RUE DES TAILLANDIERS 75011 PARIS</t>
+  </si>
+  <si>
+    <t>09/07/1999</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQ-EC.NAT.SUP.ARTS APPLIQ</t>
+  </si>
+  <si>
+    <t>NUMEROS DE VOIE 63-65 63 RUE OLIVIER DE SERRES 75015 PARIS</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQUE MUN DUPERRE ESAA</t>
+  </si>
+  <si>
+    <t>11 RUE DUPETIT-THOUARS 75003 PARIS</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT BOULLE</t>
+  </si>
+  <si>
+    <t>9 RUE PIERRE BOURDAN 75012 PARIS</t>
+  </si>
+  <si>
+    <t>1175P005575</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQUE ESTIENNE E.S.A.I.G.</t>
+  </si>
+  <si>
+    <t>18 BOULEVARD AUGUSTE BLANQUI 75013 PARIS</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQUE AUGUSTE RENOIR</t>
+  </si>
+  <si>
+    <t>24 RUE GANNERON 75018 PARIS</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT DIDEROT - LYCEE DES METIERS DE L'INGENIERIE INDUSTRIELLE ET DE L'HORLOGERIE</t>
+  </si>
+  <si>
+    <t>61 RUE DAVID D'ANGERS 75019 PARIS</t>
+  </si>
+  <si>
+    <t>1175P007075</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL HECTOR GUIMARD</t>
+  </si>
+  <si>
+    <t>19 RUE CURIAL 75019 PARIS</t>
+  </si>
+  <si>
+    <t>LYCEE ENS GENERAL TECHNOLOG JEANNE D'ARC</t>
+  </si>
+  <si>
+    <t>2 RUE SAINTE GENEVIEVE DU MONT 76000 ROUEN</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ANDRE MALRAUX</t>
+  </si>
+  <si>
+    <t>4 AVENUE DU LYCEE 77130 MONTEREAU-FAULT-YONNE</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT DU GUE A TRESMES</t>
+  </si>
+  <si>
+    <t>1 ROUTE DE CONGIS 77440 CONGIS-SUR-THEROUANNE</t>
+  </si>
+  <si>
+    <t>LYCEE GEN ET TECHNOLOGIQUE LE CORBUSIER</t>
+  </si>
+  <si>
+    <t>88 RUE DE VILLIERS 78300 POISSY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LYCEE POLYVALENT JULES VERNE, LYCEE DES METIERS, DE LA SECURITE, DES ARTS ET DU SPECTACLE </t>
+  </si>
+  <si>
+    <t>2 RUE CONSTITUANTE 78500 SARTROUVILLE</t>
+  </si>
+  <si>
+    <t>LYCEE D'ENSEIGNEMENT TECHNOLOGIQUE EDOUARD BRANLY</t>
+  </si>
+  <si>
+    <t>70 BOULEVARD SAINT-QUENTIN 80090 AMIENS</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT DOCTEUR CLEMENT DE PEMILLE</t>
+  </si>
+  <si>
+    <t>17 B AVENUE DE L'EUROPE 81300 GRAULHET</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LEONARD DE VINCI</t>
+  </si>
+  <si>
+    <t>RUE DU FROMENTEAU 85600 MONTAIGU-VENDEE</t>
+  </si>
+  <si>
+    <t>18/07/1990</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JEAN MONNET</t>
+  </si>
+  <si>
+    <t>57 RUE DE LA DEMOISELLE 85500 LES HERBIERS</t>
+  </si>
+  <si>
+    <t>16/10/1989</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT PIERRE ET MARIE CURIE</t>
+  </si>
+  <si>
+    <t>RUE VICTOR MARTIN 88300 NEUFCHATEAU</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT GEORGES BRASSENS</t>
+  </si>
+  <si>
+    <t>8 RUE GEORGES BRASSENS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/09/1983</t>
+  </si>
+  <si>
+    <t>LYCEE GEN TECHNOLOGIQUE JACQUES PREVERT</t>
+  </si>
+  <si>
+    <t>163 RUE DE BILLANCOURT 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT CLAUDE GARAMONT-LYCEE DES METIERS DE LA CHAINE GRAPHIQUE</t>
+  </si>
+  <si>
+    <t>69 RUE DE L’INDUSTRIE 92700 COLOMBES</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE JEAN-PIERRE VERNANT</t>
+  </si>
+  <si>
+    <t>21 RUE DU DOCTEUR GABRIEL LEDERMANN 92310 SEVRES</t>
+  </si>
+  <si>
+    <t>01/09/1984</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT EUGENIE COTTON-LYCEE DES METIERS DE LA CREATION GRAPHIQUE,DU NUMERIQUE ET DES SERVICES DE L'ENTREPRISE</t>
+  </si>
+  <si>
+    <t>58 AVENUE FAIDHERBE 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LA SOURCE-LYCEE DES METIERS DES SERVICES ET DE LA CREATION</t>
+  </si>
+  <si>
+    <t>54 AVENUE DE LA SOURCE 94130 NOGENT-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>LYCEE DES METIERS FRANCOIS MANSART-LYCEE DES METIERS DU BOIS,DE L'HABITAT ET DU DESIGN</t>
+  </si>
+  <si>
+    <t>25 AVENUE DE LA BANQUE 94210 SAINT-MAUR-DES-FOSSES</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ADOLPHE CHERIOUX</t>
+  </si>
+  <si>
+    <t>195 RUE JULIAN GRIMAU 94400 VITRY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>LYCEE GEN TECHNOLOGIQUE CAMILLE CLAUDEL</t>
+  </si>
+  <si>
+    <t>4 AVENUE FREDERICO GARCIA LORCA 95490 VAUREAL</t>
+  </si>
+  <si>
+    <t>03/10/1988</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT RAOUL GEORGES NICOLO - LYCEE DES METIERS DU BATIMENT, DU DESIGN ET DES METIERS D'ARTS</t>
+  </si>
+  <si>
+    <t>CITE RIVIERE DES PERES 97100 BASSE-TERRE</t>
+  </si>
+  <si>
+    <t>19/04/1991</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT VICTOR ANICET - LYCEE DES METIERS DES ARTS APPLIQUES, DU DESIGN ET DE LA COMMUNICATION MULTIMEDIA</t>
+  </si>
+  <si>
+    <t>QUARTIER SAINT JAMES 97250 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>31/12/1983</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNOL AMBROISE VOLLARD</t>
+  </si>
+  <si>
+    <t>3 AVENUE DE SOWETO 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>01/03/1989</t>
+  </si>
+  <si>
+    <t>LYCEE RENE GOSCINNY</t>
+  </si>
+  <si>
+    <t>500 ROUTE DES CROVES 06340 DRAP</t>
+  </si>
+  <si>
+    <t>01/06/2012</t>
+  </si>
+  <si>
+    <t>ASSOCIATION LA FONTAINE</t>
+  </si>
+  <si>
+    <t>BP 64 PRES D ENFER EST 74210 FAVERGES-SEYTHENEX</t>
+  </si>
+  <si>
+    <t>15/10/2008</t>
+  </si>
+  <si>
+    <t>ASS OGEC LE PARACLET</t>
+  </si>
+  <si>
+    <t>37 35 AVENUE DES GLENAN 29000 QUIMPER</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>OGEC</t>
+  </si>
+  <si>
+    <t>14 RUE GINGUENE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>ASSOC ENSEIGN.LIBRE GODEFROY DE BOUILLON</t>
+  </si>
+  <si>
+    <t>LYCEE GODEFROY DE BOUILLON 14 RUE GODEFROY DE BOUILLON 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>SOC ENSEIGNEMENT PROFESS RHONE</t>
+  </si>
+  <si>
+    <t>46 RUE PROFESSEUR ROCHAIX 69003 LYON</t>
+  </si>
+  <si>
+    <t>23/06/2005</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNO.PROF.PRIVE ST VINCENT PAUL</t>
+  </si>
+  <si>
+    <t>4 RUE MARIE DOUCHET 57440 ALGRANGE</t>
+  </si>
+  <si>
+    <t>OGEC SAINT VINCENT DE PAUL</t>
+  </si>
+  <si>
+    <t>13 AVENUE DE REIMS 02200 SOISSONS</t>
+  </si>
+  <si>
+    <t>AEP TECHN ETP ST JEAN BAPTISTE</t>
+  </si>
+  <si>
+    <t>20 RUE DE CONTRAI 51100 REIMS</t>
+  </si>
+  <si>
+    <t>ORGAN GESTION ENS CATHO ST VINCENT DE PA</t>
+  </si>
+  <si>
+    <t>25 RUE DUMONT D'URVILLE 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>15/09/2015</t>
+  </si>
+  <si>
+    <t>OGEC MIRAIL</t>
+  </si>
+  <si>
+    <t>36 RUE DU MIRAIL 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>47 RUE DES SABLIERES 33800 BORDEAUX</t>
+  </si>
+  <si>
+    <t>OGEC ST JOSEPH LES MARISTES</t>
+  </si>
+  <si>
+    <t>24 RUE SAINTE VICTOIRE 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>OGEC CLAUDE DAUNOT - SAINT LEON IX</t>
+  </si>
+  <si>
+    <t>32 AVENUE FOCH 54000 NANCY</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
+    <t>ASSOCIATION JEUNESSE ET AVENIR</t>
+  </si>
+  <si>
+    <t>2 RUE EMILE HIE 59270 BAILLEUL</t>
+  </si>
+  <si>
+    <t>12/03/1997</t>
+  </si>
+  <si>
+    <t>ESCAP</t>
+  </si>
+  <si>
+    <t>52 RUE COURTEVILLE 62500 SAINT-OMER</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>INSTITUTION DU SACRE COEUR</t>
+  </si>
+  <si>
+    <t>PASSAGE DE GRAVILLE 2 RUE DU GAIZON 91620 LA VILLE-DU-BOIS</t>
+  </si>
+  <si>
+    <t>APEL COLLEGE-LYCEES ST PIERRE SAINT PAUL</t>
+  </si>
+  <si>
+    <t>1 RUE DU COLLEGE 48300 LANGOGNE</t>
+  </si>
+  <si>
+    <t>24/10/2012</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>OGEC LA JOLIVERIE</t>
+  </si>
+  <si>
+    <t>141 ROUTE DE CLISSON 44230 SAINT-SEBASTIEN-SUR-LOIRE</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>LYCEE PASTEUR MONT ROLAND</t>
+  </si>
+  <si>
+    <t>27 RUE PASTEUR 39100 DOLE</t>
+  </si>
+  <si>
+    <t>13/01/2005</t>
+  </si>
+  <si>
+    <t>31/12/2009</t>
+  </si>
+  <si>
+    <t>OGEC SAINT ETIENNE</t>
+  </si>
+  <si>
+    <t>49 RUE DES SOUBIROUS 46000 CAHORS</t>
+  </si>
+  <si>
+    <t>01/09/2006</t>
+  </si>
+  <si>
+    <t>OGEC SFDA- GROUPE SCOLAIRE SAINT FRANCOIS D'ASSISE</t>
+  </si>
+  <si>
+    <t>GROUPE SCOLAIRE SAINT FRANCOIS D'ASSISE</t>
+  </si>
+  <si>
+    <t>LYCEE STE MARGUERITE COLLEGE ST ETIENN 1 RUE HORIZON VERT 37170 CHAMBRAY-LES-TOURS</t>
+  </si>
+  <si>
+    <t>12/04/1988</t>
+  </si>
+  <si>
+    <t>AFEEP MAUBEUGE SAMBRE</t>
+  </si>
+  <si>
+    <t>LYCEE THEOPHILE LEGRAND</t>
+  </si>
+  <si>
+    <t>LYCEE THEOPHILE LEGRAND 16 RUE BERTRAND 59720 LOUVROIL</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>ASS INSTITUT SAINTE GENEVIEVE</t>
+  </si>
+  <si>
+    <t>64 RUE D'ASSAS 75006 PARIS</t>
+  </si>
+  <si>
+    <t>85.20Z</t>
+  </si>
+  <si>
+    <t>COOPERATIVE SCOLAIRE DU LYCEE JEAN MONNET</t>
+  </si>
+  <si>
+    <t>16 RUE DU PORTAIL ROUGE 42100 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>23/10/2008</t>
+  </si>
+  <si>
+    <t>ECOLE DU BATIMENT ET DES TRAVAUX PUBLICS</t>
+  </si>
+  <si>
+    <t>30 RUE DE LA PAIX 94300 VINCENNES</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>ASSOCIATION L'INITIATIVE</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQUE L'INITIATIVE</t>
+  </si>
+  <si>
+    <t>24 RUE BOURET 75019 PARIS</t>
+  </si>
+  <si>
+    <t>13/05/1985</t>
+  </si>
+  <si>
+    <t>ASSOCIATION GESTION ETS ASSOMPTION BONDY</t>
+  </si>
+  <si>
+    <t>12 AVENUE DE VERDUN 93140 BONDY</t>
+  </si>
+  <si>
+    <t>07/06/1982</t>
+  </si>
+  <si>
+    <t>ECOLE DE DESIGN NANTES ATLANTIQUE</t>
+  </si>
+  <si>
+    <t>61 BOULEVARD DE LA PRAIRIE AU DUC 44200 NANTES</t>
+  </si>
+  <si>
+    <t>21/06/2022</t>
+  </si>
+  <si>
+    <t>ASSOCIATION O.R.T.</t>
+  </si>
+  <si>
+    <t>LYCEE ORT</t>
+  </si>
+  <si>
+    <t>14 RUE SELLENICK 67000 STRASBOURG</t>
+  </si>
+  <si>
     <t>ASSOCIATION SALIEGE</t>
   </si>
   <si>
     <t>3 RUE GEORGES BERNANOS 31130 BALMA</t>
   </si>
   <si>
     <t>01/09/1991</t>
   </si>
   <si>
-    <t>85.42Z</t>
-[...4 lines deleted...]
-  <si>
     <t>CAMPUS FONDERIE DE L'IMAGE</t>
   </si>
   <si>
     <t>80 RUE JULES FERRY 93170 BAGNOLET</t>
   </si>
   <si>
     <t>15/10/2007</t>
   </si>
   <si>
     <t>85.59A</t>
-  </si>
-[...913 lines deleted...]
-    <t>31/12/2009</t>
   </si>
   <si>
     <t>GOBELINS-CCI PARIS ILE DE FRANCE</t>
   </si>
   <si>
     <t>CAMPUS GAMBETTA 247 AV GAMBETTA 75020 PARIS 20</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1455,4411 +1455,4413 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>34864480800027</v>
+        <v>11004401300040</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>35386977900036</v>
+        <v>18830001600261</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="D3" s="2"/>
+      <c r="D3" s="2" t="s">
+        <v>20</v>
+      </c>
       <c r="E3" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>11930658393</v>
+        <v>23</v>
+      </c>
+      <c r="I3" s="3" t="s">
+        <v>24</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>11004401300040</v>
+        <v>19020051900014</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>18830001600261</v>
+        <v>19060015500013</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>19020051900014</v>
+        <v>19061478400014</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>19060015500013</v>
+        <v>19130051600017</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>19061478400014</v>
+        <v>19130053200014</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="I8" s="3"/>
+        <v>35</v>
+      </c>
+      <c r="I8" s="3">
+        <v>93131539413</v>
+      </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>19130051600017</v>
+        <v>19130059900013</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>19130053200014</v>
+        <v>19142133800010</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>19130059900013</v>
+        <v>19160004800018</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>19142133800010</v>
+        <v>19161095500012</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>19160004800018</v>
+        <v>19170025100017</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>19161095500012</v>
+        <v>19180025900019</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>19170025100017</v>
+        <v>19210032900015</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>19180025900019</v>
+        <v>19220065700018</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>19210032900015</v>
+        <v>19230025900012</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>19220065700018</v>
+        <v>19250006400022</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>19230025900012</v>
+        <v>19250008000010</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>19250006400022</v>
+        <v>19250011400017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="I20" s="3"/>
+        <v>35</v>
+      </c>
+      <c r="I20" s="3" t="s">
+        <v>68</v>
+      </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>19250008000010</v>
+        <v>19250037900016</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>19250011400017</v>
+        <v>19261100200010</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>19250037900016</v>
+        <v>19290012400012</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>19261100200010</v>
+        <v>19300027000010</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>19290012400012</v>
+        <v>19310088000015</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="I25" s="3"/>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>19300027000010</v>
+        <v>19311323000018</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I26" s="3"/>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>19310088000015</v>
+        <v>19312267800017</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>19311323000018</v>
+        <v>19330026600015</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I28" s="3"/>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>19312267800017</v>
+        <v>19340028000023</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>19330026600015</v>
+        <v>19340081900010</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>35</v>
+        <v>90</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I30" s="3"/>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>19340028000023</v>
+        <v>19340090000018</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>19340081900010</v>
+        <v>19350031100017</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>97</v>
+        <v>28</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="I32" s="3"/>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>19340090000018</v>
+        <v>19350059200012</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>100</v>
+        <v>28</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="I33" s="3"/>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>19350031100017</v>
+        <v>19370037400013</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I34" s="3"/>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>19350059200012</v>
+        <v>19381603000012</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I35" s="3"/>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>19370037400013</v>
+        <v>19382440600014</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I36" s="3"/>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>19381603000012</v>
+        <v>19390013100031</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>35</v>
+        <v>106</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I37" s="3"/>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>19382440600014</v>
+        <v>19390024800017</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="I38" s="3"/>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>19390013100031</v>
+        <v>19410959100017</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>113</v>
+        <v>90</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I39" s="3"/>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>19390024800017</v>
+        <v>19440024800010</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I40" s="3"/>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>19410959100017</v>
+        <v>19440029700017</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>97</v>
+        <v>28</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="I41" s="3"/>
+        <v>35</v>
+      </c>
+      <c r="I41" s="3">
+        <v>52440417944</v>
+      </c>
       <c r="J41" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>19440024800010</v>
+        <v>19457779700013</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>35</v>
+        <v>117</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I42" s="3"/>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>19440029700017</v>
+        <v>19490054400017</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I43" s="3"/>
       <c r="J43" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>19457779700013</v>
+        <v>19510005200016</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>124</v>
+        <v>45</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I44" s="3"/>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>19490054400017</v>
+        <v>19520000100012</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I45" s="3"/>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>19510005200016</v>
+        <v>19540042900013</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="I46" s="3"/>
+        <v>35</v>
+      </c>
+      <c r="I46" s="3" t="s">
+        <v>126</v>
+      </c>
       <c r="J46" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>19520000100012</v>
+        <v>19570141200015</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>52</v>
+        <v>129</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I47" s="3"/>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>19540042900013</v>
+        <v>19580753200013</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="F48" s="2" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I48" s="3"/>
       <c r="J48" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>19570141200015</v>
+        <v>19590217600013</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>136</v>
+        <v>28</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="I49" s="3"/>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>19580753200013</v>
+        <v>19590338000010</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>139</v>
+        <v>28</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="I50" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>137</v>
+      </c>
       <c r="J50" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>19590217600013</v>
+        <v>19610006900018</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I51" s="3"/>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>19590338000010</v>
+        <v>19630102200014</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>35</v>
+        <v>142</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I52" s="3"/>
       <c r="J52" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>19610006900018</v>
+        <v>19640001400011</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="I53" s="3"/>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>19630102200014</v>
+        <v>19672198900016</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>149</v>
+        <v>28</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="I54" s="3"/>
+        <v>35</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>147</v>
+      </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>19640001400011</v>
+        <v>19680034600013</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I55" s="3"/>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>19672198900016</v>
+        <v>19690037700017</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I56" s="3"/>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>19680034600013</v>
+        <v>19690128400014</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I57" s="3"/>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>19690037700017</v>
+        <v>19710002700014</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>35</v>
+        <v>156</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I58" s="3"/>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>19690128400014</v>
+        <v>19720048800017</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I59" s="3"/>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>19710002700014</v>
+        <v>19750463200013</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>163</v>
+        <v>28</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I60" s="3"/>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>19720048800017</v>
+        <v>19750502700015</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="I61" s="3"/>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>19750463200013</v>
+        <v>19750558900030</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>35</v>
+        <v>165</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I62" s="3"/>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>19750502700015</v>
+        <v>19750612400019</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I63" s="3"/>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>19750558900030</v>
+        <v>19750672800017</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>172</v>
+        <v>28</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="I64" s="3"/>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>19750612400019</v>
+        <v>19750681900014</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="I65" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I65" s="3" t="s">
+        <v>172</v>
+      </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>19750672800017</v>
+        <v>19750686800011</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I66" s="3"/>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>19750681900014</v>
+        <v>19750710600015</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I67" s="3"/>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>19750686800011</v>
+        <v>19750712200038</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>35</v>
+        <v>142</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="I68" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I68" s="3" t="s">
+        <v>179</v>
+      </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>19750710600015</v>
+        <v>19750802100015</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I69" s="3"/>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>19750712200038</v>
+        <v>19760091900017</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>149</v>
+        <v>28</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I70" s="3"/>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>19750802100015</v>
+        <v>19770938900013</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I71" s="3"/>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>19760091900017</v>
+        <v>19771658200014</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I72" s="3"/>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>19770938900013</v>
+        <v>19782546600018</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I73" s="3"/>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>19771658200014</v>
+        <v>19782599500016</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="I74" s="3"/>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>19782546600018</v>
+        <v>19801327800017</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="I75" s="3"/>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>19782599500016</v>
+        <v>19810995100014</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I76" s="3"/>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>19801327800017</v>
+        <v>19851390500028</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>35</v>
+        <v>198</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I77" s="3"/>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>19810995100014</v>
+        <v>19851400200015</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>35</v>
+        <v>201</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="I78" s="3"/>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>19851390500028</v>
+        <v>19880040100012</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>205</v>
+        <v>28</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I79" s="3"/>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>19851400200015</v>
+        <v>19911828200011</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I80" s="3"/>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>19880040100012</v>
+        <v>19920134400017</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I81" s="3"/>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>19911828200011</v>
+        <v>19920156700013</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>213</v>
+        <v>28</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="I82" s="3"/>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>19920134400017</v>
+        <v>19920802600021</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I83" s="3"/>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>19920156700013</v>
+        <v>19932116700017</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>35</v>
+        <v>216</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I84" s="3"/>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>19920802600021</v>
+        <v>19940137300014</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>220</v>
+        <v>28</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I85" s="3"/>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>19932116700017</v>
+        <v>19940585300011</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>223</v>
+        <v>28</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I86" s="3"/>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>19940137300014</v>
+        <v>19941294100015</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="I87" s="3"/>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>19940585300011</v>
+        <v>19951710300016</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>35</v>
+        <v>225</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I88" s="3"/>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>19941294100015</v>
+        <v>19971024500010</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>35</v>
+        <v>228</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I89" s="3"/>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>19951710300016</v>
+        <v>19972526800015</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="F90" s="2" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I90" s="3"/>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>19971024500010</v>
+        <v>19974019200018</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="F91" s="2" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I91" s="3"/>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>19972526800015</v>
+        <v>20003226600013</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="F92" s="2" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I92" s="3"/>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>19974019200018</v>
+        <v>77657480800023</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="F93" s="2" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="I93" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I93" s="3">
+        <v>82740156174</v>
+      </c>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>20003226600013</v>
+        <v>77762037800011</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="F94" s="2" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="I94" s="3"/>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>41780707000012</v>
+        <v>77774552200014</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I95" s="3"/>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>77534496300035</v>
+        <v>77921894000012</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>248</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I96" s="3"/>
       <c r="J96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>77562556900055</v>
+        <v>77990483800066</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>252</v>
-[...3 lines deleted...]
-      </c>
+        <v>248</v>
+      </c>
+      <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I97" s="3">
-        <v>31590269359</v>
+        <v>82690006869</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>77566396600015</v>
+        <v>77993563400013</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>258</v>
+        <v>243</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="I98" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I98" s="3">
+        <v>41570172557</v>
+      </c>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>77568810400030</v>
+        <v>78022773200010</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>260</v>
-[...3 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>262</v>
+        <v>254</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>258</v>
+        <v>243</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="I99" s="3">
-        <v>11752836675</v>
+        <v>22020010102</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M99" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>77657480800023</v>
+        <v>78042659900012</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>264</v>
+        <v>256</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I100" s="3"/>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>77762037800011</v>
+        <v>78106277300036</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="I101" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I101" s="3">
+        <v>23760475176</v>
+      </c>
       <c r="J101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>77774552200014</v>
+        <v>78184244800016</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>268</v>
+        <v>260</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>258</v>
+        <v>243</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I102" s="3"/>
       <c r="J102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>77921894000012</v>
+        <v>78184276000014</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>270</v>
+        <v>253</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>258</v>
+        <v>243</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="I103" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I103" s="3">
+        <v>72330463033</v>
+      </c>
       <c r="J103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M103" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>77990483800066</v>
+        <v>78288374800017</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>273</v>
+        <v>264</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>274</v>
+        <v>243</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I104" s="3"/>
       <c r="J104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>77993563400013</v>
+        <v>78333329700050</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>275</v>
+        <v>265</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I105" s="3">
-        <v>41570172557</v>
+        <v>44540380254</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>78022773200010</v>
+        <v>78351618000040</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>277</v>
+        <v>268</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I106" s="3">
-        <v>22020010102</v>
+        <v>31590122959</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>78042659900012</v>
+        <v>78407780200014</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>280</v>
+        <v>272</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>258</v>
+        <v>243</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="I107" s="3"/>
+        <v>273</v>
+      </c>
+      <c r="I107" s="3">
+        <v>32620305462</v>
+      </c>
       <c r="J107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>78106277300036</v>
+        <v>78525890600011</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>283</v>
+        <v>243</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="I108" s="3"/>
       <c r="J108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M108" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>78184244800016</v>
+        <v>79408640500014</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>258</v>
+        <v>278</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>42</v>
+        <v>279</v>
       </c>
       <c r="I109" s="3"/>
       <c r="J109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>78184276000014</v>
+        <v>41780707000012</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>258</v>
+        <v>282</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I110" s="3">
-        <v>72330463033</v>
+        <v>52440003244</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M110" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>78288374800017</v>
+        <v>48097819600016</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>13</v>
+        <v>283</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="G111" s="2"/>
+        <v>286</v>
+      </c>
+      <c r="G111" s="2" t="s">
+        <v>287</v>
+      </c>
       <c r="H111" s="2" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="I111" s="3"/>
       <c r="J111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>78333329700050</v>
+        <v>49244537400019</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="F112" s="2" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="I112" s="3"/>
       <c r="J112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M112" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>78351618000040</v>
+        <v>77534496300035</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="D113" s="2" t="s">
         <v>292</v>
       </c>
-      <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
         <v>293</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>294</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I113" s="3"/>
       <c r="J113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M113" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>78407780200014</v>
+        <v>77562556900055</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>295</v>
       </c>
-      <c r="D114" s="2"/>
+      <c r="D114" s="2" t="s">
+        <v>296</v>
+      </c>
       <c r="E114" s="2" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>258</v>
+        <v>298</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>297</v>
+        <v>29</v>
       </c>
       <c r="I114" s="3">
-        <v>32620305462</v>
+        <v>31590269359</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M114" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>78525890600011</v>
+        <v>77566396600015</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>258</v>
+        <v>243</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="I115" s="3"/>
       <c r="J115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>30861967500025</v>
+        <v>53170712300018</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>17</v>
+        <v>279</v>
       </c>
       <c r="I116" s="3"/>
       <c r="J116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>31402460500052</v>
+        <v>30861967500025</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>303</v>
-[...3 lines deleted...]
-      </c>
+        <v>305</v>
+      </c>
+      <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="I117" s="3"/>
       <c r="J117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>32841304200016</v>
+        <v>31402460500052</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>307</v>
-[...1 lines deleted...]
-      <c r="D118" s="2"/>
+        <v>308</v>
+      </c>
+      <c r="D118" s="2" t="s">
+        <v>309</v>
+      </c>
       <c r="E118" s="2" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I118" s="3"/>
       <c r="J118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>33405590200053</v>
+        <v>32841304200016</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I119" s="3"/>
       <c r="J119" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L119" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M119" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>79408640500014</v>
+        <v>33405590200053</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="I120" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I120" s="3">
+        <v>52440080744</v>
+      </c>
       <c r="J120" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M120" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>49244537400019</v>
+        <v>77568810400030</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>317</v>
-[...1 lines deleted...]
-      <c r="D121" s="2"/>
+        <v>318</v>
+      </c>
+      <c r="D121" s="2" t="s">
+        <v>319</v>
+      </c>
       <c r="E121" s="2" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>319</v>
+        <v>243</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="I121" s="3"/>
+        <v>35</v>
+      </c>
+      <c r="I121" s="3">
+        <v>11752836675</v>
+      </c>
       <c r="J121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>53170712300018</v>
+        <v>34864480800027</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="I122" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I122" s="3">
+        <v>76311466331</v>
+      </c>
       <c r="J122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>48097819600016</v>
+        <v>35386977900036</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>323</v>
+        <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>324</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
         <v>325</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>326</v>
       </c>
-      <c r="G123" s="2" t="s">
+      <c r="G123" s="2"/>
+      <c r="H123" s="2" t="s">
         <v>327</v>
       </c>
-      <c r="H123" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I123" s="3"/>
+      <c r="I123" s="3">
+        <v>11930658393</v>
+      </c>
       <c r="J123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
         <v>89003049700048</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>328</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
         <v>329</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>330</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>297</v>
+        <v>273</v>
       </c>
       <c r="I124" s="3">
         <v>11756129975</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M124" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -5872,31 +5874,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/24/2025 15:04:42</dc:description>
+  <dc:description>Export en date du 01/11/2026 23:38:48</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>