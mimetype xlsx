--- v2 (2026-01-11)
+++ v3 (2026-03-03)
@@ -196,51 +196,51 @@
   <si>
     <t>2 A BOULEVARD EDOUARD POUZET 17300 ROCHEFORT</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JEAN GUEHENNO</t>
   </si>
   <si>
     <t>RUE DES SABLES 18200 SAINT-AMAND-MONTROND</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT DE LA CERAMIQUE HENRY MOISANT - LYCEE DES METIERS ARTS-DESIGN-CERAMIQUE</t>
   </si>
   <si>
     <t>RUE DU LYCEE 21110 LONGCHAMP</t>
   </si>
   <si>
     <t>LYCEE GAL TECHNOLOGIQUE JOSEPH SAVINA</t>
   </si>
   <si>
     <t>5 PLACE DE LA REPUBLIQUE 22220 TREGUIER</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE RAYMOND LOEWY - LYCEE DES METIERS D'ART ET DU DESIGN</t>
   </si>
   <si>
-    <t>1 PL DE FILDERSTADT 23300 LA SOUTERRAINE</t>
+    <t>3 PLACE BERNHAUSEN 23300 LA SOUTERRAINE</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT CLAUDE NICOLAS LEDOUX</t>
   </si>
   <si>
     <t>14 RUE ALAIN SAVARY 25000 BESANCON</t>
   </si>
   <si>
     <t>11/02/1992</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT PASTEUR</t>
   </si>
   <si>
     <t>4 RUE DU LYCEE 25000 BESANCON</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT JULES HAAG</t>
   </si>
   <si>
     <t>1 RUE LABBE 25000 BESANCON</t>
   </si>
   <si>
     <t>4325P000725</t>
   </si>
@@ -730,68 +730,218 @@
   <si>
     <t>QUARTIER SAINT JAMES 97250 SAINT-PIERRE</t>
   </si>
   <si>
     <t>31/12/1983</t>
   </si>
   <si>
     <t>LYCEE GENERAL TECHNOL AMBROISE VOLLARD</t>
   </si>
   <si>
     <t>3 AVENUE DE SOWETO 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>01/03/1989</t>
   </si>
   <si>
     <t>LYCEE RENE GOSCINNY</t>
   </si>
   <si>
     <t>500 ROUTE DES CROVES 06340 DRAP</t>
   </si>
   <si>
     <t>01/06/2012</t>
   </si>
   <si>
+    <t>OGEC SAINT ETIENNE</t>
+  </si>
+  <si>
+    <t>49 RUE DES SOUBIROUS 46000 CAHORS</t>
+  </si>
+  <si>
+    <t>01/09/2006</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ECOLE DU BATIMENT ET DES TRAVAUX PUBLICS</t>
+  </si>
+  <si>
+    <t>30 RUE DE LA PAIX 94300 VINCENNES</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>ASSOCIATION L'INITIATIVE</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQUE L'INITIATIVE</t>
+  </si>
+  <si>
+    <t>24 RUE BOURET 75019 PARIS</t>
+  </si>
+  <si>
+    <t>13/05/1985</t>
+  </si>
+  <si>
+    <t>ASSOCIATION GESTION ETS ASSOMPTION BONDY</t>
+  </si>
+  <si>
+    <t>12 AVENUE DE VERDUN 93140 BONDY</t>
+  </si>
+  <si>
+    <t>07/06/1982</t>
+  </si>
+  <si>
+    <t>ECOLE DE DESIGN NANTES ATLANTIQUE</t>
+  </si>
+  <si>
+    <t>61 BOULEVARD DE LA PRAIRIE AU DUC 44200 NANTES</t>
+  </si>
+  <si>
+    <t>21/06/2022</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SALIEGE</t>
+  </si>
+  <si>
+    <t>3 RUE GEORGES BERNANOS 31130 BALMA</t>
+  </si>
+  <si>
+    <t>01/09/1991</t>
+  </si>
+  <si>
+    <t>CAMPUS FONDERIE DE L'IMAGE</t>
+  </si>
+  <si>
+    <t>80 RUE JULES FERRY 93170 BAGNOLET</t>
+  </si>
+  <si>
+    <t>15/10/2007</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>OGEC LA JOLIVERIE</t>
+  </si>
+  <si>
+    <t>141 ROUTE DE CLISSON 44230 SAINT-SEBASTIEN-SUR-LOIRE</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>LYCEE PASTEUR MONT ROLAND</t>
+  </si>
+  <si>
+    <t>27 RUE PASTEUR 39100 DOLE</t>
+  </si>
+  <si>
+    <t>13/01/2005</t>
+  </si>
+  <si>
+    <t>31/12/2009</t>
+  </si>
+  <si>
+    <t>COOPERATIVE SCOLAIRE DU LYCEE JEAN MONNET</t>
+  </si>
+  <si>
+    <t>16 RUE DU PORTAIL ROUGE 42100 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>23/10/2008</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>OGEC SFDA- GROUPE SCOLAIRE SAINT FRANCOIS D'ASSISE</t>
+  </si>
+  <si>
+    <t>GROUPE SCOLAIRE SAINT FRANCOIS D'ASSISE</t>
+  </si>
+  <si>
+    <t>LYCEE STE MARGUERITE COLLEGE ST ETIENN 1 RUE HORIZON VERT 37170 CHAMBRAY-LES-TOURS</t>
+  </si>
+  <si>
+    <t>12/04/1988</t>
+  </si>
+  <si>
+    <t>AFEEP MAUBEUGE SAMBRE</t>
+  </si>
+  <si>
+    <t>LYCEE THEOPHILE LEGRAND</t>
+  </si>
+  <si>
+    <t>LYCEE THEOPHILE LEGRAND 16 RUE BERTRAND 59720 LOUVROIL</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>ASS INSTITUT SAINTE GENEVIEVE</t>
+  </si>
+  <si>
+    <t>64 RUE D'ASSAS 75006 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.20Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION O.R.T.</t>
+  </si>
+  <si>
+    <t>LYCEE ORT</t>
+  </si>
+  <si>
+    <t>14 RUE SELLENICK 67000 STRASBOURG</t>
+  </si>
+  <si>
     <t>ASSOCIATION LA FONTAINE</t>
   </si>
   <si>
     <t>BP 64 PRES D ENFER EST 74210 FAVERGES-SEYTHENEX</t>
   </si>
   <si>
     <t>15/10/2008</t>
   </si>
   <si>
     <t>ASS OGEC LE PARACLET</t>
   </si>
   <si>
     <t>37 35 AVENUE DES GLENAN 29000 QUIMPER</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>OGEC</t>
   </si>
   <si>
     <t>14 RUE GINGUENE 35000 RENNES</t>
   </si>
   <si>
     <t>ASSOC ENSEIGN.LIBRE GODEFROY DE BOUILLON</t>
   </si>
   <si>
     <t>LYCEE GODEFROY DE BOUILLON 14 RUE GODEFROY DE BOUILLON 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>SOC ENSEIGNEMENT PROFESS RHONE</t>
   </si>
   <si>
     <t>46 RUE PROFESSEUR ROCHAIX 69003 LYON</t>
   </si>
   <si>
     <t>23/06/2005</t>
   </si>
   <si>
     <t>LYCEE TECHNO.PROF.PRIVE ST VINCENT PAUL</t>
   </si>
   <si>
     <t>4 RUE MARIE DOUCHET 57440 ALGRANGE</t>
@@ -835,213 +985,63 @@
   <si>
     <t>OGEC CLAUDE DAUNOT - SAINT LEON IX</t>
   </si>
   <si>
     <t>32 AVENUE FOCH 54000 NANCY</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>ASSOCIATION JEUNESSE ET AVENIR</t>
   </si>
   <si>
     <t>2 RUE EMILE HIE 59270 BAILLEUL</t>
   </si>
   <si>
     <t>12/03/1997</t>
   </si>
   <si>
     <t>ESCAP</t>
   </si>
   <si>
     <t>52 RUE COURTEVILLE 62500 SAINT-OMER</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>INSTITUTION DU SACRE COEUR</t>
   </si>
   <si>
     <t>PASSAGE DE GRAVILLE 2 RUE DU GAIZON 91620 LA VILLE-DU-BOIS</t>
   </si>
   <si>
     <t>APEL COLLEGE-LYCEES ST PIERRE SAINT PAUL</t>
   </si>
   <si>
     <t>1 RUE DU COLLEGE 48300 LANGOGNE</t>
   </si>
   <si>
     <t>24/10/2012</t>
-  </si>
-[...145 lines deleted...]
-    <t>85.59A</t>
   </si>
   <si>
     <t>GOBELINS-CCI PARIS ILE DE FRANCE</t>
   </si>
   <si>
     <t>CAMPUS GAMBETTA 247 AV GAMBETTA 75020 PARIS 20</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -4660,1193 +4660,1193 @@
         <v>236</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>237</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I92" s="3"/>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>77657480800023</v>
+        <v>49244537400019</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>238</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
         <v>239</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>240</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="I93" s="3"/>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>77762037800011</v>
+        <v>30861967500025</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I94" s="3"/>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>77774552200014</v>
+        <v>31402460500052</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="D95" s="2"/>
+        <v>245</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>246</v>
+      </c>
       <c r="E95" s="2" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="I95" s="3"/>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>77921894000012</v>
+        <v>32841304200016</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="I96" s="3"/>
       <c r="J96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>77990483800066</v>
+        <v>33405590200053</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I97" s="3">
-        <v>82690006869</v>
+        <v>52440080744</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M97" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>77993563400013</v>
+        <v>34864480800027</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>243</v>
+        <v>257</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I98" s="3">
-        <v>41570172557</v>
+        <v>76311466331</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>78022773200010</v>
+        <v>35386977900036</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>243</v>
+        <v>260</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>29</v>
+        <v>261</v>
       </c>
       <c r="I99" s="3">
-        <v>22020010102</v>
+        <v>11930658393</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>78042659900012</v>
+        <v>41780707000012</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>243</v>
+        <v>264</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I100" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I100" s="3">
+        <v>52440003244</v>
+      </c>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M100" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>78106277300036</v>
+        <v>48097819600016</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>13</v>
+        <v>265</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>257</v>
+        <v>266</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="G101" s="2"/>
+        <v>268</v>
+      </c>
+      <c r="G101" s="2" t="s">
+        <v>269</v>
+      </c>
       <c r="H101" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I101" s="3"/>
       <c r="J101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>78184244800016</v>
+        <v>53170712300018</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>260</v>
+        <v>270</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>243</v>
+        <v>272</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>35</v>
+        <v>273</v>
       </c>
       <c r="I102" s="3"/>
       <c r="J102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>78184276000014</v>
+        <v>77534496300035</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>253</v>
-[...1 lines deleted...]
-      <c r="D103" s="2"/>
+        <v>274</v>
+      </c>
+      <c r="D103" s="2" t="s">
+        <v>275</v>
+      </c>
       <c r="E103" s="2" t="s">
-        <v>262</v>
+        <v>276</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>243</v>
+        <v>277</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I103" s="3"/>
       <c r="J103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M103" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>78288374800017</v>
+        <v>77562556900055</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="D104" s="2"/>
+        <v>278</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>279</v>
+      </c>
       <c r="E104" s="2" t="s">
-        <v>264</v>
+        <v>280</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>243</v>
+        <v>281</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I104" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I104" s="3">
+        <v>31590269359</v>
+      </c>
       <c r="J104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M104" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>78333329700050</v>
+        <v>77566396600015</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>265</v>
+        <v>282</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>266</v>
+        <v>283</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>267</v>
+        <v>284</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>285</v>
+      </c>
+      <c r="I105" s="3"/>
       <c r="J105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>78351618000040</v>
+        <v>77568810400030</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="D106" s="2"/>
+        <v>286</v>
+      </c>
+      <c r="D106" s="2" t="s">
+        <v>287</v>
+      </c>
       <c r="E106" s="2" t="s">
-        <v>269</v>
+        <v>288</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>270</v>
+        <v>284</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="I106" s="3">
-        <v>31590122959</v>
+        <v>11752836675</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>78407780200014</v>
+        <v>77657480800023</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>271</v>
+        <v>289</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>272</v>
+        <v>290</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>243</v>
+        <v>291</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I107" s="3">
-        <v>32620305462</v>
+        <v>82740156174</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>78525890600011</v>
+        <v>77762037800011</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>274</v>
+        <v>292</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>275</v>
+        <v>293</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>243</v>
+        <v>284</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I108" s="3"/>
       <c r="J108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>79408640500014</v>
+        <v>77774552200014</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>276</v>
+        <v>294</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>277</v>
+        <v>295</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>279</v>
+        <v>35</v>
       </c>
       <c r="I109" s="3"/>
       <c r="J109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>41780707000012</v>
+        <v>77921894000012</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>280</v>
+        <v>296</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>281</v>
+        <v>297</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I110" s="3"/>
       <c r="J110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M110" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>48097819600016</v>
+        <v>77990483800066</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>283</v>
+        <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>284</v>
+        <v>298</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>285</v>
+        <v>299</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>286</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I111" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I111" s="3">
+        <v>82690006869</v>
+      </c>
       <c r="J111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>49244537400019</v>
+        <v>77993563400013</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>288</v>
+        <v>301</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>289</v>
+        <v>302</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="I112" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I112" s="3">
+        <v>41570172557</v>
+      </c>
       <c r="J112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>77534496300035</v>
+        <v>78022773200010</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>291</v>
-[...3 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I113" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I113" s="3">
+        <v>22020010102</v>
+      </c>
       <c r="J113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M113" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>77562556900055</v>
+        <v>78042659900012</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>305</v>
+      </c>
+      <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>297</v>
+        <v>306</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>298</v>
+        <v>284</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I114" s="3"/>
       <c r="J114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M114" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>77566396600015</v>
+        <v>78106277300036</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>243</v>
+        <v>309</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="I115" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I115" s="3">
+        <v>23760475176</v>
+      </c>
       <c r="J115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M115" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>53170712300018</v>
+        <v>78184244800016</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>304</v>
+        <v>284</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>279</v>
+        <v>35</v>
       </c>
       <c r="I116" s="3"/>
       <c r="J116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>30861967500025</v>
+        <v>78184276000014</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>307</v>
+        <v>284</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I117" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I117" s="3">
+        <v>72330463033</v>
+      </c>
       <c r="J117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M117" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>31402460500052</v>
+        <v>78288374800017</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>313</v>
+      </c>
+      <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>311</v>
+        <v>284</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="I118" s="3"/>
       <c r="J118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>32841304200016</v>
+        <v>78333329700050</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I119" s="3"/>
+        <v>35</v>
+      </c>
+      <c r="I119" s="3">
+        <v>44540380254</v>
+      </c>
       <c r="J119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M119" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>33405590200053</v>
+        <v>78351618000040</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I120" s="3">
-        <v>52440080744</v>
+        <v>31590122959</v>
       </c>
       <c r="J120" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>77568810400030</v>
+        <v>78407780200014</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>318</v>
-[...3 lines deleted...]
-      </c>
+        <v>321</v>
+      </c>
+      <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>243</v>
+        <v>284</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>35</v>
+        <v>241</v>
       </c>
       <c r="I121" s="3">
-        <v>11752836675</v>
+        <v>32620305462</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>34864480800027</v>
+        <v>78525890600011</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>323</v>
+        <v>284</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="I122" s="3"/>
       <c r="J122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>35386977900036</v>
+        <v>79408640500014</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>327</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="I123" s="3"/>
       <c r="J123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
         <v>89003049700048</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>328</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
         <v>329</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>330</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>273</v>
+        <v>241</v>
       </c>
       <c r="I124" s="3">
         <v>11756129975</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -5874,31 +5874,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/11/2026 23:38:48</dc:description>
+  <dc:description>Export en date du 03/03/2026 01:13:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>