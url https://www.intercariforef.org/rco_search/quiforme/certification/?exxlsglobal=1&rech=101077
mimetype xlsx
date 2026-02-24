--- v0 (2025-12-23)
+++ v1 (2026-02-24)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -280,113 +280,101 @@
   <si>
     <t>MAISON DE L'UNIVERSITE CAMPUS ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE DE BESANCON</t>
   </si>
   <si>
     <t>UNIVERSITE DE FRANCHE-COMTE</t>
   </si>
   <si>
     <t>1 RUE CLAUDE GOUDIMEL 25000 BESANCON</t>
   </si>
   <si>
     <t>05/10/1994</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
-    <t>4325P000425</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE BREST BRETAGNE OCCIDENTALE</t>
   </si>
   <si>
     <t>3 RUE MATTHIEU GALLOU 29200 BREST</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
-    <t>5329P003029</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE TOULOUSE 1 CAPITOLE</t>
   </si>
   <si>
     <t>01/01/2023</t>
   </si>
   <si>
     <t>UNIVERSITE TOULOUSE III - PAUL SABATIER</t>
   </si>
   <si>
     <t>118 ROUTE DE NARBONNE 31400 TOULOUSE</t>
   </si>
   <si>
-    <t>7331P001631</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE DE RENNES I</t>
   </si>
   <si>
     <t>2 RUE DU THABOR 35000 RENNES</t>
   </si>
   <si>
     <t>INSTITUT POLYTECHNIQUE DE GRENOBLE</t>
   </si>
   <si>
     <t>INP GRENOBLE</t>
   </si>
   <si>
     <t>46 AVENUE FELIX VIALLET 38000 GRENOBLE</t>
   </si>
   <si>
     <t>10/08/1983</t>
   </si>
   <si>
     <t>8238P000438</t>
   </si>
   <si>
     <t>UNIVERSITE JEAN MONNET SAINT ETIENNE</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE 10 RUE TREFILERIE 42100 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>17/01/2011</t>
   </si>
   <si>
-    <t>8242P000242</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE D'ANGERS</t>
   </si>
   <si>
     <t>40 RUE DE RENNES 49100 ANGERS</t>
   </si>
   <si>
     <t>20/02/1998</t>
   </si>
   <si>
     <t>UNIVERSITE D ARTOIS</t>
   </si>
   <si>
     <t>9 RUE DU TEMPLE 62000 ARRAS</t>
   </si>
   <si>
     <t>07/11/1991</t>
   </si>
   <si>
     <t>3162P003162</t>
   </si>
   <si>
     <t>UNIVERSITE LYON 3 JEAN MOULIN</t>
   </si>
   <si>
     <t>1 AVENUE DES FRERES LUMIERE 69008 LYON</t>
@@ -470,53 +458,50 @@
     <t>AVIGNON UNIVERSITE</t>
   </si>
   <si>
     <t>74 RUE LOUIS PASTEUR 84000 AVIGNON</t>
   </si>
   <si>
     <t>26/09/1997</t>
   </si>
   <si>
     <t>9384P000984</t>
   </si>
   <si>
     <t>UNIVERSITE DE POITIERS</t>
   </si>
   <si>
     <t>15 RUE DE L'HOTEL DIEU 86000 POITIERS</t>
   </si>
   <si>
     <t>17/10/1994</t>
   </si>
   <si>
     <t>5486P000386</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
-  </si>
-[...1 lines deleted...]
-    <t>SERVICES CENTRAUX</t>
   </si>
   <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE DE PARIS VIII.PARIS VINCENNES</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS VIII.PARIS VINCENN</t>
   </si>
   <si>
     <t>2 RUE DE LA LIBERTE 93200 SAINT-DENIS</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
@@ -1812,1095 +1797,1085 @@
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>19251215000363</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>84</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>87</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>19290346600014</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>19311382600013</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I25" s="3"/>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>19311384200010</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>87</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I26" s="3"/>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>19350936100013</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>19381912500017</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>100</v>
-      </c>
-[...7 lines deleted...]
-        <v>103</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>19421095100423</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>87</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>19490970100303</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I30" s="3">
         <v>52490195049</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>19720916600010</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I33" s="3">
         <v>52720107272</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>19750707200019</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>19750707200027</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="D35" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="D35" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="I35" s="3" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>19751717000019</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I36" s="3" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>19761904200017</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I37" s="3" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>19781944400013</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>19801344300017</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>19840685200204</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I40" s="3" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>19931827000014</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I43" s="3"/>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>19971585500011</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I46" s="3"/>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>39089496200054</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="I47" s="3">
         <v>11770565477</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>39282033800029</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="I48" s="3">
         <v>53290419429</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>44229373400012</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="I49" s="3">
         <v>52440410944</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>50876465100024</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="I50" s="3">
         <v>27210417621</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>50876465100032</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I51" s="3">
         <v>27210417621</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -2932,31 +2907,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/23/2025 15:46:57</dc:description>
+  <dc:description>Export en date du 02/24/2026 15:37:50</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>