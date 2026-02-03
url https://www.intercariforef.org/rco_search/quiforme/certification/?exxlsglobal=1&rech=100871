--- v0 (2025-12-07)
+++ v1 (2026-02-03)
@@ -175,111 +175,111 @@
   <si>
     <t>70 BOULEVARD SAINT-QUENTIN 80090 AMIENS</t>
   </si>
   <si>
     <t>25/12/2005</t>
   </si>
   <si>
     <t>26/02/2025</t>
   </si>
   <si>
     <t>2280P000780</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT NELSON MANDELA</t>
   </si>
   <si>
     <t>GRETA POITOU CHARENTES</t>
   </si>
   <si>
     <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
+    <t>ASS POUR LA DIFFUSION DES NOUVELLES TECHNOLOGIES AU SERVICE DU DEVELOPPEMENT DURABLE</t>
+  </si>
+  <si>
+    <t>ZA TERACTIVE LES CLOSEAUX 50140 ROMAGNY FONTENAY</t>
+  </si>
+  <si>
+    <t>17/03/2009</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT REGIONAL ET L'APPUI AU RECLASSEMENT</t>
+  </si>
+  <si>
+    <t>PARC TECHNO DU CANAL 2 RUE IRENE JOLIOT CURIE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>19/07/1999</t>
+  </si>
+  <si>
     <t>POSITIV FORMATION</t>
   </si>
   <si>
     <t>ZA DE L HERMITIERE 9 RUE DE L'EPINE 35230 ORGERES</t>
   </si>
   <si>
     <t>19/05/2008</t>
   </si>
   <si>
-    <t>ASS POUR LA DIFFUSION DES NOUVELLES TECHNOLOGIES AU SERVICE DU DEVELOPPEMENT DURABLE</t>
-[...10 lines deleted...]
-  <si>
     <t>ALMEA FORMATIONS INTERPRO</t>
   </si>
   <si>
     <t>32 RUE BENJAMIN FRANKLIN 51000 CHALONS-EN-CHAMPAGNE</t>
   </si>
   <si>
     <t>08/10/2008</t>
   </si>
   <si>
     <t>CAMPUS DE FORMATION PROFESSIONNELLE COMPAGNONNIQUE (C.F.P.C.)</t>
   </si>
   <si>
     <t>12 AVENUE JEAN LURCAT 19100 BRIVE-LA-GAILLARDE</t>
   </si>
   <si>
     <t>06/03/2013</t>
   </si>
   <si>
     <t>INNOVANCE</t>
   </si>
   <si>
     <t>LES CLOSEAUX ZA TERACTIVE 50140 ROMAGNY FONTENAY</t>
   </si>
   <si>
     <t>20/05/2015</t>
   </si>
   <si>
     <t>26/06/2019</t>
   </si>
   <si>
     <t>82.99Z</t>
-  </si>
-[...7 lines deleted...]
-    <t>19/07/1999</t>
   </si>
   <si>
     <t>INITIA FORMATION</t>
   </si>
   <si>
     <t>455 RUE GEORGES BELLENGER 27930 GUICHAINVILLE</t>
   </si>
   <si>
     <t>12/03/2018</t>
   </si>
   <si>
     <t>01/11/2022</t>
   </si>
   <si>
     <t>FIBRAXION</t>
   </si>
   <si>
     <t>19 RUE DE LA GUILLAUDERIE 44118 LA CHEVROLIERE</t>
   </si>
   <si>
     <t>04/09/2020</t>
   </si>
   <si>
     <t>16/11/2021</t>
   </si>
@@ -1016,268 +1016,268 @@
       <c r="F9" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3">
         <v>54860142086</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>48825128100033</v>
+        <v>49327519200026</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I10" s="3">
-        <v>53350813735</v>
+        <v>25500094150</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>49327519200026</v>
+        <v>32434542000040</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>25500094150</v>
+        <v>73310029931</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>50923283100016</v>
+        <v>48825128100033</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="D12" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="I12" s="3">
-        <v>21510170351</v>
+        <v>53350813735</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>80193062900010</v>
+        <v>50923283100016</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="D13" s="2"/>
+      <c r="D13" s="2" t="s">
+        <v>63</v>
+      </c>
       <c r="E13" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I13" s="3"/>
+        <v>25</v>
+      </c>
+      <c r="I13" s="3">
+        <v>21510170351</v>
+      </c>
       <c r="J13" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>81202560900015</v>
+        <v>80193062900010</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="G14" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>32434542000040</v>
+        <v>81202560900015</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F15" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="G15" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="F15" s="2" t="s">
+      <c r="H15" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="G15" s="2"/>
-[...5 lines deleted...]
-      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>82392073100028</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>17</v>
       </c>
@@ -1368,31 +1368,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/08/2025 00:44:24</dc:description>
+  <dc:description>Export en date du 02/03/2026 04:52:55</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>