--- v1 (2026-02-03)
+++ v2 (2026-02-03)
@@ -1368,31 +1368,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/03/2026 04:52:55</dc:description>
+  <dc:description>Export en date du 02/03/2026 05:58:48</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>