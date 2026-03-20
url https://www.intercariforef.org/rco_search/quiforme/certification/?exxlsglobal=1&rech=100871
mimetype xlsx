--- v2 (2026-02-03)
+++ v3 (2026-03-20)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -160,93 +160,90 @@
   <si>
     <t>LYCEE GENERAL TECHNOLOGIQUE HENRI LORITZ</t>
   </si>
   <si>
     <t>29 RUE DES JARDINIERS 54000 NANCY</t>
   </si>
   <si>
     <t>4154P000154</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LA HOTOIE</t>
   </si>
   <si>
     <t>GRETA SOMME</t>
   </si>
   <si>
     <t>70 BOULEVARD SAINT-QUENTIN 80090 AMIENS</t>
   </si>
   <si>
     <t>25/12/2005</t>
   </si>
   <si>
     <t>26/02/2025</t>
   </si>
   <si>
-    <t>2280P000780</t>
-[...1 lines deleted...]
-  <si>
     <t>LYCEE POLYVALENT NELSON MANDELA</t>
   </si>
   <si>
     <t>GRETA POITOU CHARENTES</t>
   </si>
   <si>
     <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
+    <t>ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT REGIONAL ET L'APPUI AU RECLASSEMENT</t>
+  </si>
+  <si>
+    <t>PARC TECHNO DU CANAL 2 RUE IRENE JOLIOT CURIE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>19/07/1999</t>
+  </si>
+  <si>
+    <t>POSITIV FORMATION</t>
+  </si>
+  <si>
+    <t>ZA DE L HERMITIERE 9 RUE DE L'EPINE 35230 ORGERES</t>
+  </si>
+  <si>
+    <t>19/05/2008</t>
+  </si>
+  <si>
     <t>ASS POUR LA DIFFUSION DES NOUVELLES TECHNOLOGIES AU SERVICE DU DEVELOPPEMENT DURABLE</t>
   </si>
   <si>
     <t>ZA TERACTIVE LES CLOSEAUX 50140 ROMAGNY FONTENAY</t>
   </si>
   <si>
     <t>17/03/2009</t>
   </si>
   <si>
     <t>94.99Z</t>
-  </si>
-[...16 lines deleted...]
-    <t>19/05/2008</t>
   </si>
   <si>
     <t>ALMEA FORMATIONS INTERPRO</t>
   </si>
   <si>
     <t>32 RUE BENJAMIN FRANKLIN 51000 CHALONS-EN-CHAMPAGNE</t>
   </si>
   <si>
     <t>08/10/2008</t>
   </si>
   <si>
     <t>CAMPUS DE FORMATION PROFESSIONNELLE COMPAGNONNIQUE (C.F.P.C.)</t>
   </si>
   <si>
     <t>12 AVENUE JEAN LURCAT 19100 BRIVE-LA-GAILLARDE</t>
   </si>
   <si>
     <t>06/03/2013</t>
   </si>
   <si>
     <t>INNOVANCE</t>
   </si>
   <si>
     <t>LES CLOSEAUX ZA TERACTIVE 50140 ROMAGNY FONTENAY</t>
   </si>
@@ -768,53 +765,51 @@
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>18800864300028</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I3" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I3" s="3"/>
       <c r="J3" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>19133206300020</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>28</v>
@@ -959,392 +954,386 @@
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>19800049900022</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>47</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="D9" s="2" t="s">
+      <c r="E9" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3">
         <v>54860142086</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>49327519200026</v>
+        <v>32434542000040</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="I10" s="3">
-        <v>25500094150</v>
+        <v>73310029931</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>32434542000040</v>
+        <v>48825128100033</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>73310029931</v>
+        <v>53350813735</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>48825128100033</v>
+        <v>49327519200026</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="I12" s="3">
-        <v>53350813735</v>
+        <v>25500094150</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>50923283100016</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E13" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="D13" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I13" s="3">
         <v>21510170351</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>80193062900010</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>81202560900015</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="F15" s="2" t="s">
+      <c r="G15" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="G15" s="2" t="s">
+      <c r="H15" s="2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>82392073100028</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="F16" s="2" t="s">
+      <c r="G16" s="2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I16" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>88880756700019</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="F17" s="2" t="s">
+      <c r="G17" s="2" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I17" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -1368,31 +1357,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/03/2026 05:58:48</dc:description>
+  <dc:description>Export en date du 03/20/2026 17:09:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>