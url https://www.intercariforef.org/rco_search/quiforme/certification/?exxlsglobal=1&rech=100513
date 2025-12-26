--- v0 (2025-11-05)
+++ v1 (2025-12-26)
@@ -94,69 +94,69 @@
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LANGEVIN-WALLON</t>
   </si>
   <si>
     <t>GRETA VAL-DE-MARNE</t>
   </si>
   <si>
     <t>126 AVENUE ROGER SALENGRO 94500 CHAMPIGNY-SUR-MARNE</t>
   </si>
   <si>
     <t>06/03/1989</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>1194P000194</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>CFA DU BATIMENT PROVENCE ALPES COTE D'AZUR</t>
+  </si>
+  <si>
+    <t>CS 80562 155 RUE ALBERT EINSTEIN 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>07/11/2005</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>BTP CFA ILE DE FRANCE</t>
   </si>
   <si>
     <t>ZAC FONDS GRANDS CHAMPS 8 RUE DE BEL AIR 77440 OCQUERRE</t>
   </si>
   <si>
     <t>01/01/2013</t>
-  </si>
-[...10 lines deleted...]
-    <t>07/11/2005</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
@@ -677,108 +677,108 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>77566214100131</v>
+        <v>78285946600040</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I4" s="3">
-        <v>11752574775</v>
+        <v>93131437313</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>78285946600040</v>
+        <v>77566214100131</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I5" s="3">
-        <v>93131437313</v>
+        <v>11752574775</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="2"/>
@@ -1173,31 +1173,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 21:45:44</dc:description>
+  <dc:description>Export en date du 12/26/2025 12:33:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>