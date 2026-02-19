--- v1 (2025-12-26)
+++ v2 (2026-02-19)
@@ -94,69 +94,69 @@
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LANGEVIN-WALLON</t>
   </si>
   <si>
     <t>GRETA VAL-DE-MARNE</t>
   </si>
   <si>
     <t>126 AVENUE ROGER SALENGRO 94500 CHAMPIGNY-SUR-MARNE</t>
   </si>
   <si>
     <t>06/03/1989</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>1194P000194</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>BTP CFA ILE DE FRANCE</t>
+  </si>
+  <si>
+    <t>ZAC FONDS GRANDS CHAMPS 8 RUE DE BEL AIR 77440 OCQUERRE</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>CFA DU BATIMENT PROVENCE ALPES COTE D'AZUR</t>
   </si>
   <si>
     <t>CS 80562 155 RUE ALBERT EINSTEIN 13100 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>07/11/2005</t>
-  </si>
-[...10 lines deleted...]
-    <t>01/01/2013</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
@@ -677,108 +677,108 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>78285946600040</v>
+        <v>77566214100131</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I4" s="3">
-        <v>93131437313</v>
+        <v>11752574775</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>77566214100131</v>
+        <v>78285946600040</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I5" s="3">
-        <v>11752574775</v>
+        <v>93131437313</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="2"/>
@@ -1173,31 +1173,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 12:33:43</dc:description>
+  <dc:description>Export en date du 02/19/2026 01:19:12</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>