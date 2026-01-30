--- v0 (2025-12-02)
+++ v1 (2026-01-30)
@@ -295,105 +295,105 @@
   <si>
     <t>1191P002791</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS NANTERRE</t>
   </si>
   <si>
     <t>200 AVENUE DE LA REPUBLIQUE 92000 NANTERRE</t>
   </si>
   <si>
     <t>1192P000192</t>
   </si>
   <si>
     <t>UNIV PARIS XIII PARIS-NORD VILLETANEUSE</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS XIII.PARIS-NORD</t>
   </si>
   <si>
     <t>99 AVENUE JEAN-BAPTISTE CLEMENT 93430 VILLETANEUSE</t>
   </si>
   <si>
     <t>1193P000893</t>
   </si>
   <si>
+    <t>UCO LAVAL</t>
+  </si>
+  <si>
+    <t>ISM 25 RUE DU MANS 53000 LAVAL</t>
+  </si>
+  <si>
+    <t>27/08/2007</t>
+  </si>
+  <si>
+    <t>UNION UNIVERSITE ECONOMIE</t>
+  </si>
+  <si>
+    <t>8 BOULEVARD DUBREUIL 91400 ORSAY</t>
+  </si>
+  <si>
+    <t>22/11/2023</t>
+  </si>
+  <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>5 RUE DE MULHOUSE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
     <t>ASSOCIATION SAINT-YVES / UNIVERSITE CATHOLIQUE DE L'OUEST</t>
   </si>
   <si>
     <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
-    <t>UCO LAVAL</t>
-[...16 lines deleted...]
-  <si>
     <t>LA CINE FABRIQUE - ECOLE NATIONALE DE CINEMA MULTI MEDIA EN RHONE-ALPES</t>
   </si>
   <si>
     <t>5 RUE COMMUNIEU 69009 LYON</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...16 lines deleted...]
-    <t>18/07/2024</t>
   </si>
   <si>
     <t>GOBELINS-CCI PARIS ILE DE FRANCE</t>
   </si>
   <si>
     <t>73 BOULEVARD SAINT-MARCEL 75013 PARIS</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
   <si>
     <t>CAMPUS GAMBETTA 247 AV GAMBETTA 75020 PARIS 20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -1630,327 +1630,327 @@
       <c r="F23" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>92</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>78611668100010</v>
+        <v>40888757800032</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>95</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I24" s="3">
-        <v>52490001049</v>
+        <v>52530086053</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>40888757800032</v>
+        <v>41197343100033</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>97</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I25" s="3">
-        <v>52530086053</v>
+        <v>11910788191</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>41197343100033</v>
+        <v>50876465100024</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>22</v>
+        <v>102</v>
       </c>
       <c r="I26" s="3">
-        <v>11910788191</v>
+        <v>27210417621</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>80382979500035</v>
+        <v>50876465100032</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="I27" s="3">
-        <v>84691473269</v>
+        <v>27210417621</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>50876465100024</v>
+        <v>78611668100010</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>109</v>
+        <v>22</v>
       </c>
       <c r="I28" s="3">
-        <v>27210417621</v>
+        <v>52490001049</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>50876465100032</v>
+        <v>80382979500035</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>22</v>
+        <v>111</v>
       </c>
       <c r="I29" s="3">
-        <v>27210417621</v>
+        <v>84691473269</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>89003049700022</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>113</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="I30" s="3">
         <v>11756129975</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>89003049700048</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>115</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="I31" s="3">
         <v>11756129975</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1978,31 +1978,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/02/2025 15:56:16</dc:description>
+  <dc:description>Export en date du 01/30/2026 05:04:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>