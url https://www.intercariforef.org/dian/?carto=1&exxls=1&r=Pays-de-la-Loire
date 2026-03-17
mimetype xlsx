--- v0 (2025-12-08)
+++ v1 (2026-03-17)
@@ -188,2541 +188,2541 @@
       </c>
       <c r="I1" s="1" t="inlineStr">
         <is>
           <t>Organisme responsable</t>
         </is>
       </c>
       <c r="J1" s="1" t="inlineStr">
         <is>
           <t>Organisme formateur</t>
         </is>
       </c>
       <c r="K1" s="1" t="inlineStr">
         <is>
           <t>Financeurs</t>
         </is>
       </c>
       <c r="L1" s="1" t="inlineStr">
         <is>
           <t>Tel</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:12" customHeight="0">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>21_25130221_251302251302</t>
+          <t>21_27287321_272873272873</t>
         </is>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Langue et cultures françaises Semestre de printemps</t>
+          <t>Français langue étrangère - A2/A1 écrit</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>04/02/2026</t>
+          <t>06/10/2026</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>30/05/2026</t>
+          <t>22/01/2027</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
-          <t>Université Catholique de l'Ouest - UCO - CIDEF Centre international d'études françaises</t>
+          <t>Espaces Formation</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>49008</t>
+          <t>44100</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>Angers</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I2" s="2" t="inlineStr">
         <is>
-          <t>Université Catholique de l'Ouest - UCO</t>
+          <t>Espaces Formation</t>
         </is>
       </c>
       <c r="J2" s="2" t="inlineStr">
         <is>
-          <t>Université Catholique de l'Ouest - UCO</t>
+          <t>Espaces Formation</t>
         </is>
       </c>
       <c r="K2" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Collectivité territoriale - Conseil général</t>
         </is>
       </c>
       <c r="L2" s="2" t="inlineStr">
         <is>
-          <t>02-41-81-66-00</t>
+          <t>02-40-94-99-52</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:12" customHeight="0">
       <c r="A3" s="2" t="inlineStr">
         <is>
-          <t>21_25723221_257232257232</t>
+          <t>21_27553921_275539275539</t>
         </is>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>AIMES - DU Passerelle</t>
+          <t>PREPA Clés Avenir « FLE » Multi sectoriels (AGRI SAP)</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>02/02/2026</t>
+          <t>14/09/2026</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>01/06/2026</t>
+          <t>19/02/2027</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>Le Mans Université</t>
+          <t>AISP - La Flèche</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>72000</t>
+          <t>72200</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>Le Mans</t>
+          <t>La Flèche</t>
         </is>
       </c>
       <c r="I3" s="2" t="inlineStr">
         <is>
-          <t>Le Mans Université</t>
+          <t>AISP - La Flèche</t>
         </is>
       </c>
       <c r="J3" s="2" t="inlineStr">
         <is>
-          <t>Le Mans Université</t>
+          <t>AISP - La Flèche</t>
         </is>
       </c>
       <c r="K3" s="2" t="inlineStr">
         <is>
-          <t>Etat - Autre</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L3" s="2" t="inlineStr">
         <is>
-          <t>02-43-83-30-70</t>
+          <t>02-43-48-11-71</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="0">
       <c r="A4" s="2" t="inlineStr">
         <is>
-          <t>21_25723521_257235257235</t>
+          <t>21_27567421_275674275674</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>AIMES - DU Passerelle</t>
+          <t>Socle de connaissances et de compétences professionnelles numérique (CléA Numérique) Grand débutant ordinateur-smartphone seniors pré-retraité</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>01/02/2026</t>
+          <t>07/09/2026</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>31/05/2026</t>
+          <t>18/12/2026</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>Université d'Angers - CeLFE</t>
+          <t>Mediagraph</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>44100</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>Angers</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I4" s="2" t="inlineStr">
         <is>
-          <t>Université d'Angers</t>
+          <t>Mediagraph</t>
         </is>
       </c>
       <c r="J4" s="2" t="inlineStr">
         <is>
-          <t>Université d'Angers</t>
+          <t>Mediagraph</t>
         </is>
       </c>
       <c r="K4" s="2" t="inlineStr">
         <is>
-          <t>Etat - Autre</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L4" s="2" t="inlineStr">
         <is>
-          <t>02-44-68-86-84</t>
+          <t>02-40-12-19-12</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="0">
       <c r="A5" s="2" t="inlineStr">
         <is>
-          <t>21_25376121_253761253761</t>
+          <t>21_27271721_272717272717</t>
         </is>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Français Langue Etrangère (FLE) à visée professionnelle</t>
+          <t>Français langue étrangère à visée professionnelle (FLE)</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>16/01/2026</t>
+          <t>11/06/2026</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>03/07/2026</t>
+          <t>23/07/2026</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA 49 - site Saumur</t>
+          <t>Léo Lagrange Formation</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>49400</t>
+          <t>44600</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>Saumur</t>
+          <t>Saint-Nazaire</t>
         </is>
       </c>
       <c r="I5" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA 49</t>
+          <t>Léo Lagrange Formation</t>
         </is>
       </c>
       <c r="J5" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA 49</t>
+          <t>Léo Lagrange Formation</t>
         </is>
       </c>
       <c r="K5" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Collectivité territoriale - Conseil général</t>
         </is>
       </c>
       <c r="L5" s="2" t="inlineStr">
         <is>
-          <t>02-41-24-11-11</t>
+          <t>02-51-76-11-11</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="0">
       <c r="A6" s="2" t="inlineStr">
         <is>
-          <t>21_26859221_268592268592</t>
+          <t>21_27250921_272509272509</t>
         </is>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Diplôme de compétence en langue étrangère professionnelle français langue étrangère - DCLEP FLE</t>
+          <t>PREPA Clés Avenir « FLE »</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>05/01/2026</t>
+          <t>08/06/2026</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>17/12/2026</t>
+          <t>06/11/2026</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>Cap Savoir</t>
+          <t>Corylus Form@tions</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>49300</t>
+          <t>49400</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>Cholet</t>
+          <t>Saumur</t>
         </is>
       </c>
       <c r="I6" s="2" t="inlineStr">
         <is>
-          <t>Cap Savoir</t>
+          <t>Corylus Form@tions</t>
         </is>
       </c>
       <c r="J6" s="2" t="inlineStr">
         <is>
-          <t>Cap Savoir</t>
+          <t>Corylus Form@tions</t>
         </is>
       </c>
       <c r="K6" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L6" s="2" t="inlineStr">
         <is>
-          <t>02-41-46-30-68</t>
+          <t>02-41-67-71-45</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="0">
       <c r="A7" s="2" t="inlineStr">
         <is>
-          <t>21_26948921_269489269489</t>
+          <t>21_27495621_274956274956</t>
         </is>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>FLE mobilité introduction au code de la route</t>
+          <t>PREPA Clés Avenir « FLE » Métiers de la propreté</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>05/01/2026</t>
+          <t>01/06/2026</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>10/03/2026</t>
+          <t>18/09/2026</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
+          <t>Espaces Formation</t>
+        </is>
+      </c>
+      <c r="F7" s="2" t="inlineStr">
+        <is>
+          <t>Pays-de-la-Loire</t>
+        </is>
+      </c>
+      <c r="G7" s="2" t="inlineStr">
+        <is>
+          <t>44100</t>
+        </is>
+      </c>
+      <c r="H7" s="2" t="inlineStr">
+        <is>
+          <t>Nantes</t>
+        </is>
+      </c>
+      <c r="I7" s="2" t="inlineStr">
+        <is>
           <t>CFP Presqu'île</t>
         </is>
       </c>
-      <c r="F7" s="2" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="J7" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Espaces Formation</t>
         </is>
       </c>
       <c r="K7" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil général</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L7" s="2" t="inlineStr">
         <is>
-          <t>02-40-88-19-40</t>
+          <t>02-40-94-99-52</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="0">
       <c r="A8" s="2" t="inlineStr">
         <is>
-          <t>21_26949121_269491269491</t>
+          <t>21_27654821_276548276548</t>
         </is>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français langue étrangère à visée professionnelle (FLE)</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL A2 c'est mieux</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>05/01/2026</t>
+          <t>01/06/2026</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>13/03/2026</t>
+          <t>26/06/2026</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île - site La-Roche-sur-Yon</t>
+          <t>Léo Lagrange Formation</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>85000</t>
+          <t>44600</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>La Roche-sur-Yon</t>
+          <t>Saint-Nazaire</t>
         </is>
       </c>
       <c r="I8" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Léo Lagrange Formation</t>
         </is>
       </c>
       <c r="J8" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Léo Lagrange Formation</t>
         </is>
       </c>
       <c r="K8" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L8" s="2" t="inlineStr">
         <is>
-          <t>02-40-88-19-40</t>
+          <t>02-51-76-11-11</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="0">
       <c r="A9" s="2" t="inlineStr">
         <is>
-          <t>21_23041921_230419230419</t>
+          <t>21_27755321_277553277553</t>
         </is>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Certification CLOE français langue étrangère - CLOE FLE - professionnel</t>
+          <t>Formation intensive FLE Campus Été Français Langue Etrangère</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>01/01/2026</t>
+          <t>01/06/2026</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>31/12/2026</t>
+          <t>19/06/2026</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>Vend'Etudes</t>
+          <t>Nantes Université - Service Universitaire des Langues (SUL)</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>85000</t>
+          <t>44312</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>La Roche-sur-Yon</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I9" s="2" t="inlineStr">
         <is>
-          <t>Vend'Etudes</t>
+          <t>Nantes Université</t>
         </is>
       </c>
       <c r="J9" s="2" t="inlineStr">
         <is>
-          <t>Vend'Etudes</t>
+          <t>Nantes Université - Service Universitaire des Langues (SUL)</t>
         </is>
       </c>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L9" s="2" t="inlineStr">
         <is>
-          <t>02-51-62-43-27</t>
+          <t>02-53-48-77-01</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="0">
       <c r="A10" s="2" t="inlineStr">
         <is>
-          <t>21_23370321_233703233703</t>
+          <t>21_27250221_272502272502</t>
         </is>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Parcours de remise à niveau (RAN)</t>
+          <t>PREPA Clés Avenir « FLE »</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>01/01/2026</t>
+          <t>27/04/2026</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>31/12/2026</t>
+          <t>30/09/2026</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>Arps Sablé sur Sarthe ESPO-ESRP - Etablissements et Services de Préorientation et de Réadaptation Professionnelle</t>
+          <t>Envol</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>72300</t>
+          <t>49500</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>Sablé-sur-Sarthe</t>
+          <t>Segré</t>
         </is>
       </c>
       <c r="I10" s="2" t="inlineStr">
         <is>
-          <t>Arps Sablé sur Sarthe ESPO-ESRP - Etablissements et Services de Préorientation et de Réadaptation Professionnelle</t>
+          <t>Envol</t>
         </is>
       </c>
       <c r="J10" s="2" t="inlineStr">
         <is>
-          <t>Arps Sablé sur Sarthe ESPO-ESRP - Etablissements et Services de Préorientation et de Réadaptation Professionnelle</t>
+          <t>Envol</t>
         </is>
       </c>
       <c r="K10" s="2" t="inlineStr">
         <is>
-          <t>Etat - Autre</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L10" s="2" t="inlineStr">
         <is>
-          <t>02-43-62-63-64</t>
+          <t>02-41-92-35-73</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="0">
       <c r="A11" s="2" t="inlineStr">
         <is>
-          <t>21_26487721_264877264877</t>
+          <t>21_27774221_277742277742</t>
         </is>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Diplôme de compétence en langue français professionnel de premier niveau - DCLFP Diplôme de compétence en langue français professionnel de premier niveau</t>
+          <t>FLE mobilité Introduction au code de la route</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>01/01/2026</t>
+          <t>23/04/2026</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>31/12/2026</t>
+          <t>30/06/2026</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA Loire-Atlantique</t>
+          <t>CFP Presqu'île - site Saint-Herblain</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>44000</t>
+          <t>44800</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Saint-Herblain</t>
         </is>
       </c>
       <c r="I11" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA Loire-Atlantique</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="J11" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA Loire-Atlantique</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="K11" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Collectivité territoriale - Conseil général</t>
         </is>
       </c>
       <c r="L11" s="2" t="inlineStr">
         <is>
-          <t>02-40-14-56-56</t>
+          <t>02-40-88-19-40</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="0">
       <c r="A12" s="2" t="inlineStr">
         <is>
-          <t>21_26489021_264890264890</t>
+          <t>21_27561121_275611275611</t>
         </is>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Diplôme de compétence en langue étrangère professionnelle français langue étrangère - DCLEP FLE Diplôme de compétence en langue étrangère professionnelle français langue étrangère</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français langue étrangère à visée professionnelle (FLE)</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>01/01/2026</t>
+          <t>20/04/2026</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>31/12/2026</t>
+          <t>23/06/2026</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA Loire-Atlantique</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>44000</t>
+          <t>44600</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Saint-Nazaire</t>
         </is>
       </c>
       <c r="I12" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA Loire-Atlantique</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="J12" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA Loire-Atlantique</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="K12" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L12" s="2" t="inlineStr">
         <is>
-          <t>02-40-14-56-56</t>
+          <t>02-40-88-19-40</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="0">
       <c r="A13" s="2" t="inlineStr">
         <is>
-          <t>21_26614021_266140266140</t>
+          <t>21_27290221_272902272902</t>
         </is>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Certification CLOE français langue étrangère - CLOE Formation en français général et professionnel</t>
+          <t>PREPA Clés Avenir « FLE »</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>01/01/2026</t>
+          <t>13/04/2026</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>31/12/2026</t>
+          <t>01/10/2026</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>CCI de Maine et Loire</t>
+          <t>Via Formation - Le Mans</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>49006</t>
+          <t>72000</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>Angers</t>
+          <t>Le Mans</t>
         </is>
       </c>
       <c r="I13" s="2" t="inlineStr">
         <is>
-          <t>CCI de Maine et Loire</t>
+          <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="J13" s="2" t="inlineStr">
         <is>
-          <t>CCI de Maine et Loire</t>
+          <t>Via Formation - Le Mans</t>
         </is>
       </c>
       <c r="K13" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L13" s="2" t="inlineStr">
         <is>
-          <t>02-41-20-49-00</t>
+          <t>02-43-75-65-85</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="0">
       <c r="A14" s="2" t="inlineStr">
         <is>
-          <t>21_26797321_267973267973</t>
+          <t>21_27567321_275673275673</t>
         </is>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Des mots pour travailler - FLE à visée professionnelle</t>
+          <t>Socle de connaissances et de compétences professionnelles numérique (CléA Numérique) Grand débutant ordinateur-smartphone seniors pré-retraité</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>15/12/2025</t>
+          <t>01/04/2026</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>27/03/2026</t>
+          <t>26/06/2026</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA Loire-Atlantique - Site Avenir Industrie - Châteaubriant</t>
+          <t>Mediagraph</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>44110</t>
+          <t>44100</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>Châteaubriant</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I14" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA Loire-Atlantique</t>
+          <t>Mediagraph</t>
         </is>
       </c>
       <c r="J14" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA Loire-Atlantique</t>
+          <t>Mediagraph</t>
         </is>
       </c>
       <c r="K14" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L14" s="2" t="inlineStr">
         <is>
-          <t>02-40-14-56-56</t>
+          <t>02-40-12-19-12</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="0">
       <c r="A15" s="2" t="inlineStr">
         <is>
-          <t>21_26898821_268988268988</t>
+          <t>21_27522921_275229275229</t>
         </is>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL A2 c'est mieux</t>
+          <t>Français langue étrangère à visée professionnelle - spécifique pour les personnes en SIAE</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>15/12/2025</t>
+          <t>31/03/2026</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>16/01/2026</t>
+          <t>24/07/2026</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>Léo Lagrange Formation</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>44600</t>
+          <t>44230</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>Saint-Nazaire</t>
+          <t>Saint-Sébastien-sur-Loire</t>
         </is>
       </c>
       <c r="I15" s="2" t="inlineStr">
         <is>
-          <t>Léo Lagrange Formation</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="J15" s="2" t="inlineStr">
         <is>
-          <t>Léo Lagrange Formation</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="K15" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Collectivité territoriale - Conseil général</t>
         </is>
       </c>
       <c r="L15" s="2" t="inlineStr">
         <is>
-          <t>02-51-76-11-11</t>
+          <t>02-51-71-02-83</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="0">
       <c r="A16" s="2" t="inlineStr">
         <is>
-          <t>21_24488521_244885244885</t>
+          <t>21_27545821_275458275458</t>
         </is>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Français langue étrangère à visée professionnelle (FLE)</t>
+          <t>Français langue étrangère à visée professionnelle - objectif B2</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>09/12/2025</t>
+          <t>31/03/2026</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>13/02/2026</t>
+          <t>18/06/2026</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>Léo Lagrange Formation - site Ancenis-Saint-Géréon</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>44150</t>
+          <t>44230</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>Ancenis</t>
+          <t>Saint-Sébastien-sur-Loire</t>
         </is>
       </c>
       <c r="I16" s="2" t="inlineStr">
         <is>
-          <t>Léo Lagrange Formation</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="J16" s="2" t="inlineStr">
         <is>
-          <t>Léo Lagrange Formation</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="K16" s="2" t="inlineStr">
         <is>
           <t>Collectivité territoriale - Conseil général</t>
         </is>
       </c>
       <c r="L16" s="2" t="inlineStr">
         <is>
-          <t>02-51-76-11-11</t>
+          <t>02-51-71-02-83</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="0">
       <c r="A17" s="2" t="inlineStr">
         <is>
-          <t>21_25602121_256021256021</t>
+          <t>21_27271621_272716272716</t>
         </is>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE »</t>
+          <t>Français langue étrangère à visée professionnelle (FLE)</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>09/12/2025</t>
+          <t>30/03/2026</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>27/04/2026</t>
+          <t>09/06/2026</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Léo Lagrange Formation - site Ancenis-Saint-Géréon</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>44600</t>
+          <t>44150</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>Saint-Nazaire</t>
+          <t>Ancenis</t>
         </is>
       </c>
       <c r="I17" s="2" t="inlineStr">
         <is>
           <t>Léo Lagrange Formation</t>
         </is>
       </c>
       <c r="J17" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Léo Lagrange Formation</t>
         </is>
       </c>
       <c r="K17" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil régional</t>
+          <t>Collectivité territoriale - Conseil général</t>
         </is>
       </c>
       <c r="L17" s="2" t="inlineStr">
         <is>
-          <t>02-40-88-19-40</t>
+          <t>02-51-76-11-11</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="0">
       <c r="A18" s="2" t="inlineStr">
         <is>
-          <t>21_26898521_268985268985</t>
+          <t>21_27675021_276750276750</t>
         </is>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE » Français Langue Etrangère</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français langue étrangère à visée professionnelle (FLE)</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>09/12/2025</t>
+          <t>30/03/2026</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>29/04/2026</t>
+          <t>15/06/2026</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA du Maine - Site du Lycée Bellevue - Le Mans</t>
+          <t>CFP Presqu'île - site La-Roche-sur-Yon</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>72001</t>
+          <t>85000</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>Le Mans</t>
+          <t>La Roche-sur-Yon</t>
         </is>
       </c>
       <c r="I18" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA du Maine</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="J18" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA du Maine</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="K18" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil régional</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L18" s="2" t="inlineStr">
         <is>
-          <t>02-43-84-04-50</t>
+          <t>02-40-88-19-40</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="0">
       <c r="A19" s="2" t="inlineStr">
         <is>
-          <t>21_26566921_265669265669</t>
+          <t>21_27545721_275457275457</t>
         </is>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE » FLE Logistique</t>
+          <t>Formation Numérique débutant FLE niveau A1 - A2</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>08/12/2025</t>
+          <t>24/03/2026</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>24/04/2026</t>
+          <t>16/07/2026</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'Ile - site Carquefou</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>44470</t>
+          <t>44230</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>Carquefou</t>
+          <t>Saint-Sébastien-sur-Loire</t>
         </is>
       </c>
       <c r="I19" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="J19" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="K19" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil régional</t>
+          <t>Collectivité territoriale - Conseil général</t>
         </is>
       </c>
       <c r="L19" s="2" t="inlineStr">
         <is>
-          <t>02-40-88-19-40</t>
+          <t>02-51-71-02-83</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="0">
       <c r="A20" s="2" t="inlineStr">
         <is>
-          <t>21_26641921_266419266419</t>
+          <t>21_27501921_275019275019</t>
         </is>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français langue étrangère - objectif A2</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français langue étrangère à visée professionnelle (FLE)</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>02/12/2025</t>
+          <t>17/03/2026</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>23/04/2026</t>
+          <t>11/06/2026</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>CFP Presqu'île - site Rezé</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>44100</t>
+          <t>44400</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Rezé</t>
         </is>
       </c>
       <c r="I20" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="J20" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="K20" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L20" s="2" t="inlineStr">
         <is>
-          <t>02-40-94-99-52</t>
+          <t>02-40-88-19-40</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="0">
       <c r="A21" s="2" t="inlineStr">
         <is>
-          <t>21_25675521_256755256755</t>
+          <t>21_27522721_275227275227</t>
         </is>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Formation linguistique à visée professionnelle avec renfort numérique</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français langue étrangère à visée professionnelle (FLE)</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>24/11/2025</t>
+          <t>16/03/2026</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>26/06/2026</t>
+          <t>04/06/2026</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>Le Point CLÉ</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>44230</t>
+          <t>44600</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>Saint-Sébastien-sur-Loire</t>
+          <t>Saint-Nazaire</t>
         </is>
       </c>
       <c r="I21" s="2" t="inlineStr">
         <is>
-          <t>Le Point CLÉ</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="J21" s="2" t="inlineStr">
         <is>
-          <t>Le Point CLÉ</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="K21" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L21" s="2" t="inlineStr">
         <is>
-          <t>02-51-71-02-83</t>
+          <t>02-40-88-19-40</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="0">
       <c r="A22" s="2" t="inlineStr">
         <is>
-          <t>21_26353421_263534263534</t>
+          <t>21_27522821_275228275228</t>
         </is>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>FLE mobilité introduction au code de la route</t>
+          <t>Français langue étrangère à visée professionnelle - niveau A1</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>24/11/2025</t>
+          <t>16/03/2026</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>05/02/2026</t>
+          <t>04/06/2026</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île - site Saint-Herblain</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>44800</t>
+          <t>44230</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>Saint-Herblain</t>
+          <t>Saint-Sébastien-sur-Loire</t>
         </is>
       </c>
       <c r="I22" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="J22" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="K22" s="2" t="inlineStr">
         <is>
           <t>Collectivité territoriale - Conseil général</t>
         </is>
       </c>
       <c r="L22" s="2" t="inlineStr">
         <is>
-          <t>02-40-88-19-40</t>
+          <t>02-51-71-02-83</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="0">
       <c r="A23" s="2" t="inlineStr">
         <is>
-          <t>21_26657421_266574266574</t>
+          <t>21_27654721_276547276547</t>
         </is>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>FLE mobilité Se déplacer au quotidien - code de la rue</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL A2 c'est mieux</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>24/11/2025</t>
+          <t>16/03/2026</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>05/02/2026</t>
+          <t>10/04/2026</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Léo Lagrange Formation</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>44600</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>Saint-Nazaire</t>
         </is>
       </c>
       <c r="I23" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Léo Lagrange Formation</t>
         </is>
       </c>
       <c r="J23" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Léo Lagrange Formation</t>
         </is>
       </c>
       <c r="K23" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil général</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L23" s="2" t="inlineStr">
         <is>
-          <t>02-40-88-19-40</t>
+          <t>02-51-76-11-11</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="0">
       <c r="A24" s="2" t="inlineStr">
         <is>
-          <t>21_25497321_254973254973</t>
+          <t>21_27794521_277945277945</t>
         </is>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE » sectorisé hôtellerie - restauration</t>
+          <t>Français Langue Etrangère (FLE) à visée professionnelle</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>18/11/2025</t>
+          <t>12/03/2026</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>30/04/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>GRETA-CFA Loire-Atlantique - site Jean Moulin</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>49400</t>
+          <t>44100</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>Saumur</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I24" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>GRETA-CFA Loire-Atlantique</t>
         </is>
       </c>
       <c r="J24" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>GRETA-CFA Loire-Atlantique</t>
         </is>
       </c>
       <c r="K24" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil régional</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L24" s="2" t="inlineStr">
         <is>
-          <t>02-41-67-71-45</t>
+          <t>02-40-14-56-56</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="0">
       <c r="A25" s="2" t="inlineStr">
         <is>
-          <t>21_25195921_251959251959</t>
+          <t>21_27250721_272507272507</t>
         </is>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE »</t>
+          <t>PREPA Clés Avenir « FLE » Sectoriel Hôtellerie Restauration</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>17/11/2025</t>
+          <t>02/03/2026</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>30/04/2026</t>
+          <t>20/07/2026</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>UFCV Pays de la Loire - site Château-Gontier-sur-Mayenne</t>
+          <t>CAP Formation</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>53200</t>
+          <t>44800</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>Château-Gontier</t>
+          <t>Saint-Herblain</t>
         </is>
       </c>
       <c r="I25" s="2" t="inlineStr">
         <is>
-          <t>UFCV Pays de la Loire Nantes</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="J25" s="2" t="inlineStr">
         <is>
-          <t>UFCV Pays de la Loire Nantes</t>
+          <t>CAP Formation</t>
         </is>
       </c>
       <c r="K25" s="2" t="inlineStr">
         <is>
           <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L25" s="2" t="inlineStr">
         <is>
-          <t>02-40-71-60-30</t>
+          <t>02-28-44-32-14</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="0">
       <c r="A26" s="2" t="inlineStr">
         <is>
-          <t>21_26492721_264927264927</t>
+          <t>21_27255521_272555272555</t>
         </is>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE » Métiers de la propreté</t>
+          <t>PREPA Clés Avenir « FLE » Français Langue étrangère</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>17/11/2025</t>
+          <t>02/03/2026</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>27/03/2026</t>
+          <t>10/07/2026</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>GRETA-CFA du Maine - Site du Lycée Bellevue - Le Mans</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>44100</t>
+          <t>72001</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Le Mans</t>
         </is>
       </c>
       <c r="I26" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="J26" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="K26" s="2" t="inlineStr">
         <is>
           <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L26" s="2" t="inlineStr">
         <is>
-          <t>02-40-94-99-52</t>
+          <t>02-43-84-04-50</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="0">
       <c r="A27" s="2" t="inlineStr">
         <is>
-          <t>21_25611521_256115256115</t>
+          <t>21_27266921_272669272669</t>
         </is>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE » FLE - Sectorisé service à la personne</t>
+          <t>PREPA Clés Avenir « FLE »</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>13/11/2025</t>
+          <t>02/03/2026</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>03/04/2026</t>
+          <t>30/06/2026</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>Via Formation - Le Mans</t>
+          <t>Espaces Formation - site Fontenay-le-Comte</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>72000</t>
+          <t>85200</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>Le Mans</t>
+          <t>Fontenay-le-Comte</t>
         </is>
       </c>
       <c r="I27" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA du Maine</t>
+          <t>GRETA-CFA de Vendée</t>
         </is>
       </c>
       <c r="J27" s="2" t="inlineStr">
         <is>
-          <t>Via Formation - Le Mans</t>
+          <t>Espaces Formation</t>
         </is>
       </c>
       <c r="K27" s="2" t="inlineStr">
         <is>
           <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L27" s="2" t="inlineStr">
         <is>
-          <t>02-43-75-65-85</t>
+          <t>02-40-94-99-52</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="0">
       <c r="A28" s="2" t="inlineStr">
         <is>
-          <t>21_26581321_265813265813</t>
+          <t>21_27288621_272886272886</t>
         </is>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français langue étrangère à visée professionnelle (FLE) - Objectif A2</t>
+          <t>PREPA Clés Avenir « FLE » Multisectorisé Services à la Personne Propreté Hygiène et Petite Enfance</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>13/11/2025</t>
+          <t>02/03/2026</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>12/02/2026</t>
+          <t>24/07/2026</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île - site Rezé</t>
+          <t>GRETA-CFA du Maine - site Laval</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>44400</t>
+          <t>53000</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>Rezé</t>
+          <t>Laval</t>
         </is>
       </c>
       <c r="I28" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Avenir Formation 53</t>
         </is>
       </c>
       <c r="J28" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="K28" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L28" s="2" t="inlineStr">
         <is>
-          <t>02-40-88-19-40</t>
+          <t>02-43-84-04-50</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="0">
       <c r="A29" s="2" t="inlineStr">
         <is>
-          <t>21_24488421_244884244884</t>
+          <t>21_27318821_273188273188</t>
         </is>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Français langue étrangère à visée professionnelle (FLE)</t>
+          <t>PREPA Clés Avenir « FLE »</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>03/11/2025</t>
+          <t>02/03/2026</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>09/12/2025</t>
+          <t>01/07/2026</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>Léo Lagrange Formation - site Ancenis-Saint-Géréon</t>
+          <t>Espaces Formation - site Les Sables-d'Olonne</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>44150</t>
+          <t>85100</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>Ancenis</t>
+          <t>Les Sables-d'Olonne</t>
         </is>
       </c>
       <c r="I29" s="2" t="inlineStr">
         <is>
-          <t>Léo Lagrange Formation</t>
+          <t>INSUP Formation</t>
         </is>
       </c>
       <c r="J29" s="2" t="inlineStr">
         <is>
-          <t>Léo Lagrange Formation</t>
+          <t>Espaces Formation</t>
         </is>
       </c>
       <c r="K29" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil général</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L29" s="2" t="inlineStr">
         <is>
-          <t>02-51-76-11-11</t>
+          <t>02-40-94-99-52</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="0">
       <c r="A30" s="2" t="inlineStr">
         <is>
-          <t>21_24690421_246904246904</t>
+          <t>21_27660421_276604276604</t>
         </is>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE »</t>
+          <t>PREPA Clés Avenir « FLE » Multisectoriel</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>03/11/2025</t>
+          <t>02/03/2026</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>18/04/2026</t>
+          <t>10/07/2026</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>GRETA-CFA du Maine - site du Lycée Leclerc de Hauteclocque - Montval-sur-Loir</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>49400</t>
+          <t>72500</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>Saumur</t>
+          <t>Château-du-Loir</t>
         </is>
       </c>
       <c r="I30" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>AISP - La Flèche</t>
         </is>
       </c>
       <c r="J30" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="K30" s="2" t="inlineStr">
         <is>
           <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L30" s="2" t="inlineStr">
         <is>
-          <t>02-41-67-71-45</t>
+          <t>02-43-84-04-50</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="0">
       <c r="A31" s="2" t="inlineStr">
         <is>
-          <t>21_25467321_254673254673</t>
+          <t>21_27771421_277714277714</t>
         </is>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE » Sectoriel services à la personne</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL accès certification niveau A1 au B2</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>03/11/2025</t>
+          <t>01/03/2026</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>09/03/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île - site Trignac</t>
+          <t>Corylus Form@tions</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>44570</t>
+          <t>49400</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>Trignac</t>
+          <t>Saumur</t>
         </is>
       </c>
       <c r="I31" s="2" t="inlineStr">
         <is>
-          <t>Léo Lagrange Formation</t>
+          <t>Corylus Form@tions</t>
         </is>
       </c>
       <c r="J31" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Corylus Form@tions</t>
         </is>
       </c>
       <c r="K31" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil régional</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L31" s="2" t="inlineStr">
         <is>
-          <t>02-40-88-19-40</t>
+          <t>02-41-67-71-45</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="0">
       <c r="A32" s="2" t="inlineStr">
         <is>
-          <t>21_25715621_257156257156</t>
+          <t>21_27771521_277715277715</t>
         </is>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE »</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL accès A2</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>03/11/2025</t>
+          <t>01/03/2026</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>24/03/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA du Maine - Site du Lycée Bellevue - Le Mans</t>
+          <t>Corylus Form@tions</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>72001</t>
+          <t>49400</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>Le Mans</t>
+          <t>Saumur</t>
         </is>
       </c>
       <c r="I32" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA du Maine</t>
+          <t>Corylus Form@tions</t>
         </is>
       </c>
       <c r="J32" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA du Maine</t>
+          <t>Corylus Form@tions</t>
         </is>
       </c>
       <c r="K32" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil régional</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L32" s="2" t="inlineStr">
         <is>
-          <t>02-43-84-04-50</t>
+          <t>02-41-67-71-45</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="0">
       <c r="A33" s="2" t="inlineStr">
         <is>
-          <t>21_26817121_268171268171</t>
+          <t>21_27241621_272416272416</t>
         </is>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Des mots pour travailler</t>
+          <t>PREPA Clés Avenir « FLE »</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>03/11/2025</t>
+          <t>23/02/2026</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>15/04/2026</t>
+          <t>08/07/2026</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA du Maine - Site du Lycée R. Elizé - Sablé-sur-Sarthe</t>
+          <t>CFP Presqu'île - site La-Roche-sur-Yon</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>72305</t>
+          <t>85000</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>Sablé-sur-Sarthe</t>
+          <t>La Roche-sur-Yon</t>
         </is>
       </c>
       <c r="I33" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA du Maine</t>
+          <t>Format pro Pays de la Loire</t>
         </is>
       </c>
       <c r="J33" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA du Maine</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="K33" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L33" s="2" t="inlineStr">
         <is>
-          <t>02-43-84-04-50</t>
+          <t>02-40-88-19-40</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="0">
       <c r="A34" s="2" t="inlineStr">
         <is>
-          <t>21_26822821_268228268228</t>
+          <t>21_27285421_272854272854</t>
         </is>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Des mots pour travailler</t>
+          <t>Français langue étrangère - A2/A1 écrit</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>03/11/2025</t>
+          <t>18/02/2026</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>13/02/2026</t>
+          <t>22/01/2027</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA du Maine - site Laval</t>
+          <t>Espaces Formation</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>53000</t>
+          <t>44100</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>Laval</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I34" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA du Maine</t>
+          <t>Espaces Formation</t>
         </is>
       </c>
       <c r="J34" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA du Maine</t>
+          <t>Espaces Formation</t>
         </is>
       </c>
       <c r="K34" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Collectivité territoriale - Conseil général</t>
         </is>
       </c>
       <c r="L34" s="2" t="inlineStr">
         <is>
-          <t>02-43-84-04-50</t>
+          <t>02-40-94-99-52</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="0">
       <c r="A35" s="2" t="inlineStr">
         <is>
-          <t>21_25686121_256861256861</t>
+          <t>21_27285921_272859272859</t>
         </is>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL</t>
+          <t>Français langue étrangère - A2/A1 écrit</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>28/10/2025</t>
+          <t>17/02/2026</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>31/12/2025</t>
+          <t>22/01/2027</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>AISP - La Flèche</t>
+          <t>Espaces Formation</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>72200</t>
+          <t>44100</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>La Flèche</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I35" s="2" t="inlineStr">
         <is>
-          <t>AISP - La Flèche</t>
+          <t>Espaces Formation</t>
         </is>
       </c>
       <c r="J35" s="2" t="inlineStr">
         <is>
-          <t>AISP - La Flèche</t>
+          <t>Espaces Formation</t>
         </is>
       </c>
       <c r="K35" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Collectivité territoriale - Conseil général</t>
         </is>
       </c>
       <c r="L35" s="2" t="inlineStr">
         <is>
-          <t>02-43-48-11-71</t>
+          <t>02-40-94-99-52</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="0">
       <c r="A36" s="2" t="inlineStr">
         <is>
-          <t>21_25685221_256852256852</t>
+          <t>21_27502121_275021275021</t>
         </is>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE »</t>
+          <t>Français langue étrangère à visée professionnelle (FLE)</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>20/10/2025</t>
+          <t>17/02/2026</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>10/04/2026</t>
+          <t>16/04/2026</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>AISP - Sablé sur Sarthe</t>
+          <t>CFP Presqu'île - site Châteaubriant</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>72300</t>
+          <t>44110</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>Sablé-sur-Sarthe</t>
+          <t>Châteaubriant</t>
         </is>
       </c>
       <c r="I36" s="2" t="inlineStr">
         <is>
-          <t>AISP - La Flèche</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="J36" s="2" t="inlineStr">
         <is>
-          <t>AISP - La Flèche</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="K36" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil régional</t>
+          <t>Collectivité territoriale - Conseil général</t>
         </is>
       </c>
       <c r="L36" s="2" t="inlineStr">
         <is>
-          <t>02-43-48-11-71</t>
+          <t>02-40-88-19-40</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="0">
       <c r="A37" s="2" t="inlineStr">
         <is>
-          <t>21_25355321_253553253553</t>
+          <t>21_27255721_272557272557</t>
         </is>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE »</t>
+          <t>PREPA Clés Avenir « FLE » Santé</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>13/10/2025</t>
+          <t>16/02/2026</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>10/02/2026</t>
+          <t>30/06/2026</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation - site Challans</t>
+          <t>CFP Presqu'île - site Saint-Herblain</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>85300</t>
+          <t>44800</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>Challans</t>
+          <t>Saint-Herblain</t>
         </is>
       </c>
       <c r="I37" s="2" t="inlineStr">
         <is>
-          <t>INSUP Formation</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="J37" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="K37" s="2" t="inlineStr">
         <is>
           <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L37" s="2" t="inlineStr">
         <is>
-          <t>02-40-94-99-52</t>
+          <t>02-40-88-19-40</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="0">
       <c r="A38" s="2" t="inlineStr">
         <is>
-          <t>21_25250121_252501252501</t>
+          <t>21_27262121_272621272621</t>
         </is>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Diplôme de compétence en langue étrangère professionnelle français langue étrangère - DCLEP FLE Diplôme de compétence en langue étrangère professionnelle français langue étrangère</t>
+          <t>PREPA Clés Avenir « FLE »</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>10/10/2025</t>
+          <t>16/02/2026</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>03/07/2026</t>
+          <t>01/07/2026</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA 49 - site Saumur</t>
+          <t>CFP Presqu'île - site Rezé</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>49400</t>
+          <t>44400</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>Saumur</t>
+          <t>Rezé</t>
         </is>
       </c>
       <c r="I38" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA 49</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="J38" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA 49</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="K38" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L38" s="2" t="inlineStr">
         <is>
-          <t>02-41-24-11-11</t>
+          <t>02-40-88-19-40</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="0">
       <c r="A39" s="2" t="inlineStr">
         <is>
-          <t>21_24539721_245397245397</t>
+          <t>21_27271521_272715272715</t>
         </is>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Français langue étrangère - A2/A1 écrit</t>
+          <t>Français langue étrangère à visée professionnelle (FLE)</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>07/10/2025</t>
+          <t>16/02/2026</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>23/01/2026</t>
+          <t>26/03/2026</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>Léo Lagrange Formation - site Ancenis-Saint-Géréon</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>44100</t>
+          <t>44150</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Ancenis</t>
         </is>
       </c>
       <c r="I39" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>Léo Lagrange Formation</t>
         </is>
       </c>
       <c r="J39" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>Léo Lagrange Formation</t>
         </is>
       </c>
       <c r="K39" s="2" t="inlineStr">
         <is>
           <t>Collectivité territoriale - Conseil général</t>
         </is>
       </c>
       <c r="L39" s="2" t="inlineStr">
         <is>
-          <t>02-40-94-99-52</t>
+          <t>02-51-76-11-11</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="0">
       <c r="A40" s="2" t="inlineStr">
         <is>
-          <t>21_25272221_252722252722</t>
+          <t>21_27290521_272905272905</t>
         </is>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE »</t>
+          <t>PREPA Clés Avenir « FLE » Industrie</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>06/10/2025</t>
+          <t>16/02/2026</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>19/02/2026</t>
+          <t>17/04/2026</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA du Maine - Site du Lycée R. Garnier - La Ferté-Bernard</t>
+          <t>GRETA-CFA du Maine - Site du Lycée G. Touchard - Le Mans</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>72405</t>
+          <t>72000</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>La Ferté-Bernard</t>
+          <t>Le Mans</t>
         </is>
       </c>
       <c r="I40" s="2" t="inlineStr">
         <is>
           <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="J40" s="2" t="inlineStr">
         <is>
           <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="K40" s="2" t="inlineStr">
         <is>
           <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L40" s="2" t="inlineStr">
         <is>
           <t>02-43-84-04-50</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="0">
       <c r="A41" s="2" t="inlineStr">
         <is>
-          <t>21_25665521_256655256655</t>
+          <t>21_27481621_274816274816</t>
         </is>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle - niveau A2</t>
+          <t>FLE Bâtiment - Langue et technique professionnelles</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>06/10/2025</t>
+          <t>16/02/2026</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>18/12/2025</t>
+          <t>13/03/2026</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>GRETA-CFA du Maine - Site du Lycée Funay - F.-H. Boucher - Le Mans</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>44100</t>
+          <t>72058</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Le Mans</t>
         </is>
       </c>
       <c r="I41" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="J41" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="K41" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L41" s="2" t="inlineStr">
         <is>
-          <t>02-40-94-99-52</t>
+          <t>02-43-84-04-50</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="0">
       <c r="A42" s="2" t="inlineStr">
         <is>
-          <t>21_25130821_251308251308</t>
+          <t>21_25130221_251302251302</t>
         </is>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Langue et cultures françaises Année universitaire</t>
+          <t>Langue et cultures françaises Semestre de printemps</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>04/02/2026</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>30/05/2026</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>Université Catholique de l'Ouest - UCO - CIDEF Centre international d'études françaises</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>49008</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>Angers</t>
@@ -2730,11450 +2730,9342 @@
       </c>
       <c r="I42" s="2" t="inlineStr">
         <is>
           <t>Université Catholique de l'Ouest - UCO</t>
         </is>
       </c>
       <c r="J42" s="2" t="inlineStr">
         <is>
           <t>Université Catholique de l'Ouest - UCO</t>
         </is>
       </c>
       <c r="K42" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L42" s="2" t="inlineStr">
         <is>
           <t>02-41-81-66-00</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="0">
       <c r="A43" s="2" t="inlineStr">
         <is>
-          <t>21_25131021_251310251310</t>
+          <t>21_27640021_276400276400</t>
         </is>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Langue et cultures françaises Semestre d'automne / Trimestre d'automne</t>
+          <t>Pré-qualification aux métiers du service à la personne avec Français à visée professionalisante</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>04/02/2026</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>24/01/2026</t>
+          <t>21/05/2026</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>Université Catholique de l'Ouest - UCO - CIDEF Centre international d'études françaises</t>
+          <t>GRETA-CFA Loire-Atlantique</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>49008</t>
+          <t>44000</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>Angers</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I43" s="2" t="inlineStr">
         <is>
-          <t>Université Catholique de l'Ouest - UCO</t>
+          <t>GRETA-CFA Loire-Atlantique</t>
         </is>
       </c>
       <c r="J43" s="2" t="inlineStr">
         <is>
-          <t>Université Catholique de l'Ouest - UCO</t>
+          <t>GRETA-CFA Loire-Atlantique</t>
         </is>
       </c>
       <c r="K43" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L43" s="2" t="inlineStr">
         <is>
-          <t>02-41-81-66-00</t>
+          <t>02-40-14-56-56</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="0">
       <c r="A44" s="2" t="inlineStr">
         <is>
-          <t>21_25131121_251311251311</t>
+          <t>21_25723221_257232257232</t>
         </is>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Langue et cultures françaises Semestre d'automne / Trimestre d'automne</t>
+          <t>AIMES - DU Passerelle</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>02/02/2026</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>20/12/2025</t>
+          <t>01/06/2026</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>Université Catholique de l'Ouest - UCO - CIDEF Centre international d'études françaises</t>
+          <t>Le Mans Université</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>49008</t>
+          <t>72000</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>Angers</t>
+          <t>Le Mans</t>
         </is>
       </c>
       <c r="I44" s="2" t="inlineStr">
         <is>
-          <t>Université Catholique de l'Ouest - UCO</t>
+          <t>Le Mans Université</t>
         </is>
       </c>
       <c r="J44" s="2" t="inlineStr">
         <is>
-          <t>Université Catholique de l'Ouest - UCO</t>
+          <t>Le Mans Université</t>
         </is>
       </c>
       <c r="K44" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Etat - Autre</t>
         </is>
       </c>
       <c r="L44" s="2" t="inlineStr">
         <is>
-          <t>02-41-81-66-00</t>
+          <t>02-43-83-30-70</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="0">
       <c r="A45" s="2" t="inlineStr">
         <is>
-          <t>21_26355621_263556263556</t>
+          <t>21_27282021_272820272820</t>
         </is>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Socle de connaissances et de compétences professionnelles numérique (CléA Numérique) Initiale</t>
+          <t>PREPA Clés Avenir « FLE »</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>02/02/2026</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>31/12/2026</t>
+          <t>04/06/2026</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest - site Nantes Garde</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>44300</t>
+          <t>44600</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Saint-Nazaire</t>
         </is>
       </c>
       <c r="I45" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest</t>
+          <t>Léo Lagrange Formation</t>
         </is>
       </c>
       <c r="J45" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="K45" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L45" s="2" t="inlineStr">
         <is>
-          <t>02-49-09-14-59</t>
+          <t>02-40-88-19-40</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="0">
       <c r="A46" s="2" t="inlineStr">
         <is>
-          <t>21_26355721_263557263557</t>
+          <t>21_27503121_275031275031</t>
         </is>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Socle de connaissances et de compétences professionnelles numérique (CléA Numérique) Finale</t>
+          <t>Campus soir</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>02/02/2026</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>31/12/2026</t>
+          <t>04/05/2026</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest - site Nantes Garde</t>
+          <t>Nantes Université - Service Universitaire des Langues (SUL)</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>44300</t>
+          <t>44312</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>Nantes</t>
         </is>
       </c>
       <c r="I46" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest</t>
+          <t>Nantes Université</t>
         </is>
       </c>
       <c r="J46" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest</t>
+          <t>Nantes Université - Service Universitaire des Langues (SUL)</t>
         </is>
       </c>
       <c r="K46" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L46" s="2" t="inlineStr">
         <is>
-          <t>02-49-09-14-59</t>
+          <t>02-53-48-77-01</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="0">
       <c r="A47" s="2" t="inlineStr">
         <is>
-          <t>21_26355921_263559263559</t>
+          <t>21_25723521_257235257235</t>
         </is>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Socle de connaissances et de compétences professionnelles numérique (CléA Numérique) Finale</t>
+          <t>AIMES - DU Passerelle</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>01/02/2026</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>31/12/2026</t>
+          <t>31/05/2026</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest - Vendée</t>
+          <t>Université d'Angers - CeLFE</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>85000</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>La Roche-sur-Yon</t>
+          <t>Angers</t>
         </is>
       </c>
       <c r="I47" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest - Vendée</t>
+          <t>Université d'Angers</t>
         </is>
       </c>
       <c r="J47" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest - Vendée</t>
+          <t>Université d'Angers</t>
         </is>
       </c>
       <c r="K47" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Etat - Autre</t>
         </is>
       </c>
       <c r="L47" s="2" t="inlineStr">
         <is>
-          <t>02-44-38-02-03</t>
+          <t>02-44-68-86-84</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="0">
       <c r="A48" s="2" t="inlineStr">
         <is>
-          <t>21_26356021_263560263560</t>
+          <t>21_27564921_275649275649</t>
         </is>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Socle de connaissances et de compétences professionnelles numérique (CléA Numérique) Finale</t>
+          <t>Eveil linguistique par l'autonomie numérique</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>01/02/2026</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>31/12/2026</t>
+          <t>31/07/2026</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest - site Les Herbiers</t>
+          <t>Corylus Form@tions</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>85500</t>
+          <t>49400</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>Les Herbiers</t>
+          <t>Saumur</t>
         </is>
       </c>
       <c r="I48" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest - Vendée</t>
+          <t>Corylus Form@tions</t>
         </is>
       </c>
       <c r="J48" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest - Vendée</t>
+          <t>Corylus Form@tions</t>
         </is>
       </c>
       <c r="K48" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L48" s="2" t="inlineStr">
         <is>
-          <t>02-44-38-02-03</t>
+          <t>02-41-67-71-45</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="0">
       <c r="A49" s="2" t="inlineStr">
         <is>
-          <t>21_26356121_263561263561</t>
+          <t>21_27246421_272464272464</t>
         </is>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Socle de connaissances et de compétences professionnelles numérique (CléA Numérique) Initiale</t>
+          <t>PREPA Clés Avenir « FLE » Métiers du commerce / restauration</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>19/01/2026</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>31/12/2026</t>
+          <t>13/05/2026</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest - Vendée</t>
+          <t>Espaces Formation</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>85000</t>
+          <t>44100</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>La Roche-sur-Yon</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I49" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest - Vendée</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="J49" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest - Vendée</t>
+          <t>Espaces Formation</t>
         </is>
       </c>
       <c r="K49" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L49" s="2" t="inlineStr">
         <is>
-          <t>02-44-38-02-03</t>
+          <t>02-40-94-99-52</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="0">
       <c r="A50" s="2" t="inlineStr">
         <is>
-          <t>21_26356221_263562263562</t>
+          <t>21_25376121_253761253761</t>
         </is>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Socle de connaissances et de compétences professionnelles numérique (CléA Numérique) Initiale</t>
+          <t>Français Langue Etrangère (FLE) à visée professionnelle</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>16/01/2026</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>31/12/2026</t>
+          <t>03/07/2026</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest - site Les Herbiers</t>
+          <t>GRETA-CFA 49 - site Saumur</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>85500</t>
+          <t>49400</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>Les Herbiers</t>
+          <t>Saumur</t>
         </is>
       </c>
       <c r="I50" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest - Vendée</t>
+          <t>GRETA-CFA 49</t>
         </is>
       </c>
       <c r="J50" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest - Vendée</t>
+          <t>GRETA-CFA 49</t>
         </is>
       </c>
       <c r="K50" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L50" s="2" t="inlineStr">
         <is>
-          <t>02-44-38-02-03</t>
+          <t>02-41-24-11-11</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="0">
       <c r="A51" s="2" t="inlineStr">
         <is>
-          <t>21_26521121_265211265211</t>
+          <t>21_26949121_269491269491</t>
         </is>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Français Langue Etrangère (FLE)</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français langue étrangère à visée professionnelle (FLE)</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>09/01/2026</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>31/12/2026</t>
+          <t>17/03/2026</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>Français Langue Etrangère Nantes - FLE Nantes</t>
+          <t>CFP Presqu'île - site La-Roche-sur-Yon</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>44000</t>
+          <t>85000</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>La Roche-sur-Yon</t>
         </is>
       </c>
       <c r="I51" s="2" t="inlineStr">
         <is>
-          <t>Français Langue Etrangère Nantes - FLE Nantes</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="J51" s="2" t="inlineStr">
         <is>
-          <t>Français Langue Etrangère Nantes - FLE Nantes</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="K51" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L51" s="2" t="inlineStr">
         <is>
-          <t>07-83-94-02-44</t>
+          <t>02-40-88-19-40</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="0">
       <c r="A52" s="2" t="inlineStr">
         <is>
-          <t>21_26537021_265370265370</t>
+          <t>21_27551721_275517275517</t>
         </is>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Certification Socle de connaissances et de compétences professionnelles (CléA) Initiale</t>
+          <t>Des Mots Pour Travailler, Français Langue Etrangère (FLE) à visée professionnelle</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>08/01/2026</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>31/12/2026</t>
+          <t>30/04/2026</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest - site Nantes Garde</t>
+          <t>GRETA-CFA Loire-Atlantique - site Saint-Herblain</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>44300</t>
+          <t>44806</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Saint-Herblain</t>
         </is>
       </c>
       <c r="I52" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest</t>
+          <t>GRETA-CFA Loire-Atlantique</t>
         </is>
       </c>
       <c r="J52" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest</t>
+          <t>GRETA-CFA Loire-Atlantique</t>
         </is>
       </c>
       <c r="K52" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L52" s="2" t="inlineStr">
         <is>
-          <t>02-49-09-14-59</t>
+          <t>02-40-14-56-56</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="0">
       <c r="A53" s="2" t="inlineStr">
         <is>
-          <t>21_26537121_265371265371</t>
+          <t>21_27282921_272829272829</t>
         </is>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Certification Socle de connaissances et de compétences professionnelles (CléA) Finale</t>
+          <t>Français langue étrangère à visée professionnelle - objectif  B1</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>06/01/2026</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>31/12/2026</t>
+          <t>13/03/2026</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest - site Nantes Garde</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>44300</t>
+          <t>44230</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Saint-Sébastien-sur-Loire</t>
         </is>
       </c>
       <c r="I53" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="J53" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="K53" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Collectivité territoriale - Conseil général</t>
         </is>
       </c>
       <c r="L53" s="2" t="inlineStr">
         <is>
-          <t>02-49-09-14-59</t>
+          <t>02-51-71-02-83</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="0">
       <c r="A54" s="2" t="inlineStr">
         <is>
-          <t>21_26488921_264889264889</t>
+          <t>21_26859221_268592268592</t>
         </is>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Diplôme de compétence en langue étrangère professionnelle français langue étrangère - DCLEP FLE Diplôme de compétence en langue étrangère professionnelle français langue étrangère</t>
+          <t>Diplôme de compétence en langue étrangère professionnelle français langue étrangère - DCLEP FLE</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>30/09/2025</t>
+          <t>05/01/2026</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>31/12/2025</t>
+          <t>17/12/2026</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA Loire-Atlantique</t>
+          <t>Cap Savoir</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>44000</t>
+          <t>49300</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Cholet</t>
         </is>
       </c>
       <c r="I54" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA Loire-Atlantique</t>
+          <t>Cap Savoir</t>
         </is>
       </c>
       <c r="J54" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA Loire-Atlantique</t>
+          <t>Cap Savoir</t>
         </is>
       </c>
       <c r="K54" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L54" s="2" t="inlineStr">
         <is>
-          <t>02-40-14-56-56</t>
+          <t>02-41-46-30-68</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="0">
       <c r="A55" s="2" t="inlineStr">
         <is>
-          <t>21_24481721_244817244817</t>
+          <t>21_26948921_269489269489</t>
         </is>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE »</t>
+          <t>FLE mobilité Introduction au code de la route</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>29/09/2025</t>
+          <t>05/01/2026</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>27/02/2026</t>
+          <t>02/04/2026</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>AFODIL - site Cholet</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>49300</t>
+          <t>44600</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>Cholet</t>
+          <t>Saint-Nazaire</t>
         </is>
       </c>
       <c r="I55" s="2" t="inlineStr">
         <is>
-          <t>Retravailler dans l'ouest</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="J55" s="2" t="inlineStr">
         <is>
-          <t>AFODIL Angers</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="K55" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil régional</t>
+          <t>Collectivité territoriale - Conseil général</t>
         </is>
       </c>
       <c r="L55" s="2" t="inlineStr">
         <is>
-          <t>02-41-88-26-32</t>
+          <t>02-40-88-19-40</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="0">
       <c r="A56" s="2" t="inlineStr">
         <is>
-          <t>21_24934921_249349249349</t>
+          <t>21_27090021_270900270900</t>
         </is>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Campus soir</t>
+          <t>Mieux maîtriser le français pour être plus autonome</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>29/09/2025</t>
+          <t>05/01/2026</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>15/12/2025</t>
+          <t>18/12/2026</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>Nantes Université - Service Universitaire des Langues (SUL)</t>
+          <t>E2S Formation</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>44312</t>
+          <t>85000</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>La Roche-sur-Yon</t>
         </is>
       </c>
       <c r="I56" s="2" t="inlineStr">
         <is>
-          <t>Nantes Université - Service Universitaire des Langues (SUL)</t>
+          <t>E2S Formation</t>
         </is>
       </c>
       <c r="J56" s="2" t="inlineStr">
         <is>
-          <t>Nantes Université - Service Universitaire des Langues (SUL)</t>
+          <t>E2S Formation</t>
         </is>
       </c>
       <c r="K56" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L56" s="2" t="inlineStr">
         <is>
-          <t>02-53-48-77-01</t>
+          <t>02-51-46-43-40</t>
         </is>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="0">
       <c r="A57" s="2" t="inlineStr">
         <is>
-          <t>21_25783621_257836257836</t>
+          <t>21_23041921_230419230419</t>
         </is>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Entrer dans l'écrit</t>
+          <t>Certification CLOE français langue étrangère - CLOE FLE - professionnel</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>29/09/2025</t>
+          <t>01/01/2026</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>16/01/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>Association Babel 44</t>
+          <t>Vend'Etudes</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>44100</t>
+          <t>85000</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>La Roche-sur-Yon</t>
         </is>
       </c>
       <c r="I57" s="2" t="inlineStr">
         <is>
-          <t>Association Babel 44</t>
+          <t>Vend'Etudes</t>
         </is>
       </c>
       <c r="J57" s="2" t="inlineStr">
         <is>
-          <t>Association Babel 44</t>
+          <t>Vend'Etudes</t>
         </is>
       </c>
       <c r="K57" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L57" s="2" t="inlineStr">
         <is>
-          <t>02-40-85-35-17</t>
+          <t>02-51-62-43-27</t>
         </is>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="0">
       <c r="A58" s="2" t="inlineStr">
         <is>
-          <t>21_25810921_258109258109</t>
+          <t>21_23370321_233703233703</t>
         </is>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français langue étrangère à visée professionnelle (FLE) - Objectif A2</t>
+          <t>Parcours de remise à niveau (RAN)</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>29/09/2025</t>
+          <t>01/01/2026</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>09/12/2025</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Arps Sablé sur Sarthe ESPO-ESRP - Etablissements et Services de Préorientation et de Réadaptation Professionnelle</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>44600</t>
+          <t>72300</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>Saint-Nazaire</t>
+          <t>Sablé-sur-Sarthe</t>
         </is>
       </c>
       <c r="I58" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Arps Sablé sur Sarthe ESPO-ESRP - Etablissements et Services de Préorientation et de Réadaptation Professionnelle</t>
         </is>
       </c>
       <c r="J58" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Arps Sablé sur Sarthe ESPO-ESRP - Etablissements et Services de Préorientation et de Réadaptation Professionnelle</t>
         </is>
       </c>
       <c r="K58" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Etat - Autre</t>
         </is>
       </c>
       <c r="L58" s="2" t="inlineStr">
         <is>
-          <t>02-40-88-19-40</t>
+          <t>02-43-62-63-64</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="0">
       <c r="A59" s="2" t="inlineStr">
         <is>
-          <t>21_26502621_265026265026</t>
+          <t>21_26487721_264877264877</t>
         </is>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français langue étrangère à visée professionnelle (FLE)</t>
+          <t>Diplôme de compétence en langue français professionnel de premier niveau - DCLFP Diplôme de compétence en langue français professionnel de premier niveau</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>29/09/2025</t>
+          <t>01/01/2026</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>09/12/2025</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île - site La-Roche-sur-Yon</t>
+          <t>GRETA-CFA Loire-Atlantique</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>85000</t>
+          <t>44000</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>La Roche-sur-Yon</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I59" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>GRETA-CFA Loire-Atlantique</t>
         </is>
       </c>
       <c r="J59" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>GRETA-CFA Loire-Atlantique</t>
         </is>
       </c>
       <c r="K59" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L59" s="2" t="inlineStr">
         <is>
-          <t>02-40-88-19-40</t>
+          <t>02-40-14-56-56</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="0">
       <c r="A60" s="2" t="inlineStr">
         <is>
-          <t>21_25422921_254229254229</t>
+          <t>21_26489021_264890264890</t>
         </is>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE »</t>
+          <t>Diplôme de compétence en langue étrangère professionnelle français langue étrangère - DCLEP FLE Diplôme de compétence en langue étrangère professionnelle français langue étrangère</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>22/09/2025</t>
+          <t>01/01/2026</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>27/02/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>Avenir Formation 53</t>
+          <t>GRETA-CFA Loire-Atlantique</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>53000</t>
+          <t>44000</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>Laval</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I60" s="2" t="inlineStr">
         <is>
-          <t>Avenir Formation 53</t>
+          <t>GRETA-CFA Loire-Atlantique</t>
         </is>
       </c>
       <c r="J60" s="2" t="inlineStr">
         <is>
-          <t>Avenir Formation 53</t>
+          <t>GRETA-CFA Loire-Atlantique</t>
         </is>
       </c>
       <c r="K60" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil régional</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L60" s="2" t="inlineStr">
         <is>
-          <t>02-43-56-59-31</t>
+          <t>02-40-14-56-56</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="0">
       <c r="A61" s="2" t="inlineStr">
         <is>
-          <t>21_25618521_256185256185</t>
+          <t>21_26614021_266140266140</t>
         </is>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Accès emploi</t>
+          <t>Certification CLOE français langue étrangère - CLOE Formation en français général et professionnel</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>22/09/2025</t>
+          <t>01/01/2026</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>18/11/2025</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>CCI de Maine et Loire</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>49400</t>
+          <t>49006</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>Saumur</t>
+          <t>Angers</t>
         </is>
       </c>
       <c r="I61" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>CCI de Maine et Loire</t>
         </is>
       </c>
       <c r="J61" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>CCI de Maine et Loire</t>
         </is>
       </c>
       <c r="K61" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L61" s="2" t="inlineStr">
         <is>
-          <t>02-41-67-71-45</t>
+          <t>02-41-20-49-00</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="0">
       <c r="A62" s="2" t="inlineStr">
         <is>
-          <t>21_25667721_256677256677</t>
+          <t>21_27239221_272392272392</t>
         </is>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Accès emploi</t>
+          <t>Certification Socle de connaissances et de compétences professionnelles (CléA)</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>22/09/2025</t>
+          <t>01/01/2026</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>14/11/2025</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>CAP Formation</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>49400</t>
+          <t>44800</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>Saumur</t>
+          <t>Saint-Herblain</t>
         </is>
       </c>
       <c r="I62" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>CAP Formation</t>
         </is>
       </c>
       <c r="J62" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>CAP Formation</t>
         </is>
       </c>
       <c r="K62" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L62" s="2" t="inlineStr">
         <is>
-          <t>02-41-67-71-45</t>
+          <t>02-28-44-32-14</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="0">
       <c r="A63" s="2" t="inlineStr">
         <is>
-          <t>21_25790821_257908257908</t>
+          <t>21_27239921_272399272399</t>
         </is>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français vers la formation</t>
+          <t>Français langue étrangère à visée professionnelle (FLE)</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>22/09/2025</t>
+          <t>01/01/2026</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>30/06/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>Association Babel 44 - site St Herblain</t>
+          <t>CAP Formation</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>44800</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>Saint-Herblain</t>
         </is>
       </c>
       <c r="I63" s="2" t="inlineStr">
         <is>
-          <t>Association Babel 44</t>
+          <t>CAP Formation</t>
         </is>
       </c>
       <c r="J63" s="2" t="inlineStr">
         <is>
-          <t>Association Babel 44</t>
+          <t>CAP Formation</t>
         </is>
       </c>
       <c r="K63" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Autre, Collectivité territoriale - Conseil général</t>
         </is>
       </c>
       <c r="L63" s="2" t="inlineStr">
         <is>
-          <t>02-40-85-35-17</t>
+          <t>02-28-44-32-14</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="0">
       <c r="A64" s="2" t="inlineStr">
         <is>
-          <t>21_25564921_255649255649</t>
+          <t>21_27240021_272400272400</t>
         </is>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Français langue étrangère à visée professionnelle – niveau A1</t>
+          <t>Certification Socle de connaissances et de compétences professionnelles (CléA)</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>16/09/2025</t>
+          <t>01/01/2026</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>13/11/2025</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>Le Point CLÉ</t>
+          <t>CAP Formation Etablissement Mayenne - site Mayenne</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>44230</t>
+          <t>53100</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>Saint-Sébastien-sur-Loire</t>
+          <t>Mayenne</t>
         </is>
       </c>
       <c r="I64" s="2" t="inlineStr">
         <is>
-          <t>Le Point CLÉ</t>
+          <t>CAP Formation</t>
         </is>
       </c>
       <c r="J64" s="2" t="inlineStr">
         <is>
-          <t>Le Point CLÉ</t>
+          <t>CAP Formation</t>
         </is>
       </c>
       <c r="K64" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil général</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L64" s="2" t="inlineStr">
         <is>
-          <t>02-51-71-02-83</t>
+          <t>02-28-44-32-14</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="0">
       <c r="A65" s="2" t="inlineStr">
         <is>
-          <t>21_24643121_246431246431</t>
+          <t>21_27240221_272402272402</t>
         </is>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE » propreté</t>
+          <t>Français langue étrangère à visée professionnelle (FLE)</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>15/09/2025</t>
+          <t>01/01/2026</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
-          <t>09/01/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île - site Saint-Herblain</t>
+          <t>Envol</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>44800</t>
+          <t>49500</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>Saint-Herblain</t>
+          <t>Segré</t>
         </is>
       </c>
       <c r="I65" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Envol</t>
         </is>
       </c>
       <c r="J65" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Envol</t>
         </is>
       </c>
       <c r="K65" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil régional</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L65" s="2" t="inlineStr">
         <is>
-          <t>02-40-88-19-40</t>
+          <t>02-41-92-35-73</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="0">
       <c r="A66" s="2" t="inlineStr">
         <is>
-          <t>21_25723121_257231257231</t>
+          <t>21_27315921_273159273159</t>
         </is>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>AIMES - DU Passerelle</t>
+          <t>Certification CLOE français langue étrangère - CLOE Anglais, développer sa communication en situation professionnelle</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>15/09/2025</t>
+          <t>01/01/2026</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>10/01/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>Le Mans Université</t>
+          <t>Uménia</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>72000</t>
+          <t>72650</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>Le Mans</t>
+          <t>La Chapelle-Saint-Aubin</t>
         </is>
       </c>
       <c r="I66" s="2" t="inlineStr">
         <is>
-          <t>Le Mans Université</t>
+          <t>Uménia</t>
         </is>
       </c>
       <c r="J66" s="2" t="inlineStr">
         <is>
-          <t>Le Mans Université</t>
+          <t>Uménia</t>
         </is>
       </c>
       <c r="K66" s="2" t="inlineStr">
         <is>
-          <t>Etat - Autre</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L66" s="2" t="inlineStr">
         <is>
-          <t>02-43-83-30-70</t>
+          <t>02-43-61-08-47</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="0">
       <c r="A67" s="2" t="inlineStr">
         <is>
-          <t>21_26433521_264335264335</t>
+          <t>21_27668821_276688276688</t>
         </is>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Maillons de parcours : Cap vers le SAP</t>
+          <t>Diplôme de compétence en langue étrangère professionnelle français langue étrangère - DCLEP FLE Diplôme de compétence en langue étrangère professionnelle français langue étrangère</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>15/09/2025</t>
+          <t>01/01/2026</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>15/12/2025</t>
+          <t>01/12/2026</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>Accoord - site Doulon</t>
+          <t>GRETA-CFA du Maine - Site du Lycée Funay - F.-H. Boucher - Le Mans</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>44300</t>
+          <t>72058</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Le Mans</t>
         </is>
       </c>
       <c r="I67" s="2" t="inlineStr">
         <is>
-          <t>Accoord</t>
+          <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="J67" s="2" t="inlineStr">
         <is>
-          <t>Accoord</t>
+          <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="K67" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L67" s="2" t="inlineStr">
         <is>
-          <t>02-40-74-02-52</t>
+          <t>02-43-84-04-50</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="0">
       <c r="A68" s="2" t="inlineStr">
         <is>
-          <t>21_26433021_264330264330</t>
+          <t>21_26797321_267973267973</t>
         </is>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Des mots pour travailler - FLE à visée professionnelle</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>09/09/2025</t>
+          <t>15/12/2025</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>12/06/2026</t>
+          <t>27/03/2026</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>Accoord - site Beaulieu</t>
+          <t>GRETA-CFA Loire-Atlantique - Site Avenir Industrie - Châteaubriant</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>44200</t>
+          <t>44110</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Châteaubriant</t>
         </is>
       </c>
       <c r="I68" s="2" t="inlineStr">
         <is>
-          <t>Accoord</t>
+          <t>GRETA-CFA Loire-Atlantique</t>
         </is>
       </c>
       <c r="J68" s="2" t="inlineStr">
         <is>
-          <t>Accoord</t>
+          <t>GRETA-CFA Loire-Atlantique</t>
         </is>
       </c>
       <c r="K68" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L68" s="2" t="inlineStr">
         <is>
-          <t>02-40-74-02-52</t>
+          <t>02-40-14-56-56</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="0">
       <c r="A69" s="2" t="inlineStr">
         <is>
-          <t>21_26433121_264331264331</t>
+          <t>21_25602121_256021256021</t>
         </is>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle</t>
+          <t>PREPA Clés Avenir « FLE »</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>09/09/2025</t>
+          <t>09/12/2025</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>12/06/2026</t>
+          <t>27/04/2026</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>Accoord - site Bellevue</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>44100</t>
+          <t>44600</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Saint-Nazaire</t>
         </is>
       </c>
       <c r="I69" s="2" t="inlineStr">
         <is>
-          <t>Accoord</t>
+          <t>Léo Lagrange Formation</t>
         </is>
       </c>
       <c r="J69" s="2" t="inlineStr">
         <is>
-          <t>Accoord</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="K69" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L69" s="2" t="inlineStr">
         <is>
-          <t>02-40-74-02-52</t>
+          <t>02-40-88-19-40</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="0">
       <c r="A70" s="2" t="inlineStr">
         <is>
-          <t>21_26433221_264332264332</t>
+          <t>21_26898521_268985268985</t>
         </is>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle</t>
+          <t>PREPA Clés Avenir « FLE » Français Langue Etrangère</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>09/09/2025</t>
+          <t>09/12/2025</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>12/06/2026</t>
+          <t>29/04/2026</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
-          <t>Accoord - site Bout-des-Landes</t>
+          <t>GRETA-CFA du Maine - Site du Lycée Bellevue - Le Mans</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>44300</t>
+          <t>72001</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Le Mans</t>
         </is>
       </c>
       <c r="I70" s="2" t="inlineStr">
         <is>
-          <t>Accoord</t>
+          <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="J70" s="2" t="inlineStr">
         <is>
-          <t>Accoord</t>
+          <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="K70" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L70" s="2" t="inlineStr">
         <is>
-          <t>02-40-74-02-52</t>
+          <t>02-43-84-04-50</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="0">
       <c r="A71" s="2" t="inlineStr">
         <is>
-          <t>21_26433321_264333264333</t>
+          <t>21_26566921_265669265669</t>
         </is>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle</t>
+          <t>PREPA Clés Avenir « FLE » FLE Logistique</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>09/09/2025</t>
+          <t>08/12/2025</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>12/06/2026</t>
+          <t>24/04/2026</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
-          <t>Accoord - site Manufacture</t>
+          <t>CFP Presqu'Ile - site Carquefou</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>44000</t>
+          <t>44470</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Carquefou</t>
         </is>
       </c>
       <c r="I71" s="2" t="inlineStr">
         <is>
-          <t>Accoord</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="J71" s="2" t="inlineStr">
         <is>
-          <t>Accoord</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="K71" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L71" s="2" t="inlineStr">
         <is>
-          <t>02-40-74-02-52</t>
+          <t>02-40-88-19-40</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="0">
       <c r="A72" s="2" t="inlineStr">
         <is>
-          <t>21_26433421_264334264334</t>
+          <t>21_27090721_270907270907</t>
         </is>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle</t>
+          <t>Réconciliez-vous avec l'orthographe et l'expression professionnelle</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>09/09/2025</t>
+          <t>08/12/2025</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>12/06/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>Accoord - site Centre-ville</t>
+          <t>Site de formation Zéro Faute [ou presque] - Site La Ruche</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>44000</t>
+          <t>44600</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Saint-Nazaire</t>
         </is>
       </c>
       <c r="I72" s="2" t="inlineStr">
         <is>
-          <t>Accoord</t>
+          <t>Zéro Faute [ou presque] - Camille Lockhart</t>
         </is>
       </c>
       <c r="J72" s="2" t="inlineStr">
         <is>
-          <t>Accoord</t>
+          <t>Zéro Faute [ou presque] - Camille Lockhart</t>
         </is>
       </c>
       <c r="K72" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L72" s="2" t="inlineStr">
         <is>
-          <t>02-40-74-02-52</t>
+          <t>06-62-89-05-12</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="0">
       <c r="A73" s="2" t="inlineStr">
         <is>
-          <t>21_24591421_245914245914</t>
+          <t>21_26641921_266419266419</t>
         </is>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE »</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français langue étrangère - objectif A2</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>08/09/2025</t>
+          <t>02/12/2025</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>28/01/2026</t>
+          <t>23/04/2026</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île - site Rezé</t>
+          <t>Espaces Formation</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>44400</t>
+          <t>44100</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>Rezé</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I73" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Espaces Formation</t>
         </is>
       </c>
       <c r="J73" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Espaces Formation</t>
         </is>
       </c>
       <c r="K73" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil régional</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L73" s="2" t="inlineStr">
         <is>
-          <t>02-40-88-19-40</t>
+          <t>02-40-94-99-52</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="0">
       <c r="A74" s="2" t="inlineStr">
         <is>
-          <t>21_24591821_245918245918</t>
+          <t>21_27309921_273099273099</t>
         </is>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE »</t>
+          <t>Certification CLOE français langue étrangère - CLOE</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>08/09/2025</t>
+          <t>01/12/2025</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>21/01/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Paroliamo</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>44600</t>
+          <t>44300</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>Saint-Nazaire</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I74" s="2" t="inlineStr">
         <is>
-          <t>Léo Lagrange Formation</t>
+          <t>Paroliamo</t>
         </is>
       </c>
       <c r="J74" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Paroliamo</t>
         </is>
       </c>
       <c r="K74" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil régional</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L74" s="2" t="inlineStr">
         <is>
-          <t>02-40-88-19-40</t>
+          <t>06-05-56-06-17</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="0">
       <c r="A75" s="2" t="inlineStr">
         <is>
-          <t>21_25378621_253786253786</t>
+          <t>21_25675521_256755256755</t>
         </is>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE » Prépa Clés Avenir Sectoriel Hôtellerie Restauration</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Formation linguistique à visée professionnelle avec renfort numérique</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>08/09/2025</t>
+          <t>24/11/2025</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>06/02/2026</t>
+          <t>26/06/2026</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
-          <t>CAP Formation</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>44800</t>
+          <t>44230</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>Saint-Herblain</t>
+          <t>Saint-Sébastien-sur-Loire</t>
         </is>
       </c>
       <c r="I75" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="J75" s="2" t="inlineStr">
         <is>
-          <t>CAP Formation</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="K75" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil régional</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L75" s="2" t="inlineStr">
         <is>
-          <t>02-28-44-32-14</t>
+          <t>02-51-71-02-83</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="0">
       <c r="A76" s="2" t="inlineStr">
         <is>
-          <t>21_25477721_254777254777</t>
+          <t>21_25497321_254973254973</t>
         </is>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE »</t>
+          <t>PREPA Clés Avenir « FLE » sectorisé hôtellerie - restauration</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>08/09/2025</t>
+          <t>18/11/2025</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>23/01/2026</t>
+          <t>30/04/2026</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île - site La-Roche-sur-Yon</t>
+          <t>Corylus Form@tions</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>85000</t>
+          <t>49400</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>La Roche-sur-Yon</t>
+          <t>Saumur</t>
         </is>
       </c>
       <c r="I76" s="2" t="inlineStr">
         <is>
-          <t>Format pro Pays de la Loire</t>
+          <t>Corylus Form@tions</t>
         </is>
       </c>
       <c r="J76" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>Corylus Form@tions</t>
         </is>
       </c>
       <c r="K76" s="2" t="inlineStr">
         <is>
           <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L76" s="2" t="inlineStr">
         <is>
-          <t>02-40-88-19-40</t>
+          <t>02-41-67-71-45</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="0">
       <c r="A77" s="2" t="inlineStr">
         <is>
-          <t>21_25565821_255658255658</t>
+          <t>21_25195921_251959251959</t>
         </is>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Français langue étrangère à visée professionnelle (FLE)</t>
+          <t>PREPA Clés Avenir « FLE »</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>08/09/2025</t>
+          <t>17/11/2025</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>13/11/2025</t>
+          <t>30/04/2026</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île - site Blain</t>
+          <t>UFCV Pays de la Loire - site Château-Gontier-sur-Mayenne</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>44130</t>
+          <t>53200</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>Blain</t>
+          <t>Château-Gontier</t>
         </is>
       </c>
       <c r="I77" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>UFCV Pays de la Loire Nantes</t>
         </is>
       </c>
       <c r="J77" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>UFCV Pays de la Loire Nantes</t>
         </is>
       </c>
       <c r="K77" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil général</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L77" s="2" t="inlineStr">
         <is>
-          <t>02-40-88-19-40</t>
+          <t>02-40-71-60-30</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="0">
       <c r="A78" s="2" t="inlineStr">
         <is>
-          <t>21_25665321_256653256653</t>
+          <t>21_26492721_264927264927</t>
         </is>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle - niveau A1</t>
+          <t>PREPA Clés Avenir « FLE » Métiers de la propreté</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>08/09/2025</t>
+          <t>17/11/2025</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>12/12/2025</t>
+          <t>27/03/2026</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>Espaces Formation</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>44100</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>Nantes</t>
         </is>
       </c>
       <c r="I78" s="2" t="inlineStr">
         <is>
+          <t>CFP Presqu'île</t>
+        </is>
+      </c>
+      <c r="J78" s="2" t="inlineStr">
+        <is>
           <t>Espaces Formation</t>
         </is>
       </c>
-      <c r="J78" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K78" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L78" s="2" t="inlineStr">
         <is>
           <t>02-40-94-99-52</t>
         </is>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="0">
       <c r="A79" s="2" t="inlineStr">
         <is>
-          <t>21_25665621_256656256656</t>
+          <t>21_25611521_256115256115</t>
         </is>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle - B1</t>
+          <t>PREPA Clés Avenir « FLE » FLE - Sectorisé service à la personne</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>08/09/2025</t>
+          <t>13/11/2025</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>12/12/2025</t>
+          <t>03/04/2026</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>Via Formation - Le Mans</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>44100</t>
+          <t>72000</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Le Mans</t>
         </is>
       </c>
       <c r="I79" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="J79" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>Via Formation - Le Mans</t>
         </is>
       </c>
       <c r="K79" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L79" s="2" t="inlineStr">
         <is>
-          <t>02-40-94-99-52</t>
+          <t>02-43-75-65-85</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="0">
       <c r="A80" s="2" t="inlineStr">
         <is>
-          <t>21_25665721_256657256657</t>
+          <t>21_24690421_246904246904</t>
         </is>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle - Alpha renforcement dans l'écrit</t>
+          <t>PREPA Clés Avenir « FLE »</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>08/09/2025</t>
+          <t>03/11/2025</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
-          <t>12/12/2025</t>
+          <t>18/04/2026</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>Corylus Form@tions</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>44100</t>
+          <t>49400</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Saumur</t>
         </is>
       </c>
       <c r="I80" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>Corylus Form@tions</t>
         </is>
       </c>
       <c r="J80" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>Corylus Form@tions</t>
         </is>
       </c>
       <c r="K80" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L80" s="2" t="inlineStr">
         <is>
-          <t>02-40-94-99-52</t>
+          <t>02-41-67-71-45</t>
         </is>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="0">
       <c r="A81" s="2" t="inlineStr">
         <is>
-          <t>21_25700321_257003257003</t>
+          <t>21_25467321_254673254673</t>
         </is>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Français langue étrangère à visée professionnelle (FLE)</t>
+          <t>PREPA Clés Avenir « FLE » Sectoriel services à la personne</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>08/09/2025</t>
+          <t>03/11/2025</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
-          <t>03/07/2026</t>
+          <t>09/03/2026</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
-          <t>Lucie Morvan Formations - site Montaigu-Vendée l'Ekla</t>
+          <t>CFP Presqu'île - site Trignac</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>85600</t>
+          <t>44570</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>Montaigu</t>
+          <t>Trignac</t>
         </is>
       </c>
       <c r="I81" s="2" t="inlineStr">
         <is>
-          <t>Lucie Morvan Formations</t>
+          <t>Léo Lagrange Formation</t>
         </is>
       </c>
       <c r="J81" s="2" t="inlineStr">
         <is>
-          <t>Lucie Morvan Formations</t>
+          <t>CFP Presqu'île</t>
         </is>
       </c>
       <c r="K81" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L81" s="2" t="inlineStr">
         <is>
-          <t>06-65-29-59-67</t>
+          <t>02-40-88-19-40</t>
         </is>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="0">
       <c r="A82" s="2" t="inlineStr">
         <is>
-          <t>21_25723321_257233257233</t>
+          <t>21_25715621_257156257156</t>
         </is>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>AIMES - DU Passerelle</t>
+          <t>PREPA Clés Avenir « FLE »</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>08/09/2025</t>
+          <t>03/11/2025</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>16/12/2025</t>
+          <t>24/03/2026</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>Nantes Université - Institut de Français Langue Étrangère</t>
+          <t>GRETA-CFA du Maine - Site du Lycée Bellevue - Le Mans</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>44312</t>
+          <t>72001</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Le Mans</t>
         </is>
       </c>
       <c r="I82" s="2" t="inlineStr">
         <is>
-          <t>Nantes Université</t>
+          <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="J82" s="2" t="inlineStr">
         <is>
-          <t>Nantes Université</t>
+          <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="K82" s="2" t="inlineStr">
         <is>
-          <t>Etat - Autre</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L82" s="2" t="inlineStr">
         <is>
-          <t>02-40-99-83-83</t>
+          <t>02-43-84-04-50</t>
         </is>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="0">
       <c r="A83" s="2" t="inlineStr">
         <is>
-          <t>21_24562521_245625245625</t>
+          <t>21_26817121_268171268171</t>
         </is>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE »</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Des mots pour travailler</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>02/09/2025</t>
+          <t>03/11/2025</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
-          <t>19/12/2025</t>
+          <t>15/04/2026</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>GRETA-CFA du Maine - Site du Lycée R. Elizé - Sablé-sur-Sarthe</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>44100</t>
+          <t>72305</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Sablé-sur-Sarthe</t>
         </is>
       </c>
       <c r="I83" s="2" t="inlineStr">
         <is>
-          <t>CFP Presqu'île</t>
+          <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="J83" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="K83" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil régional</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L83" s="2" t="inlineStr">
         <is>
-          <t>02-40-94-99-52</t>
+          <t>02-43-84-04-50</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="0">
       <c r="A84" s="2" t="inlineStr">
         <is>
-          <t>21_25041721_250417250417</t>
+          <t>21_25685221_256852256852</t>
         </is>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Langue et cultures françaises Semestre de printemps</t>
+          <t>PREPA Clés Avenir « FLE »</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>20/10/2025</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>31/08/2026</t>
+          <t>10/04/2026</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>Université Catholique de l'Ouest - UCO - CIDEF Centre international d'études françaises</t>
+          <t>AISP - Sablé sur Sarthe</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>49008</t>
+          <t>72300</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>Angers</t>
+          <t>Sablé-sur-Sarthe</t>
         </is>
       </c>
       <c r="I84" s="2" t="inlineStr">
         <is>
-          <t>Université Catholique de l'Ouest - UCO</t>
+          <t>AISP - La Flèche</t>
         </is>
       </c>
       <c r="J84" s="2" t="inlineStr">
         <is>
-          <t>Université Catholique de l'Ouest - UCO</t>
+          <t>AISP - La Flèche</t>
         </is>
       </c>
       <c r="K84" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L84" s="2" t="inlineStr">
         <is>
-          <t>02-41-81-66-00</t>
+          <t>02-43-48-11-71</t>
         </is>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="0">
       <c r="A85" s="2" t="inlineStr">
         <is>
-          <t>21_25042121_250421250421</t>
+          <t>21_27551521_275515275515</t>
         </is>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Langue et cultures françaises Année universitaire</t>
+          <t>Des Mots Pour Travailler, Français Langue Etrangère (FLE) à visée professionnelle</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>16/10/2025</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
-          <t>31/08/2026</t>
+          <t>18/04/2026</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
-          <t>Université Catholique de l'Ouest - UCO - CIDEF Centre international d'études françaises</t>
+          <t>GRETA-CFA du Maine - Site du Lycée R. Elizé - Sablé-sur-Sarthe</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>49008</t>
+          <t>72305</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>Angers</t>
+          <t>Sablé-sur-Sarthe</t>
         </is>
       </c>
       <c r="I85" s="2" t="inlineStr">
         <is>
-          <t>Université Catholique de l'Ouest - UCO</t>
+          <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="J85" s="2" t="inlineStr">
         <is>
-          <t>Université Catholique de l'Ouest - UCO</t>
+          <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="K85" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L85" s="2" t="inlineStr">
         <is>
-          <t>02-41-81-66-00</t>
+          <t>02-43-84-04-50</t>
         </is>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="0">
       <c r="A86" s="2" t="inlineStr">
         <is>
-          <t>21_25424821_254248254248</t>
+          <t>21_25250121_252501252501</t>
         </is>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE »</t>
+          <t>Diplôme de compétence en langue étrangère professionnelle français langue étrangère - DCLEP FLE Diplôme de compétence en langue étrangère professionnelle français langue étrangère</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>10/10/2025</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
-          <t>19/12/2025</t>
+          <t>03/07/2026</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA du Maine</t>
+          <t>GRETA-CFA 49 - site Saumur</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>72000</t>
+          <t>49400</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>Le Mans</t>
+          <t>Saumur</t>
         </is>
       </c>
       <c r="I86" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA du Maine</t>
+          <t>GRETA-CFA 49</t>
         </is>
       </c>
       <c r="J86" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA du Maine</t>
+          <t>GRETA-CFA 49</t>
         </is>
       </c>
       <c r="K86" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil régional</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L86" s="2" t="inlineStr">
         <is>
-          <t>02-43-84-04-50</t>
+          <t>02-41-24-11-11</t>
         </is>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="0">
       <c r="A87" s="2" t="inlineStr">
         <is>
-          <t>21_25594521_255945255945</t>
+          <t>21_25272221_252722252722</t>
         </is>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Diplôme de compétence en langue étrangère professionnelle français langue étrangère - DCLEP FLE Apprentissage du Français comme Langue Etrangère</t>
+          <t>PREPA Clés Avenir « FLE »</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>06/10/2025</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>30/07/2026</t>
+          <t>19/02/2026</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
-          <t>Projetis Formation Conseil</t>
+          <t>GRETA-CFA du Maine - Site du Lycée R. Garnier - La Ferté-Bernard</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>44110</t>
+          <t>72405</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>Châteaubriant</t>
+          <t>La Ferté-Bernard</t>
         </is>
       </c>
       <c r="I87" s="2" t="inlineStr">
         <is>
-          <t>Projetis Formation Conseil</t>
+          <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="J87" s="2" t="inlineStr">
         <is>
-          <t>Projetis Formation Conseil</t>
+          <t>GRETA-CFA du Maine</t>
         </is>
       </c>
       <c r="K87" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L87" s="2" t="inlineStr">
         <is>
-          <t>02-40-28-60-57</t>
+          <t>02-43-84-04-50</t>
         </is>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="0">
       <c r="A88" s="2" t="inlineStr">
         <is>
-          <t>21_25595221_255952255952</t>
+          <t>21_25130821_251308251308</t>
         </is>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Diplôme de compétence en langue français professionnel de premier niveau - DCLFP Français Langue Etrangère</t>
+          <t>Langue et cultures françaises Année universitaire</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>01/10/2025</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
-          <t>30/07/2026</t>
+          <t>30/05/2026</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
-          <t>Projetis Formation Conseil</t>
+          <t>Université Catholique de l'Ouest - UCO - CIDEF Centre international d'études françaises</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>44110</t>
+          <t>49008</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>Châteaubriant</t>
+          <t>Angers</t>
         </is>
       </c>
       <c r="I88" s="2" t="inlineStr">
         <is>
-          <t>Projetis Formation Conseil</t>
+          <t>Université Catholique de l'Ouest - UCO</t>
         </is>
       </c>
       <c r="J88" s="2" t="inlineStr">
         <is>
-          <t>Projetis Formation Conseil</t>
+          <t>Université Catholique de l'Ouest - UCO</t>
         </is>
       </c>
       <c r="K88" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L88" s="2" t="inlineStr">
         <is>
-          <t>02-40-28-60-57</t>
+          <t>02-41-81-66-00</t>
         </is>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="0">
       <c r="A89" s="2" t="inlineStr">
         <is>
-          <t>21_25665121_256651256651</t>
+          <t>21_26355621_263556263556</t>
         </is>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle - A2</t>
+          <t>Socle de connaissances et de compétences professionnelles numérique (CléA Numérique) Initiale</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>01/10/2025</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
-          <t>30/06/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
-          <t>Les Eaux Vives Emmaüs</t>
+          <t>Retravailler dans l'ouest - site Nantes Garde</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>44800</t>
+          <t>44300</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>Saint-Herblain</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I89" s="2" t="inlineStr">
         <is>
-          <t>Association Les Eaux Vives</t>
+          <t>Retravailler dans l'ouest</t>
         </is>
       </c>
       <c r="J89" s="2" t="inlineStr">
         <is>
-          <t>Les Eaux Vives Emmaüs</t>
+          <t>Retravailler dans l'ouest</t>
         </is>
       </c>
       <c r="K89" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L89" s="2" t="inlineStr">
         <is>
-          <t>02-28-21-54-21</t>
+          <t>02-49-09-14-59</t>
         </is>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="0">
       <c r="A90" s="2" t="inlineStr">
         <is>
-          <t>21_25665221_256652256652</t>
+          <t>21_26355721_263557263557</t>
         </is>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle - B1</t>
+          <t>Socle de connaissances et de compétences professionnelles numérique (CléA Numérique) Finale</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>01/10/2025</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>30/06/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>Les Eaux Vives Emmaüs</t>
+          <t>Retravailler dans l'ouest - site Nantes Garde</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>44800</t>
+          <t>44300</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>Saint-Herblain</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I90" s="2" t="inlineStr">
         <is>
-          <t>Association Les Eaux Vives</t>
+          <t>Retravailler dans l'ouest</t>
         </is>
       </c>
       <c r="J90" s="2" t="inlineStr">
         <is>
-          <t>Les Eaux Vives Emmaüs</t>
+          <t>Retravailler dans l'ouest</t>
         </is>
       </c>
       <c r="K90" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L90" s="2" t="inlineStr">
         <is>
-          <t>02-28-21-54-21</t>
+          <t>02-49-09-14-59</t>
         </is>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="0">
       <c r="A91" s="2" t="inlineStr">
         <is>
-          <t>21_25666821_256668256668</t>
+          <t>21_26355921_263559263559</t>
         </is>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle</t>
+          <t>Socle de connaissances et de compétences professionnelles numérique (CléA Numérique) Finale</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>01/10/2025</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>30/06/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
-          <t>CAP Formation</t>
+          <t>Retravailler dans l'ouest - Vendée</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>44800</t>
+          <t>85000</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>Saint-Herblain</t>
+          <t>La Roche-sur-Yon</t>
         </is>
       </c>
       <c r="I91" s="2" t="inlineStr">
         <is>
-          <t>CAP Formation</t>
+          <t>Retravailler dans l'ouest - Vendée</t>
         </is>
       </c>
       <c r="J91" s="2" t="inlineStr">
         <is>
-          <t>CAP Formation</t>
+          <t>Retravailler dans l'ouest - Vendée</t>
         </is>
       </c>
       <c r="K91" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L91" s="2" t="inlineStr">
         <is>
-          <t>02-28-44-32-14</t>
+          <t>02-44-38-02-03</t>
         </is>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="0">
       <c r="A92" s="2" t="inlineStr">
         <is>
-          <t>21_25666921_256669256669</t>
+          <t>21_26356021_263560263560</t>
         </is>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français pour l'accès aux droits</t>
+          <t>Socle de connaissances et de compétences professionnelles numérique (CléA Numérique) Finale</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>01/10/2025</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
-          <t>30/06/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
-          <t>Association Babel 44 - site St Herblain</t>
+          <t>Retravailler dans l'ouest - site Les Herbiers</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>44800</t>
+          <t>85500</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>Saint-Herblain</t>
+          <t>Les Herbiers</t>
         </is>
       </c>
       <c r="I92" s="2" t="inlineStr">
         <is>
-          <t>Association Babel 44</t>
+          <t>Retravailler dans l'ouest - Vendée</t>
         </is>
       </c>
       <c r="J92" s="2" t="inlineStr">
         <is>
-          <t>Association Babel 44</t>
+          <t>Retravailler dans l'ouest - Vendée</t>
         </is>
       </c>
       <c r="K92" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L92" s="2" t="inlineStr">
         <is>
-          <t>02-40-85-35-17</t>
+          <t>02-44-38-02-03</t>
         </is>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="0">
       <c r="A93" s="2" t="inlineStr">
         <is>
-          <t>21_25667021_256670256670</t>
+          <t>21_26356121_263561263561</t>
         </is>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français vers l'emploi</t>
+          <t>Socle de connaissances et de compétences professionnelles numérique (CléA Numérique) Initiale</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>01/10/2025</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
-          <t>30/06/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
-          <t>Association Babel 44 - site St Herblain</t>
+          <t>Retravailler dans l'ouest - Vendée</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>44800</t>
+          <t>85000</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>Saint-Herblain</t>
+          <t>La Roche-sur-Yon</t>
         </is>
       </c>
       <c r="I93" s="2" t="inlineStr">
         <is>
-          <t>Association Babel 44</t>
+          <t>Retravailler dans l'ouest - Vendée</t>
         </is>
       </c>
       <c r="J93" s="2" t="inlineStr">
         <is>
-          <t>Association Babel 44</t>
+          <t>Retravailler dans l'ouest - Vendée</t>
         </is>
       </c>
       <c r="K93" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L93" s="2" t="inlineStr">
         <is>
-          <t>02-40-85-35-17</t>
+          <t>02-44-38-02-03</t>
         </is>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="0">
       <c r="A94" s="2" t="inlineStr">
         <is>
-          <t>21_25667221_256672256672</t>
+          <t>21_26356221_263562263562</t>
         </is>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Apprentissage de la langue française – atelier de formation adaptée et professionnalisée</t>
+          <t>Socle de connaissances et de compétences professionnelles numérique (CléA Numérique) Initiale</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>01/10/2025</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
-          <t>30/06/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé - site Chemillé-en-Anjou</t>
+          <t>Retravailler dans l'ouest - site Les Herbiers</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>49120</t>
+          <t>85500</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>Chemillé-en-Anjou</t>
+          <t>Les Herbiers</t>
         </is>
       </c>
       <c r="I94" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>Retravailler dans l'ouest - Vendée</t>
         </is>
       </c>
       <c r="J94" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>Retravailler dans l'ouest - Vendée</t>
         </is>
       </c>
       <c r="K94" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L94" s="2" t="inlineStr">
         <is>
-          <t>02-41-56-19-70</t>
+          <t>02-44-38-02-03</t>
         </is>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="0">
       <c r="A95" s="2" t="inlineStr">
         <is>
-          <t>21_25667321_256673256673</t>
+          <t>21_26521121_265211265211</t>
         </is>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Apprentissage de la langue française – atelier de formation adaptée et professionnalisée</t>
+          <t>Français Langue Etrangère (FLE)</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>01/10/2025</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>30/06/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé - site Beaupréau-en-Mauges</t>
+          <t>Français Langue Etrangère Nantes - FLE Nantes</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>49600</t>
+          <t>44000</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>Beaupréau-en-Mauges</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I95" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>Français Langue Etrangère Nantes - FLE Nantes</t>
         </is>
       </c>
       <c r="J95" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>Français Langue Etrangère Nantes - FLE Nantes</t>
         </is>
       </c>
       <c r="K95" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L95" s="2" t="inlineStr">
         <is>
-          <t>02-41-56-19-70</t>
+          <t>07-83-94-02-44</t>
         </is>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="0">
       <c r="A96" s="2" t="inlineStr">
         <is>
-          <t>21_25667421_256674256674</t>
+          <t>21_26537021_265370265370</t>
         </is>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle - niveau A1</t>
+          <t>Certification Socle de connaissances et de compétences professionnelles (CléA) Initiale</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>01/10/2025</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
-          <t>30/06/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
-          <t>Envol</t>
+          <t>Retravailler dans l'ouest - site Nantes Garde</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>49500</t>
+          <t>44300</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>Segré</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I96" s="2" t="inlineStr">
         <is>
-          <t>Envol</t>
+          <t>Retravailler dans l'ouest</t>
         </is>
       </c>
       <c r="J96" s="2" t="inlineStr">
         <is>
-          <t>Envol</t>
+          <t>Retravailler dans l'ouest</t>
         </is>
       </c>
       <c r="K96" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L96" s="2" t="inlineStr">
         <is>
-          <t>02-41-92-35-73</t>
+          <t>02-49-09-14-59</t>
         </is>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="0">
       <c r="A97" s="2" t="inlineStr">
         <is>
-          <t>21_25667521_256675256675</t>
+          <t>21_26537121_265371265371</t>
         </is>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle - niveau A2</t>
+          <t>Certification Socle de connaissances et de compétences professionnelles (CléA) Finale</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>01/10/2025</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
-          <t>30/06/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
-          <t>Envol</t>
+          <t>Retravailler dans l'ouest - site Nantes Garde</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>49500</t>
+          <t>44300</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>Segré</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I97" s="2" t="inlineStr">
         <is>
-          <t>Envol</t>
+          <t>Retravailler dans l'ouest</t>
         </is>
       </c>
       <c r="J97" s="2" t="inlineStr">
         <is>
-          <t>Envol</t>
+          <t>Retravailler dans l'ouest</t>
         </is>
       </c>
       <c r="K97" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L97" s="2" t="inlineStr">
         <is>
-          <t>02-41-92-35-73</t>
+          <t>02-49-09-14-59</t>
         </is>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="0">
       <c r="A98" s="2" t="inlineStr">
         <is>
-          <t>21_25668621_256686256686</t>
+          <t>21_24481721_244817244817</t>
         </is>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL</t>
+          <t>PREPA Clés Avenir « FLE »</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>29/09/2025</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
-          <t>30/06/2026</t>
+          <t>27/02/2026</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
-          <t>Les maisons pour tous</t>
+          <t>AFODIL - site Cholet</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>72190</t>
+          <t>49300</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>Coulaines</t>
+          <t>Cholet</t>
         </is>
       </c>
       <c r="I98" s="2" t="inlineStr">
         <is>
-          <t>Les maisons pour tous</t>
+          <t>Retravailler dans l'ouest</t>
         </is>
       </c>
       <c r="J98" s="2" t="inlineStr">
         <is>
-          <t>Les maisons pour tous</t>
+          <t>AFODIL Angers</t>
         </is>
       </c>
       <c r="K98" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L98" s="2" t="inlineStr">
         <is>
-          <t>02-43-81-56-09</t>
+          <t>02-41-88-26-32</t>
         </is>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="0">
       <c r="A99" s="2" t="inlineStr">
         <is>
-          <t>21_25669321_256693256693</t>
+          <t>21_25422921_254229254229</t>
         </is>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL</t>
+          <t>PREPA Clés Avenir « FLE »</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>22/09/2025</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
-          <t>30/06/2026</t>
+          <t>27/02/2026</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>AFaLaC - Association Famille Langues Cultures</t>
+          <t>Avenir Formation 53</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>72000</t>
+          <t>53000</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>Le Mans</t>
+          <t>Laval</t>
         </is>
       </c>
       <c r="I99" s="2" t="inlineStr">
         <is>
-          <t>AFaLaC - Association Famille Langues Cultures</t>
+          <t>Avenir Formation 53</t>
         </is>
       </c>
       <c r="J99" s="2" t="inlineStr">
         <is>
-          <t>AFaLaC - Association Famille Langues Cultures</t>
+          <t>Avenir Formation 53</t>
         </is>
       </c>
       <c r="K99" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L99" s="2" t="inlineStr">
         <is>
-          <t>02-43-25-29-49</t>
+          <t>02-43-56-59-31</t>
         </is>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="0">
       <c r="A100" s="2" t="inlineStr">
         <is>
-          <t>21_25669921_256699256699</t>
+          <t>21_25790821_257908257908</t>
         </is>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français vers la formation</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>22/09/2025</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>30/06/2026</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
-          <t>SAM'Compétences</t>
+          <t>Association Babel 44 - site St Herblain</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>85500</t>
+          <t>44800</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>Les Herbiers</t>
+          <t>Saint-Herblain</t>
         </is>
       </c>
       <c r="I100" s="2" t="inlineStr">
         <is>
-          <t>SAM'Compétences</t>
+          <t>Association Babel 44</t>
         </is>
       </c>
       <c r="J100" s="2" t="inlineStr">
         <is>
-          <t>SAM'Compétences</t>
+          <t>Association Babel 44</t>
         </is>
       </c>
       <c r="K100" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L100" s="2" t="inlineStr">
         <is>
-          <t>06-32-46-16-99</t>
+          <t>02-40-85-35-17</t>
         </is>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="0">
       <c r="A101" s="2" t="inlineStr">
         <is>
-          <t>21_25675621_256756256756</t>
+          <t>21_26433021_264330264330</t>
         </is>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Intégracode</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>09/09/2025</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>30/06/2026</t>
+          <t>12/06/2026</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
-          <t>AFODIL Angers</t>
+          <t>Accoord - site Beaulieu</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>49100</t>
+          <t>44200</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>Angers</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I101" s="2" t="inlineStr">
         <is>
-          <t>AFODIL Angers</t>
+          <t>Accoord</t>
         </is>
       </c>
       <c r="J101" s="2" t="inlineStr">
         <is>
-          <t>AFODIL Angers</t>
+          <t>Accoord</t>
         </is>
       </c>
       <c r="K101" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L101" s="2" t="inlineStr">
         <is>
-          <t>02-41-88-26-32</t>
+          <t>02-40-74-02-52</t>
         </is>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="0">
       <c r="A102" s="2" t="inlineStr">
         <is>
-          <t>21_25675721_256757256757</t>
+          <t>21_26433121_264331264331</t>
         </is>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL accès A2</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>09/09/2025</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
-          <t>30/06/2026</t>
+          <t>12/06/2026</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>AFODIL Angers</t>
+          <t>Accoord - site Bellevue</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>49100</t>
+          <t>44100</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>Angers</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I102" s="2" t="inlineStr">
         <is>
-          <t>AFODIL Angers</t>
+          <t>Accoord</t>
         </is>
       </c>
       <c r="J102" s="2" t="inlineStr">
         <is>
-          <t>AFODIL Angers</t>
+          <t>Accoord</t>
         </is>
       </c>
       <c r="K102" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L102" s="2" t="inlineStr">
         <is>
-          <t>02-41-88-26-32</t>
+          <t>02-40-74-02-52</t>
         </is>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="0">
       <c r="A103" s="2" t="inlineStr">
         <is>
-          <t>21_25675821_256758256758</t>
+          <t>21_26433221_264332264332</t>
         </is>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL accès A2</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>09/09/2025</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>30/06/2026</t>
+          <t>12/06/2026</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
-          <t>AFODIL - site Cholet</t>
+          <t>Accoord - site Bout-des-Landes</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>49300</t>
+          <t>44300</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>Cholet</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I103" s="2" t="inlineStr">
         <is>
-          <t>AFODIL Angers</t>
+          <t>Accoord</t>
         </is>
       </c>
       <c r="J103" s="2" t="inlineStr">
         <is>
-          <t>AFODIL Angers</t>
+          <t>Accoord</t>
         </is>
       </c>
       <c r="K103" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L103" s="2" t="inlineStr">
         <is>
-          <t>02-41-88-26-32</t>
+          <t>02-40-74-02-52</t>
         </is>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="0">
       <c r="A104" s="2" t="inlineStr">
         <is>
-          <t>21_25723421_257234257234</t>
+          <t>21_26433321_264333264333</t>
         </is>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>AIMES - DU Passerelle</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>09/09/2025</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>31/12/2025</t>
+          <t>12/06/2026</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>Université d'Angers - CeLFE</t>
+          <t>Accoord - site Manufacture</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>44000</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>Angers</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I104" s="2" t="inlineStr">
         <is>
-          <t>Université d'Angers</t>
+          <t>Accoord</t>
         </is>
       </c>
       <c r="J104" s="2" t="inlineStr">
         <is>
-          <t>Université d'Angers</t>
+          <t>Accoord</t>
         </is>
       </c>
       <c r="K104" s="2" t="inlineStr">
         <is>
-          <t>Etat - Autre</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L104" s="2" t="inlineStr">
         <is>
-          <t>02-44-68-86-84</t>
+          <t>02-40-74-02-52</t>
         </is>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="0">
       <c r="A105" s="2" t="inlineStr">
         <is>
-          <t>21_26480221_264802264802</t>
+          <t>21_26433421_264334264334</t>
         </is>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>09/09/2025</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>12/06/2026</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>Collège Alain Gerbault</t>
+          <t>Accoord - site Centre-ville</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>53000</t>
+          <t>44000</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>Laval</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I105" s="2" t="inlineStr">
         <is>
-          <t>Collège Alain Gerbault</t>
+          <t>Accoord</t>
         </is>
       </c>
       <c r="J105" s="2" t="inlineStr">
         <is>
-          <t>Collège Alain Gerbault</t>
+          <t>Accoord</t>
         </is>
       </c>
       <c r="K105" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L105" s="2" t="inlineStr">
         <is>
-          <t>02-43-53-14-24</t>
+          <t>02-40-74-02-52</t>
         </is>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="0">
       <c r="A106" s="2" t="inlineStr">
         <is>
-          <t>21_26480321_264803264803</t>
+          <t>21_25700321_257003257003</t>
         </is>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Français langue étrangère à visée professionnelle (FLE)</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
-          <t>01/09/2025</t>
+          <t>08/09/2025</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>03/07/2026</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
-          <t>Collège Jules Renard</t>
+          <t>Lucie Morvan Formations - site Montaigu-Vendée l'Ekla</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>53021</t>
+          <t>85600</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>Laval</t>
+          <t>Montaigu</t>
         </is>
       </c>
       <c r="I106" s="2" t="inlineStr">
         <is>
-          <t>Collège Jules Renard</t>
+          <t>Lucie Morvan Formations</t>
         </is>
       </c>
       <c r="J106" s="2" t="inlineStr">
         <is>
-          <t>Collège Jules Renard</t>
+          <t>Lucie Morvan Formations</t>
         </is>
       </c>
       <c r="K106" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L106" s="2" t="inlineStr">
         <is>
-          <t>02-43-53-04-04</t>
+          <t>06-65-29-59-67</t>
         </is>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="0">
       <c r="A107" s="2" t="inlineStr">
         <is>
-          <t>21_26480521_264805264805</t>
+          <t>21_25041721_250417250417</t>
         </is>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Langue et cultures françaises Semestre de printemps</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>31/08/2026</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
-          <t>Lycée professionnel Robert Buron</t>
+          <t>Université Catholique de l'Ouest - UCO - CIDEF Centre international d'études françaises</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>53013</t>
+          <t>49008</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>Laval</t>
+          <t>Angers</t>
         </is>
       </c>
       <c r="I107" s="2" t="inlineStr">
         <is>
-          <t>Lycée professionnel Robert Buron</t>
+          <t>Université Catholique de l'Ouest - UCO</t>
         </is>
       </c>
       <c r="J107" s="2" t="inlineStr">
         <is>
-          <t>Lycée professionnel Robert Buron</t>
+          <t>Université Catholique de l'Ouest - UCO</t>
         </is>
       </c>
       <c r="K107" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L107" s="2" t="inlineStr">
         <is>
-          <t>02-43-67-24-20</t>
+          <t>02-41-81-66-00</t>
         </is>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="0">
       <c r="A108" s="2" t="inlineStr">
         <is>
-          <t>21_26480621_264806264806</t>
+          <t>21_25042121_250421250421</t>
         </is>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Langue et cultures françaises Année universitaire</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>31/08/2026</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>Lycée professionnel Pierre et Marie Curie</t>
+          <t>Université Catholique de l'Ouest - UCO - CIDEF Centre international d'études françaises</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>53204</t>
+          <t>49008</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>Château-Gontier</t>
+          <t>Angers</t>
         </is>
       </c>
       <c r="I108" s="2" t="inlineStr">
         <is>
-          <t>Lycée professionnel Pierre et Marie Curie</t>
+          <t>Université Catholique de l'Ouest - UCO</t>
         </is>
       </c>
       <c r="J108" s="2" t="inlineStr">
         <is>
-          <t>Lycée professionnel Pierre et Marie Curie</t>
+          <t>Université Catholique de l'Ouest - UCO</t>
         </is>
       </c>
       <c r="K108" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L108" s="2" t="inlineStr">
         <is>
-          <t>02-43-07-26-35</t>
+          <t>02-41-81-66-00</t>
         </is>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="0">
       <c r="A109" s="2" t="inlineStr">
         <is>
-          <t>21_26480721_264807264807</t>
+          <t>21_25594521_255945255945</t>
         </is>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Diplôme de compétence en langue étrangère professionnelle français langue étrangère - DCLEP FLE Apprentissage du Français comme Langue Etrangère</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>30/07/2026</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
-          <t>Collège Alexandre Mauboussin</t>
+          <t>Projetis Formation Conseil</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>72600</t>
+          <t>44110</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>Mamers</t>
+          <t>Châteaubriant</t>
         </is>
       </c>
       <c r="I109" s="2" t="inlineStr">
         <is>
-          <t>Collège Alexandre Mauboussin</t>
+          <t>Projetis Formation Conseil</t>
         </is>
       </c>
       <c r="J109" s="2" t="inlineStr">
         <is>
-          <t>Collège Alexandre Mauboussin</t>
+          <t>Projetis Formation Conseil</t>
         </is>
       </c>
       <c r="K109" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L109" s="2" t="inlineStr">
         <is>
-          <t>02-43-97-64-00</t>
+          <t>02-40-28-60-57</t>
         </is>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="0">
       <c r="A110" s="2" t="inlineStr">
         <is>
-          <t>21_26480821_264808264808</t>
+          <t>21_25595221_255952255952</t>
         </is>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Diplôme de compétence en langue français professionnel de premier niveau - DCLFP Français Langue Etrangère</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>30/07/2026</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>Lycée polyvalent Le Mans sud</t>
+          <t>Projetis Formation Conseil</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>72058</t>
+          <t>44110</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>Le Mans</t>
+          <t>Châteaubriant</t>
         </is>
       </c>
       <c r="I110" s="2" t="inlineStr">
         <is>
-          <t>Lycée polyvalent Le Mans sud</t>
+          <t>Projetis Formation Conseil</t>
         </is>
       </c>
       <c r="J110" s="2" t="inlineStr">
         <is>
-          <t>Lycée polyvalent Le Mans sud</t>
+          <t>Projetis Formation Conseil</t>
         </is>
       </c>
       <c r="K110" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L110" s="2" t="inlineStr">
         <is>
-          <t>02-43-86-24-16</t>
+          <t>02-40-28-60-57</t>
         </is>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="0">
       <c r="A111" s="2" t="inlineStr">
         <is>
-          <t>21_26480921_264809264809</t>
+          <t>21_25665121_256651256651</t>
         </is>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle - A2</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>30/06/2026</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
-          <t>Collège Albert Camus</t>
+          <t>Les Eaux Vives Emmaüs</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>72100</t>
+          <t>44800</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>Le Mans</t>
+          <t>Saint-Herblain</t>
         </is>
       </c>
       <c r="I111" s="2" t="inlineStr">
         <is>
-          <t>Collège Albert Camus</t>
+          <t>Association Les Eaux Vives</t>
         </is>
       </c>
       <c r="J111" s="2" t="inlineStr">
         <is>
-          <t>Collège Albert Camus</t>
+          <t>Les Eaux Vives Emmaüs</t>
         </is>
       </c>
       <c r="K111" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L111" s="2" t="inlineStr">
         <is>
-          <t>02-43-84-21-37</t>
+          <t>02-28-21-54-21</t>
         </is>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="0">
       <c r="A112" s="2" t="inlineStr">
         <is>
-          <t>21_26481021_264810264810</t>
+          <t>21_25665221_256652256652</t>
         </is>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle - B1</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>30/06/2026</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>Collège Costa-Gavras</t>
+          <t>Les Eaux Vives Emmaüs</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>72100</t>
+          <t>44800</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>Le Mans</t>
+          <t>Saint-Herblain</t>
         </is>
       </c>
       <c r="I112" s="2" t="inlineStr">
         <is>
-          <t>Collège Costa-Gavras</t>
+          <t>Association Les Eaux Vives</t>
         </is>
       </c>
       <c r="J112" s="2" t="inlineStr">
         <is>
-          <t>Collège Costa-Gavras</t>
+          <t>Les Eaux Vives Emmaüs</t>
         </is>
       </c>
       <c r="K112" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L112" s="2" t="inlineStr">
         <is>
-          <t>02-43-84-05-30</t>
+          <t>02-28-21-54-21</t>
         </is>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="0">
       <c r="A113" s="2" t="inlineStr">
         <is>
-          <t>21_26481121_264811264811</t>
+          <t>21_25666821_256668256668</t>
         </is>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>30/06/2026</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>Collège Joséphine Baker</t>
+          <t>CAP Formation</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>72100</t>
+          <t>44800</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>Le Mans</t>
+          <t>Saint-Herblain</t>
         </is>
       </c>
       <c r="I113" s="2" t="inlineStr">
         <is>
-          <t>Collège Joséphine Baker</t>
+          <t>CAP Formation</t>
         </is>
       </c>
       <c r="J113" s="2" t="inlineStr">
         <is>
-          <t>Collège Joséphine Baker</t>
+          <t>CAP Formation</t>
         </is>
       </c>
       <c r="K113" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L113" s="2" t="inlineStr">
         <is>
-          <t>02-43-50-02-60</t>
+          <t>02-28-44-32-14</t>
         </is>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="0">
       <c r="A114" s="2" t="inlineStr">
         <is>
-          <t>21_26481321_264813264813</t>
+          <t>21_25666921_256669256669</t>
         </is>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français pour l'accès aux droits</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>30/06/2026</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>Collège Pierre-Gilles de Gennes</t>
+          <t>Association Babel 44 - site St Herblain</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>72100</t>
+          <t>44800</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>Le Mans</t>
+          <t>Saint-Herblain</t>
         </is>
       </c>
       <c r="I114" s="2" t="inlineStr">
         <is>
-          <t>Collège Pierre-Gilles de Gennes</t>
+          <t>Association Babel 44</t>
         </is>
       </c>
       <c r="J114" s="2" t="inlineStr">
         <is>
-          <t>Collège Pierre-Gilles de Gennes</t>
+          <t>Association Babel 44</t>
         </is>
       </c>
       <c r="K114" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L114" s="2" t="inlineStr">
         <is>
-          <t>02-43-50-30-50</t>
+          <t>02-40-85-35-17</t>
         </is>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="0">
       <c r="A115" s="2" t="inlineStr">
         <is>
-          <t>21_26481521_264815264815</t>
+          <t>21_25667021_256670256670</t>
         </is>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français vers l'emploi</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>30/06/2026</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>Collège Simone Veil</t>
+          <t>Association Babel 44 - site St Herblain</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>72305</t>
+          <t>44800</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>Sablé-sur-Sarthe</t>
+          <t>Saint-Herblain</t>
         </is>
       </c>
       <c r="I115" s="2" t="inlineStr">
         <is>
-          <t>Collège Simone Veil</t>
+          <t>Association Babel 44</t>
         </is>
       </c>
       <c r="J115" s="2" t="inlineStr">
         <is>
-          <t>Collège Simone Veil</t>
+          <t>Association Babel 44</t>
         </is>
       </c>
       <c r="K115" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L115" s="2" t="inlineStr">
         <is>
-          <t>02-43-95-07-55</t>
+          <t>02-40-85-35-17</t>
         </is>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="0">
       <c r="A116" s="2" t="inlineStr">
         <is>
-          <t>21_26481621_264816264816</t>
+          <t>21_25667221_256672256672</t>
         </is>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Apprentissage de la langue française – atelier de formation adaptée et professionnalisée</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>30/06/2026</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
-          <t>Collège le Vieux Chêne</t>
+          <t>Forma.Clé - site Chemillé-en-Anjou</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>72200</t>
+          <t>49120</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>La Flèche</t>
+          <t>Chemillé-en-Anjou</t>
         </is>
       </c>
       <c r="I116" s="2" t="inlineStr">
         <is>
-          <t>Collège le Vieux Chêne</t>
+          <t>Forma.Clé</t>
         </is>
       </c>
       <c r="J116" s="2" t="inlineStr">
         <is>
-          <t>Collège le Vieux Chêne</t>
+          <t>Forma.Clé</t>
         </is>
       </c>
       <c r="K116" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L116" s="2" t="inlineStr">
         <is>
-          <t>02-43-48-12-00</t>
+          <t>02-41-56-19-70</t>
         </is>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="0">
       <c r="A117" s="2" t="inlineStr">
         <is>
-          <t>21_26481921_264819264819</t>
+          <t>21_25667321_256673256673</t>
         </is>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Apprentissage de la langue française – atelier de formation adaptée et professionnalisée</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>30/06/2026</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>Collège Jean Rostand</t>
+          <t>Forma.Clé - site Beaupréau-en-Mauges</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>49800</t>
+          <t>49600</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>Trélazé</t>
+          <t>Beaupréau-en-Mauges</t>
         </is>
       </c>
       <c r="I117" s="2" t="inlineStr">
         <is>
-          <t>Collège Jean Rostand</t>
+          <t>Forma.Clé</t>
         </is>
       </c>
       <c r="J117" s="2" t="inlineStr">
         <is>
-          <t>Collège Jean Rostand</t>
+          <t>Forma.Clé</t>
         </is>
       </c>
       <c r="K117" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L117" s="2" t="inlineStr">
         <is>
-          <t>02-41-69-01-80</t>
+          <t>02-41-56-19-70</t>
         </is>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="0">
       <c r="A118" s="2" t="inlineStr">
         <is>
-          <t>21_26482021_264820264820</t>
+          <t>21_25667421_256674256674</t>
         </is>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle - niveau A1</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>30/06/2026</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>Collège Jean Rostand</t>
+          <t>Envol</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>85500</t>
+          <t>49500</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>Les Herbiers</t>
+          <t>Segré</t>
         </is>
       </c>
       <c r="I118" s="2" t="inlineStr">
         <is>
-          <t>Collège Jean Rostand</t>
+          <t>Envol</t>
         </is>
       </c>
       <c r="J118" s="2" t="inlineStr">
         <is>
-          <t>Collège Jean Rostand</t>
+          <t>Envol</t>
         </is>
       </c>
       <c r="K118" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L118" s="2" t="inlineStr">
         <is>
-          <t>02-51-67-22-40</t>
+          <t>02-41-92-35-73</t>
         </is>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="0">
       <c r="A119" s="2" t="inlineStr">
         <is>
-          <t>21_26482121_264821264821</t>
+          <t>21_25667521_256675256675</t>
         </is>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle - niveau A2</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>30/06/2026</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>Collège Paul Langevin</t>
+          <t>Envol</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>85340</t>
+          <t>49500</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>Les Sables-d'Olonne</t>
+          <t>Segré</t>
         </is>
       </c>
       <c r="I119" s="2" t="inlineStr">
         <is>
-          <t>Collège Paul Langevin</t>
+          <t>Envol</t>
         </is>
       </c>
       <c r="J119" s="2" t="inlineStr">
         <is>
-          <t>Collège Paul Langevin</t>
+          <t>Envol</t>
         </is>
       </c>
       <c r="K119" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L119" s="2" t="inlineStr">
         <is>
-          <t>02-51-32-07-46</t>
+          <t>02-41-92-35-73</t>
         </is>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="0">
       <c r="A120" s="2" t="inlineStr">
         <is>
-          <t>21_26482221_264822264822</t>
+          <t>21_25668621_256686256686</t>
         </is>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>30/06/2026</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
-          <t>Collège Camille Lepage</t>
+          <t>Les maisons pour tous</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>44370</t>
+          <t>72190</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>Loireauxence</t>
+          <t>Coulaines</t>
         </is>
       </c>
       <c r="I120" s="2" t="inlineStr">
         <is>
-          <t>Collège Camille Lepage</t>
+          <t>Les maisons pour tous</t>
         </is>
       </c>
       <c r="J120" s="2" t="inlineStr">
         <is>
-          <t>Collège Camille Lepage</t>
+          <t>Les maisons pour tous</t>
         </is>
       </c>
       <c r="K120" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L120" s="2" t="inlineStr">
         <is>
-          <t>02-52-21-09-50</t>
+          <t>02-43-81-56-09</t>
         </is>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="0">
       <c r="A121" s="2" t="inlineStr">
         <is>
-          <t>21_26482321_264823264823</t>
+          <t>21_25669321_256693256693</t>
         </is>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>30/06/2026</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
-          <t>Collège René Bernier</t>
+          <t>AFaLaC - Association Famille Langues Cultures</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>44230</t>
+          <t>72000</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>Saint-Sébastien-sur-Loire</t>
+          <t>Le Mans</t>
         </is>
       </c>
       <c r="I121" s="2" t="inlineStr">
         <is>
-          <t>Collège René Bernier</t>
+          <t>AFaLaC - Association Famille Langues Cultures</t>
         </is>
       </c>
       <c r="J121" s="2" t="inlineStr">
         <is>
-          <t>Collège René Bernier</t>
+          <t>AFaLaC - Association Famille Langues Cultures</t>
         </is>
       </c>
       <c r="K121" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L121" s="2" t="inlineStr">
         <is>
-          <t>02-40-03-07-70</t>
+          <t>02-43-25-29-49</t>
         </is>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="0">
       <c r="A122" s="2" t="inlineStr">
         <is>
-          <t>21_26482421_264824264824</t>
+          <t>21_25669921_256699256699</t>
         </is>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>30/06/2026</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
-          <t>Collège Salvador Allende</t>
+          <t>SAM'Compétences</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>44400</t>
+          <t>85500</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>Rezé</t>
+          <t>Les Herbiers</t>
         </is>
       </c>
       <c r="I122" s="2" t="inlineStr">
         <is>
-          <t>Collège Salvador Allende</t>
+          <t>SAM'Compétences</t>
         </is>
       </c>
       <c r="J122" s="2" t="inlineStr">
         <is>
-          <t>Collège Salvador Allende</t>
+          <t>SAM'Compétences</t>
         </is>
       </c>
       <c r="K122" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L122" s="2" t="inlineStr">
         <is>
-          <t>02-40-75-46-64</t>
+          <t>06-32-46-16-99</t>
         </is>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="0">
       <c r="A123" s="2" t="inlineStr">
         <is>
-          <t>21_26482521_264825264825</t>
+          <t>21_25675621_256756256756</t>
         </is>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL Intégracode</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>30/06/2026</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
-          <t>Collège Le grand Beauregard</t>
+          <t>AFODIL Angers</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>44241</t>
+          <t>49100</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>La Chapelle-sur-Erdre</t>
+          <t>Angers</t>
         </is>
       </c>
       <c r="I123" s="2" t="inlineStr">
         <is>
-          <t>Collège Le grand Beauregard</t>
+          <t>AFODIL Angers</t>
         </is>
       </c>
       <c r="J123" s="2" t="inlineStr">
         <is>
-          <t>Collège Le grand Beauregard</t>
+          <t>AFODIL Angers</t>
         </is>
       </c>
       <c r="K123" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L123" s="2" t="inlineStr">
         <is>
-          <t>02-40-72-94-20</t>
+          <t>02-41-88-26-32</t>
         </is>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="0">
       <c r="A124" s="2" t="inlineStr">
         <is>
-          <t>21_26482621_264826264826</t>
+          <t>21_25675721_256757256757</t>
         </is>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL accès A2</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>30/06/2026</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
-          <t>Collège Marie Marvingt</t>
+          <t>AFODIL Angers</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>44340</t>
+          <t>49100</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>Bouguenais</t>
+          <t>Angers</t>
         </is>
       </c>
       <c r="I124" s="2" t="inlineStr">
         <is>
-          <t>Collège Marie Marvingt</t>
+          <t>AFODIL Angers</t>
         </is>
       </c>
       <c r="J124" s="2" t="inlineStr">
         <is>
-          <t>Collège Marie Marvingt</t>
+          <t>AFODIL Angers</t>
         </is>
       </c>
       <c r="K124" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L124" s="2" t="inlineStr">
         <is>
-          <t>02-40-65-10-04</t>
+          <t>02-41-88-26-32</t>
         </is>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="0">
       <c r="A125" s="2" t="inlineStr">
         <is>
-          <t>21_26487621_264876264876</t>
+          <t>21_25675821_256758256758</t>
         </is>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Diplôme de compétence en langue français professionnel de premier niveau - DCLFP Diplôme de compétence en langue français professionnel de premier niveau</t>
+          <t>Actions socio-linguistiques complémentaires du CIR - ASL accès A2</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
-          <t>31/08/2026</t>
+          <t>30/06/2026</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA Loire-Atlantique</t>
+          <t>AFODIL - site Cholet</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>44000</t>
+          <t>49300</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Cholet</t>
         </is>
       </c>
       <c r="I125" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA Loire-Atlantique</t>
+          <t>AFODIL Angers</t>
         </is>
       </c>
       <c r="J125" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA Loire-Atlantique</t>
+          <t>AFODIL Angers</t>
         </is>
       </c>
       <c r="K125" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L125" s="2" t="inlineStr">
         <is>
-          <t>02-40-14-56-56</t>
+          <t>02-41-88-26-32</t>
         </is>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="0">
       <c r="A126" s="2" t="inlineStr">
         <is>
-          <t>21_26490921_264909264909</t>
+          <t>21_26480221_264802264802</t>
         </is>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Formation linguistique du contrat d'intégration républicaine – OFII-A2</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
-          <t>31/12/2026</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
-          <t>IDC Formation - site Laval</t>
+          <t>Collège Alain Gerbault</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
           <t>53000</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
           <t>Laval</t>
         </is>
       </c>
       <c r="I126" s="2" t="inlineStr">
         <is>
-          <t>IDC Formation</t>
+          <t>Collège Alain Gerbault</t>
         </is>
       </c>
       <c r="J126" s="2" t="inlineStr">
         <is>
-          <t>IDC Formation</t>
+          <t>Collège Alain Gerbault</t>
         </is>
       </c>
       <c r="K126" s="2" t="inlineStr">
         <is>
-          <t>OFII - Office français de l’immigration et de l'intégration</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L126" s="2" t="inlineStr">
         <is>
-          <t>01-45-58-75-07</t>
+          <t>02-43-53-14-24</t>
         </is>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="0">
       <c r="A127" s="2" t="inlineStr">
         <is>
-          <t>21_26491021_264910264910</t>
+          <t>21_26480321_264803264803</t>
         </is>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Formation linguistique du contrat d'intégration républicaine – OFII-A2</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
-          <t>31/12/2026</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>IDC Formation - site Fontenay-le-Comte</t>
+          <t>Collège Jules Renard</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>85200</t>
+          <t>53021</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>Fontenay-le-Comte</t>
+          <t>Laval</t>
         </is>
       </c>
       <c r="I127" s="2" t="inlineStr">
         <is>
-          <t>IDC Formation</t>
+          <t>Collège Jules Renard</t>
         </is>
       </c>
       <c r="J127" s="2" t="inlineStr">
         <is>
-          <t>IDC Formation</t>
+          <t>Collège Jules Renard</t>
         </is>
       </c>
       <c r="K127" s="2" t="inlineStr">
         <is>
-          <t>OFII - Office français de l’immigration et de l'intégration</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L127" s="2" t="inlineStr">
         <is>
-          <t>01-45-58-75-07</t>
+          <t>02-43-53-04-04</t>
         </is>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="0">
       <c r="A128" s="2" t="inlineStr">
         <is>
-          <t>21_26492821_264928264928</t>
+          <t>21_26480521_264805264805</t>
         </is>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>Collège Jean Mermoz</t>
+          <t>Lycée professionnel Robert Buron</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>49035</t>
+          <t>53013</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>Angers</t>
+          <t>Laval</t>
         </is>
       </c>
       <c r="I128" s="2" t="inlineStr">
         <is>
-          <t>Collège Jean Mermoz</t>
+          <t>Lycée professionnel Robert Buron</t>
         </is>
       </c>
       <c r="J128" s="2" t="inlineStr">
         <is>
-          <t>Collège Jean Mermoz</t>
+          <t>Lycée professionnel Robert Buron</t>
         </is>
       </c>
       <c r="K128" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L128" s="2" t="inlineStr">
         <is>
-          <t>02-41-74-12-00</t>
+          <t>02-43-67-24-20</t>
         </is>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="0">
       <c r="A129" s="2" t="inlineStr">
         <is>
-          <t>21_26492921_264929264929</t>
+          <t>21_26480621_264806264806</t>
         </is>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>Collège Jean Vilar</t>
+          <t>Lycée professionnel Pierre et Marie Curie</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>49035</t>
+          <t>53204</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>Angers</t>
+          <t>Château-Gontier</t>
         </is>
       </c>
       <c r="I129" s="2" t="inlineStr">
         <is>
-          <t>Collège Jean Vilar</t>
+          <t>Lycée professionnel Pierre et Marie Curie</t>
         </is>
       </c>
       <c r="J129" s="2" t="inlineStr">
         <is>
-          <t>Collège Jean Vilar</t>
+          <t>Lycée professionnel Pierre et Marie Curie</t>
         </is>
       </c>
       <c r="K129" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L129" s="2" t="inlineStr">
         <is>
-          <t>02-41-54-58-40</t>
+          <t>02-43-07-26-35</t>
         </is>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="0">
       <c r="A130" s="2" t="inlineStr">
         <is>
-          <t>21_26493021_264930264930</t>
+          <t>21_26480721_264807264807</t>
         </is>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
-          <t>Collège Montaigne</t>
+          <t>Collège Alexandre Mauboussin</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>49100</t>
+          <t>72600</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>Angers</t>
+          <t>Mamers</t>
         </is>
       </c>
       <c r="I130" s="2" t="inlineStr">
         <is>
-          <t>Collège Montaigne</t>
+          <t>Collège Alexandre Mauboussin</t>
         </is>
       </c>
       <c r="J130" s="2" t="inlineStr">
         <is>
-          <t>Collège Montaigne</t>
+          <t>Collège Alexandre Mauboussin</t>
         </is>
       </c>
       <c r="K130" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L130" s="2" t="inlineStr">
         <is>
-          <t>02-41-31-13-40</t>
+          <t>02-43-97-64-00</t>
         </is>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="0">
       <c r="A131" s="2" t="inlineStr">
         <is>
-          <t>21_26493121_264931264931</t>
+          <t>21_26480821_264808264808</t>
         </is>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
-          <t>Collège Pierre Mendès France</t>
+          <t>Lycée polyvalent Le Mans sud</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>49405</t>
+          <t>72058</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>Saumur</t>
+          <t>Le Mans</t>
         </is>
       </c>
       <c r="I131" s="2" t="inlineStr">
         <is>
-          <t>Collège Pierre Mendès France</t>
+          <t>Lycée polyvalent Le Mans sud</t>
         </is>
       </c>
       <c r="J131" s="2" t="inlineStr">
         <is>
-          <t>Collège Pierre Mendès France</t>
+          <t>Lycée polyvalent Le Mans sud</t>
         </is>
       </c>
       <c r="K131" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L131" s="2" t="inlineStr">
         <is>
-          <t>02-41-50-19-12</t>
+          <t>02-43-86-24-16</t>
         </is>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="0">
       <c r="A132" s="2" t="inlineStr">
         <is>
-          <t>21_26493221_264932264932</t>
+          <t>21_26480921_264809264809</t>
         </is>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
-          <t>Lycée polyvalent Sadi Carnot - Jean Bertin</t>
+          <t>Collège Albert Camus</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>49401</t>
+          <t>72100</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
-          <t>Saumur</t>
+          <t>Le Mans</t>
         </is>
       </c>
       <c r="I132" s="2" t="inlineStr">
         <is>
-          <t>Lycée polyvalent Sadi Carnot - Jean Bertin</t>
+          <t>Collège Albert Camus</t>
         </is>
       </c>
       <c r="J132" s="2" t="inlineStr">
         <is>
-          <t>Lycée polyvalent Sadi Carnot - Jean Bertin</t>
+          <t>Collège Albert Camus</t>
         </is>
       </c>
       <c r="K132" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L132" s="2" t="inlineStr">
         <is>
-          <t>02-41-53-50-00</t>
+          <t>02-43-84-21-37</t>
         </is>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="0">
       <c r="A133" s="2" t="inlineStr">
         <is>
-          <t>21_26493321_264933264933</t>
+          <t>21_26481021_264810264810</t>
         </is>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
-          <t>Collège Joachim du Bellay</t>
+          <t>Collège Costa-Gavras</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>49300</t>
+          <t>72100</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>Cholet</t>
+          <t>Le Mans</t>
         </is>
       </c>
       <c r="I133" s="2" t="inlineStr">
         <is>
-          <t>Collège Joachim du Bellay</t>
+          <t>Collège Costa-Gavras</t>
         </is>
       </c>
       <c r="J133" s="2" t="inlineStr">
         <is>
-          <t>Collège Joachim du Bellay</t>
+          <t>Collège Costa-Gavras</t>
         </is>
       </c>
       <c r="K133" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L133" s="2" t="inlineStr">
         <is>
-          <t>02-41-62-37-39</t>
+          <t>02-43-84-05-30</t>
         </is>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="0">
       <c r="A134" s="2" t="inlineStr">
         <is>
-          <t>21_26493421_264934264934</t>
+          <t>21_26481121_264811264811</t>
         </is>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
-          <t>Collège Georges Clemenceau</t>
+          <t>Collège Joséphine Baker</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>49300</t>
+          <t>72100</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
-          <t>Cholet</t>
+          <t>Le Mans</t>
         </is>
       </c>
       <c r="I134" s="2" t="inlineStr">
         <is>
-          <t>Collège Georges Clemenceau</t>
+          <t>Collège Joséphine Baker</t>
         </is>
       </c>
       <c r="J134" s="2" t="inlineStr">
         <is>
-          <t>Collège Georges Clemenceau</t>
+          <t>Collège Joséphine Baker</t>
         </is>
       </c>
       <c r="K134" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L134" s="2" t="inlineStr">
         <is>
-          <t>02-41-62-06-46</t>
+          <t>02-43-50-02-60</t>
         </is>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="0">
       <c r="A135" s="2" t="inlineStr">
         <is>
-          <t>21_26493521_264935264935</t>
+          <t>21_26481321_264813264813</t>
         </is>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
-          <t>Collège François Viete</t>
+          <t>Collège Pierre-Gilles de Gennes</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>85205</t>
+          <t>72100</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>Fontenay-le-Comte</t>
+          <t>Le Mans</t>
         </is>
       </c>
       <c r="I135" s="2" t="inlineStr">
         <is>
-          <t>Collège François Viete</t>
+          <t>Collège Pierre-Gilles de Gennes</t>
         </is>
       </c>
       <c r="J135" s="2" t="inlineStr">
         <is>
-          <t>Collège François Viete</t>
+          <t>Collège Pierre-Gilles de Gennes</t>
         </is>
       </c>
       <c r="K135" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L135" s="2" t="inlineStr">
         <is>
-          <t>02-51-69-99-56</t>
+          <t>02-43-50-30-50</t>
         </is>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="0">
       <c r="A136" s="2" t="inlineStr">
         <is>
-          <t>21_26493621_264936264936</t>
+          <t>21_26481521_264815264815</t>
         </is>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
-          <t>Collège Auguste et Jean Renoir</t>
+          <t>Collège Simone Veil</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>85016</t>
+          <t>72305</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
-          <t>La Roche-sur-Yon</t>
+          <t>Sablé-sur-Sarthe</t>
         </is>
       </c>
       <c r="I136" s="2" t="inlineStr">
         <is>
-          <t>Lycée Pierre Mendès France</t>
+          <t>Collège Simone Veil</t>
         </is>
       </c>
       <c r="J136" s="2" t="inlineStr">
         <is>
-          <t>Collège Auguste et Jean Renoir</t>
+          <t>Collège Simone Veil</t>
         </is>
       </c>
       <c r="K136" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L136" s="2" t="inlineStr">
         <is>
-          <t>02-51-47-86-10</t>
+          <t>02-43-95-07-55</t>
         </is>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="0">
       <c r="A137" s="2" t="inlineStr">
         <is>
-          <t>21_26493721_264937264937</t>
+          <t>21_26481621_264816264816</t>
         </is>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
-          <t>Collège Edouard Herriot</t>
+          <t>Collège le Vieux Chêne</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>85021</t>
+          <t>72200</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>La Roche-sur-Yon</t>
+          <t>La Flèche</t>
         </is>
       </c>
       <c r="I137" s="2" t="inlineStr">
         <is>
-          <t>Collège Edouard Herriot</t>
+          <t>Collège le Vieux Chêne</t>
         </is>
       </c>
       <c r="J137" s="2" t="inlineStr">
         <is>
-          <t>Collège Edouard Herriot</t>
+          <t>Collège le Vieux Chêne</t>
         </is>
       </c>
       <c r="K137" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L137" s="2" t="inlineStr">
         <is>
-          <t>02-51-37-21-64</t>
+          <t>02-43-48-12-00</t>
         </is>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="0">
       <c r="A138" s="2" t="inlineStr">
         <is>
-          <t>21_26493821_264938264938</t>
+          <t>21_26481921_264819264819</t>
         </is>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
-          <t>Collège Anne Frank</t>
+          <t>Collège Jean Rostand</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>44800</t>
+          <t>49800</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>Saint-Herblain</t>
+          <t>Trélazé</t>
         </is>
       </c>
       <c r="I138" s="2" t="inlineStr">
         <is>
-          <t>Collège Anne Frank</t>
+          <t>Collège Jean Rostand</t>
         </is>
       </c>
       <c r="J138" s="2" t="inlineStr">
         <is>
-          <t>Collège Anne Frank</t>
+          <t>Collège Jean Rostand</t>
         </is>
       </c>
       <c r="K138" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L138" s="2" t="inlineStr">
         <is>
-          <t>02-51-80-24-80</t>
+          <t>02-41-69-01-80</t>
         </is>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="0">
       <c r="A139" s="2" t="inlineStr">
         <is>
-          <t>21_26493921_264939264939</t>
+          <t>21_26482021_264820264820</t>
         </is>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
-          <t>Collège Gutenberg</t>
+          <t>Collège Jean Rostand</t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>44800</t>
+          <t>85500</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
-          <t>Saint-Herblain</t>
+          <t>Les Herbiers</t>
         </is>
       </c>
       <c r="I139" s="2" t="inlineStr">
         <is>
-          <t>Collège Gutenberg</t>
+          <t>Collège Jean Rostand</t>
         </is>
       </c>
       <c r="J139" s="2" t="inlineStr">
         <is>
-          <t>Collège Gutenberg</t>
+          <t>Collège Jean Rostand</t>
         </is>
       </c>
       <c r="K139" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L139" s="2" t="inlineStr">
         <is>
-          <t>02-51-77-81-10</t>
+          <t>02-51-67-22-40</t>
         </is>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="0">
       <c r="A140" s="2" t="inlineStr">
         <is>
-          <t>21_26494021_264940264940</t>
+          <t>21_26482121_264821264821</t>
         </is>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
-          <t>Collège Jean Moulin</t>
+          <t>Collège Paul Langevin</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>44606</t>
+          <t>85340</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>Saint-Nazaire</t>
+          <t>Les Sables-d'Olonne</t>
         </is>
       </c>
       <c r="I140" s="2" t="inlineStr">
         <is>
-          <t>Collège Jean Moulin</t>
+          <t>Collège Paul Langevin</t>
         </is>
       </c>
       <c r="J140" s="2" t="inlineStr">
         <is>
-          <t>Collège Jean Moulin</t>
+          <t>Collège Paul Langevin</t>
         </is>
       </c>
       <c r="K140" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L140" s="2" t="inlineStr">
         <is>
-          <t>02-51-76-04-60</t>
+          <t>02-51-32-07-46</t>
         </is>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="0">
       <c r="A141" s="2" t="inlineStr">
         <is>
-          <t>21_26494121_264941264941</t>
+          <t>21_26482221_264822264822</t>
         </is>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
-          <t>Collège Pierre Norange</t>
+          <t>Collège Camille Lepage</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>44600</t>
+          <t>44370</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>Saint-Nazaire</t>
+          <t>Loireauxence</t>
         </is>
       </c>
       <c r="I141" s="2" t="inlineStr">
         <is>
-          <t>Collège Pierre Norange</t>
+          <t>Collège Camille Lepage</t>
         </is>
       </c>
       <c r="J141" s="2" t="inlineStr">
         <is>
-          <t>Collège Pierre Norange</t>
+          <t>Collège Camille Lepage</t>
         </is>
       </c>
       <c r="K141" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L141" s="2" t="inlineStr">
         <is>
-          <t>02-51-76-60-30</t>
+          <t>02-52-21-09-50</t>
         </is>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="0">
       <c r="A142" s="2" t="inlineStr">
         <is>
-          <t>21_26494221_264942264942</t>
+          <t>21_26482321_264823264823</t>
         </is>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
-          <t>Collège Hector Berlioz</t>
+          <t>Collège René Bernier</t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>44300</t>
+          <t>44230</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Saint-Sébastien-sur-Loire</t>
         </is>
       </c>
       <c r="I142" s="2" t="inlineStr">
         <is>
-          <t>Collège Hector Berlioz</t>
+          <t>Collège René Bernier</t>
         </is>
       </c>
       <c r="J142" s="2" t="inlineStr">
         <is>
-          <t>Collège Hector Berlioz</t>
+          <t>Collège René Bernier</t>
         </is>
       </c>
       <c r="K142" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L142" s="2" t="inlineStr">
         <is>
-          <t>02-40-16-03-70</t>
+          <t>02-40-03-07-70</t>
         </is>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="0">
       <c r="A143" s="2" t="inlineStr">
         <is>
-          <t>21_26494321_264943264943</t>
+          <t>21_26482421_264824264824</t>
         </is>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
-          <t>Lycée polyvalent Gaspard Monge - La Chauvinière</t>
+          <t>Collège Salvador Allende</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>44322</t>
+          <t>44400</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Rezé</t>
         </is>
       </c>
       <c r="I143" s="2" t="inlineStr">
         <is>
-          <t>Lycée polyvalent Gaspard Monge - La Chauvinière</t>
+          <t>Collège Salvador Allende</t>
         </is>
       </c>
       <c r="J143" s="2" t="inlineStr">
         <is>
-          <t>Lycée polyvalent Gaspard Monge - La Chauvinière</t>
+          <t>Collège Salvador Allende</t>
         </is>
       </c>
       <c r="K143" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L143" s="2" t="inlineStr">
         <is>
-          <t>02-40-16-71-00</t>
+          <t>02-40-75-46-64</t>
         </is>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="0">
       <c r="A144" s="2" t="inlineStr">
         <is>
-          <t>21_26494421_264944264944</t>
+          <t>21_26482521_264825264825</t>
         </is>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
-          <t>Collège La Durantière</t>
+          <t>Collège Le grand Beauregard</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>44100</t>
+          <t>44241</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>La Chapelle-sur-Erdre</t>
         </is>
       </c>
       <c r="I144" s="2" t="inlineStr">
         <is>
-          <t>Collège La Durantière</t>
+          <t>Collège Le grand Beauregard</t>
         </is>
       </c>
       <c r="J144" s="2" t="inlineStr">
         <is>
-          <t>Collège La Durantière</t>
+          <t>Collège Le grand Beauregard</t>
         </is>
       </c>
       <c r="K144" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L144" s="2" t="inlineStr">
         <is>
-          <t>02-51-80-60-40</t>
+          <t>02-40-72-94-20</t>
         </is>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="0">
       <c r="A145" s="2" t="inlineStr">
         <is>
-          <t>21_26494521_264945264945</t>
+          <t>21_26482621_264826264826</t>
         </is>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
-          <t>Collège la Noe Lambert</t>
+          <t>Collège Marie Marvingt</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>44300</t>
+          <t>44340</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Bouguenais</t>
         </is>
       </c>
       <c r="I145" s="2" t="inlineStr">
         <is>
-          <t>Collège la Noe Lambert</t>
+          <t>Collège Marie Marvingt</t>
         </is>
       </c>
       <c r="J145" s="2" t="inlineStr">
         <is>
-          <t>Collège la Noe Lambert</t>
+          <t>Collège Marie Marvingt</t>
         </is>
       </c>
       <c r="K145" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L145" s="2" t="inlineStr">
         <is>
-          <t>02-40-49-42-46</t>
+          <t>02-40-65-10-04</t>
         </is>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="0">
       <c r="A146" s="2" t="inlineStr">
         <is>
-          <t>21_26494621_264946264946</t>
+          <t>21_26487621_264876264876</t>
         </is>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Diplôme de compétence en langue français professionnel de premier niveau - DCLFP Diplôme de compétence en langue français professionnel de premier niveau</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>31/08/2026</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>Collège Libertaire Rutigliano</t>
+          <t>GRETA-CFA Loire-Atlantique</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>44319</t>
+          <t>44000</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
           <t>Nantes</t>
         </is>
       </c>
       <c r="I146" s="2" t="inlineStr">
         <is>
-          <t>Collège Libertaire Rutigliano</t>
+          <t>GRETA-CFA Loire-Atlantique</t>
         </is>
       </c>
       <c r="J146" s="2" t="inlineStr">
         <is>
-          <t>Collège Libertaire Rutigliano</t>
+          <t>GRETA-CFA Loire-Atlantique</t>
         </is>
       </c>
       <c r="K146" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L146" s="2" t="inlineStr">
         <is>
-          <t>02-40-49-60-14</t>
+          <t>02-40-14-56-56</t>
         </is>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="0">
       <c r="A147" s="2" t="inlineStr">
         <is>
-          <t>21_26494721_264947264947</t>
+          <t>21_26490921_264909264909</t>
         </is>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Formation linguistique du contrat d'intégration républicaine – OFII-A2</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
-          <t>Collège Sophie Germain</t>
+          <t>IDC Formation - site Laval</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>44000</t>
+          <t>53000</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Laval</t>
         </is>
       </c>
       <c r="I147" s="2" t="inlineStr">
         <is>
-          <t>Collège Sophie Germain</t>
+          <t>IDC Formation</t>
         </is>
       </c>
       <c r="J147" s="2" t="inlineStr">
         <is>
-          <t>Collège Sophie Germain</t>
+          <t>IDC Formation</t>
         </is>
       </c>
       <c r="K147" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>OFII - Office français de l’immigration et de l'intégration</t>
         </is>
       </c>
       <c r="L147" s="2" t="inlineStr">
         <is>
-          <t>02-40-47-88-19</t>
+          <t>01-45-58-75-07</t>
         </is>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="0">
       <c r="A148" s="2" t="inlineStr">
         <is>
-          <t>21_26494821_264948264948</t>
+          <t>21_26491021_264910264910</t>
         </is>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
+          <t>Formation linguistique du contrat d'intégration républicaine – OFII-A2</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
-          <t>31/01/2027</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
-          <t>Collège Stendhal</t>
+          <t>IDC Formation - site Fontenay-le-Comte</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>44322</t>
+          <t>85200</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Fontenay-le-Comte</t>
         </is>
       </c>
       <c r="I148" s="2" t="inlineStr">
         <is>
-          <t>Collège Stendhal</t>
+          <t>IDC Formation</t>
         </is>
       </c>
       <c r="J148" s="2" t="inlineStr">
         <is>
-          <t>Collège Stendhal</t>
+          <t>IDC Formation</t>
         </is>
       </c>
       <c r="K148" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
+          <t>OFII - Office français de l’immigration et de l'intégration</t>
         </is>
       </c>
       <c r="L148" s="2" t="inlineStr">
         <is>
-          <t>02-51-83-71-00</t>
+          <t>01-45-58-75-07</t>
         </is>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="0">
       <c r="A149" s="2" t="inlineStr">
         <is>
-          <t>21_26494921_264949264949</t>
+          <t>21_26492821_264928264928</t>
         </is>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
-          <t>Collège Floreska-Guépin</t>
+          <t>Collège Jean Mermoz</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
-          <t>44000</t>
+          <t>49035</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Angers</t>
         </is>
       </c>
       <c r="I149" s="2" t="inlineStr">
         <is>
-          <t>Collège Floreska-Guépin</t>
+          <t>Collège Jean Mermoz</t>
         </is>
       </c>
       <c r="J149" s="2" t="inlineStr">
         <is>
-          <t>Collège Floreska-Guépin</t>
+          <t>Collège Jean Mermoz</t>
         </is>
       </c>
       <c r="K149" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L149" s="2" t="inlineStr">
         <is>
-          <t>00-00-00-00-00</t>
+          <t>02-41-74-12-00</t>
         </is>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="0">
       <c r="A150" s="2" t="inlineStr">
         <is>
-          <t>21_26495021_264950264950</t>
+          <t>21_26492921_264929264929</t>
         </is>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
-          <t>Collège Aristide Briand</t>
+          <t>Collège Jean Vilar</t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
-          <t>44262</t>
+          <t>49035</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Angers</t>
         </is>
       </c>
       <c r="I150" s="2" t="inlineStr">
         <is>
-          <t>Collège Aristide Briand</t>
+          <t>Collège Jean Vilar</t>
         </is>
       </c>
       <c r="J150" s="2" t="inlineStr">
         <is>
-          <t>Collège Aristide Briand</t>
+          <t>Collège Jean Vilar</t>
         </is>
       </c>
       <c r="K150" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L150" s="2" t="inlineStr">
         <is>
-          <t>02-40-35-05-50</t>
+          <t>02-41-54-58-40</t>
         </is>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="0">
       <c r="A151" s="2" t="inlineStr">
         <is>
-          <t>21_26495121_264951264951</t>
+          <t>21_26493021_264930264930</t>
         </is>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
-          <t>Collège Chantenay</t>
+          <t>Collège Montaigne</t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
-          <t>44104</t>
+          <t>49100</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Angers</t>
         </is>
       </c>
       <c r="I151" s="2" t="inlineStr">
         <is>
-          <t>Collège Chantenay</t>
+          <t>Collège Montaigne</t>
         </is>
       </c>
       <c r="J151" s="2" t="inlineStr">
         <is>
-          <t>Collège Chantenay</t>
+          <t>Collège Montaigne</t>
         </is>
       </c>
       <c r="K151" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L151" s="2" t="inlineStr">
         <is>
-          <t>02-51-84-30-30</t>
+          <t>02-41-31-13-40</t>
         </is>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="0">
       <c r="A152" s="2" t="inlineStr">
         <is>
-          <t>21_26495721_264957264957</t>
+          <t>21_26493121_264931264931</t>
         </is>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
           <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
           <t>31/01/2027</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
-          <t>Collège Félix Landreau</t>
+          <t>Collège Pierre Mendès France</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49405</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>Angers</t>
+          <t>Saumur</t>
         </is>
       </c>
       <c r="I152" s="2" t="inlineStr">
         <is>
-          <t>Collège Félix Landreau</t>
+          <t>Collège Pierre Mendès France</t>
         </is>
       </c>
       <c r="J152" s="2" t="inlineStr">
         <is>
-          <t>Collège Félix Landreau</t>
+          <t>Collège Pierre Mendès France</t>
         </is>
       </c>
       <c r="K152" s="2" t="inlineStr">
         <is>
           <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L152" s="2" t="inlineStr">
         <is>
-          <t>02-41-66-73-43</t>
+          <t>02-41-50-19-12</t>
         </is>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="0">
       <c r="A153" s="2" t="inlineStr">
         <is>
-          <t>21_25642221_256422256422</t>
+          <t>21_26493221_264932264932</t>
         </is>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Certification CLOE français langue étrangère - CLOE</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
-          <t>21/08/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
-          <t>31/12/2026</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
-          <t>Vend'Etudes</t>
+          <t>Lycée polyvalent Sadi Carnot - Jean Bertin</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
-          <t>85000</t>
+          <t>49401</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
-          <t>La Roche-sur-Yon</t>
+          <t>Saumur</t>
         </is>
       </c>
       <c r="I153" s="2" t="inlineStr">
         <is>
-          <t>Vend'Etudes</t>
+          <t>Lycée polyvalent Sadi Carnot - Jean Bertin</t>
         </is>
       </c>
       <c r="J153" s="2" t="inlineStr">
         <is>
-          <t>Vend'Etudes</t>
+          <t>Lycée polyvalent Sadi Carnot - Jean Bertin</t>
         </is>
       </c>
       <c r="K153" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L153" s="2" t="inlineStr">
         <is>
-          <t>02-51-62-43-27</t>
+          <t>02-41-53-50-00</t>
         </is>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="0">
       <c r="A154" s="2" t="inlineStr">
         <is>
-          <t>21_25572921_255729255729</t>
+          <t>21_26493321_264933264933</t>
         </is>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Maîtrise des compétences clés de la propreté</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
-          <t>01/08/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
-          <t>31/12/2026</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
-          <t>XLF Vers l'Emploi</t>
+          <t>Collège Joachim du Bellay</t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>72000</t>
+          <t>49300</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
-          <t>Le Mans</t>
+          <t>Cholet</t>
         </is>
       </c>
       <c r="I154" s="2" t="inlineStr">
         <is>
-          <t>XLF Vers l'Emploi</t>
+          <t>Collège Joachim du Bellay</t>
         </is>
       </c>
       <c r="J154" s="2" t="inlineStr">
         <is>
-          <t>XLF Vers l'Emploi</t>
+          <t>Collège Joachim du Bellay</t>
         </is>
       </c>
       <c r="K154" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L154" s="2" t="inlineStr">
         <is>
-          <t>02-72-88-01-70</t>
+          <t>02-41-62-37-39</t>
         </is>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="0">
       <c r="A155" s="2" t="inlineStr">
         <is>
-          <t>21_25594721_255947255947</t>
+          <t>21_26493421_264934264934</t>
         </is>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Socle de connaissances et de compétences professionnelles numérique (CléA Numérique)</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>01/08/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
-          <t>31/12/2025</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>Collège Georges Clemenceau</t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>49400</t>
+          <t>49300</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
-          <t>Saumur</t>
+          <t>Cholet</t>
         </is>
       </c>
       <c r="I155" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>Collège Georges Clemenceau</t>
         </is>
       </c>
       <c r="J155" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>Collège Georges Clemenceau</t>
         </is>
       </c>
       <c r="K155" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L155" s="2" t="inlineStr">
         <is>
-          <t>02-41-67-71-45</t>
+          <t>02-41-62-06-46</t>
         </is>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="0">
       <c r="A156" s="2" t="inlineStr">
         <is>
-          <t>21_25553721_255537255537</t>
+          <t>21_26493521_264935264935</t>
         </is>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Certification CLOE français langue étrangère - CLOE Anglais, développer sa communication en situation professionnelle</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
-          <t>17/07/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
-          <t>31/12/2025</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
-          <t>Uménia</t>
+          <t>Collège François Viete</t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
-          <t>72650</t>
+          <t>85205</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
-          <t>La Chapelle-Saint-Aubin</t>
+          <t>Fontenay-le-Comte</t>
         </is>
       </c>
       <c r="I156" s="2" t="inlineStr">
         <is>
-          <t>Uménia</t>
+          <t>Collège François Viete</t>
         </is>
       </c>
       <c r="J156" s="2" t="inlineStr">
         <is>
-          <t>Uménia</t>
+          <t>Collège François Viete</t>
         </is>
       </c>
       <c r="K156" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L156" s="2" t="inlineStr">
         <is>
-          <t>02-43-61-08-47</t>
+          <t>02-51-69-99-56</t>
         </is>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="0">
       <c r="A157" s="2" t="inlineStr">
         <is>
-          <t>21_25537321_255373255373</t>
+          <t>21_26493621_264936264936</t>
         </is>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Certification Socle de connaissances et de compétences professionnelles (CléA)</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
-          <t>15/07/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
-          <t>31/12/2025</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
-          <t>INFREP Le Mans</t>
+          <t>Collège Auguste et Jean Renoir</t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
-          <t>72000</t>
+          <t>85016</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
-          <t>Le Mans</t>
+          <t>La Roche-sur-Yon</t>
         </is>
       </c>
       <c r="I157" s="2" t="inlineStr">
         <is>
-          <t>INFREP Le Mans</t>
+          <t>Lycée Pierre Mendès France</t>
         </is>
       </c>
       <c r="J157" s="2" t="inlineStr">
         <is>
-          <t>INFREP Le Mans</t>
+          <t>Collège Auguste et Jean Renoir</t>
         </is>
       </c>
       <c r="K157" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L157" s="2" t="inlineStr">
         <is>
-          <t>02-43-51-27-00</t>
+          <t>02-51-47-86-10</t>
         </is>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="0">
       <c r="A158" s="2" t="inlineStr">
         <is>
-          <t>21_25546321_255463255463</t>
+          <t>21_26493721_264937264937</t>
         </is>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Test de connaissance du français dit tout public (TCF TP)</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
-          <t>15/07/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
-          <t>31/12/2025</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
-          <t>INFREP Le Mans</t>
+          <t>Collège Edouard Herriot</t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>72000</t>
+          <t>85021</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
-          <t>Le Mans</t>
+          <t>La Roche-sur-Yon</t>
         </is>
       </c>
       <c r="I158" s="2" t="inlineStr">
         <is>
-          <t>INFREP Le Mans</t>
+          <t>Collège Edouard Herriot</t>
         </is>
       </c>
       <c r="J158" s="2" t="inlineStr">
         <is>
-          <t>INFREP Le Mans</t>
+          <t>Collège Edouard Herriot</t>
         </is>
       </c>
       <c r="K158" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L158" s="2" t="inlineStr">
         <is>
-          <t>02-43-51-27-00</t>
+          <t>02-51-37-21-64</t>
         </is>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="0">
       <c r="A159" s="2" t="inlineStr">
         <is>
-          <t>21_25522821_255228255228</t>
+          <t>21_26493821_264938264938</t>
         </is>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Certification CLOE français langue étrangère - CLOE</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
-          <t>10/07/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
-          <t>10/07/2027</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
-          <t>SAM'Compétences</t>
+          <t>Collège Anne Frank</t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>85500</t>
+          <t>44800</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
-          <t>Les Herbiers</t>
+          <t>Saint-Herblain</t>
         </is>
       </c>
       <c r="I159" s="2" t="inlineStr">
         <is>
-          <t>SAM'Compétences</t>
+          <t>Collège Anne Frank</t>
         </is>
       </c>
       <c r="J159" s="2" t="inlineStr">
         <is>
-          <t>SAM'Compétences</t>
+          <t>Collège Anne Frank</t>
         </is>
       </c>
       <c r="K159" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L159" s="2" t="inlineStr">
         <is>
-          <t>06-32-46-16-99</t>
+          <t>02-51-80-24-80</t>
         </is>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="0">
       <c r="A160" s="2" t="inlineStr">
         <is>
-          <t>21_25539621_255396255396</t>
+          <t>21_26493921_264939264939</t>
         </is>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Diplôme de compétence en langue étrangère professionnelle français langue étrangère - DCLEP FLE</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
-          <t>01/07/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
-          <t>27/02/2027</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
-          <t>Le Point CLÉ</t>
+          <t>Collège Gutenberg</t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>44230</t>
+          <t>44800</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>Saint-Sébastien-sur-Loire</t>
+          <t>Saint-Herblain</t>
         </is>
       </c>
       <c r="I160" s="2" t="inlineStr">
         <is>
-          <t>Le Point CLÉ</t>
+          <t>Collège Gutenberg</t>
         </is>
       </c>
       <c r="J160" s="2" t="inlineStr">
         <is>
-          <t>Le Point CLÉ</t>
+          <t>Collège Gutenberg</t>
         </is>
       </c>
       <c r="K160" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L160" s="2" t="inlineStr">
         <is>
-          <t>02-51-71-02-83</t>
+          <t>02-51-77-81-10</t>
         </is>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="0">
       <c r="A161" s="2" t="inlineStr">
         <is>
-          <t>21_25543121_255431255431</t>
+          <t>21_26494021_264940264940</t>
         </is>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Diplôme de compétence en langue français professionnel de premier niveau - DCLFP</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
-          <t>01/07/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
-          <t>27/02/2027</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
-          <t>Le Point CLÉ</t>
+          <t>Collège Jean Moulin</t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>44230</t>
+          <t>44606</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
-          <t>Saint-Sébastien-sur-Loire</t>
+          <t>Saint-Nazaire</t>
         </is>
       </c>
       <c r="I161" s="2" t="inlineStr">
         <is>
-          <t>Le Point CLÉ</t>
+          <t>Collège Jean Moulin</t>
         </is>
       </c>
       <c r="J161" s="2" t="inlineStr">
         <is>
-          <t>Le Point CLÉ</t>
+          <t>Collège Jean Moulin</t>
         </is>
       </c>
       <c r="K161" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L161" s="2" t="inlineStr">
         <is>
-          <t>02-51-71-02-83</t>
+          <t>02-51-76-04-60</t>
         </is>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="0">
       <c r="A162" s="2" t="inlineStr">
         <is>
-          <t>21_25665921_256659256659</t>
+          <t>21_26494121_264941264941</t>
         </is>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle - A1 des salariés en insertion</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
-          <t>01/07/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
-          <t>18/12/2025</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>Collège Pierre Norange</t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>44100</t>
+          <t>44600</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Saint-Nazaire</t>
         </is>
       </c>
       <c r="I162" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>Collège Pierre Norange</t>
         </is>
       </c>
       <c r="J162" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>Collège Pierre Norange</t>
         </is>
       </c>
       <c r="K162" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L162" s="2" t="inlineStr">
         <is>
-          <t>02-40-94-99-52</t>
+          <t>02-51-76-60-30</t>
         </is>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="0">
       <c r="A163" s="2" t="inlineStr">
         <is>
-          <t>21_25666021_256660256660</t>
+          <t>21_26494221_264942264942</t>
         </is>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL Français à visée professionnelle - A2 des salariés en insertion</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
-          <t>01/07/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
-          <t>18/12/2025</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>Collège Hector Berlioz</t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
-          <t>44100</t>
+          <t>44300</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
           <t>Nantes</t>
         </is>
       </c>
       <c r="I163" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>Collège Hector Berlioz</t>
         </is>
       </c>
       <c r="J163" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>Collège Hector Berlioz</t>
         </is>
       </c>
       <c r="K163" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L163" s="2" t="inlineStr">
         <is>
-          <t>02-40-94-99-52</t>
+          <t>02-40-16-03-70</t>
         </is>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="0">
       <c r="A164" s="2" t="inlineStr">
         <is>
-          <t>21_26490621_264906264906</t>
+          <t>21_26494321_264943264943</t>
         </is>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Formation linguistique du contrat d'intégration républicaine – OFII-A2</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
-          <t>01/07/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
-          <t>31/12/2026</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
-          <t>IDC Formation - site Saint-Sébastien-sur-Loire</t>
+          <t>Lycée polyvalent Gaspard Monge - La Chauvinière</t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>44230</t>
+          <t>44322</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>Saint-Sébastien-sur-Loire</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I164" s="2" t="inlineStr">
         <is>
-          <t>IDC Formation</t>
+          <t>Lycée polyvalent Gaspard Monge - La Chauvinière</t>
         </is>
       </c>
       <c r="J164" s="2" t="inlineStr">
         <is>
-          <t>IDC Formation</t>
+          <t>Lycée polyvalent Gaspard Monge - La Chauvinière</t>
         </is>
       </c>
       <c r="K164" s="2" t="inlineStr">
         <is>
-          <t>OFII - Office français de l’immigration et de l'intégration</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L164" s="2" t="inlineStr">
         <is>
-          <t>01-45-58-75-07</t>
+          <t>02-40-16-71-00</t>
         </is>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="0">
       <c r="A165" s="2" t="inlineStr">
         <is>
-          <t>21_26490721_264907264907</t>
+          <t>21_26494421_264944264944</t>
         </is>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Formation linguistique du contrat d'intégration républicaine – OFII-A2</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
-          <t>01/07/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
-          <t>31/12/2026</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>IDC Formation - site La Roche-sur-Yon</t>
+          <t>Collège La Durantière</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>85000</t>
+          <t>44100</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>La Roche-sur-Yon</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I165" s="2" t="inlineStr">
         <is>
-          <t>IDC Formation</t>
+          <t>Collège La Durantière</t>
         </is>
       </c>
       <c r="J165" s="2" t="inlineStr">
         <is>
-          <t>IDC Formation</t>
+          <t>Collège La Durantière</t>
         </is>
       </c>
       <c r="K165" s="2" t="inlineStr">
         <is>
-          <t>OFII - Office français de l’immigration et de l'intégration</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L165" s="2" t="inlineStr">
         <is>
-          <t>01-45-58-75-07</t>
+          <t>02-51-80-60-40</t>
         </is>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="0">
       <c r="A166" s="2" t="inlineStr">
         <is>
-          <t>21_26490821_264908264908</t>
+          <t>21_26494521_264945264945</t>
         </is>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Formation linguistique du contrat d'intégration républicaine – OFII-A2</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
-          <t>01/07/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
-          <t>31/05/2026</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
-          <t>IDC Formation - site Saint-Nazaire</t>
+          <t>Collège la Noe Lambert</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>44600</t>
+          <t>44300</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>Saint-Nazaire</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I166" s="2" t="inlineStr">
         <is>
-          <t>IDC Formation</t>
+          <t>Collège la Noe Lambert</t>
         </is>
       </c>
       <c r="J166" s="2" t="inlineStr">
         <is>
-          <t>IDC Formation</t>
+          <t>Collège la Noe Lambert</t>
         </is>
       </c>
       <c r="K166" s="2" t="inlineStr">
         <is>
-          <t>OFII - Office français de l’immigration et de l'intégration</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L166" s="2" t="inlineStr">
         <is>
-          <t>01-45-58-75-07</t>
+          <t>02-40-49-42-46</t>
         </is>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="0">
       <c r="A167" s="2" t="inlineStr">
         <is>
-          <t>21_25395721_253957253957</t>
+          <t>21_26494621_264946264946</t>
         </is>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Français langue étrangère à visée professionnelle - objectif A2</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
-          <t>23/06/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
-          <t>21/11/2025</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
-          <t>Le Point CLÉ</t>
+          <t>Collège Libertaire Rutigliano</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>44230</t>
+          <t>44319</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
-          <t>Saint-Sébastien-sur-Loire</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I167" s="2" t="inlineStr">
         <is>
-          <t>Le Point CLÉ</t>
+          <t>Collège Libertaire Rutigliano</t>
         </is>
       </c>
       <c r="J167" s="2" t="inlineStr">
         <is>
-          <t>Le Point CLÉ</t>
+          <t>Collège Libertaire Rutigliano</t>
         </is>
       </c>
       <c r="K167" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil général</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L167" s="2" t="inlineStr">
         <is>
-          <t>02-51-71-02-83</t>
+          <t>02-40-49-60-14</t>
         </is>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="0">
       <c r="A168" s="2" t="inlineStr">
         <is>
-          <t>21_25410321_254103254103</t>
+          <t>21_26494721_264947264947</t>
         </is>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Français Langue Etrangère (FLE) à visée professionnelle</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
-          <t>20/06/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
-          <t>31/12/2025</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA de Vendée - Site du Lycée R. Couzinet - Challans</t>
+          <t>Collège Sophie Germain</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>85300</t>
+          <t>44000</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
-          <t>Challans</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I168" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA de Vendée</t>
+          <t>Collège Sophie Germain</t>
         </is>
       </c>
       <c r="J168" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA de Vendée</t>
+          <t>Collège Sophie Germain</t>
         </is>
       </c>
       <c r="K168" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L168" s="2" t="inlineStr">
         <is>
-          <t>02-51-36-46-46</t>
+          <t>02-40-47-88-19</t>
         </is>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="0">
       <c r="A169" s="2" t="inlineStr">
         <is>
-          <t>21_24593421_245934245934</t>
+          <t>21_26494821_264948264948</t>
         </is>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE »</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
-          <t>02/06/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>12/11/2025</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>Collège Stendhal</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>49400</t>
+          <t>44322</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>Saumur</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I169" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>Collège Stendhal</t>
         </is>
       </c>
       <c r="J169" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>Collège Stendhal</t>
         </is>
       </c>
       <c r="K169" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil régional</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L169" s="2" t="inlineStr">
         <is>
-          <t>02-41-67-71-45</t>
+          <t>02-51-83-71-00</t>
         </is>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="0">
       <c r="A170" s="2" t="inlineStr">
         <is>
-          <t>21_25107821_251078251078</t>
+          <t>21_26494921_264949264949</t>
         </is>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Français Langue Etrangère (FLE) à visée professionnelle</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>28/04/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
-          <t>31/12/2025</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA du Maine - Site du Lycée Funay - F.-H. Boucher - Le Mans</t>
+          <t>Collège Floreska-Guépin</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>72058</t>
+          <t>44000</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>Le Mans</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I170" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA du Maine</t>
+          <t>Collège Floreska-Guépin</t>
         </is>
       </c>
       <c r="J170" s="2" t="inlineStr">
         <is>
-          <t>GRETA-CFA du Maine</t>
+          <t>Collège Floreska-Guépin</t>
         </is>
       </c>
       <c r="K170" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L170" s="2" t="inlineStr">
         <is>
-          <t>02-43-84-04-50</t>
+          <t>00-00-00-00-00</t>
         </is>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="0">
       <c r="A171" s="2" t="inlineStr">
         <is>
-          <t>21_25040721_250407250407</t>
+          <t>21_26495021_264950264950</t>
         </is>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Remise à niveau français communication orale efficace</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
-          <t>01/04/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
-          <t>01/04/2026</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>DIF Angers Formation</t>
+          <t>Collège Aristide Briand</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>44262</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>Angers</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I171" s="2" t="inlineStr">
         <is>
-          <t>DIF Angers Formation</t>
+          <t>Collège Aristide Briand</t>
         </is>
       </c>
       <c r="J171" s="2" t="inlineStr">
         <is>
-          <t>DIF Angers Formation</t>
+          <t>Collège Aristide Briand</t>
         </is>
       </c>
       <c r="K171" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L171" s="2" t="inlineStr">
         <is>
-          <t>06-21-56-56-86</t>
+          <t>02-40-35-05-50</t>
         </is>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="0">
       <c r="A172" s="2" t="inlineStr">
         <is>
-          <t>21_24976921_249769249769</t>
+          <t>21_26495121_264951264951</t>
         </is>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Certification CLOE français langue étrangère - CLOE Formation en français général et professionnel</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
-          <t>07/03/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
-          <t>31/07/2026</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>CCI de Maine et Loire</t>
+          <t>Collège Chantenay</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>49006</t>
+          <t>44104</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>Angers</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I172" s="2" t="inlineStr">
         <is>
-          <t>CCI de Maine et Loire</t>
+          <t>Collège Chantenay</t>
         </is>
       </c>
       <c r="J172" s="2" t="inlineStr">
         <is>
-          <t>CCI de Maine et Loire</t>
+          <t>Collège Chantenay</t>
         </is>
       </c>
       <c r="K172" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L172" s="2" t="inlineStr">
         <is>
-          <t>02-41-20-49-00</t>
+          <t>02-51-84-30-30</t>
         </is>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="0">
       <c r="A173" s="2" t="inlineStr">
         <is>
-          <t>21_23251321_232513232513</t>
+          <t>21_26495721_264957264957</t>
         </is>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Certification CLOE français langue étrangère - CLOE FLE professionnel</t>
+          <t>Ouvrir l'école aux parents pour la réussite des enfants - OEPRE</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
-          <t>03/03/2025</t>
+          <t>01/09/2025</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
-          <t>23/12/2025</t>
+          <t>31/01/2027</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
-          <t>Clémence Paboeuf</t>
+          <t>Collège Félix Landreau</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>44230</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>Saint-Sébastien-sur-Loire</t>
+          <t>Angers</t>
         </is>
       </c>
       <c r="I173" s="2" t="inlineStr">
         <is>
-          <t>Clémence Paboeuf</t>
+          <t>Collège Félix Landreau</t>
         </is>
       </c>
       <c r="J173" s="2" t="inlineStr">
         <is>
-          <t>Clémence Paboeuf</t>
+          <t>Collège Félix Landreau</t>
         </is>
       </c>
       <c r="K173" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Etat - Ministère de l'éducation nationale, Etat - Ministère de l’intérieur</t>
         </is>
       </c>
       <c r="L173" s="2" t="inlineStr">
         <is>
-          <t>06-81-81-01-04</t>
+          <t>02-41-66-73-43</t>
         </is>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="0">
       <c r="A174" s="2" t="inlineStr">
         <is>
-          <t>21_24449821_244498244498</t>
+          <t>21_25642221_256422256422</t>
         </is>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>PREPA Clés Avenir « FLE »</t>
+          <t>Certification CLOE français langue étrangère - CLOE</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
-          <t>03/03/2025</t>
+          <t>21/08/2025</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
-          <t>30/06/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>INFREP Angers</t>
+          <t>Vend'Etudes</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>85000</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>Angers</t>
+          <t>La Roche-sur-Yon</t>
         </is>
       </c>
       <c r="I174" s="2" t="inlineStr">
         <is>
-          <t>Adapei Formation Angers</t>
+          <t>Vend'Etudes</t>
         </is>
       </c>
       <c r="J174" s="2" t="inlineStr">
         <is>
-          <t>INFREP Angers</t>
+          <t>Vend'Etudes</t>
         </is>
       </c>
       <c r="K174" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil régional</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L174" s="2" t="inlineStr">
         <is>
-          <t>02-41-79-19-00</t>
+          <t>02-51-62-43-27</t>
         </is>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="0">
       <c r="A175" s="2" t="inlineStr">
         <is>
-          <t>21_24539921_245399245399</t>
+          <t>21_25572921_255729255729</t>
         </is>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Français langue étrangère - A2/A1 écrit</t>
+          <t>Maîtrise des compétences clés de la propreté</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
-          <t>18/02/2025</t>
+          <t>01/08/2025</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
-          <t>23/01/2026</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>XLF Vers l'Emploi</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>44100</t>
+          <t>72000</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Le Mans</t>
         </is>
       </c>
       <c r="I175" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>XLF Vers l'Emploi</t>
         </is>
       </c>
       <c r="J175" s="2" t="inlineStr">
         <is>
-          <t>Espaces Formation</t>
+          <t>XLF Vers l'Emploi</t>
         </is>
       </c>
       <c r="K175" s="2" t="inlineStr">
         <is>
-          <t>Collectivité territoriale - Conseil général</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L175" s="2" t="inlineStr">
         <is>
-          <t>02-40-94-99-52</t>
+          <t>02-72-88-01-70</t>
         </is>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="0">
       <c r="A176" s="2" t="inlineStr">
         <is>
-          <t>21_24874921_248749248749</t>
+          <t>21_25522821_255228255228</t>
         </is>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Communiquer en français - LSF - Langue des signes française - Niveau lu et écrit</t>
+          <t>Certification CLOE français langue étrangère - CLOE</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
-          <t>18/02/2025</t>
+          <t>10/07/2025</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
-          <t>31/12/2025</t>
+          <t>10/07/2027</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
-          <t>Steum Langue Sourde</t>
+          <t>SAM'Compétences</t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>44300</t>
+          <t>85500</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Les Herbiers</t>
         </is>
       </c>
       <c r="I176" s="2" t="inlineStr">
         <is>
-          <t>Steum Langue Sourde</t>
+          <t>SAM'Compétences</t>
         </is>
       </c>
       <c r="J176" s="2" t="inlineStr">
         <is>
-          <t>Steum Langue Sourde</t>
+          <t>SAM'Compétences</t>
         </is>
       </c>
       <c r="K176" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L176" s="2" t="inlineStr">
         <is>
-          <t>00-00-00-00-00</t>
+          <t>06-32-46-16-99</t>
         </is>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="0">
       <c r="A177" s="2" t="inlineStr">
         <is>
-          <t>21_23463121_234631234631</t>
+          <t>21_25539621_255396255396</t>
         </is>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Cours de français langue étrangère groupe</t>
+          <t>Diplôme de compétence en langue étrangère professionnelle français langue étrangère - DCLEP FLE</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
-          <t>13/01/2025</t>
+          <t>01/07/2025</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
-          <t>31/12/2025</t>
+          <t>27/02/2027</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
-          <t>Français Langue Etrangère Nantes - FLE Nantes</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>44000</t>
+          <t>44230</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Saint-Sébastien-sur-Loire</t>
         </is>
       </c>
       <c r="I177" s="2" t="inlineStr">
         <is>
-          <t>Français Langue Etrangère Nantes - FLE Nantes</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="J177" s="2" t="inlineStr">
         <is>
-          <t>Français Langue Etrangère Nantes - FLE Nantes</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="K177" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L177" s="2" t="inlineStr">
         <is>
-          <t>07-83-94-02-44</t>
+          <t>02-51-71-02-83</t>
         </is>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="0">
       <c r="A178" s="2" t="inlineStr">
         <is>
-          <t>21_24570821_245708245708</t>
+          <t>21_25543121_255431255431</t>
         </is>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Français - Facilitez votre communication</t>
+          <t>Diplôme de compétence en langue français professionnel de premier niveau - DCLFP</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
-          <t>13/01/2025</t>
+          <t>01/07/2025</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
-          <t>31/12/2025</t>
+          <t>27/02/2027</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
-          <t>L'Univers des Langues</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
-          <t>44000</t>
+          <t>44230</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
-          <t>Nantes</t>
+          <t>Saint-Sébastien-sur-Loire</t>
         </is>
       </c>
       <c r="I178" s="2" t="inlineStr">
         <is>
-          <t>L'Univers des Langues</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="J178" s="2" t="inlineStr">
         <is>
-          <t>L'Univers des Langues</t>
+          <t>Le Point CLÉ</t>
         </is>
       </c>
       <c r="K178" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L178" s="2" t="inlineStr">
         <is>
-          <t>02-40-48-65-38</t>
+          <t>02-51-71-02-83</t>
         </is>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="0">
       <c r="A179" s="2" t="inlineStr">
         <is>
-          <t>21_23240821_232408232408</t>
+          <t>21_26490621_264906264906</t>
         </is>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Certification Socle de connaissances et de compétences professionnelles (CléA) évaluation finale</t>
+          <t>Formation linguistique du contrat d'intégration républicaine – OFII-A2</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
-          <t>06/01/2025</t>
+          <t>01/07/2025</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
-          <t>26/12/2025</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>IDC Formation - site Saint-Sébastien-sur-Loire</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>49110</t>
+          <t>44230</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
-          <t>Montrevault-sur-Èvre</t>
+          <t>Saint-Sébastien-sur-Loire</t>
         </is>
       </c>
       <c r="I179" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>IDC Formation</t>
         </is>
       </c>
       <c r="J179" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>IDC Formation</t>
         </is>
       </c>
       <c r="K179" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>OFII - Office français de l’immigration et de l'intégration</t>
         </is>
       </c>
       <c r="L179" s="2" t="inlineStr">
         <is>
-          <t>02-41-56-19-70</t>
+          <t>01-45-58-75-07</t>
         </is>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="0">
       <c r="A180" s="2" t="inlineStr">
         <is>
-          <t>21_23240921_232409232409</t>
+          <t>21_26490721_264907264907</t>
         </is>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Certification Socle de connaissances et de compétences professionnelles (CléA)</t>
+          <t>Formation linguistique du contrat d'intégration républicaine – OFII-A2</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
-          <t>06/01/2025</t>
+          <t>01/07/2025</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
-          <t>26/12/2025</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>IDC Formation - site La Roche-sur-Yon</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>49110</t>
+          <t>85000</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>Montrevault-sur-Èvre</t>
+          <t>La Roche-sur-Yon</t>
         </is>
       </c>
       <c r="I180" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>IDC Formation</t>
         </is>
       </c>
       <c r="J180" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>IDC Formation</t>
         </is>
       </c>
       <c r="K180" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>OFII - Office français de l’immigration et de l'intégration</t>
         </is>
       </c>
       <c r="L180" s="2" t="inlineStr">
         <is>
-          <t>02-41-56-19-70</t>
+          <t>01-45-58-75-07</t>
         </is>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="0">
       <c r="A181" s="2" t="inlineStr">
         <is>
-          <t>21_23241021_232410232410</t>
+          <t>21_26490821_264908264908</t>
         </is>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Certification Socle de connaissances et de compétences professionnelles (CléA) Initiale</t>
+          <t>Formation linguistique du contrat d'intégration républicaine – OFII-A2</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
-          <t>06/01/2025</t>
+          <t>01/07/2025</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
-          <t>26/12/2025</t>
+          <t>31/05/2026</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>IDC Formation - site Saint-Nazaire</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>49110</t>
+          <t>44600</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>Montrevault-sur-Èvre</t>
+          <t>Saint-Nazaire</t>
         </is>
       </c>
       <c r="I181" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>IDC Formation</t>
         </is>
       </c>
       <c r="J181" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>IDC Formation</t>
         </is>
       </c>
       <c r="K181" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>OFII - Office français de l’immigration et de l'intégration</t>
         </is>
       </c>
       <c r="L181" s="2" t="inlineStr">
         <is>
-          <t>02-41-56-19-70</t>
+          <t>01-45-58-75-07</t>
         </is>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="0">
       <c r="A182" s="2" t="inlineStr">
         <is>
-          <t>21_23241221_232412232412</t>
+          <t>21_25040721_250407250407</t>
         </is>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Français Langue Etrangère (FLE)</t>
+          <t>Remise à niveau français communication orale efficace</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
-          <t>06/01/2025</t>
+          <t>01/04/2025</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
-          <t>26/12/2025</t>
+          <t>01/04/2026</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>DIF Angers Formation</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>49110</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
-          <t>Montrevault-sur-Èvre</t>
+          <t>Angers</t>
         </is>
       </c>
       <c r="I182" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>DIF Angers Formation</t>
         </is>
       </c>
       <c r="J182" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>DIF Angers Formation</t>
         </is>
       </c>
       <c r="K182" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L182" s="2" t="inlineStr">
         <is>
-          <t>02-41-56-19-70</t>
+          <t>06-21-56-56-86</t>
         </is>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="0">
       <c r="A183" s="2" t="inlineStr">
         <is>
-          <t>21_23243221_232432232432</t>
+          <t>21_24976921_249769249769</t>
         </is>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Diplôme de compétence en langue français professionnel de premier niveau - DCLFP</t>
+          <t>Certification CLOE français langue étrangère - CLOE Formation en français général et professionnel</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
-          <t>06/01/2025</t>
+          <t>07/03/2025</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
-          <t>26/12/2025</t>
+          <t>31/07/2026</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>CCI de Maine et Loire</t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>49110</t>
+          <t>49006</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
-          <t>Montrevault-sur-Èvre</t>
+          <t>Angers</t>
         </is>
       </c>
       <c r="I183" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>CCI de Maine et Loire</t>
         </is>
       </c>
       <c r="J183" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>CCI de Maine et Loire</t>
         </is>
       </c>
       <c r="K183" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L183" s="2" t="inlineStr">
         <is>
-          <t>02-41-56-19-70</t>
+          <t>02-41-20-49-00</t>
         </is>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="0">
       <c r="A184" s="2" t="inlineStr">
         <is>
-          <t>21_23243721_232437232437</t>
+          <t>21_24449821_244498244498</t>
         </is>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Maîtrise des compétences clés de la propreté</t>
+          <t>PREPA Clés Avenir « FLE »</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
-          <t>06/01/2025</t>
+          <t>03/03/2025</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
-          <t>26/12/2025</t>
+          <t>30/06/2026</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>INFREP Angers</t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>49110</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
-          <t>Montrevault-sur-Èvre</t>
+          <t>Angers</t>
         </is>
       </c>
       <c r="I184" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>Adapei Formation Angers</t>
         </is>
       </c>
       <c r="J184" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>INFREP Angers</t>
         </is>
       </c>
       <c r="K184" s="2" t="inlineStr">
         <is>
-          <t>Autre</t>
+          <t>Collectivité territoriale - Conseil régional</t>
         </is>
       </c>
       <c r="L184" s="2" t="inlineStr">
         <is>
-          <t>02-41-56-19-70</t>
+          <t>02-41-79-19-00</t>
         </is>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="0">
       <c r="A185" s="2" t="inlineStr">
         <is>
-          <t>21_23244021_232440232440</t>
+          <t>21_24903321_249033249033</t>
         </is>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Français - développer ses compétences écrites : communication - grammaire – orthographe - conjugaison</t>
+          <t>Certification Socle de connaissances et de compétences professionnelles (CléA) Evaluation préalable certificat CléA Socles de compétences et connaissances professionnelles</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
-          <t>06/01/2025</t>
+          <t>01/01/2025</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
-          <t>26/12/2025</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>CIBC Pays de La Loire - Vendée - La Roche sur Yon</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>49110</t>
+          <t>85001</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
-          <t>Montrevault-sur-Èvre</t>
+          <t>La Roche-sur-Yon</t>
         </is>
       </c>
       <c r="I185" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>CIBC Pays de La Loire - Vendée - La Roche sur Yon</t>
         </is>
       </c>
       <c r="J185" s="2" t="inlineStr">
         <is>
-          <t>Forma.Clé</t>
+          <t>CIBC Pays de La Loire - Vendée - La Roche sur Yon</t>
         </is>
       </c>
       <c r="K185" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L185" s="2" t="inlineStr">
         <is>
-          <t>02-41-56-19-70</t>
+          <t>02-85-75-76-90</t>
         </is>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="0">
       <c r="A186" s="2" t="inlineStr">
         <is>
-          <t>21_24721121_247211247211</t>
+          <t>21_24903421_249034249034</t>
         </is>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Mieux maîtriser le français pour être plus autonome</t>
+          <t>Certification Socle de connaissances et de compétences professionnelles (CléA) Evaluation préalable certificat CléA Socles de compétences et connaissances professionnelles</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
-          <t>02/01/2025</t>
+          <t>01/01/2025</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
-          <t>31/12/2025</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
-          <t>E2S Formation</t>
+          <t>CIBC Pays de La Loire - Loire Atlantique - Orvault</t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>85000</t>
+          <t>44700</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
-          <t>La Roche-sur-Yon</t>
+          <t>Orvault</t>
         </is>
       </c>
       <c r="I186" s="2" t="inlineStr">
         <is>
-          <t>E2S Formation</t>
+          <t>CIBC Pays de La Loire - Vendée - La Roche sur Yon</t>
         </is>
       </c>
       <c r="J186" s="2" t="inlineStr">
         <is>
-          <t>E2S Formation</t>
+          <t>CIBC Pays de La Loire - Loire Atlantique - Orvault</t>
         </is>
       </c>
       <c r="K186" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L186" s="2" t="inlineStr">
         <is>
-          <t>02-51-46-43-40</t>
+          <t>08-00-94-91-49</t>
         </is>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="0">
       <c r="A187" s="2" t="inlineStr">
         <is>
-          <t>21_24995721_249957249957</t>
+          <t>21_24903521_249035249035</t>
         </is>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Certification Socle de connaissances et de compétences professionnelles (CléA)</t>
+          <t>Certification Socle de connaissances et de compétences professionnelles (CléA) Evaluation préalable certificat CléA Socles de compétences et connaissances professionnelles</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
-          <t>02/01/2025</t>
+          <t>01/01/2025</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
-          <t>31/12/2025</t>
+          <t>31/12/2026</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
-          <t>Le Point CLÉ</t>
+          <t>CIBC - Maine et Loire - Site Angers</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>44230</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
-          <t>Saint-Sébastien-sur-Loire</t>
+          <t>Angers</t>
         </is>
       </c>
       <c r="I187" s="2" t="inlineStr">
         <is>
-          <t>Le Point CLÉ</t>
+          <t>CIBC Pays de La Loire - Vendée - La Roche sur Yon</t>
         </is>
       </c>
       <c r="J187" s="2" t="inlineStr">
         <is>
-          <t>Le Point CLÉ</t>
+          <t>CIBC - Maine et Loire - Site Angers</t>
         </is>
       </c>
       <c r="K187" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L187" s="2" t="inlineStr">
         <is>
-          <t>02-51-71-02-83</t>
+          <t>02-85-75-76-90</t>
         </is>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="0">
       <c r="A188" s="2" t="inlineStr">
         <is>
-          <t>21_22756421_227564227564</t>
+          <t>21_21719621_217196217196</t>
         </is>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Actions socio-linguistiques complémentaires du CIR - ASL accès certification niveau A1 au B2</t>
+          <t>Certification CLOE français langue étrangère - CLOE</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
-          <t>01/01/2025</t>
+          <t>25/11/2024</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
-          <t>31/12/2025</t>
+          <t>29/03/2026</t>
         </is>
       </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>Berlitz</t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>49400</t>
+          <t>44000</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>Saumur</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I188" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>Berlitz</t>
         </is>
       </c>
       <c r="J188" s="2" t="inlineStr">
         <is>
-          <t>Corylus Form@tions</t>
+          <t>Berlitz</t>
         </is>
       </c>
       <c r="K188" s="2" t="inlineStr">
         <is>
-          <t>Etat - Ministère de l’intérieur</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L188" s="2" t="inlineStr">
         <is>
-          <t>02-41-67-71-45</t>
+          <t>02-72-01-20-70</t>
         </is>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="0">
       <c r="A189" s="2" t="inlineStr">
         <is>
-          <t>21_23041221_230412230412</t>
+          <t>21_23287821_232878232878</t>
         </is>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Certification CLOE français langue étrangère - CLOE</t>
+          <t>DECLIC'FLE - Français en contexte professionnel</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
-          <t>01/01/2025</t>
+          <t>13/11/2024</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
-          <t>31/12/2025</t>
+          <t>12/11/2027</t>
         </is>
       </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
-          <t>Vend'Etudes</t>
+          <t>SAM'Compétences</t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>85000</t>
+          <t>85500</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
-          <t>La Roche-sur-Yon</t>
+          <t>Les Herbiers</t>
         </is>
       </c>
       <c r="I189" s="2" t="inlineStr">
         <is>
-          <t>Vend'Etudes</t>
+          <t>SAM'Compétences</t>
         </is>
       </c>
       <c r="J189" s="2" t="inlineStr">
         <is>
-          <t>Vend'Etudes</t>
+          <t>SAM'Compétences</t>
         </is>
       </c>
       <c r="K189" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L189" s="2" t="inlineStr">
         <is>
-          <t>02-51-62-43-27</t>
+          <t>06-32-46-16-99</t>
         </is>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="0">
       <c r="A190" s="2" t="inlineStr">
         <is>
-          <t>21_23041321_230413230413</t>
+          <t>21_22416021_224160224160</t>
         </is>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Certification CLOE français langue étrangère - CLOE</t>
+          <t>Socle de connaissances et de compétences professionnelles numérique (CléA Numérique)</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
-          <t>01/01/2025</t>
+          <t>02/09/2024</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
-          <t>31/12/2025</t>
+          <t>10/07/2026</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
-          <t>Vend'Etudes</t>
+          <t>Cap Savoir</t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>85000</t>
+          <t>49300</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>La Roche-sur-Yon</t>
+          <t>Cholet</t>
         </is>
       </c>
       <c r="I190" s="2" t="inlineStr">
         <is>
-          <t>Vend'Etudes</t>
+          <t>Cap Savoir</t>
         </is>
       </c>
       <c r="J190" s="2" t="inlineStr">
         <is>
-          <t>Vend'Etudes</t>
+          <t>Cap Savoir</t>
         </is>
       </c>
       <c r="K190" s="2" t="inlineStr">
         <is>
           <t>Autre</t>
         </is>
       </c>
       <c r="L190" s="2" t="inlineStr">
         <is>
-          <t>02-51-62-43-27</t>
+          <t>02-41-46-30-68</t>
         </is>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="0">
       <c r="A191" s="2" t="inlineStr">
         <is>
-          <t>21_23370221_233702233702</t>
+          <t>21_22416221_224162224162</t>
         </is>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Parcours de remise à niveau (RAN)</t>
+          <t>Certification Socle de connaissances et de compétences professionnelles (CléA)</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
-          <t>01/01/2025</t>
+          <t>02/09/2024</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
-          <t>31/12/2025</t>
+          <t>10/07/2026</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
-          <t>Arps Sablé sur Sarthe ESPO-ESRP - Etablissements et Services de Préorientation et de Réadaptation Professionnelle</t>
+          <t>Cap Savoir</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>72300</t>
+          <t>49300</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>Sablé-sur-Sarthe</t>
+          <t>Cholet</t>
         </is>
       </c>
       <c r="I191" s="2" t="inlineStr">
         <is>
-          <t>Arps Sablé sur Sarthe ESPO-ESRP - Etablissements et Services de Préorientation et de Réadaptation Professionnelle</t>
+          <t>Cap Savoir</t>
         </is>
       </c>
       <c r="J191" s="2" t="inlineStr">
         <is>
-          <t>Arps Sablé sur Sarthe ESPO-ESRP - Etablissements et Services de Préorientation et de Réadaptation Professionnelle</t>
+          <t>Cap Savoir</t>
         </is>
       </c>
       <c r="K191" s="2" t="inlineStr">
         <is>
-          <t>Etat - Autre</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L191" s="2" t="inlineStr">
         <is>
-          <t>02-43-62-63-64</t>
+          <t>02-41-46-30-68</t>
         </is>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="0">
       <c r="A192" s="2" t="inlineStr">
         <is>
-          <t>21_24478421_244784244784</t>
+          <t>21_20935721_209357209357</t>
         </is>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Français langue étrangère à visée professionnelle (FLE)</t>
+          <t>Certification CLOE français langue étrangère - CLOE</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
-          <t>01/01/2025</t>
+          <t>01/02/2024</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
-          <t>31/12/2025</t>
+          <t>28/02/2026</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
-          <t>CAP Formation</t>
+          <t>Fonelia</t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
           <t>Pays-de-la-Loire</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>44800</t>
+          <t>44000</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>Saint-Herblain</t>
+          <t>Nantes</t>
         </is>
       </c>
       <c r="I192" s="2" t="inlineStr">
         <is>
-          <t>CAP Formation</t>
+          <t>Fonelia</t>
         </is>
       </c>
       <c r="J192" s="2" t="inlineStr">
         <is>
-          <t>CAP Formation</t>
+          <t>Fonelia</t>
         </is>
       </c>
       <c r="K192" s="2" t="inlineStr">
         <is>
-          <t>Autre, Collectivité territoriale - Conseil général</t>
+          <t>Autre</t>
         </is>
       </c>
       <c r="L192" s="2" t="inlineStr">
         <is>
-          <t>02-28-44-32-14</t>
-[...1982 lines deleted...]
-        <is>
           <t>02-53-78-26-44</t>
-        </is>
-[...122 lines deleted...]
-          <t>01-45-58-75-07</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L1"/>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>